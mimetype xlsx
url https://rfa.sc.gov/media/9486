--- v0 (2025-10-31)
+++ v1 (2025-11-20)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Local Government Finance\Data for Website\Hospitality and Accommodations Taxes 2023 Report\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Local Government Finance\Data for Website\Hospitality and Accommodations Taxes\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8BA369B4-9EC0-49B3-A1C2-4FA4B8E34D7B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{45F19016-E7C1-460F-BF88-7C88482F9406}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C48A9C8B-3300-4AA6-87A3-06A680DF7C8A}"/>
   </bookViews>
   <sheets>
     <sheet name="Revenues" sheetId="1" r:id="rId1"/>
     <sheet name="Tax Rates" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Revenues!$A$1:$M$56</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Tax Rates'!$A$1:$M$65</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Revenues!$A$1:$N$55</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Tax Rates'!$A$1:$N$64</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Revenues!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Tax Rates'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="88">
   <si>
     <t>COUNTY</t>
   </si>
   <si>
     <t>ABBEVILLE</t>
   </si>
   <si>
     <t>AIKEN</t>
   </si>
   <si>
     <t>ALLENDALE</t>
   </si>
   <si>
     <t>ANDERSON</t>
   </si>
   <si>
     <t>BAMBERG</t>
   </si>
   <si>
     <t>BARNWELL</t>
   </si>
   <si>
     <t>BEAUFORT</t>
   </si>
   <si>
@@ -212,66 +212,57 @@
   <si>
     <t>FY 2013-14</t>
   </si>
   <si>
     <t>FY 2014-15</t>
   </si>
   <si>
     <t>FY 2015-16</t>
   </si>
   <si>
     <t>FY 2016-17</t>
   </si>
   <si>
     <t>FY 2017-18</t>
   </si>
   <si>
     <t>FY 2018-19</t>
   </si>
   <si>
     <t>FY 2019-20</t>
   </si>
   <si>
     <t>FY 2020-21</t>
   </si>
   <si>
-    <t>LOCAL HOSPITALITY TAX RATE</t>
-[...1 lines deleted...]
-  <si>
     <t>LOCAL HOSPITALITY TAX REVENUE</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t>Disclaimer:</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">obtain confirmation on any specific information. </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">GEORGETOWN </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">DILLON </t>
   </si>
   <si>
     <t>FY 2021-22</t>
   </si>
   <si>
     <t>Notes:</t>
@@ -370,87 +361,99 @@
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>7</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">WILLIAMSBURG </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>8</t>
     </r>
   </si>
   <si>
-    <t>6 - Sumter County reported 0% for FY 2020-21 and FY 2021-22. RFA verified rate should be 2%.</t>
-[...1 lines deleted...]
-  <si>
     <t>3 - Greenwood County reported 3.75% for FY 2021-22. RFA verified rate should be 2%.</t>
   </si>
   <si>
     <t>FY 2022-23</t>
   </si>
   <si>
     <t xml:space="preserve">WILLIAMSBURG </t>
   </si>
   <si>
     <t xml:space="preserve">Tax revenues shown in the table are the unaudited figures as reported by the individual counties except as noted. </t>
   </si>
   <si>
     <t>* - Data not provided by the county.</t>
   </si>
   <si>
     <t xml:space="preserve">8 - Williamsburg reported 0% for FY 2015-16 to FY 2020-21. RFA verified rate should be 2% beginning January 1, 2016. </t>
   </si>
   <si>
     <t>* - Data not provided by the county</t>
   </si>
   <si>
-    <t>1 - Georgetown County reported 0% for FY 2019-20 ,  FY 2021-22, and FY 2022-23. RFA verified rate should be 2%.</t>
-[...7 lines deleted...]
-  <si>
     <t>7 - Union County reported 0% for FY 2014-15, FY 2016-17 to FY 2020-21, and FY 2022-23. RFA verified rate should be 1%.</t>
   </si>
   <si>
     <t xml:space="preserve">Tax rates shown in the table are unaudited and are as reported by the individual counties except as noted. </t>
+  </si>
+  <si>
+    <t>FY 2023-24</t>
+  </si>
+  <si>
+    <t>Data are provided as is without warranty of any kind and are not intended to constitute legal advice, nor is the data all inclusive. Please contact the individual local authority to obtain confirmation on any specific information.</t>
+  </si>
+  <si>
+    <t>1 - Georgetown County reported 0% for FY 2019-20 , FY 2021-22, and FY 2022-23. RFA verified rate should be 2%.</t>
+  </si>
+  <si>
+    <t>6 - Sumter County reported 0% for FY 2020-21, FY 2021-22, and FY 2022-23. RFA verified rate should be 2%.</t>
+  </si>
+  <si>
+    <t>5 - Richland County reported 0% for FY 2014-15 to FY 2016-17, FY 2021-22, FY 2022-23, and FY 2023-24. RFA verified rate should be 2%.</t>
+  </si>
+  <si>
+    <t>4 - Lee County reported 0% for FY 2015-16 to FY 2020-21, FY 2022-23, and FY 2023-24. RFA verified rate should be 2%.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Data are provided as is without warranty of any kind and are not intended to constitute legal advice, nor is the data all inclusive. Please contact the individual local authority to obtain confirmation on any specific information. </t>
+  </si>
+  <si>
+    <t>LOCAL HOSPITALITY TAX RATE - PERCENTAGE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -482,62 +485,61 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -826,4212 +828,4486 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{21259567-ED4A-4573-8F4F-F6164111A6CC}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M56"/>
+  <dimension ref="A1:N55"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="Q9" sqref="Q9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.5703125" customWidth="1"/>
     <col min="2" max="11" width="13.140625" customWidth="1"/>
-    <col min="12" max="13" width="13.5703125" customWidth="1"/>
+    <col min="12" max="14" width="13.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A1" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B1" s="4"/>
+      <c r="C1" s="4"/>
+      <c r="D1" s="4"/>
+      <c r="E1" s="4"/>
+      <c r="F1" s="4"/>
+      <c r="G1" s="4"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="4"/>
+      <c r="J1" s="4"/>
+      <c r="K1" s="4"/>
+      <c r="L1" s="4"/>
+      <c r="M1" s="4"/>
+      <c r="N1" s="4"/>
+    </row>
+    <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>52</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>53</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>54</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:13" x14ac:dyDescent="0.25">
+        <v>72</v>
+      </c>
+      <c r="N2" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C3" s="3">
         <v>0</v>
       </c>
       <c r="D3" s="3">
         <v>0</v>
       </c>
       <c r="E3" s="3">
         <v>0</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>0</v>
       </c>
       <c r="H3" s="3">
         <v>0</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
       <c r="J3" s="3">
         <v>0</v>
       </c>
       <c r="K3" s="3">
         <v>0</v>
       </c>
       <c r="L3" s="3">
         <v>0</v>
       </c>
-      <c r="M3" s="4">
-[...3 lines deleted...]
-    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M3" s="3">
+        <v>0</v>
+      </c>
+      <c r="N3" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3">
         <v>0</v>
       </c>
       <c r="C4" s="3">
         <v>0</v>
       </c>
       <c r="D4" s="3">
         <v>0</v>
       </c>
       <c r="E4" s="3">
         <v>0</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>0</v>
       </c>
       <c r="H4" s="3">
         <v>0</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
       <c r="J4" s="3">
         <v>0</v>
       </c>
       <c r="K4" s="3">
         <v>0</v>
       </c>
       <c r="L4" s="3">
         <v>0</v>
       </c>
-      <c r="M4" s="4">
-[...3 lines deleted...]
-    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M4" s="3">
+        <v>0</v>
+      </c>
+      <c r="N4" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="3">
         <v>0</v>
       </c>
       <c r="C5" s="3">
         <v>0</v>
       </c>
       <c r="D5" s="3">
         <v>0</v>
       </c>
       <c r="E5" s="3">
         <v>0</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>0</v>
       </c>
       <c r="H5" s="3">
         <v>0</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
       <c r="J5" s="3">
         <v>0</v>
       </c>
       <c r="K5" s="3">
         <v>0</v>
       </c>
       <c r="L5" s="3">
         <v>0</v>
       </c>
-      <c r="M5" s="4">
-[...3 lines deleted...]
-    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M5" s="3">
+        <v>0</v>
+      </c>
+      <c r="N5" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="3">
         <v>0</v>
       </c>
       <c r="C6" s="3">
         <v>0</v>
       </c>
       <c r="D6" s="3">
         <v>0</v>
       </c>
       <c r="E6" s="3">
         <v>0</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>0</v>
       </c>
       <c r="H6" s="3">
         <v>0</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
       <c r="J6" s="3">
         <v>0</v>
       </c>
       <c r="K6" s="3">
         <v>0</v>
       </c>
       <c r="L6" s="3">
         <v>0</v>
       </c>
-      <c r="M6" s="4">
-[...3 lines deleted...]
-    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M6" s="3">
+        <v>0</v>
+      </c>
+      <c r="N6" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="3">
         <v>0</v>
       </c>
       <c r="C7" s="3">
         <v>0</v>
       </c>
       <c r="D7" s="3">
         <v>0</v>
       </c>
       <c r="E7" s="3">
         <v>0</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>0</v>
       </c>
       <c r="H7" s="3">
         <v>0</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
       <c r="J7" s="3">
         <v>0</v>
       </c>
       <c r="K7" s="3">
         <v>0</v>
       </c>
       <c r="L7" s="3">
         <v>0</v>
       </c>
-      <c r="M7" s="4">
-[...3 lines deleted...]
-    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M7" s="3">
+        <v>0</v>
+      </c>
+      <c r="N7" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="3">
         <v>0</v>
       </c>
       <c r="C8" s="3">
         <v>0</v>
       </c>
       <c r="D8" s="3">
         <v>0</v>
       </c>
       <c r="E8" s="3">
         <v>0</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>0</v>
       </c>
       <c r="H8" s="3">
         <v>0</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
       <c r="J8" s="3">
         <v>0</v>
       </c>
       <c r="K8" s="3">
         <v>0</v>
       </c>
       <c r="L8" s="3">
         <v>0</v>
       </c>
-      <c r="M8" s="4">
-[...3 lines deleted...]
-    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M8" s="3">
+        <v>0</v>
+      </c>
+      <c r="N8" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="3">
         <v>1691725</v>
       </c>
       <c r="C9" s="3">
         <v>1657677</v>
       </c>
       <c r="D9" s="3">
         <v>1843397</v>
       </c>
       <c r="E9" s="3">
         <v>1839574</v>
       </c>
       <c r="F9" s="3">
         <v>1880187</v>
       </c>
       <c r="G9" s="3">
         <v>2262137</v>
       </c>
       <c r="H9" s="3">
         <v>2361135</v>
       </c>
       <c r="I9" s="3">
         <v>2577337</v>
       </c>
       <c r="J9" s="3">
         <v>2309961</v>
       </c>
       <c r="K9" s="3">
         <v>2530541</v>
       </c>
       <c r="L9" s="3">
         <v>2834500</v>
       </c>
-      <c r="M9" s="4">
+      <c r="M9" s="3">
         <v>3459460</v>
       </c>
-    </row>
-    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N9" s="3">
+        <v>3332126</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="3">
         <v>0</v>
       </c>
       <c r="C10" s="3">
         <v>0</v>
       </c>
       <c r="D10" s="3">
         <v>0</v>
       </c>
       <c r="E10" s="3">
         <v>0</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>0</v>
       </c>
       <c r="H10" s="3">
         <v>0</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
       <c r="J10" s="3">
         <v>0</v>
       </c>
       <c r="K10" s="3">
         <v>0</v>
       </c>
       <c r="L10" s="3">
         <v>0</v>
       </c>
-      <c r="M10" s="4">
-[...3 lines deleted...]
-    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M10" s="3">
+        <v>0</v>
+      </c>
+      <c r="N10" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="3">
         <v>0</v>
       </c>
       <c r="C11" s="3">
         <v>0</v>
       </c>
       <c r="D11" s="3">
         <v>0</v>
       </c>
       <c r="E11" s="3">
         <v>0</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>0</v>
       </c>
       <c r="H11" s="3">
         <v>0</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
       <c r="J11" s="3">
         <v>0</v>
       </c>
       <c r="K11" s="3">
         <v>0</v>
       </c>
       <c r="L11" s="3">
         <v>0</v>
       </c>
-      <c r="M11" s="4">
-[...3 lines deleted...]
-    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M11" s="3">
+        <v>0</v>
+      </c>
+      <c r="N11" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="3">
         <v>0</v>
       </c>
       <c r="C12" s="3">
         <v>0</v>
       </c>
       <c r="D12" s="3">
         <v>0</v>
       </c>
       <c r="E12" s="3">
         <v>0</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>0</v>
       </c>
       <c r="H12" s="3">
         <v>0</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
       <c r="J12" s="3">
         <v>0</v>
       </c>
       <c r="K12" s="3">
         <v>0</v>
       </c>
       <c r="L12" s="3">
         <v>0</v>
       </c>
-      <c r="M12" s="4">
-[...3 lines deleted...]
-    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M12" s="3">
+        <v>0</v>
+      </c>
+      <c r="N12" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="3">
         <v>0</v>
       </c>
       <c r="C13" s="3">
         <v>0</v>
       </c>
       <c r="D13" s="3">
         <v>0</v>
       </c>
       <c r="E13" s="3">
         <v>0</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>0</v>
       </c>
       <c r="H13" s="3">
         <v>0</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
       <c r="J13" s="3">
         <v>0</v>
       </c>
       <c r="K13" s="3">
         <v>0</v>
       </c>
       <c r="L13" s="3">
         <v>129986</v>
       </c>
-      <c r="M13" s="4">
+      <c r="M13" s="3">
         <v>386592</v>
       </c>
-    </row>
-    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N13" s="3">
+        <v>418798</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="3">
         <v>0</v>
       </c>
       <c r="C14" s="3">
         <v>0</v>
       </c>
       <c r="D14" s="3">
         <v>0</v>
       </c>
       <c r="E14" s="3">
         <v>0</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>0</v>
       </c>
       <c r="H14" s="3">
         <v>0</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
       <c r="J14" s="3">
         <v>0</v>
       </c>
       <c r="K14" s="3">
         <v>0</v>
       </c>
       <c r="L14" s="3">
         <v>0</v>
       </c>
-      <c r="M14" s="4">
-[...3 lines deleted...]
-    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M14" s="3">
+        <v>0</v>
+      </c>
+      <c r="N14" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="3">
         <v>0</v>
       </c>
       <c r="C15" s="3">
         <v>0</v>
       </c>
       <c r="D15" s="3">
         <v>0</v>
       </c>
       <c r="E15" s="3">
         <v>0</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>0</v>
       </c>
       <c r="H15" s="3">
         <v>0</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
       <c r="J15" s="3">
         <v>0</v>
       </c>
       <c r="K15" s="3">
         <v>0</v>
       </c>
       <c r="L15" s="3">
         <v>0</v>
       </c>
-      <c r="M15" s="4">
-[...3 lines deleted...]
-    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M15" s="3">
+        <v>0</v>
+      </c>
+      <c r="N15" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="3">
         <v>267919</v>
       </c>
       <c r="C16" s="3">
         <v>265712</v>
       </c>
       <c r="D16" s="3">
         <v>301001</v>
       </c>
       <c r="E16" s="3">
         <v>311204</v>
       </c>
       <c r="F16" s="3">
         <v>297710</v>
       </c>
       <c r="G16" s="3">
         <v>309642</v>
       </c>
       <c r="H16" s="3">
         <v>280231</v>
       </c>
       <c r="I16" s="3">
         <v>343023</v>
       </c>
       <c r="J16" s="3">
         <v>318072</v>
       </c>
       <c r="K16" s="3">
         <v>391274</v>
       </c>
       <c r="L16" s="3">
         <v>413632</v>
       </c>
-      <c r="M16" s="4">
+      <c r="M16" s="3">
         <v>487651</v>
       </c>
-    </row>
-    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N16" s="3">
+        <v>483722</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="3">
         <v>451274</v>
       </c>
       <c r="C17" s="3">
         <v>474921</v>
       </c>
       <c r="D17" s="3">
         <v>479934</v>
       </c>
       <c r="E17" s="3">
         <v>483209</v>
       </c>
       <c r="F17" s="3">
         <v>570041</v>
       </c>
       <c r="G17" s="3">
         <v>565686</v>
       </c>
       <c r="H17" s="3">
         <v>594599</v>
       </c>
       <c r="I17" s="3">
         <v>603366</v>
       </c>
       <c r="J17" s="3">
         <v>568206</v>
       </c>
       <c r="K17" s="3">
         <v>624658</v>
       </c>
       <c r="L17" s="3">
         <v>614120</v>
       </c>
-      <c r="M17" s="4">
+      <c r="M17" s="3">
         <v>675983</v>
       </c>
-    </row>
-    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N17" s="3">
+        <v>647242</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="3">
         <v>0</v>
       </c>
       <c r="C18" s="3">
         <v>0</v>
       </c>
       <c r="D18" s="3">
         <v>0</v>
       </c>
       <c r="E18" s="3">
         <v>0</v>
       </c>
       <c r="F18" s="3">
         <v>214005</v>
       </c>
       <c r="G18" s="3">
         <v>235163</v>
       </c>
       <c r="H18" s="3">
         <v>188133</v>
       </c>
       <c r="I18" s="3">
         <v>231585</v>
       </c>
       <c r="J18" s="3">
         <v>196249</v>
       </c>
       <c r="K18" s="3">
         <v>217898</v>
       </c>
       <c r="L18" s="3">
         <v>271953</v>
       </c>
-      <c r="M18" s="4">
+      <c r="M18" s="3">
         <v>280665</v>
       </c>
-    </row>
-    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N18" s="3">
+        <v>292168</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="3">
         <v>180489</v>
       </c>
       <c r="C19" s="3">
         <v>190009</v>
       </c>
       <c r="D19" s="3">
         <v>192550</v>
       </c>
       <c r="E19" s="3">
         <v>196194</v>
       </c>
       <c r="F19" s="3">
         <v>256340</v>
       </c>
       <c r="G19" s="3">
         <v>254075</v>
       </c>
       <c r="H19" s="3">
         <v>241266</v>
       </c>
       <c r="I19" s="3">
         <v>257340</v>
       </c>
       <c r="J19" s="3">
         <v>235801</v>
       </c>
       <c r="K19" s="3">
         <v>257225</v>
       </c>
       <c r="L19" s="3">
         <v>284739</v>
       </c>
-      <c r="M19" s="4">
+      <c r="M19" s="3">
         <v>274889</v>
       </c>
-    </row>
-    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N19" s="3">
+        <v>263202</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="3">
         <v>0</v>
       </c>
       <c r="C20" s="3">
         <v>0</v>
       </c>
       <c r="D20" s="3">
         <v>0</v>
       </c>
       <c r="E20" s="3">
         <v>0</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>0</v>
       </c>
       <c r="H20" s="3">
         <v>0</v>
       </c>
       <c r="I20" s="3">
         <v>607529</v>
       </c>
       <c r="J20" s="3">
         <v>1143657</v>
       </c>
       <c r="K20" s="3">
         <v>1381760</v>
       </c>
       <c r="L20" s="3">
         <v>1498305</v>
       </c>
-      <c r="M20" s="4">
+      <c r="M20" s="3">
         <v>1593716</v>
       </c>
-    </row>
-    <row r="21" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N20" s="3">
+        <v>1847742</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="3">
         <v>0</v>
       </c>
       <c r="C21" s="3">
         <v>0</v>
       </c>
       <c r="D21" s="3">
         <v>0</v>
       </c>
       <c r="E21" s="3">
         <v>0</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>0</v>
       </c>
       <c r="H21" s="3">
         <v>0</v>
       </c>
       <c r="I21" s="3">
         <v>74159</v>
       </c>
       <c r="J21" s="3">
         <v>41112</v>
       </c>
       <c r="K21" s="3">
         <v>20382</v>
       </c>
       <c r="L21" s="3">
         <v>32533</v>
       </c>
-      <c r="M21" s="4">
+      <c r="M21" s="3">
         <v>117984</v>
       </c>
-    </row>
-    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N21" s="3">
+        <v>109902</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="3">
         <v>0</v>
       </c>
       <c r="C22" s="3">
         <v>0</v>
       </c>
       <c r="D22" s="3">
         <v>0</v>
       </c>
       <c r="E22" s="3">
         <v>0</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>0</v>
       </c>
       <c r="H22" s="3">
         <v>0</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
       <c r="J22" s="3">
         <v>0</v>
       </c>
       <c r="K22" s="3">
         <v>21229</v>
       </c>
       <c r="L22" s="3">
         <v>164782</v>
       </c>
-      <c r="M22" s="4">
+      <c r="M22" s="3">
         <v>302998</v>
       </c>
-    </row>
-    <row r="23" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N22" s="3">
+        <v>314881</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="3">
         <v>1363730</v>
       </c>
       <c r="C23" s="3">
         <v>1405485</v>
       </c>
       <c r="D23" s="3">
         <v>1394047</v>
       </c>
       <c r="E23" s="3">
         <v>1556385</v>
       </c>
       <c r="F23" s="3">
         <v>1700330</v>
       </c>
       <c r="G23" s="3">
         <v>1651550</v>
       </c>
       <c r="H23" s="3">
         <v>1686480</v>
       </c>
       <c r="I23" s="3">
         <v>1661779</v>
       </c>
       <c r="J23" s="3">
         <v>1624018</v>
       </c>
       <c r="K23" s="3">
         <v>1824157</v>
       </c>
       <c r="L23" s="3">
         <v>2098937</v>
       </c>
-      <c r="M23" s="4">
+      <c r="M23" s="3">
         <v>2683217</v>
       </c>
-    </row>
-    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N23" s="3">
+        <v>2920507</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="3">
         <v>2076904</v>
       </c>
       <c r="C24" s="3">
         <v>2193634</v>
       </c>
       <c r="D24" s="3">
         <v>2435600</v>
       </c>
       <c r="E24" s="3">
         <v>2636128</v>
       </c>
       <c r="F24" s="3">
         <v>2762479</v>
       </c>
       <c r="G24" s="3">
         <v>2850983</v>
       </c>
       <c r="H24" s="3">
         <v>3064154</v>
       </c>
       <c r="I24" s="3">
         <v>3075295</v>
       </c>
       <c r="J24" s="3">
         <v>2724133</v>
       </c>
       <c r="K24" s="3">
         <v>3266772</v>
       </c>
       <c r="L24" s="3">
         <v>4130841</v>
       </c>
-      <c r="M24" s="4">
+      <c r="M24" s="3">
         <v>4421363</v>
       </c>
-    </row>
-    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N24" s="3">
+        <v>4408375</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="3">
         <v>7083066</v>
       </c>
       <c r="C25" s="3">
         <v>7319810</v>
       </c>
       <c r="D25" s="3">
         <v>7604841</v>
       </c>
       <c r="E25" s="3">
         <v>7728443</v>
       </c>
       <c r="F25" s="3">
         <v>8208598</v>
       </c>
       <c r="G25" s="3">
         <v>8370027</v>
       </c>
       <c r="H25" s="3">
         <v>8754083</v>
       </c>
       <c r="I25" s="3">
         <v>8994897</v>
       </c>
       <c r="J25" s="3">
         <v>8962915</v>
       </c>
       <c r="K25" s="3">
         <v>9933891</v>
       </c>
       <c r="L25" s="3">
         <v>11045850.310000001</v>
       </c>
-      <c r="M25" s="4">
+      <c r="M25" s="3">
         <v>12200076</v>
       </c>
-    </row>
-    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N25" s="3">
+        <v>13049504</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="3">
         <v>0</v>
       </c>
       <c r="C26" s="3">
         <v>0</v>
       </c>
       <c r="D26" s="3">
         <v>0</v>
       </c>
       <c r="E26" s="3">
         <v>233938</v>
       </c>
       <c r="F26" s="3">
         <v>490860</v>
       </c>
       <c r="G26" s="3">
         <v>449949</v>
       </c>
       <c r="H26" s="3">
         <v>425877</v>
       </c>
       <c r="I26" s="3">
         <v>524244</v>
       </c>
       <c r="J26" s="3">
         <v>522646</v>
       </c>
       <c r="K26" s="3">
         <v>588996</v>
       </c>
       <c r="L26" s="3">
         <v>632694</v>
       </c>
-      <c r="M26" s="4">
+      <c r="M26" s="3">
         <v>706524</v>
       </c>
-    </row>
-    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N26" s="3">
+        <v>735150</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="3">
         <v>0</v>
       </c>
       <c r="C27" s="3">
         <v>0</v>
       </c>
       <c r="D27" s="3">
         <v>0</v>
       </c>
       <c r="E27" s="3">
         <v>0</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>0</v>
       </c>
       <c r="H27" s="3">
         <v>0</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
       <c r="J27" s="3">
         <v>0</v>
       </c>
       <c r="K27" s="3">
         <v>0</v>
       </c>
       <c r="L27" s="3">
         <v>0</v>
       </c>
-      <c r="M27" s="4">
-[...3 lines deleted...]
-    <row r="28" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M27" s="3">
+        <v>0</v>
+      </c>
+      <c r="N27" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="3">
         <v>38473561</v>
       </c>
       <c r="C28" s="3">
         <v>38936455</v>
       </c>
       <c r="D28" s="3">
         <v>41173390</v>
       </c>
       <c r="E28" s="3">
         <v>44102474</v>
       </c>
       <c r="F28" s="3">
         <v>46129094</v>
       </c>
       <c r="G28" s="3">
         <v>48714158</v>
       </c>
       <c r="H28" s="3">
         <v>49892663</v>
       </c>
       <c r="I28" s="3">
         <v>50749923</v>
       </c>
       <c r="J28" s="3">
         <v>18386285</v>
       </c>
       <c r="K28" s="3">
         <v>21424618</v>
       </c>
       <c r="L28" s="3">
         <v>68103330</v>
       </c>
-      <c r="M28" s="4">
+      <c r="M28" s="3">
         <v>71601964</v>
       </c>
-    </row>
-    <row r="29" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N28" s="3">
+        <v>73701001</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="3">
         <v>255550</v>
       </c>
       <c r="C29" s="3">
         <v>209768</v>
       </c>
       <c r="D29" s="3">
         <v>220458</v>
       </c>
       <c r="E29" s="3">
         <v>210215</v>
       </c>
       <c r="F29" s="3">
         <v>328435</v>
       </c>
       <c r="G29" s="3">
         <v>329972</v>
       </c>
       <c r="H29" s="3">
         <v>384686</v>
       </c>
       <c r="I29" s="3">
         <v>359000</v>
       </c>
       <c r="J29" s="3">
         <v>376136</v>
       </c>
       <c r="K29" s="3">
         <v>438694</v>
       </c>
       <c r="L29" s="3">
         <v>591665</v>
       </c>
-      <c r="M29" s="4">
+      <c r="M29" s="3">
         <v>615577</v>
       </c>
-    </row>
-    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N29" s="3">
+        <v>596500</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>28</v>
       </c>
       <c r="B30" s="3">
         <v>0</v>
       </c>
       <c r="C30" s="3">
         <v>0</v>
       </c>
       <c r="D30" s="3">
         <v>0</v>
       </c>
       <c r="E30" s="3">
         <v>0</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>0</v>
       </c>
       <c r="H30" s="3">
         <v>0</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
       <c r="J30" s="3">
         <v>0</v>
       </c>
       <c r="K30" s="3">
         <v>0</v>
       </c>
       <c r="L30" s="3">
         <v>0</v>
       </c>
-      <c r="M30" s="4">
-[...3 lines deleted...]
-    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M30" s="3">
+        <v>0</v>
+      </c>
+      <c r="N30" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>29</v>
       </c>
       <c r="B31" s="3">
         <v>0</v>
       </c>
       <c r="C31" s="3">
         <v>0</v>
       </c>
       <c r="D31" s="3">
         <v>0</v>
       </c>
       <c r="E31" s="3">
         <v>0</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>494612</v>
       </c>
       <c r="H31" s="3">
         <v>1128729</v>
       </c>
       <c r="I31" s="3">
         <v>1506522</v>
       </c>
       <c r="J31" s="3">
         <v>1589463</v>
       </c>
       <c r="K31" s="3">
         <v>1880586</v>
       </c>
       <c r="L31" s="3">
         <v>2035305</v>
       </c>
-      <c r="M31" s="4">
+      <c r="M31" s="3">
         <v>2232378</v>
       </c>
-    </row>
-    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N31" s="3">
+        <v>2248666</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="3">
         <v>0</v>
       </c>
       <c r="C32" s="3">
         <v>0</v>
       </c>
       <c r="D32" s="3">
         <v>0</v>
       </c>
       <c r="E32" s="3">
         <v>0</v>
       </c>
       <c r="F32" s="3">
         <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>0</v>
       </c>
       <c r="H32" s="3">
         <v>0</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
       <c r="J32" s="3">
         <v>0</v>
       </c>
       <c r="K32" s="3">
         <v>0</v>
       </c>
       <c r="L32" s="3">
         <v>0</v>
       </c>
-      <c r="M32" s="4">
-[...3 lines deleted...]
-    <row r="33" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M32" s="3">
+        <v>0</v>
+      </c>
+      <c r="N32" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>31</v>
       </c>
       <c r="B33" s="3">
         <v>208926</v>
       </c>
       <c r="C33" s="3">
         <v>67000</v>
       </c>
       <c r="D33" s="3">
         <v>222888</v>
       </c>
       <c r="E33" s="3">
         <v>275280</v>
       </c>
       <c r="F33" s="3">
         <v>247542</v>
       </c>
       <c r="G33" s="3">
         <v>246815</v>
       </c>
       <c r="H33" s="3">
         <v>254016</v>
       </c>
       <c r="I33" s="3">
         <v>264468</v>
       </c>
       <c r="J33" s="3">
         <v>255071</v>
       </c>
       <c r="K33" s="3">
         <v>277525</v>
       </c>
       <c r="L33" s="3">
         <v>297345</v>
       </c>
-      <c r="M33" s="4">
+      <c r="M33" s="3">
         <v>304058</v>
       </c>
-    </row>
-    <row r="34" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N33" s="3">
+        <v>342188</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="3">
         <v>0</v>
       </c>
       <c r="C34" s="3">
         <v>0</v>
       </c>
       <c r="D34" s="3">
         <v>0</v>
       </c>
       <c r="E34" s="3">
         <v>0</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>0</v>
       </c>
       <c r="H34" s="3">
         <v>0</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
       <c r="J34" s="3">
         <v>0</v>
       </c>
       <c r="K34" s="3">
         <v>0</v>
       </c>
       <c r="L34" s="3">
         <v>0</v>
       </c>
-      <c r="M34" s="4">
-[...3 lines deleted...]
-    <row r="35" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M34" s="3">
+        <v>0</v>
+      </c>
+      <c r="N34" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>33</v>
       </c>
       <c r="B35" s="3">
         <v>0</v>
       </c>
       <c r="C35" s="3">
         <v>0</v>
       </c>
       <c r="D35" s="3">
         <v>0</v>
       </c>
       <c r="E35" s="3">
         <v>0</v>
       </c>
       <c r="F35" s="3">
         <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>0</v>
       </c>
       <c r="H35" s="3">
         <v>0</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
       <c r="J35" s="3">
         <v>0</v>
       </c>
       <c r="K35" s="3">
         <v>0</v>
       </c>
       <c r="L35" s="3">
         <v>0</v>
       </c>
-      <c r="M35" s="4">
-[...3 lines deleted...]
-    <row r="36" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M35" s="3">
+        <v>0</v>
+      </c>
+      <c r="N35" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>34</v>
       </c>
       <c r="B36" s="3">
         <v>0</v>
       </c>
       <c r="C36" s="3">
         <v>0</v>
       </c>
       <c r="D36" s="3">
         <v>0</v>
       </c>
       <c r="E36" s="3">
         <v>0</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>0</v>
       </c>
       <c r="H36" s="3">
         <v>0</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
       <c r="J36" s="3">
         <v>0</v>
       </c>
       <c r="K36" s="3">
         <v>0</v>
       </c>
       <c r="L36" s="3">
         <v>27044</v>
       </c>
-      <c r="M36" s="4">
+      <c r="M36" s="3">
         <v>40720</v>
       </c>
-    </row>
-    <row r="37" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N36" s="3">
+        <v>42650</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="3">
         <v>0</v>
       </c>
       <c r="C37" s="3">
         <v>0</v>
       </c>
       <c r="D37" s="3">
         <v>0</v>
       </c>
       <c r="E37" s="3">
         <v>0</v>
       </c>
       <c r="F37" s="3">
         <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>0</v>
       </c>
       <c r="H37" s="3">
         <v>0</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
       <c r="J37" s="3">
         <v>0</v>
       </c>
       <c r="K37" s="3">
         <v>0</v>
       </c>
       <c r="L37" s="3">
         <v>0</v>
       </c>
-      <c r="M37" s="4">
-[...3 lines deleted...]
-    <row r="38" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M37" s="3">
+        <v>0</v>
+      </c>
+      <c r="N37" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>36</v>
       </c>
       <c r="B38" s="3">
         <v>0</v>
       </c>
       <c r="C38" s="3">
         <v>0</v>
       </c>
       <c r="D38" s="3">
         <v>0</v>
       </c>
       <c r="E38" s="3">
         <v>0</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>0</v>
       </c>
       <c r="H38" s="3">
         <v>0</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
       <c r="J38" s="3">
         <v>0</v>
       </c>
       <c r="K38" s="3">
         <v>0</v>
       </c>
       <c r="L38" s="3">
         <v>0</v>
       </c>
-      <c r="M38" s="4">
-[...3 lines deleted...]
-    <row r="39" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M38" s="3">
+        <v>0</v>
+      </c>
+      <c r="N38" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>37</v>
       </c>
       <c r="B39" s="3">
         <v>0</v>
       </c>
       <c r="C39" s="3">
         <v>0</v>
       </c>
       <c r="D39" s="3">
         <v>0</v>
       </c>
       <c r="E39" s="3">
         <v>0</v>
       </c>
       <c r="F39" s="3">
         <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>0</v>
       </c>
       <c r="H39" s="3">
         <v>0</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
       <c r="J39" s="3">
         <v>0</v>
       </c>
       <c r="K39" s="3">
         <v>0</v>
       </c>
       <c r="L39" s="3">
         <v>0</v>
       </c>
-      <c r="M39" s="4">
-[...3 lines deleted...]
-    <row r="40" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M39" s="3">
+        <v>0</v>
+      </c>
+      <c r="N39" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>38</v>
       </c>
       <c r="B40" s="3">
         <v>0</v>
       </c>
       <c r="C40" s="3">
         <v>0</v>
       </c>
       <c r="D40" s="3">
         <v>0</v>
       </c>
       <c r="E40" s="3">
         <v>0</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>0</v>
       </c>
       <c r="H40" s="3">
         <v>0</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
       <c r="J40" s="3">
         <v>0</v>
       </c>
       <c r="K40" s="3">
         <v>0</v>
       </c>
       <c r="L40" s="3">
         <v>0</v>
       </c>
-      <c r="M40" s="4">
-[...3 lines deleted...]
-    <row r="41" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M40" s="3">
+        <v>0</v>
+      </c>
+      <c r="N40" s="3">
+        <v>200076</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>39</v>
       </c>
       <c r="B41" s="3">
         <v>0</v>
       </c>
       <c r="C41" s="3">
         <v>0</v>
       </c>
       <c r="D41" s="3">
         <v>0</v>
       </c>
       <c r="E41" s="3">
         <v>0</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>0</v>
       </c>
       <c r="H41" s="3">
         <v>0</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
       <c r="J41" s="3">
         <v>0</v>
       </c>
       <c r="K41" s="3">
         <v>0</v>
       </c>
       <c r="L41" s="3">
         <v>0</v>
       </c>
-      <c r="M41" s="4">
-[...3 lines deleted...]
-    <row r="42" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M41" s="3">
+        <v>0</v>
+      </c>
+      <c r="N41" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>40</v>
       </c>
       <c r="B42" s="3">
         <v>5615194</v>
       </c>
       <c r="C42" s="3">
         <v>5944398</v>
       </c>
       <c r="D42" s="3">
         <v>6059355</v>
       </c>
       <c r="E42" s="3">
         <v>6511111</v>
       </c>
       <c r="F42" s="3">
         <v>6782382</v>
       </c>
       <c r="G42" s="3">
         <v>6579458</v>
       </c>
       <c r="H42" s="3">
         <v>8077822</v>
       </c>
       <c r="I42" s="3">
         <v>7691576</v>
       </c>
       <c r="J42" s="3">
         <v>7416180</v>
       </c>
       <c r="K42" s="3">
         <v>8100667</v>
       </c>
       <c r="L42" s="3">
         <v>10116532</v>
       </c>
-      <c r="M42" s="4">
+      <c r="M42" s="3">
         <v>9670819</v>
       </c>
-    </row>
-    <row r="43" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N42" s="3">
+        <v>10552577</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>41</v>
       </c>
       <c r="B43" s="3">
         <v>0</v>
       </c>
       <c r="C43" s="3">
         <v>0</v>
       </c>
       <c r="D43" s="3">
         <v>0</v>
       </c>
       <c r="E43" s="3">
         <v>0</v>
       </c>
       <c r="F43" s="3">
         <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>0</v>
       </c>
       <c r="H43" s="3">
         <v>0</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
       <c r="J43" s="3">
         <v>0</v>
       </c>
       <c r="K43" s="3">
         <v>0</v>
       </c>
       <c r="L43" s="3">
         <v>0</v>
       </c>
-      <c r="M43" s="4">
-[...3 lines deleted...]
-    <row r="44" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M43" s="3">
+        <v>0</v>
+      </c>
+      <c r="N43" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>42</v>
       </c>
       <c r="B44" s="3">
         <v>3750068</v>
       </c>
       <c r="C44" s="3">
         <v>3344638</v>
       </c>
       <c r="D44" s="3">
         <v>3678378</v>
       </c>
       <c r="E44" s="3">
         <v>3967568</v>
       </c>
       <c r="F44" s="3">
         <v>4226382</v>
       </c>
       <c r="G44" s="3">
         <v>4328022</v>
       </c>
       <c r="H44" s="3">
         <v>4673749</v>
       </c>
       <c r="I44" s="3">
         <v>4915809</v>
       </c>
       <c r="J44" s="3">
         <v>4841293</v>
       </c>
       <c r="K44" s="3">
         <v>5459638</v>
       </c>
       <c r="L44" s="3">
         <v>6012691</v>
       </c>
-      <c r="M44" s="4">
+      <c r="M44" s="3">
         <v>6600349</v>
       </c>
-    </row>
-    <row r="45" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N44" s="3">
+        <v>7416752</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>43</v>
       </c>
       <c r="B45" s="3">
         <v>484265</v>
       </c>
       <c r="C45" s="3">
         <v>476515</v>
       </c>
       <c r="D45" s="3">
         <v>388184</v>
       </c>
       <c r="E45" s="3">
         <v>326849</v>
       </c>
       <c r="F45" s="3">
         <v>347557</v>
       </c>
       <c r="G45" s="3">
         <v>351736</v>
       </c>
       <c r="H45" s="3">
         <v>352729</v>
       </c>
       <c r="I45" s="3">
         <v>354832</v>
       </c>
       <c r="J45" s="3">
         <v>405248</v>
       </c>
       <c r="K45" s="3">
         <v>403741</v>
       </c>
       <c r="L45" s="3">
         <v>420648</v>
       </c>
-      <c r="M45" s="4">
+      <c r="M45" s="3">
         <v>455970</v>
       </c>
-    </row>
-    <row r="46" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N45" s="3">
+        <v>489057</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>44</v>
       </c>
       <c r="B46" s="3">
         <v>233254</v>
       </c>
       <c r="C46" s="3">
         <v>241465</v>
       </c>
       <c r="D46" s="3">
         <v>250255</v>
       </c>
       <c r="E46" s="3">
         <v>273271</v>
       </c>
       <c r="F46" s="3">
         <v>283070</v>
       </c>
       <c r="G46" s="3">
         <v>0</v>
       </c>
       <c r="H46" s="3">
         <v>0</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
       <c r="J46" s="3">
         <v>281903</v>
       </c>
       <c r="K46" s="3">
         <v>140272</v>
       </c>
       <c r="L46" s="3">
         <v>172220</v>
       </c>
-      <c r="M46" s="4">
+      <c r="M46" s="3">
         <v>389403</v>
       </c>
-    </row>
-    <row r="47" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="N46" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B47" s="3">
         <v>0</v>
       </c>
       <c r="C47" s="3">
         <v>0</v>
       </c>
       <c r="D47" s="3">
         <v>0</v>
       </c>
       <c r="E47" s="3">
         <v>0</v>
       </c>
       <c r="F47" s="3">
         <v>33198</v>
       </c>
       <c r="G47" s="3">
         <v>61811</v>
       </c>
       <c r="H47" s="3">
         <v>64113</v>
       </c>
       <c r="I47" s="3">
         <v>63026</v>
       </c>
       <c r="J47" s="3">
         <v>65781</v>
       </c>
       <c r="K47" s="3">
         <v>72161</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="M47" s="3" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
+        <v>57</v>
+      </c>
+      <c r="N47" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>45</v>
       </c>
       <c r="B48" s="3">
         <v>1707591</v>
       </c>
       <c r="C48" s="3">
         <v>1826722</v>
       </c>
       <c r="D48" s="3">
         <v>1886617</v>
       </c>
       <c r="E48" s="3">
         <v>2174067</v>
       </c>
       <c r="F48" s="3">
         <v>2433192</v>
       </c>
       <c r="G48" s="3">
         <v>2548640</v>
       </c>
       <c r="H48" s="3">
         <v>2830394</v>
       </c>
       <c r="I48" s="3">
         <v>3014016</v>
       </c>
       <c r="J48" s="3">
         <v>2868930</v>
       </c>
       <c r="K48" s="3">
         <v>3036262</v>
       </c>
       <c r="L48" s="3">
         <v>3686045</v>
       </c>
-      <c r="M48" s="4">
+      <c r="M48" s="3">
         <v>4196576</v>
+      </c>
+      <c r="N48" s="3">
+        <v>4339693</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="54" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-        <v>61</v>
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A1:M1"/>
+    <mergeCell ref="A1:N1"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="66" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="61" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;L&amp;10Data Source: S.C. Revenue and Fiscal Affairs Office, Local Government Finance Report&amp;R&amp;10Revised 12/11/2024</oddFooter>
+    <oddFooter>&amp;L&amp;10Data Source: S.C. Revenue and Fiscal Affairs Office, Local Government Finance Report&amp;R&amp;10Revised 10/31/2025</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{70F02685-FD1D-4FC9-AD2D-F4CE94BB28E8}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M65"/>
+  <dimension ref="A1:N64"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.5703125" customWidth="1"/>
-    <col min="2" max="13" width="13.5703125" customWidth="1"/>
+    <col min="2" max="14" width="13.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A1" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="B1" s="4"/>
+      <c r="C1" s="4"/>
+      <c r="D1" s="4"/>
+      <c r="E1" s="4"/>
+      <c r="F1" s="4"/>
+      <c r="G1" s="4"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="4"/>
+      <c r="J1" s="4"/>
+      <c r="K1" s="4"/>
+      <c r="L1" s="4"/>
+      <c r="M1" s="4"/>
+      <c r="N1" s="4"/>
+    </row>
+    <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>52</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>53</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>54</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>72</v>
+      </c>
+      <c r="N2" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C3" s="2">
         <v>0</v>
       </c>
       <c r="D3" s="2">
         <v>0</v>
       </c>
       <c r="E3" s="2">
         <v>0</v>
       </c>
       <c r="F3" s="2">
         <v>0</v>
       </c>
       <c r="G3" s="2">
         <v>0</v>
       </c>
       <c r="H3" s="2">
         <v>0</v>
       </c>
       <c r="I3" s="2">
         <v>0</v>
       </c>
       <c r="J3" s="2">
         <v>0</v>
       </c>
       <c r="K3" s="2">
         <v>0</v>
       </c>
       <c r="L3" s="2">
         <v>0</v>
       </c>
       <c r="M3" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="4" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N3" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2">
         <v>0</v>
       </c>
       <c r="C4" s="2">
         <v>0</v>
       </c>
       <c r="D4" s="2">
         <v>0</v>
       </c>
       <c r="E4" s="2">
         <v>0</v>
       </c>
       <c r="F4" s="2">
         <v>0</v>
       </c>
       <c r="G4" s="2">
         <v>0</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="2">
         <v>0</v>
       </c>
       <c r="J4" s="2">
         <v>0</v>
       </c>
       <c r="K4" s="2">
         <v>0</v>
       </c>
       <c r="L4" s="2">
         <v>0</v>
       </c>
       <c r="M4" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="5" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N4" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="2">
         <v>0</v>
       </c>
       <c r="C5" s="2">
         <v>0</v>
       </c>
       <c r="D5" s="2">
         <v>0</v>
       </c>
       <c r="E5" s="2">
         <v>0</v>
       </c>
       <c r="F5" s="2">
         <v>0</v>
       </c>
       <c r="G5" s="2">
         <v>0</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="2">
         <v>0</v>
       </c>
       <c r="J5" s="2">
         <v>0</v>
       </c>
       <c r="K5" s="2">
         <v>0</v>
       </c>
       <c r="L5" s="2">
         <v>0</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="6" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N5" s="2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="2">
         <v>0</v>
       </c>
       <c r="C6" s="2">
         <v>0</v>
       </c>
       <c r="D6" s="2">
         <v>0</v>
       </c>
       <c r="E6" s="2">
         <v>0</v>
       </c>
       <c r="F6" s="2">
         <v>0</v>
       </c>
       <c r="G6" s="2">
         <v>0</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2">
         <v>0</v>
       </c>
       <c r="J6" s="2">
         <v>0</v>
       </c>
       <c r="K6" s="2">
         <v>0</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="7" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N6" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="2">
         <v>0</v>
       </c>
       <c r="C7" s="2">
         <v>0</v>
       </c>
       <c r="D7" s="2">
         <v>0</v>
       </c>
       <c r="E7" s="2">
         <v>0</v>
       </c>
       <c r="F7" s="2">
         <v>0</v>
       </c>
       <c r="G7" s="2">
         <v>0</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2">
         <v>0</v>
       </c>
       <c r="J7" s="2">
         <v>0</v>
       </c>
       <c r="K7" s="2">
         <v>0</v>
       </c>
       <c r="L7" s="2">
         <v>0</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="8" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N7" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2">
         <v>0</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="E8" s="2">
         <v>0</v>
       </c>
       <c r="F8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2">
         <v>0</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2">
         <v>0</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2">
         <v>0</v>
       </c>
       <c r="L8" s="2">
         <v>0</v>
       </c>
       <c r="M8" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="9" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N8" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="2">
         <v>2</v>
       </c>
       <c r="C9" s="2">
         <v>2</v>
       </c>
       <c r="D9" s="2">
         <v>2</v>
       </c>
       <c r="E9" s="2">
         <v>2</v>
       </c>
       <c r="F9" s="2">
         <v>2</v>
       </c>
       <c r="G9" s="2">
         <v>2</v>
       </c>
       <c r="H9" s="2">
         <v>2</v>
       </c>
       <c r="I9" s="2">
         <v>2</v>
       </c>
       <c r="J9" s="2">
         <v>2</v>
       </c>
       <c r="K9" s="2">
         <v>2</v>
       </c>
       <c r="L9" s="2">
         <v>2</v>
       </c>
       <c r="M9" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="10" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N9" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="2">
         <v>0</v>
       </c>
       <c r="C10" s="2">
         <v>0</v>
       </c>
       <c r="D10" s="2">
         <v>0</v>
       </c>
       <c r="E10" s="2">
         <v>0</v>
       </c>
       <c r="F10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2">
         <v>0</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2">
         <v>0</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
       <c r="K10" s="2">
         <v>0</v>
       </c>
       <c r="L10" s="2">
         <v>0</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="11" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N10" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="2">
         <v>0</v>
       </c>
       <c r="C11" s="2">
         <v>0</v>
       </c>
       <c r="D11" s="2">
         <v>0</v>
       </c>
       <c r="E11" s="2">
         <v>0</v>
       </c>
       <c r="F11" s="2">
         <v>0</v>
       </c>
       <c r="G11" s="2">
         <v>0</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2">
         <v>0</v>
       </c>
       <c r="J11" s="2">
         <v>0</v>
       </c>
       <c r="K11" s="2">
         <v>0</v>
       </c>
       <c r="L11" s="2">
         <v>0</v>
       </c>
       <c r="M11" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="12" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N11" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="2">
         <v>0</v>
       </c>
       <c r="C12" s="2">
         <v>0</v>
       </c>
       <c r="D12" s="2">
         <v>0</v>
       </c>
       <c r="E12" s="2">
         <v>0</v>
       </c>
       <c r="F12" s="2">
         <v>0</v>
       </c>
       <c r="G12" s="2">
         <v>0</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="2">
         <v>0</v>
       </c>
       <c r="J12" s="2">
         <v>0</v>
       </c>
       <c r="K12" s="2">
         <v>0</v>
       </c>
       <c r="L12" s="2">
         <v>0</v>
       </c>
       <c r="M12" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N12" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="2">
         <v>0</v>
       </c>
       <c r="C13" s="2">
         <v>0</v>
       </c>
       <c r="D13" s="2">
         <v>0</v>
       </c>
       <c r="E13" s="2">
         <v>0</v>
       </c>
       <c r="F13" s="2">
         <v>0</v>
       </c>
       <c r="G13" s="2">
         <v>0</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="2">
         <v>0</v>
       </c>
       <c r="J13" s="2">
         <v>0</v>
       </c>
       <c r="K13" s="2">
         <v>0</v>
       </c>
       <c r="L13" s="2">
         <v>1</v>
       </c>
       <c r="M13" s="2">
         <v>1</v>
       </c>
-    </row>
-    <row r="14" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N13" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="2">
         <v>0</v>
       </c>
       <c r="C14" s="2">
         <v>0</v>
       </c>
       <c r="D14" s="2">
         <v>0</v>
       </c>
       <c r="E14" s="2">
         <v>0</v>
       </c>
       <c r="F14" s="2">
         <v>0</v>
       </c>
       <c r="G14" s="2">
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="2">
         <v>0</v>
       </c>
       <c r="J14" s="2">
         <v>0</v>
       </c>
       <c r="K14" s="2">
         <v>0</v>
       </c>
       <c r="L14" s="2">
         <v>0</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="15" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N14" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="2">
         <v>0</v>
       </c>
       <c r="C15" s="2">
         <v>0</v>
       </c>
       <c r="D15" s="2">
         <v>0</v>
       </c>
       <c r="E15" s="2">
         <v>0</v>
       </c>
       <c r="F15" s="2">
         <v>0</v>
       </c>
       <c r="G15" s="2">
         <v>0</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="2">
         <v>0</v>
       </c>
       <c r="J15" s="2">
         <v>0</v>
       </c>
       <c r="K15" s="2">
         <v>0</v>
       </c>
       <c r="L15" s="2">
         <v>0</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="16" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N15" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="2">
         <v>1</v>
       </c>
       <c r="C16" s="2">
         <v>1</v>
       </c>
       <c r="D16" s="2">
         <v>1</v>
       </c>
       <c r="E16" s="2">
         <v>1</v>
       </c>
       <c r="F16" s="2">
         <v>1</v>
       </c>
       <c r="G16" s="2">
         <v>1</v>
       </c>
       <c r="H16" s="2">
         <v>1</v>
       </c>
       <c r="I16" s="2">
         <v>1</v>
       </c>
       <c r="J16" s="2">
         <v>1</v>
       </c>
       <c r="K16" s="2">
         <v>1</v>
       </c>
       <c r="L16" s="2">
         <v>1</v>
       </c>
       <c r="M16" s="2">
         <v>1</v>
       </c>
-    </row>
-    <row r="17" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N16" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="2">
         <v>2</v>
       </c>
       <c r="C17" s="2">
         <v>2</v>
       </c>
       <c r="D17" s="2">
         <v>2</v>
       </c>
       <c r="E17" s="2">
         <v>1</v>
       </c>
       <c r="F17" s="2">
         <v>1</v>
       </c>
       <c r="G17" s="2">
         <v>1</v>
       </c>
       <c r="H17" s="2">
         <v>2</v>
       </c>
       <c r="I17" s="2">
         <v>2</v>
       </c>
       <c r="J17" s="2">
         <v>2</v>
       </c>
       <c r="K17" s="2">
         <v>2</v>
       </c>
       <c r="L17" s="2">
         <v>2</v>
       </c>
       <c r="M17" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="18" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N17" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="2">
         <v>0</v>
       </c>
       <c r="C18" s="2">
         <v>0</v>
       </c>
       <c r="D18" s="2">
         <v>0</v>
       </c>
       <c r="E18" s="2">
         <v>0</v>
       </c>
       <c r="F18" s="2">
         <v>2</v>
       </c>
       <c r="G18" s="2">
         <v>2</v>
       </c>
       <c r="H18" s="2">
         <v>2</v>
       </c>
       <c r="I18" s="2">
         <v>2</v>
       </c>
       <c r="J18" s="2">
         <v>2</v>
       </c>
       <c r="K18" s="2">
         <v>2</v>
       </c>
       <c r="L18" s="2">
         <v>2</v>
       </c>
       <c r="M18" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="19" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N18" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B19" s="2">
         <v>1</v>
       </c>
       <c r="C19" s="2">
         <v>1</v>
       </c>
       <c r="D19" s="2">
         <v>2</v>
       </c>
       <c r="E19" s="2">
         <v>1</v>
       </c>
       <c r="F19" s="2">
         <v>1</v>
       </c>
       <c r="G19" s="2">
         <v>1</v>
       </c>
       <c r="H19" s="2">
         <v>1</v>
       </c>
       <c r="I19" s="2">
         <v>1</v>
       </c>
       <c r="J19" s="2">
         <v>1</v>
       </c>
       <c r="K19" s="2">
         <v>1</v>
       </c>
       <c r="L19" s="2">
         <v>1</v>
       </c>
       <c r="M19" s="2">
         <v>1</v>
       </c>
-    </row>
-    <row r="20" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N19" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="2">
         <v>0</v>
       </c>
       <c r="C20" s="2">
         <v>0</v>
       </c>
       <c r="D20" s="2">
         <v>0</v>
       </c>
       <c r="E20" s="2">
         <v>0</v>
       </c>
       <c r="F20" s="2">
         <v>0</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="2">
         <v>2</v>
       </c>
       <c r="J20" s="2">
         <v>2</v>
       </c>
       <c r="K20" s="2">
         <v>2</v>
       </c>
       <c r="L20" s="2">
         <v>2</v>
       </c>
       <c r="M20" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="21" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N20" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="2">
         <v>0</v>
       </c>
       <c r="C21" s="2">
         <v>0</v>
       </c>
       <c r="D21" s="2">
         <v>0</v>
       </c>
       <c r="E21" s="2">
         <v>0</v>
       </c>
       <c r="F21" s="2">
         <v>0</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="2">
         <v>0</v>
       </c>
       <c r="J21" s="2">
         <v>0</v>
       </c>
       <c r="K21" s="2">
         <v>0</v>
       </c>
       <c r="L21" s="2">
         <v>0</v>
       </c>
       <c r="M21" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="22" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N21" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="2">
         <v>0</v>
       </c>
       <c r="C22" s="2">
         <v>0</v>
       </c>
       <c r="D22" s="2">
         <v>0</v>
       </c>
       <c r="E22" s="2">
         <v>0</v>
       </c>
       <c r="F22" s="2">
         <v>0</v>
       </c>
       <c r="G22" s="2">
         <v>0</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="2">
         <v>0</v>
       </c>
       <c r="J22" s="2">
         <v>0</v>
       </c>
       <c r="K22" s="2">
         <v>2</v>
       </c>
       <c r="L22" s="2">
         <v>2</v>
       </c>
       <c r="M22" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="23" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N22" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="2">
         <v>2</v>
       </c>
       <c r="C23" s="2">
         <v>2</v>
       </c>
       <c r="D23" s="2">
         <v>2</v>
       </c>
       <c r="E23" s="2">
         <v>2</v>
       </c>
       <c r="F23" s="2">
         <v>2</v>
       </c>
       <c r="G23" s="2">
         <v>2</v>
       </c>
       <c r="H23" s="2">
         <v>2</v>
       </c>
       <c r="I23" s="2">
         <v>2</v>
       </c>
       <c r="J23" s="2">
         <v>2</v>
       </c>
       <c r="K23" s="2">
         <v>2</v>
       </c>
       <c r="L23" s="2">
         <v>2</v>
       </c>
       <c r="M23" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="24" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N23" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B24" s="2">
         <v>2</v>
       </c>
       <c r="C24" s="2">
         <v>2</v>
       </c>
       <c r="D24" s="2">
         <v>2</v>
       </c>
       <c r="E24" s="2">
         <v>2</v>
       </c>
       <c r="F24" s="2">
         <v>2</v>
       </c>
       <c r="G24" s="2">
         <v>2</v>
       </c>
       <c r="H24" s="2">
         <v>2</v>
       </c>
       <c r="I24" s="2">
         <v>2</v>
       </c>
       <c r="J24" s="2">
         <v>2</v>
       </c>
       <c r="K24" s="2">
         <v>2</v>
       </c>
       <c r="L24" s="2">
         <v>2</v>
       </c>
       <c r="M24" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="25" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N24" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B25" s="2">
         <v>2</v>
       </c>
       <c r="C25" s="2">
         <v>2</v>
       </c>
       <c r="D25" s="2">
         <v>2</v>
       </c>
       <c r="E25" s="2">
         <v>2</v>
       </c>
       <c r="F25" s="2">
         <v>2</v>
       </c>
       <c r="G25" s="2">
         <v>2</v>
       </c>
       <c r="H25" s="2">
         <v>2</v>
       </c>
       <c r="I25" s="2">
         <v>2</v>
       </c>
       <c r="J25" s="2">
         <v>2</v>
       </c>
       <c r="K25" s="2">
         <v>2</v>
       </c>
       <c r="L25" s="2">
         <v>2</v>
       </c>
       <c r="M25" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="26" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N25" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B26" s="2">
         <v>0</v>
       </c>
       <c r="C26" s="2">
         <v>0</v>
       </c>
       <c r="D26" s="2">
         <v>0</v>
       </c>
       <c r="E26" s="2">
         <v>2</v>
       </c>
       <c r="F26" s="2">
         <v>2</v>
       </c>
       <c r="G26" s="2">
         <v>2</v>
       </c>
       <c r="H26" s="2">
         <v>2</v>
       </c>
       <c r="I26" s="2">
         <v>2</v>
       </c>
       <c r="J26" s="2">
         <v>2</v>
       </c>
       <c r="K26" s="2">
         <v>2</v>
       </c>
       <c r="L26" s="2">
         <v>2</v>
       </c>
       <c r="M26" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="27" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N26" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="2">
         <v>0</v>
       </c>
       <c r="C27" s="2">
         <v>0</v>
       </c>
       <c r="D27" s="2">
         <v>0</v>
       </c>
       <c r="E27" s="2">
         <v>0</v>
       </c>
       <c r="F27" s="2">
         <v>0</v>
       </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="2">
         <v>0</v>
       </c>
       <c r="J27" s="2">
         <v>0</v>
       </c>
       <c r="K27" s="2">
         <v>0</v>
       </c>
       <c r="L27" s="2">
         <v>0</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="28" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N27" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="2">
         <v>2.5</v>
       </c>
       <c r="C28" s="2">
         <v>2.5</v>
       </c>
       <c r="D28" s="2">
         <v>2.5</v>
       </c>
       <c r="E28" s="2">
         <v>2.5</v>
       </c>
       <c r="F28" s="2">
         <v>2.5</v>
       </c>
       <c r="G28" s="2">
         <v>2.5</v>
       </c>
       <c r="H28" s="2">
         <v>2.5</v>
       </c>
       <c r="I28" s="2">
         <v>2.5</v>
       </c>
       <c r="J28" s="2">
         <v>2.5</v>
       </c>
       <c r="K28" s="2">
         <v>2.5</v>
       </c>
       <c r="L28" s="2">
         <v>2.5</v>
       </c>
       <c r="M28" s="2">
         <v>2.5</v>
       </c>
-    </row>
-    <row r="29" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N28" s="2">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="2">
         <v>2</v>
       </c>
       <c r="C29" s="2">
         <v>2</v>
       </c>
       <c r="D29" s="2">
         <v>2</v>
       </c>
       <c r="E29" s="2">
         <v>2</v>
       </c>
       <c r="F29" s="2">
         <v>2</v>
       </c>
       <c r="G29" s="2">
         <v>2</v>
       </c>
       <c r="H29" s="2">
         <v>2</v>
       </c>
       <c r="I29" s="2">
         <v>2</v>
       </c>
       <c r="J29" s="2">
         <v>2</v>
       </c>
       <c r="K29" s="2">
         <v>2</v>
       </c>
       <c r="L29" s="2">
         <v>2</v>
       </c>
       <c r="M29" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="30" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N29" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>28</v>
       </c>
       <c r="B30" s="2">
         <v>0</v>
       </c>
       <c r="C30" s="2">
         <v>0</v>
       </c>
       <c r="D30" s="2">
         <v>0</v>
       </c>
       <c r="E30" s="2">
         <v>0</v>
       </c>
       <c r="F30" s="2">
         <v>0</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="2">
         <v>0</v>
       </c>
       <c r="J30" s="2">
         <v>0</v>
       </c>
       <c r="K30" s="2">
         <v>0</v>
       </c>
       <c r="L30" s="2">
         <v>0</v>
       </c>
       <c r="M30" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="31" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N30" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>29</v>
       </c>
       <c r="B31" s="2">
         <v>0</v>
       </c>
       <c r="C31" s="2">
         <v>0</v>
       </c>
       <c r="D31" s="2">
         <v>0</v>
       </c>
       <c r="E31" s="2">
         <v>0</v>
       </c>
       <c r="F31" s="2">
         <v>0</v>
       </c>
       <c r="G31" s="2">
         <v>2</v>
       </c>
       <c r="H31" s="2">
         <v>2</v>
       </c>
       <c r="I31" s="2">
         <v>2</v>
       </c>
       <c r="J31" s="2">
         <v>2</v>
       </c>
       <c r="K31" s="2">
         <v>2</v>
       </c>
       <c r="L31" s="2">
         <v>2</v>
       </c>
       <c r="M31" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="32" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N31" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="2">
         <v>0</v>
       </c>
       <c r="C32" s="2">
         <v>0</v>
       </c>
       <c r="D32" s="2">
         <v>0</v>
       </c>
       <c r="E32" s="2">
         <v>0</v>
       </c>
       <c r="F32" s="2">
         <v>0</v>
       </c>
       <c r="G32" s="2">
         <v>0</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="2">
         <v>0</v>
       </c>
       <c r="J32" s="2">
         <v>0</v>
       </c>
       <c r="K32" s="2">
         <v>0</v>
       </c>
       <c r="L32" s="2">
         <v>0</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="33" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N32" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B33" s="2">
         <v>2</v>
       </c>
       <c r="C33" s="2">
         <v>2</v>
       </c>
       <c r="D33" s="2">
         <v>2</v>
       </c>
       <c r="E33" s="2">
         <v>2</v>
       </c>
       <c r="F33" s="2">
         <v>2</v>
       </c>
       <c r="G33" s="2">
         <v>2</v>
       </c>
       <c r="H33" s="2">
         <v>2</v>
       </c>
       <c r="I33" s="2">
         <v>2</v>
       </c>
       <c r="J33" s="2">
         <v>2</v>
       </c>
       <c r="K33" s="2">
         <v>2</v>
       </c>
       <c r="L33" s="2">
         <v>2</v>
       </c>
       <c r="M33" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="34" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N33" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="2">
         <v>0</v>
       </c>
       <c r="C34" s="2">
         <v>0</v>
       </c>
       <c r="D34" s="2">
         <v>0</v>
       </c>
       <c r="E34" s="2">
         <v>0</v>
       </c>
       <c r="F34" s="2">
         <v>0</v>
       </c>
       <c r="G34" s="2">
         <v>0</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="2">
         <v>0</v>
       </c>
       <c r="J34" s="2">
         <v>0</v>
       </c>
       <c r="K34" s="2">
         <v>0</v>
       </c>
       <c r="L34" s="2">
         <v>0</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="35" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N34" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>33</v>
       </c>
       <c r="B35" s="2">
         <v>0</v>
       </c>
       <c r="C35" s="2">
         <v>0</v>
       </c>
       <c r="D35" s="2">
         <v>0</v>
       </c>
       <c r="E35" s="2">
         <v>0</v>
       </c>
       <c r="F35" s="2">
         <v>0</v>
       </c>
       <c r="G35" s="2">
         <v>0</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="2">
         <v>0</v>
       </c>
       <c r="J35" s="2">
         <v>0</v>
       </c>
       <c r="K35" s="2">
         <v>0</v>
       </c>
       <c r="L35" s="2">
         <v>0</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="36" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N35" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>34</v>
       </c>
       <c r="B36" s="2">
         <v>0</v>
       </c>
       <c r="C36" s="2">
         <v>0</v>
       </c>
       <c r="D36" s="2">
         <v>0</v>
       </c>
       <c r="E36" s="2">
         <v>0</v>
       </c>
       <c r="F36" s="2">
         <v>0</v>
       </c>
       <c r="G36" s="2">
         <v>0</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="2">
         <v>0</v>
       </c>
       <c r="J36" s="2">
         <v>0</v>
       </c>
       <c r="K36" s="2">
         <v>0</v>
       </c>
       <c r="L36" s="2">
         <v>2</v>
       </c>
       <c r="M36" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="37" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N36" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="2">
         <v>0</v>
       </c>
       <c r="C37" s="2">
         <v>0</v>
       </c>
       <c r="D37" s="2">
         <v>0</v>
       </c>
       <c r="E37" s="2">
         <v>0</v>
       </c>
       <c r="F37" s="2">
         <v>0</v>
       </c>
       <c r="G37" s="2">
         <v>0</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="2">
         <v>0</v>
       </c>
       <c r="J37" s="2">
         <v>0</v>
       </c>
       <c r="K37" s="2">
         <v>0</v>
       </c>
       <c r="L37" s="2">
         <v>0</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="38" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N37" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>36</v>
       </c>
       <c r="B38" s="2">
         <v>0</v>
       </c>
       <c r="C38" s="2">
         <v>0</v>
       </c>
       <c r="D38" s="2">
         <v>0</v>
       </c>
       <c r="E38" s="2">
         <v>0</v>
       </c>
       <c r="F38" s="2">
         <v>0</v>
       </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="2">
         <v>0</v>
       </c>
       <c r="J38" s="2">
         <v>0</v>
       </c>
       <c r="K38" s="2">
         <v>0</v>
       </c>
       <c r="L38" s="2">
         <v>0</v>
       </c>
       <c r="M38" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="39" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N38" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>37</v>
       </c>
       <c r="B39" s="2">
         <v>0</v>
       </c>
       <c r="C39" s="2">
         <v>0</v>
       </c>
       <c r="D39" s="2">
         <v>0</v>
       </c>
       <c r="E39" s="2">
         <v>0</v>
       </c>
       <c r="F39" s="2">
         <v>0</v>
       </c>
       <c r="G39" s="2">
         <v>0</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="2">
         <v>0</v>
       </c>
       <c r="J39" s="2">
         <v>0</v>
       </c>
       <c r="K39" s="2">
         <v>0</v>
       </c>
       <c r="L39" s="2">
         <v>0</v>
       </c>
       <c r="M39" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="40" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N39" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>38</v>
       </c>
       <c r="B40" s="2">
         <v>0</v>
       </c>
       <c r="C40" s="2">
         <v>0</v>
       </c>
       <c r="D40" s="2">
         <v>0</v>
       </c>
       <c r="E40" s="2">
         <v>0</v>
       </c>
       <c r="F40" s="2">
         <v>0</v>
       </c>
       <c r="G40" s="2">
         <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="2">
         <v>0</v>
       </c>
       <c r="J40" s="2">
         <v>0</v>
       </c>
       <c r="K40" s="2">
         <v>0</v>
       </c>
       <c r="L40" s="2">
         <v>0</v>
       </c>
       <c r="M40" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="41" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N40" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>39</v>
       </c>
       <c r="B41" s="2">
         <v>0</v>
       </c>
       <c r="C41" s="2">
         <v>0</v>
       </c>
       <c r="D41" s="2">
         <v>0</v>
       </c>
       <c r="E41" s="2">
         <v>0</v>
       </c>
       <c r="F41" s="2">
         <v>0</v>
       </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="2">
         <v>0</v>
       </c>
       <c r="J41" s="2">
         <v>0</v>
       </c>
       <c r="K41" s="2">
         <v>0</v>
       </c>
       <c r="L41" s="2">
         <v>0</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="42" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N41" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B42" s="2">
         <v>2</v>
       </c>
       <c r="C42" s="2">
         <v>2</v>
       </c>
       <c r="D42" s="2">
         <v>2</v>
       </c>
       <c r="E42" s="2">
         <v>2</v>
       </c>
       <c r="F42" s="2">
         <v>2</v>
       </c>
       <c r="G42" s="2">
         <v>2</v>
       </c>
       <c r="H42" s="2">
         <v>2</v>
       </c>
       <c r="I42" s="2">
         <v>2</v>
       </c>
       <c r="J42" s="2">
         <v>2</v>
       </c>
       <c r="K42" s="2">
         <v>2</v>
       </c>
       <c r="L42" s="2">
         <v>2</v>
       </c>
       <c r="M42" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="43" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N42" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>41</v>
       </c>
       <c r="B43" s="2">
         <v>0</v>
       </c>
       <c r="C43" s="2">
         <v>0</v>
       </c>
       <c r="D43" s="2">
         <v>0</v>
       </c>
       <c r="E43" s="2">
         <v>0</v>
       </c>
       <c r="F43" s="2">
         <v>0</v>
       </c>
       <c r="G43" s="2">
         <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="2">
         <v>0</v>
       </c>
       <c r="J43" s="2">
         <v>0</v>
       </c>
       <c r="K43" s="2">
         <v>0</v>
       </c>
       <c r="L43" s="2">
         <v>0</v>
       </c>
       <c r="M43" s="2">
         <v>0</v>
       </c>
-    </row>
-    <row r="44" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N43" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>42</v>
       </c>
       <c r="B44" s="2">
         <v>2</v>
       </c>
       <c r="C44" s="2">
         <v>2</v>
       </c>
       <c r="D44" s="2">
         <v>2</v>
       </c>
       <c r="E44" s="2">
         <v>2</v>
       </c>
       <c r="F44" s="2">
         <v>2</v>
       </c>
       <c r="G44" s="2">
         <v>2</v>
       </c>
       <c r="H44" s="2">
         <v>2</v>
       </c>
       <c r="I44" s="2">
         <v>2</v>
       </c>
       <c r="J44" s="2">
         <v>2</v>
       </c>
       <c r="K44" s="2">
         <v>2</v>
       </c>
       <c r="L44" s="2">
         <v>2</v>
       </c>
       <c r="M44" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="45" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N44" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B45" s="2">
         <v>2</v>
       </c>
       <c r="C45" s="2">
         <v>2</v>
       </c>
       <c r="D45" s="2">
         <v>2</v>
       </c>
       <c r="E45" s="2">
         <v>2</v>
       </c>
       <c r="F45" s="2">
         <v>2</v>
       </c>
       <c r="G45" s="2">
         <v>2</v>
       </c>
       <c r="H45" s="2">
         <v>2</v>
       </c>
       <c r="I45" s="2">
         <v>2</v>
       </c>
       <c r="J45" s="2">
         <v>2</v>
       </c>
       <c r="K45" s="2">
         <v>2</v>
       </c>
       <c r="L45" s="2">
         <v>2</v>
       </c>
       <c r="M45" s="2">
         <v>2</v>
       </c>
-    </row>
-    <row r="46" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N45" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B46" s="2">
         <v>1</v>
       </c>
       <c r="C46" s="2">
         <v>1</v>
       </c>
       <c r="D46" s="2">
         <v>1</v>
       </c>
       <c r="E46" s="2">
         <v>1</v>
       </c>
       <c r="F46" s="2">
         <v>1</v>
       </c>
       <c r="G46" s="2">
         <v>1</v>
       </c>
       <c r="H46" s="2">
         <v>1</v>
       </c>
       <c r="I46" s="2">
         <v>1</v>
       </c>
       <c r="J46" s="2">
         <v>1</v>
       </c>
       <c r="K46" s="2">
         <v>1</v>
       </c>
       <c r="L46" s="2">
         <v>1</v>
       </c>
       <c r="M46" s="2">
         <v>1</v>
       </c>
-    </row>
-    <row r="47" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N46" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B47" s="2">
         <v>0</v>
       </c>
       <c r="C47" s="2">
         <v>0</v>
       </c>
       <c r="D47" s="2">
         <v>0</v>
       </c>
       <c r="E47" s="2">
         <v>0</v>
       </c>
       <c r="F47" s="2">
         <v>2</v>
       </c>
       <c r="G47" s="2">
         <v>2</v>
       </c>
       <c r="H47" s="2">
         <v>2</v>
       </c>
       <c r="I47" s="2">
         <v>2</v>
       </c>
       <c r="J47" s="2">
         <v>2</v>
       </c>
       <c r="K47" s="2">
         <v>2</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>57</v>
+      </c>
+      <c r="N47" s="2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>45</v>
       </c>
       <c r="B48" s="2">
         <v>2</v>
       </c>
       <c r="C48" s="2">
         <v>2</v>
       </c>
       <c r="D48" s="2">
         <v>2</v>
       </c>
       <c r="E48" s="2">
         <v>2</v>
       </c>
       <c r="F48" s="2">
         <v>2</v>
       </c>
       <c r="G48" s="2">
         <v>2</v>
       </c>
       <c r="H48" s="2">
         <v>2</v>
       </c>
       <c r="I48" s="2">
         <v>2</v>
       </c>
       <c r="J48" s="2">
         <v>2</v>
       </c>
       <c r="K48" s="2">
         <v>2</v>
       </c>
       <c r="L48" s="2">
         <v>2</v>
       </c>
       <c r="M48" s="2">
         <v>2</v>
       </c>
+      <c r="N48" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
       <c r="J50" s="2"/>
       <c r="K50" s="2"/>
     </row>
     <row r="51" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="2"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
       <c r="J51" s="2"/>
       <c r="K51" s="2"/>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>82</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
       <c r="J52" s="2"/>
       <c r="K52" s="2"/>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="2"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
       <c r="J53" s="2"/>
       <c r="K53" s="2"/>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
       <c r="J54" s="2"/>
       <c r="K54" s="2"/>
     </row>
     <row r="55" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="2"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
       <c r="I55" s="2"/>
       <c r="J55" s="2"/>
       <c r="K55" s="2"/>
     </row>
     <row r="56" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>84</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="2"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
       <c r="I56" s="2"/>
       <c r="J56" s="2"/>
       <c r="K56" s="2"/>
     </row>
     <row r="57" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="2"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
       <c r="J57" s="2"/>
       <c r="K57" s="2"/>
     </row>
     <row r="58" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
       <c r="J58" s="2"/>
       <c r="K58" s="2"/>
     </row>
     <row r="59" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="2"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
       <c r="J59" s="2"/>
       <c r="K59" s="2"/>
     </row>
     <row r="60" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
       <c r="J60" s="2"/>
       <c r="K60" s="2"/>
     </row>
     <row r="61" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
       <c r="J61" s="2"/>
       <c r="K61" s="2"/>
     </row>
     <row r="63" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="64" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-        <v>61</v>
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A1:M1"/>
+    <mergeCell ref="A1:N1"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="64" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="60" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;L&amp;10Data Source: S.C. Revenue and Fiscal Affairs Office, Local Government Finance Report&amp;R&amp;10 Revised 12/11/2024</oddFooter>
+    <oddFooter>&amp;L&amp;10Data Source: S.C. Revenue and Fiscal Affairs Office, Local Government Finance Report&amp;R&amp;10 Revised 10/31/2025</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>