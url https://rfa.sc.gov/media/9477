--- v0 (2025-10-05)
+++ v1 (2026-01-14)
@@ -5,91 +5,95 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2024\Appropriations\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fisfs1\BEA\Budget\Historical Analyses\2025\Appropriations\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F8C2B73E-CE66-4609-BCDB-E6E1987B9034}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4EFA11AE-A425-4373-93CE-CB7CF2963D6C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{77555DE7-2A88-4EE5-8096-273891BC9A80}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{77555DE7-2A88-4EE5-8096-273891BC9A80}"/>
   </bookViews>
   <sheets>
     <sheet name="Appropriations by Source" sheetId="1" r:id="rId1"/>
     <sheet name="Budget Mid-Yr Adjustments" sheetId="3" r:id="rId2"/>
     <sheet name="Open Ended Appropriations" sheetId="36" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Appropriations by Source'!$A$3:$I$89</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Appropriations by Source'!$A$3:$I$90</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F77" i="1" l="1"/>
+  <c r="F80" i="1" l="1"/>
+  <c r="I80" i="1" s="1"/>
+  <c r="G38" i="36"/>
+  <c r="E45" i="3"/>
+  <c r="F77" i="1"/>
   <c r="F79" i="1"/>
   <c r="I79" i="1" s="1"/>
   <c r="E44" i="3"/>
   <c r="G37" i="36"/>
   <c r="G4" i="36"/>
   <c r="G5" i="36"/>
   <c r="G6" i="36"/>
   <c r="G7" i="36"/>
   <c r="G8" i="36"/>
   <c r="G9" i="36"/>
   <c r="G10" i="36"/>
   <c r="G11" i="36"/>
   <c r="G12" i="36"/>
   <c r="G13" i="36"/>
   <c r="G14" i="36"/>
   <c r="G15" i="36"/>
   <c r="G16" i="36"/>
   <c r="G17" i="36"/>
   <c r="G18" i="36"/>
   <c r="G19" i="36"/>
   <c r="G20" i="36"/>
   <c r="G21" i="36"/>
   <c r="G22" i="36"/>
   <c r="G23" i="36"/>
   <c r="G24" i="36"/>
@@ -236,51 +240,51 @@
   <c r="F68" i="1"/>
   <c r="I68" i="1" s="1"/>
   <c r="F69" i="1"/>
   <c r="I69" i="1" s="1"/>
   <c r="F70" i="1"/>
   <c r="I70" i="1" s="1"/>
   <c r="F71" i="1"/>
   <c r="I71" i="1" s="1"/>
   <c r="F72" i="1"/>
   <c r="I72" i="1" s="1"/>
   <c r="F73" i="1"/>
   <c r="I73" i="1" s="1"/>
   <c r="F74" i="1"/>
   <c r="I74" i="1" s="1"/>
   <c r="F75" i="1"/>
   <c r="I75" i="1" s="1"/>
   <c r="F76" i="1"/>
   <c r="I76" i="1" s="1"/>
   <c r="I77" i="1"/>
   <c r="F4" i="1"/>
   <c r="I4" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="111">
   <si>
     <t>1949-50</t>
   </si>
   <si>
     <t>1950-51</t>
   </si>
   <si>
     <t>1951-52</t>
   </si>
   <si>
     <t>1952-53</t>
   </si>
   <si>
     <t>1953-54</t>
   </si>
   <si>
     <t>1954-55</t>
   </si>
   <si>
     <t>1955-56</t>
   </si>
   <si>
     <t>1956-57</t>
   </si>
   <si>
@@ -627,60 +631,63 @@
     <t>Certain agencies received additional one-time federal funding during FY20 and FY21 for response to the COVID-19 pandemic. More details are available on the Department of Administration/Executive Budget Office website.</t>
   </si>
   <si>
     <r>
       <t>OTHER</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>2024-25</t>
   </si>
   <si>
-    <t>Other currently includes State Accident Fund coverage of actual benefit claims.</t>
-[...1 lines deleted...]
-  <si>
     <t>Source: Comptroller General Year End Report</t>
   </si>
   <si>
     <t>Source: Appropriations Act and Capital Reserve Fund Bill</t>
   </si>
   <si>
     <t>Funds appropriated from the Capital Reserve Fund are considered nonrecurring appropriations and are recorded in the year they are available to the agencies. History prior to FY87 is not currently available.</t>
+  </si>
+  <si>
+    <t>2025-26</t>
+  </si>
+  <si>
+    <t>Other currently includes State Accident Fund coverage of actual benefit claims and First Responders Line of Duty Death Benefit.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2100,100 +2107,100 @@
     </tableStyle>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFA5A5A5"/>
       <color rgb="FFE8EBF0"/>
       <color rgb="FFF9B991"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A4408745-06B2-45EF-B254-C12CEFDDABEE}" name="Table1" displayName="Table1" ref="B3:I79" totalsRowShown="0" headerRowDxfId="27" dataDxfId="25" headerRowBorderDxfId="26" tableBorderDxfId="24" dataCellStyle="Comma">
-  <autoFilter ref="B3:I79" xr:uid="{A4408745-06B2-45EF-B254-C12CEFDDABEE}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A4408745-06B2-45EF-B254-C12CEFDDABEE}" name="Table1" displayName="Table1" ref="B3:I80" totalsRowShown="0" headerRowDxfId="27" dataDxfId="25" headerRowBorderDxfId="26" tableBorderDxfId="24" dataCellStyle="Comma">
+  <autoFilter ref="B3:I80" xr:uid="{A4408745-06B2-45EF-B254-C12CEFDDABEE}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
     <filterColumn colId="7" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{F12E7D89-BBD8-49AD-A695-10696F311E86}" name="FISCAL YEAR" dataDxfId="23"/>
     <tableColumn id="2" xr3:uid="{85EAF94A-E0B8-465A-BC1D-D77DDA1AF00E}" name="Recurring General Funds1" dataDxfId="22" dataCellStyle="Comma"/>
     <tableColumn id="3" xr3:uid="{637CDB93-E7EB-4241-8D93-0AE772786110}" name="Nonrecurring General Funds2" dataDxfId="21" dataCellStyle="Comma"/>
     <tableColumn id="4" xr3:uid="{A35FC668-272E-4321-A75B-5ACCEEBD8F39}" name="Capital Reserve Funds3" dataDxfId="20" dataCellStyle="Comma"/>
     <tableColumn id="5" xr3:uid="{65F3C8FE-BA5F-4ACB-B9EE-4CCB315BF355}" name="TOTAL GENERAL FUNDS" dataDxfId="19" dataCellStyle="Comma">
       <calculatedColumnFormula>SUM(C4:E4)</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="6" xr3:uid="{8F9E399F-2C44-4AEE-858D-2CCCCA8D2DCE}" name="FEDERAL_x000a_FUNDS4" dataDxfId="18" dataCellStyle="Comma"/>
     <tableColumn id="7" xr3:uid="{28E11D18-9BF8-423E-AFDD-723A48849409}" name="OTHER_x000a_FUNDS" dataDxfId="17" dataCellStyle="Comma"/>
     <tableColumn id="8" xr3:uid="{210CBDFD-07ED-4463-8A4C-E2E583A6F026}" name="TOTAL  APPROPRIATIONS" dataDxfId="16" dataCellStyle="Comma">
       <calculatedColumnFormula>SUM(F4,G4,H4)</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{73B50DD1-84C6-4F38-B24B-39B567D2799B}" name="Table2" displayName="Table2" ref="B3:E45" totalsRowShown="0" headerRowDxfId="15" headerRowBorderDxfId="14" tableBorderDxfId="13" headerRowCellStyle="Comma">
-  <autoFilter ref="B3:E45" xr:uid="{73B50DD1-84C6-4F38-B24B-39B567D2799B}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{73B50DD1-84C6-4F38-B24B-39B567D2799B}" name="Table2" displayName="Table2" ref="B3:E46" totalsRowShown="0" headerRowDxfId="15" headerRowBorderDxfId="14" tableBorderDxfId="13" headerRowCellStyle="Comma">
+  <autoFilter ref="B3:E46" xr:uid="{73B50DD1-84C6-4F38-B24B-39B567D2799B}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{D22B013B-41BB-487E-AD3A-845D4DB9BCC9}" name="FISCAL YEAR" dataDxfId="12"/>
     <tableColumn id="2" xr3:uid="{5FD6F3A9-C817-494B-8550-6A7F2235AFEB}" name="ORIGINAL APPROPRIATION" dataDxfId="11" dataCellStyle="Comma"/>
     <tableColumn id="3" xr3:uid="{E367DD8E-D926-4EC3-818C-83EAFBDD8453}" name="MID-YEAR REDUCTION" dataDxfId="10" dataCellStyle="Comma"/>
     <tableColumn id="4" xr3:uid="{F627EAC8-425D-48BB-9899-84A8287B5215}" name="ADJUSTED APPROPRIATION" dataDxfId="9" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{8D25456B-5CB6-466E-B380-2420917B7D32}" name="Table9" displayName="Table9" ref="B3:G37" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7" tableBorderDxfId="6" dataCellStyle="Comma">
-  <autoFilter ref="B3:G37" xr:uid="{8D25456B-5CB6-466E-B380-2420917B7D32}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{8D25456B-5CB6-466E-B380-2420917B7D32}" name="Table9" displayName="Table9" ref="B3:G38" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7" tableBorderDxfId="6" dataCellStyle="Comma">
+  <autoFilter ref="B3:G38" xr:uid="{8D25456B-5CB6-466E-B380-2420917B7D32}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="6">
     <tableColumn id="1" xr3:uid="{40498200-D049-4956-82B3-A01917CA5BE9}" name="FISCAL YEAR" dataDxfId="5"/>
     <tableColumn id="2" xr3:uid="{E2D32853-670C-4BE5-9B26-760E4F03DADF}" name="AID TO SUBS" dataDxfId="4" dataCellStyle="Comma"/>
     <tableColumn id="3" xr3:uid="{F24E8121-408E-4B81-8553-BE99286BFE5F}" name="EMERGENCY RESPONSE" dataDxfId="3" dataCellStyle="Comma"/>
     <tableColumn id="5" xr3:uid="{9ED192B2-20B7-4326-A81A-E0B396E07908}" name="AGENCY DEFICIT" dataDxfId="2" dataCellStyle="Comma"/>
     <tableColumn id="10" xr3:uid="{3FD1EF92-43B3-433E-A767-06653AB76C2F}" name="OTHER1" dataDxfId="1" dataCellStyle="Comma"/>
     <tableColumn id="9" xr3:uid="{64CE800B-CF57-42B8-A7EA-C73A1A26E33B}" name="TOTAL" dataDxfId="0" dataCellStyle="Comma">
       <calculatedColumnFormula>SUM(Table9[[#This Row],[AID TO SUBS]:[OTHER1]])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
@@ -2484,55 +2491,55 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{37FE5D32-C7FC-475E-B470-9D686A5F70EA}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
-  <dimension ref="A1:I91"/>
+  <dimension ref="A1:I92"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="L79" sqref="L79"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A62" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="T85" sqref="T85"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="13" customWidth="1"/>
     <col min="2" max="2" width="14.28515625" style="2" customWidth="1"/>
     <col min="3" max="8" width="20.28515625" style="2" customWidth="1"/>
     <col min="9" max="9" width="22.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="10" max="251" width="8.85546875" style="2"/>
     <col min="252" max="252" width="14.5703125" style="2" customWidth="1"/>
     <col min="253" max="254" width="20.85546875" style="2" customWidth="1"/>
     <col min="255" max="255" width="2.7109375" style="2" customWidth="1"/>
     <col min="256" max="257" width="20.85546875" style="2" customWidth="1"/>
     <col min="258" max="507" width="8.85546875" style="2"/>
     <col min="508" max="508" width="14.5703125" style="2" customWidth="1"/>
     <col min="509" max="510" width="20.85546875" style="2" customWidth="1"/>
     <col min="511" max="511" width="2.7109375" style="2" customWidth="1"/>
     <col min="512" max="513" width="20.85546875" style="2" customWidth="1"/>
     <col min="514" max="763" width="8.85546875" style="2"/>
     <col min="764" max="764" width="14.5703125" style="2" customWidth="1"/>
     <col min="765" max="766" width="20.85546875" style="2" customWidth="1"/>
     <col min="767" max="767" width="2.7109375" style="2" customWidth="1"/>
     <col min="768" max="769" width="20.85546875" style="2" customWidth="1"/>
     <col min="770" max="1019" width="8.85546875" style="2"/>
     <col min="1020" max="1020" width="14.5703125" style="2" customWidth="1"/>
@@ -4928,230 +4935,260 @@
         <v>12420375425</v>
       </c>
       <c r="D79" s="5">
         <v>1642010770</v>
       </c>
       <c r="E79" s="5">
         <v>390131763</v>
       </c>
       <c r="F79" s="72">
         <f>SUM(C79:E79)</f>
         <v>14452517958</v>
       </c>
       <c r="G79" s="64">
         <v>13633911409</v>
       </c>
       <c r="H79" s="64">
         <v>14173719040</v>
       </c>
       <c r="I79" s="64">
         <f>SUM(F79,G79,H79)</f>
         <v>42260148407</v>
       </c>
     </row>
     <row r="80" spans="1:9" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="13"/>
-      <c r="B80" s="3"/>
-[...9 lines deleted...]
-        <v>45595</v>
+      <c r="B80" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C80" s="4">
+        <v>13246162593</v>
+      </c>
+      <c r="D80" s="5">
+        <v>1486799741</v>
+      </c>
+      <c r="E80" s="5">
+        <v>369783882</v>
+      </c>
+      <c r="F80" s="72">
+        <f>SUM(C80:E80)</f>
+        <v>15102746216</v>
+      </c>
+      <c r="G80" s="64">
+        <v>12487697316</v>
+      </c>
+      <c r="H80" s="64">
+        <v>13426560958</v>
+      </c>
+      <c r="I80" s="64">
+        <f>SUM(F80,G80,H80)</f>
+        <v>41017004490</v>
       </c>
     </row>
     <row r="81" spans="1:9" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="13"/>
-      <c r="B81" s="79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B81" s="3"/>
       <c r="C81" s="5"/>
       <c r="D81" s="5"/>
       <c r="E81" s="5"/>
       <c r="F81" s="5"/>
       <c r="G81" s="5"/>
-      <c r="H81" s="16"/>
-      <c r="I81" s="17"/>
+      <c r="H81" s="16" t="s">
+        <v>79</v>
+      </c>
+      <c r="I81" s="17">
+        <v>45961</v>
+      </c>
     </row>
     <row r="82" spans="1:9" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="13"/>
-      <c r="B82" s="15" t="s">
+      <c r="B82" s="79" t="s">
+        <v>107</v>
+      </c>
+      <c r="C82" s="5"/>
+      <c r="D82" s="5"/>
+      <c r="E82" s="5"/>
+      <c r="F82" s="5"/>
+      <c r="G82" s="5"/>
+      <c r="H82" s="16"/>
+      <c r="I82" s="17"/>
+    </row>
+    <row r="83" spans="1:9" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="13"/>
+      <c r="B83" s="15" t="s">
         <v>104</v>
       </c>
-      <c r="G82" s="1"/>
-[...11 lines deleted...]
-      <c r="F83" s="1"/>
       <c r="G83" s="1"/>
-      <c r="H83" s="1"/>
-      <c r="I83" s="1"/>
     </row>
     <row r="84" spans="1:9" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="13">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" s="1"/>
       <c r="E84" s="1"/>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
       <c r="I84" s="1"/>
     </row>
     <row r="85" spans="1:9" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
     </row>
     <row r="86" spans="1:9" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1"/>
       <c r="E86" s="1"/>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
     </row>
     <row r="87" spans="1:9" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1"/>
       <c r="E87" s="1"/>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
     </row>
     <row r="88" spans="1:9" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A88" s="13"/>
+      <c r="A88" s="13">
+        <v>5</v>
+      </c>
       <c r="B88" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1"/>
       <c r="E88" s="1"/>
       <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
       <c r="I88" s="1"/>
     </row>
     <row r="89" spans="1:9" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A89" s="13">
-[...1 lines deleted...]
-      </c>
+      <c r="A89" s="13"/>
       <c r="B89" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="1"/>
       <c r="E89" s="1"/>
       <c r="F89" s="1"/>
       <c r="G89" s="1"/>
       <c r="H89" s="1"/>
       <c r="I89" s="1"/>
     </row>
     <row r="90" spans="1:9" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="13"/>
-[...10 lines deleted...]
-      <c r="B91" s="20"/>
+      <c r="A90" s="13">
+        <v>6</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C90" s="1"/>
+      <c r="D90" s="1"/>
+      <c r="E90" s="1"/>
+      <c r="F90" s="1"/>
+      <c r="G90" s="1"/>
+      <c r="H90" s="1"/>
+      <c r="I90" s="1"/>
+    </row>
+    <row r="91" spans="1:9" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="13"/>
+      <c r="B91" s="18"/>
       <c r="C91" s="19"/>
       <c r="D91" s="19"/>
       <c r="E91" s="19"/>
       <c r="F91" s="19"/>
       <c r="G91" s="19"/>
       <c r="H91" s="19"/>
       <c r="I91" s="19"/>
     </row>
+    <row r="92" spans="1:9" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B92" s="20"/>
+      <c r="C92" s="19"/>
+      <c r="D92" s="19"/>
+      <c r="E92" s="19"/>
+      <c r="F92" s="19"/>
+      <c r="G92" s="19"/>
+      <c r="H92" s="19"/>
+      <c r="I92" s="19"/>
+    </row>
   </sheetData>
+  <phoneticPr fontId="8" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="17" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{58EA7ED1-FA28-4955-B140-1830FC42F8D2}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
-  <dimension ref="A1:H52"/>
+  <dimension ref="A1:H53"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A20" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E37" sqref="E37"/>
+    <sheetView showGridLines="0" topLeftCell="A26" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C46" sqref="C46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.6" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2" style="32" customWidth="1"/>
     <col min="2" max="2" width="14.140625" style="2" customWidth="1"/>
     <col min="3" max="5" width="21.42578125" style="29" customWidth="1"/>
     <col min="6" max="7" width="8.85546875" style="2"/>
     <col min="8" max="8" width="13.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="9" max="255" width="8.85546875" style="2"/>
     <col min="256" max="256" width="18" style="2" customWidth="1"/>
     <col min="257" max="257" width="25.7109375" style="2" customWidth="1"/>
     <col min="258" max="258" width="2.85546875" style="2" customWidth="1"/>
     <col min="259" max="259" width="22.5703125" style="2" customWidth="1"/>
     <col min="260" max="260" width="2.7109375" style="2" customWidth="1"/>
     <col min="261" max="261" width="24.140625" style="2" customWidth="1"/>
     <col min="262" max="263" width="8.85546875" style="2"/>
     <col min="264" max="264" width="13.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="265" max="511" width="8.85546875" style="2"/>
     <col min="512" max="512" width="18" style="2" customWidth="1"/>
     <col min="513" max="513" width="25.7109375" style="2" customWidth="1"/>
     <col min="514" max="514" width="2.85546875" style="2" customWidth="1"/>
     <col min="515" max="515" width="22.5703125" style="2" customWidth="1"/>
     <col min="516" max="516" width="2.7109375" style="2" customWidth="1"/>
     <col min="517" max="517" width="24.140625" style="2" customWidth="1"/>
@@ -6290,125 +6327,141 @@
       </c>
     </row>
     <row r="44" spans="1:8" s="12" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="42"/>
       <c r="B44" s="23" t="s">
         <v>78</v>
       </c>
       <c r="C44" s="49">
         <v>11636468009</v>
       </c>
       <c r="D44" s="50"/>
       <c r="E44" s="25">
         <f>Table2[[#This Row],[ORIGINAL APPROPRIATION]]-Table2[[#This Row],[MID-YEAR REDUCTION]]</f>
         <v>11636468009</v>
       </c>
     </row>
     <row r="45" spans="1:8" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="43"/>
       <c r="B45" s="23" t="s">
         <v>105</v>
       </c>
       <c r="C45" s="4">
         <v>12420375425</v>
       </c>
       <c r="D45" s="28"/>
-      <c r="E45" s="25"/>
+      <c r="E45" s="25">
+        <f>Table2[[#This Row],[ORIGINAL APPROPRIATION]]-Table2[[#This Row],[MID-YEAR REDUCTION]]</f>
+        <v>12420375425</v>
+      </c>
     </row>
     <row r="46" spans="1:8" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="46"/>
-[...2 lines deleted...]
-      <c r="D46" s="78" t="s">
+      <c r="A46" s="43"/>
+      <c r="B46" s="23" t="s">
+        <v>109</v>
+      </c>
+      <c r="C46" s="4">
+        <v>13246162593</v>
+      </c>
+      <c r="D46" s="28"/>
+      <c r="E46" s="25"/>
+    </row>
+    <row r="47" spans="1:8" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="46"/>
+      <c r="B47" s="44"/>
+      <c r="C47" s="45"/>
+      <c r="D47" s="78" t="s">
         <v>79</v>
       </c>
-      <c r="E46" s="17">
-[...18 lines deleted...]
-      <c r="A49" s="21"/>
+      <c r="E47" s="17">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="48"/>
+      <c r="B48" s="19"/>
+      <c r="C48" s="47"/>
+      <c r="D48" s="47"/>
+      <c r="E48" s="47"/>
+    </row>
+    <row r="49" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A49" s="30"/>
+      <c r="B49" s="1"/>
+      <c r="C49" s="45"/>
+      <c r="D49" s="45"/>
+      <c r="E49" s="45"/>
     </row>
     <row r="50" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="21"/>
-      <c r="B50" s="7"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="51" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="21"/>
-    </row>
-[...4 lines deleted...]
-      <c r="E52" s="22"/>
+      <c r="B51" s="7"/>
+      <c r="C51" s="29" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="21"/>
+    </row>
+    <row r="53" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B53" s="31"/>
+      <c r="C53" s="22"/>
+      <c r="D53" s="22"/>
+      <c r="E53" s="22"/>
     </row>
   </sheetData>
+  <phoneticPr fontId="8" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="32" fitToHeight="8" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7A434A79-867C-4D9F-95E0-9BBFF2AA2381}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:G41"/>
+  <dimension ref="A1:G42"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A26" workbookViewId="0">
-      <selection activeCell="P33" sqref="P33"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A20" workbookViewId="0">
+      <selection activeCell="F48" sqref="F48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.85546875" style="56" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" style="56" customWidth="1"/>
-    <col min="3" max="7" width="16.28515625" style="73" customWidth="1"/>
+    <col min="3" max="6" width="16.28515625" style="73" customWidth="1"/>
+    <col min="7" max="7" width="17.5703125" style="73" bestFit="1" customWidth="1"/>
     <col min="8" max="16384" width="8.85546875" style="56"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" s="76" customFormat="1" ht="21" x14ac:dyDescent="0.35">
       <c r="B1" s="57" t="s">
         <v>95</v>
       </c>
       <c r="C1" s="58"/>
       <c r="D1" s="58"/>
       <c r="E1" s="58"/>
       <c r="F1" s="58"/>
       <c r="G1" s="58"/>
     </row>
     <row r="2" spans="2:7" ht="6.6" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="2:7" s="60" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
       <c r="B3" s="62" t="s">
         <v>75</v>
       </c>
       <c r="C3" s="63" t="s">
         <v>96</v>
       </c>
       <c r="D3" s="63" t="s">
         <v>98</v>
       </c>
       <c r="E3" s="63" t="s">
@@ -7038,73 +7091,92 @@
       <c r="G36" s="74">
         <f>SUM(Table9[[#This Row],[AID TO SUBS]:[OTHER1]])</f>
         <v>6638373</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B37" s="61" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="75">
         <v>8938809</v>
       </c>
       <c r="D37" s="74">
         <v>992814</v>
       </c>
       <c r="E37" s="74"/>
       <c r="F37" s="74">
         <v>26958</v>
       </c>
       <c r="G37" s="74">
         <f>SUM(Table9[[#This Row],[AID TO SUBS]:[OTHER1]])</f>
         <v>9958581</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="F38" s="78" t="s">
+      <c r="B38" s="61" t="s">
+        <v>105</v>
+      </c>
+      <c r="C38" s="75">
+        <v>14580061</v>
+      </c>
+      <c r="D38" s="74">
+        <v>4347023</v>
+      </c>
+      <c r="E38" s="74"/>
+      <c r="F38" s="74">
+        <v>355649</v>
+      </c>
+      <c r="G38" s="74">
+        <f>SUM(Table9[[#This Row],[AID TO SUBS]:[OTHER1]])</f>
+        <v>19282733</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="F39" s="78" t="s">
         <v>79</v>
       </c>
-      <c r="G38" s="17">
-[...5 lines deleted...]
-        <v>107</v>
+      <c r="G39" s="17">
+        <v>45961</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B40" s="56" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B41" s="56" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="41" spans="1:7" ht="18" x14ac:dyDescent="0.25">
-      <c r="A41" s="77">
+    <row r="42" spans="1:7" ht="18" x14ac:dyDescent="0.25">
+      <c r="A42" s="77">
         <v>1</v>
       </c>
-      <c r="B41" s="56" t="s">
-        <v>106</v>
+      <c r="B42" s="56" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>