--- v0 (2025-10-22)
+++ v1 (2026-01-14)
@@ -7,110 +7,114 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2024\Reserve Funds\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2025\Reserve Funds\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E6476CC-D01C-45BC-A3DB-569BFB733C43}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BF096CAA-F6D6-438F-ADF9-E72C390940C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="1665" windowWidth="29040" windowHeight="17520" xr2:uid="{585DF89F-9439-4FC3-992D-590665CCB9AD}"/>
+    <workbookView xWindow="30" yWindow="390" windowWidth="28770" windowHeight="15450" activeTab="3" xr2:uid="{585DF89F-9439-4FC3-992D-590665CCB9AD}"/>
   </bookViews>
   <sheets>
     <sheet name="General Reserve Fund" sheetId="1" r:id="rId1"/>
     <sheet name="Capital Reserve Fund" sheetId="6" r:id="rId2"/>
     <sheet name="Contingency Reserve Fund" sheetId="10" r:id="rId3"/>
     <sheet name="Total Year-End Reserves" sheetId="12" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Capital Reserve Fund'!$B$1:$F$46</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Capital Reserve Fund'!$B$1:$F$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Contingency Reserve Fund'!$B$1:$D$21</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'General Reserve Fund'!$A$1:$G$63</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Total Year-End Reserves'!$A$1:$D$60</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Capital Reserve Fund'!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Contingency Reserve Fund'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F51" i="12" l="1"/>
+  <c r="E52" i="12" l="1"/>
+  <c r="F52" i="12" s="1"/>
+  <c r="H53" i="1"/>
+  <c r="F53" i="1"/>
+  <c r="F51" i="12"/>
   <c r="E51" i="12"/>
   <c r="F42" i="6"/>
-  <c r="C51" i="1"/>
-  <c r="F51" i="1"/>
+  <c r="F50" i="1"/>
+  <c r="C51" i="1" s="1"/>
+  <c r="F51" i="1" s="1"/>
   <c r="C52" i="1" s="1"/>
   <c r="F52" i="1" s="1"/>
   <c r="H52" i="1" s="1"/>
-  <c r="F50" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="99">
   <si>
     <t>GENERAL RESERVE FUND</t>
   </si>
   <si>
     <t>APPROPRIATIONS</t>
   </si>
   <si>
     <t>REDUCTIONS</t>
   </si>
   <si>
     <t>1994-95</t>
   </si>
   <si>
     <t>1995-96</t>
   </si>
   <si>
     <t>1996-97</t>
   </si>
   <si>
     <t>1997-98</t>
   </si>
   <si>
     <t>1998-99</t>
   </si>
   <si>
@@ -417,50 +421,53 @@
     <t xml:space="preserve">The Capital Reserve Fund (CRF) is a recurring appropriation that is determined by a percentage of the general fund revenue collected in the latest completed fiscal year. </t>
   </si>
   <si>
     <t>Surplus includes revenues above the estimate, unappropriated revenue, lapsed funds, vetoed appropriations, etc., and does not include excess debt service.</t>
   </si>
   <si>
     <t>Balance is as of the end of the fiscal year, after the Comptroller General has closed the books.</t>
   </si>
   <si>
     <t>2024-25</t>
   </si>
   <si>
     <t>Source: SC Comptroller General Year-End Press Release and BEA forecast</t>
   </si>
   <si>
     <t>Source: SC Comptroller General Year-End Press Release</t>
   </si>
   <si>
     <t>Foototes</t>
   </si>
   <si>
     <t>Source: SC Comptroller General Year-End Press Release, BEA forecast, and CRF Bill</t>
   </si>
   <si>
     <t>The Contingency Reserve Fund is first mentioned in the CG's year-end report in FY06. The fund was established in statute effective June 29, 2007.</t>
+  </si>
+  <si>
+    <t>2025-26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="6">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
     <numFmt numFmtId="166" formatCode="0.0%"/>
     <numFmt numFmtId="167" formatCode="[$-409]mmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -968,55 +975,55 @@
     <xf numFmtId="167" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{90561672-1805-49B4-9E68-4E5AAF16BC51}"/>
     <cellStyle name="Percent" xfId="3" builtinId="5"/>
   </cellStyles>
   <dxfs count="32">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
@@ -1637,112 +1644,112 @@
     </tableStyle>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFA5A5A5"/>
       <color rgb="FFE8EBF0"/>
       <color rgb="FFE6E9EE"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{6BF49DCB-3E3F-4AC2-9EC6-7FABF604CF74}" name="Table2" displayName="Table2" ref="B3:H52" totalsRowShown="0" headerRowDxfId="28" dataDxfId="26" headerRowBorderDxfId="27" tableBorderDxfId="25" headerRowCellStyle="Comma">
-  <autoFilter ref="B3:H52" xr:uid="{6BF49DCB-3E3F-4AC2-9EC6-7FABF604CF74}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{6BF49DCB-3E3F-4AC2-9EC6-7FABF604CF74}" name="Table2" displayName="Table2" ref="B3:H53" totalsRowShown="0" headerRowDxfId="28" dataDxfId="26" headerRowBorderDxfId="27" tableBorderDxfId="25" headerRowCellStyle="Comma">
+  <autoFilter ref="B3:H53" xr:uid="{6BF49DCB-3E3F-4AC2-9EC6-7FABF604CF74}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{43F4FD5D-40D3-47C4-A0AD-B7BF645DD018}" name="FISCAL YEAR" dataDxfId="24"/>
     <tableColumn id="2" xr3:uid="{4BE52B48-C012-4CC9-A78A-C7B15B2BEBD2}" name="BEGINNING BALANCE" dataDxfId="23" dataCellStyle="Comma"/>
     <tableColumn id="3" xr3:uid="{96BEB8A3-6505-4AE7-8020-276E2874E2D6}" name="APPROPRIATIONS" dataDxfId="22" dataCellStyle="Comma"/>
     <tableColumn id="4" xr3:uid="{2589B738-BE40-482A-A402-EFB1FE90CD16}" name="REDUCTIONS" dataDxfId="21" dataCellStyle="Comma"/>
     <tableColumn id="5" xr3:uid="{F1974A8C-3AF9-474C-9387-6E3C7F6D2B4E}" name="ENDING BALANCE" dataDxfId="20" dataCellStyle="Comma"/>
     <tableColumn id="6" xr3:uid="{BCD13232-D75A-4693-8B21-8C61B475348B}" name="FULL FUNDING REQUIREMENT" dataDxfId="19" dataCellStyle="Comma"/>
     <tableColumn id="7" xr3:uid="{D33C7F5A-44F5-484B-88F8-0A6F6D0E535C}" name="% FUNDED 1" dataDxfId="18" dataCellStyle="Percent"/>
   </tableColumns>
   <tableStyleInfo name="DkBlue_bandedrows" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{DEF8D0A6-E694-4055-9856-CAB01BB07195}" name="Table1" displayName="Table1" ref="B3:F43" totalsRowShown="0" headerRowDxfId="17" headerRowCellStyle="Comma">
-  <autoFilter ref="B3:F43" xr:uid="{DEF8D0A6-E694-4055-9856-CAB01BB07195}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{DEF8D0A6-E694-4055-9856-CAB01BB07195}" name="Table1" displayName="Table1" ref="B3:F44" totalsRowShown="0" headerRowDxfId="17" headerRowCellStyle="Comma">
+  <autoFilter ref="B3:F44" xr:uid="{DEF8D0A6-E694-4055-9856-CAB01BB07195}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{8E33A650-1266-44CD-B024-AC0EA9EE3D15}" name="FISCAL YEAR" dataDxfId="16"/>
     <tableColumn id="2" xr3:uid="{65800798-BBC0-45C1-BBA0-8B7AFB5EA36D}" name="ORIGINAL APPROPRIATION TO CRF" dataDxfId="15" dataCellStyle="Comma"/>
     <tableColumn id="3" xr3:uid="{BD535422-1FD8-4CAA-BC5E-61D3B4EA032B}" name="CRF USED TO COVER DEFICIT"/>
     <tableColumn id="4" xr3:uid="{F6BC6272-7B01-4175-8F96-F6BE636C0314}" name="APPROPRIATION OF CRF TO AGENCIES" dataDxfId="14" dataCellStyle="Comma"/>
     <tableColumn id="5" xr3:uid="{D399D39F-B94F-48A3-86D4-25EC7230AED3}" name="LAPSED TO GF"/>
   </tableColumns>
   <tableStyleInfo name="DkBlue_bandedrows" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{F995BB33-23DA-4326-A5D2-AB3C0C3B4EF8}" name="Table14" displayName="Table14" ref="B3:D22" totalsRowShown="0" headerRowDxfId="13" headerRowBorderDxfId="12" tableBorderDxfId="11" headerRowCellStyle="Comma">
-  <autoFilter ref="B3:D22" xr:uid="{DEF8D0A6-E694-4055-9856-CAB01BB07195}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{F995BB33-23DA-4326-A5D2-AB3C0C3B4EF8}" name="Table14" displayName="Table14" ref="B3:D23" totalsRowShown="0" headerRowDxfId="13" headerRowBorderDxfId="12" tableBorderDxfId="11" headerRowCellStyle="Comma">
+  <autoFilter ref="B3:D23" xr:uid="{DEF8D0A6-E694-4055-9856-CAB01BB07195}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="3">
     <tableColumn id="1" xr3:uid="{0E540E8D-19D9-487E-AA48-D11AB503A797}" name="FISCAL YEAR" dataDxfId="10"/>
     <tableColumn id="2" xr3:uid="{9CFACA0B-4BCB-4A27-ACB7-F470810F4616}" name="TOTAL BUDGETARY SURPLUS1" dataDxfId="9" dataCellStyle="Comma"/>
     <tableColumn id="3" xr3:uid="{1ED91CD4-3692-410E-83DF-BA61A4C46EB7}" name="TRANSFER TO CONTINGENCY RESERVE2"/>
   </tableColumns>
   <tableStyleInfo name="DkBlue_bandedrows" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{24E78827-070D-40A2-9684-F49958CB1776}" name="Table25" displayName="Table25" ref="B3:F51" totalsRowShown="0" headerRowDxfId="8" dataDxfId="6" headerRowBorderDxfId="7" tableBorderDxfId="5" headerRowCellStyle="Comma">
-  <autoFilter ref="B3:F51" xr:uid="{6BF49DCB-3E3F-4AC2-9EC6-7FABF604CF74}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{24E78827-070D-40A2-9684-F49958CB1776}" name="Table25" displayName="Table25" ref="B3:F52" totalsRowShown="0" headerRowDxfId="8" dataDxfId="6" headerRowBorderDxfId="7" tableBorderDxfId="5" headerRowCellStyle="Comma">
+  <autoFilter ref="B3:F52" xr:uid="{6BF49DCB-3E3F-4AC2-9EC6-7FABF604CF74}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{9F1D45BD-33D1-497F-A600-06F199346C43}" name="FISCAL YEAR" dataDxfId="4"/>
     <tableColumn id="5" xr3:uid="{D80C5D27-451C-415A-B663-F3F91E2B2C6A}" name="GENERAL RESERVE" dataDxfId="3" dataCellStyle="Comma"/>
     <tableColumn id="6" xr3:uid="{ADA45966-73EE-424F-8D1B-EF3B8493CA1B}" name="CAPITAL RESERVE1" dataDxfId="2" dataCellStyle="Comma"/>
     <tableColumn id="9" xr3:uid="{04713C46-FFC7-450E-A2D6-7F91E3DBAAC2}" name="CONTINGENCY RESERVE" dataDxfId="1" dataCellStyle="Comma"/>
     <tableColumn id="10" xr3:uid="{F425E423-77BC-4050-916E-710533DCBF51}" name="TOTAL" dataDxfId="0" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="DkBlue_bandedrows" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -2033,55 +2040,55 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8BB101AD-4ACE-4068-9D69-09C4E8569B21}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0" fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H67"/>
+  <dimension ref="A1:H68"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="G64" sqref="G64"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A43" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="H54" sqref="H54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.28515625" style="7" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" style="7" customWidth="1"/>
     <col min="3" max="3" width="21.28515625" style="58" customWidth="1"/>
     <col min="4" max="4" width="22.140625" style="58" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="19.7109375" style="58" customWidth="1"/>
     <col min="7" max="7" width="36.85546875" style="58" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15" style="58" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.85546875" style="7" customWidth="1"/>
     <col min="10" max="255" width="8.85546875" style="7"/>
     <col min="256" max="256" width="19.140625" style="7" customWidth="1"/>
     <col min="257" max="258" width="18.7109375" style="7" customWidth="1"/>
     <col min="259" max="259" width="17" style="7" customWidth="1"/>
     <col min="260" max="260" width="2.140625" style="7" customWidth="1"/>
     <col min="261" max="261" width="19.7109375" style="7" customWidth="1"/>
     <col min="262" max="511" width="8.85546875" style="7"/>
     <col min="512" max="512" width="19.140625" style="7" customWidth="1"/>
     <col min="513" max="514" width="18.7109375" style="7" customWidth="1"/>
     <col min="515" max="515" width="17" style="7" customWidth="1"/>
     <col min="516" max="516" width="2.140625" style="7" customWidth="1"/>
     <col min="517" max="517" width="19.7109375" style="7" customWidth="1"/>
     <col min="518" max="767" width="8.85546875" style="7"/>
@@ -3545,245 +3552,268 @@
     </row>
     <row r="52" spans="1:8" s="25" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B52" s="45" t="s">
         <v>92</v>
       </c>
       <c r="C52" s="37">
         <f>F51</f>
         <v>715241566</v>
       </c>
       <c r="D52" s="52">
         <v>24326198</v>
       </c>
       <c r="E52" s="37"/>
       <c r="F52" s="37">
         <f>Table2[[#This Row],[BEGINNING BALANCE]]+Table2[[#This Row],[APPROPRIATIONS]]-Table2[[#This Row],[REDUCTIONS]]</f>
         <v>739567764</v>
       </c>
       <c r="G52" s="37">
         <v>739567764</v>
       </c>
       <c r="H52" s="50">
         <f>Table2[[#This Row],[FULL FUNDING REQUIREMENT]]/Table2[[#This Row],[ENDING BALANCE]]</f>
         <v>1</v>
       </c>
     </row>
-    <row r="53" spans="1:8" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-        <v>45616</v>
+    <row r="53" spans="1:8" s="25" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B53" s="45" t="s">
+        <v>98</v>
+      </c>
+      <c r="C53" s="37">
+        <v>739567764</v>
+      </c>
+      <c r="D53" s="52">
+        <v>99695200</v>
+      </c>
+      <c r="E53" s="37"/>
+      <c r="F53" s="37">
+        <f>Table2[[#This Row],[BEGINNING BALANCE]]+Table2[[#This Row],[APPROPRIATIONS]]-Table2[[#This Row],[REDUCTIONS]]</f>
+        <v>839262964</v>
+      </c>
+      <c r="G53" s="37">
+        <v>839262964</v>
+      </c>
+      <c r="H53" s="50">
+        <f>Table2[[#This Row],[FULL FUNDING REQUIREMENT]]/Table2[[#This Row],[ENDING BALANCE]]</f>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:8" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="B54" s="31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B54" s="31"/>
       <c r="C54" s="94"/>
       <c r="D54" s="94"/>
       <c r="E54" s="94"/>
-      <c r="F54" s="80"/>
-      <c r="G54" s="81"/>
+      <c r="G54" s="108" t="s">
+        <v>50</v>
+      </c>
+      <c r="H54" s="99">
+        <v>45903</v>
+      </c>
     </row>
     <row r="55" spans="1:8" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="B55" s="31" t="s">
+        <v>93</v>
+      </c>
+      <c r="C55" s="94"/>
+      <c r="D55" s="94"/>
+      <c r="E55" s="94"/>
+      <c r="F55" s="80"/>
+      <c r="G55" s="81"/>
+    </row>
+    <row r="56" spans="1:8" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="B56" s="31" t="s">
         <v>53</v>
-      </c>
-[...9 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C56" s="31"/>
       <c r="D56" s="31"/>
       <c r="E56" s="31"/>
       <c r="F56" s="31"/>
       <c r="G56" s="31"/>
       <c r="H56" s="31"/>
     </row>
     <row r="57" spans="1:8" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="B57" s="82" t="s">
+        <v>54</v>
+      </c>
       <c r="C57" s="31"/>
       <c r="D57" s="31"/>
       <c r="E57" s="31"/>
       <c r="F57" s="31"/>
       <c r="G57" s="31"/>
       <c r="H57" s="31"/>
     </row>
     <row r="58" spans="1:8" s="25" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="25" t="s">
         <v>55</v>
       </c>
-      <c r="B58" s="82"/>
       <c r="C58" s="31"/>
       <c r="D58" s="31"/>
       <c r="E58" s="31"/>
       <c r="F58" s="31"/>
       <c r="G58" s="31"/>
       <c r="H58" s="31"/>
     </row>
     <row r="59" spans="1:8" s="25" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="83">
         <v>1</v>
       </c>
-      <c r="B59" s="82" t="s">
-[...6 lines deleted...]
-      <c r="G59" s="27"/>
+      <c r="B59" s="82"/>
+      <c r="C59" s="31"/>
+      <c r="D59" s="31"/>
+      <c r="E59" s="31"/>
+      <c r="F59" s="31"/>
+      <c r="G59" s="31"/>
+      <c r="H59" s="31"/>
     </row>
     <row r="60" spans="1:8" s="25" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A60" s="83">
         <v>2</v>
       </c>
-      <c r="B60" s="27" t="s">
-[...6 lines deleted...]
-      <c r="G60" s="82"/>
+      <c r="B60" s="82" t="s">
+        <v>71</v>
+      </c>
+      <c r="C60" s="27"/>
+      <c r="D60" s="27"/>
+      <c r="E60" s="27"/>
+      <c r="F60" s="27"/>
+      <c r="G60" s="27"/>
     </row>
     <row r="61" spans="1:8" s="25" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A61" s="83">
         <v>3</v>
       </c>
-      <c r="B61" s="25" t="s">
-[...7 lines deleted...]
-      <c r="H61" s="96"/>
+      <c r="B61" s="27" t="s">
+        <v>88</v>
+      </c>
+      <c r="C61" s="82"/>
+      <c r="D61" s="82"/>
+      <c r="E61" s="82"/>
+      <c r="F61" s="82"/>
+      <c r="G61" s="82"/>
     </row>
     <row r="62" spans="1:8" s="25" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A62" s="83">
         <v>3</v>
       </c>
       <c r="B62" s="25" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C62" s="95"/>
       <c r="D62" s="95"/>
       <c r="E62" s="95"/>
       <c r="F62" s="95"/>
       <c r="G62" s="95"/>
       <c r="H62" s="96"/>
     </row>
     <row r="63" spans="1:8" s="25" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A63" s="83"/>
-      <c r="C63" s="94"/>
-[...4 lines deleted...]
-      <c r="H63" s="94"/>
+      <c r="B63" s="25" t="s">
+        <v>69</v>
+      </c>
+      <c r="C63" s="95"/>
+      <c r="D63" s="95"/>
+      <c r="E63" s="95"/>
+      <c r="F63" s="95"/>
+      <c r="G63" s="95"/>
+      <c r="H63" s="96"/>
     </row>
     <row r="64" spans="1:8" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="B64" s="31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="94"/>
-      <c r="D64" s="94"/>
+      <c r="D64" s="97"/>
       <c r="E64" s="94"/>
       <c r="F64" s="94"/>
       <c r="G64" s="94"/>
       <c r="H64" s="94"/>
     </row>
     <row r="65" spans="1:8" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="B65" s="31" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="C65" s="94"/>
       <c r="D65" s="94"/>
       <c r="E65" s="94"/>
       <c r="F65" s="94"/>
       <c r="G65" s="94"/>
       <c r="H65" s="94"/>
     </row>
     <row r="66" spans="1:8" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="B66" s="98" t="s">
-        <v>52</v>
+      <c r="B66" s="31" t="s">
+        <v>30</v>
       </c>
       <c r="C66" s="94"/>
       <c r="D66" s="94"/>
       <c r="E66" s="94"/>
       <c r="F66" s="94"/>
       <c r="G66" s="94"/>
       <c r="H66" s="94"/>
     </row>
     <row r="67" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A67" s="25"/>
-      <c r="B67" s="25"/>
+      <c r="B67" s="98" t="s">
+        <v>52</v>
+      </c>
       <c r="C67" s="94"/>
       <c r="D67" s="94"/>
       <c r="E67" s="94"/>
       <c r="F67" s="94"/>
       <c r="G67" s="94"/>
       <c r="H67" s="94"/>
+    </row>
+    <row r="68" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="B68" s="25"/>
+      <c r="C68" s="94"/>
+      <c r="D68" s="94"/>
+      <c r="E68" s="94"/>
+      <c r="F68" s="94"/>
+      <c r="G68" s="94"/>
+      <c r="H68" s="94"/>
     </row>
   </sheetData>
   <phoneticPr fontId="19" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup scale="66" fitToHeight="0" orientation="portrait" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43E4EC86-0BD2-4E1B-BAF4-3A210DC50C89}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0" fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J66"/>
+  <dimension ref="A1:J67"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A27" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I48" sqref="I48"/>
+      <pane ySplit="3" topLeftCell="A36" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="H36" sqref="H36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="4" customWidth="1"/>
     <col min="2" max="2" width="12.85546875" customWidth="1"/>
     <col min="3" max="3" width="22.28515625" style="3" customWidth="1"/>
     <col min="4" max="4" width="18.5703125" style="3" customWidth="1"/>
     <col min="5" max="5" width="20.5703125" style="3" customWidth="1"/>
     <col min="6" max="6" width="18.5703125" style="3" customWidth="1"/>
     <col min="7" max="7" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="21" customFormat="1" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A1" s="16"/>
       <c r="B1" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="19"/>
@@ -4571,212 +4601,220 @@
       <c r="C42" s="85">
         <v>390131763</v>
       </c>
       <c r="D42" s="85">
         <v>0</v>
       </c>
       <c r="E42" s="85">
         <v>390131763</v>
       </c>
       <c r="F42" s="103">
         <f>Table1[[#This Row],[ORIGINAL APPROPRIATION TO CRF]]-Table1[[#This Row],[CRF USED TO COVER DEFICIT]]-Table1[[#This Row],[APPROPRIATION OF CRF TO AGENCIES]]</f>
         <v>0</v>
       </c>
       <c r="G42" s="9"/>
       <c r="H42" s="12"/>
     </row>
     <row r="43" spans="1:10" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="22"/>
       <c r="B43" s="91" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="85">
         <v>369783882</v>
       </c>
       <c r="D43" s="85"/>
-      <c r="E43" s="85"/>
-      <c r="F43" s="85"/>
+      <c r="E43" s="85">
+        <v>369783882</v>
+      </c>
+      <c r="F43" s="85">
+        <v>0</v>
+      </c>
       <c r="G43" s="24"/>
       <c r="H43" s="25"/>
     </row>
     <row r="44" spans="1:10" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A44" s="22"/>
-      <c r="B44" s="2"/>
-[...7 lines deleted...]
-      </c>
+      <c r="B44" s="91" t="s">
+        <v>98</v>
+      </c>
+      <c r="C44" s="85">
+        <v>387352137</v>
+      </c>
+      <c r="D44" s="85"/>
+      <c r="E44" s="85"/>
+      <c r="F44" s="85"/>
       <c r="G44" s="24"/>
       <c r="H44" s="25"/>
     </row>
     <row r="45" spans="1:10" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A45" s="22"/>
-      <c r="B45" s="31" t="s">
-[...5 lines deleted...]
-      <c r="F45" s="26"/>
+      <c r="B45" s="2"/>
+      <c r="C45" s="87"/>
+      <c r="D45" s="87"/>
+      <c r="E45" s="107" t="s">
+        <v>50</v>
+      </c>
+      <c r="F45" s="23">
+        <v>45903</v>
+      </c>
       <c r="G45" s="24"/>
       <c r="H45" s="25"/>
     </row>
     <row r="46" spans="1:10" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A46" s="22"/>
-      <c r="B46" s="27" t="s">
-[...5 lines deleted...]
-      <c r="F46" s="28"/>
+      <c r="B46" s="31" t="s">
+        <v>96</v>
+      </c>
+      <c r="C46" s="26"/>
+      <c r="D46" s="26"/>
+      <c r="E46" s="26"/>
+      <c r="F46" s="26"/>
     </row>
     <row r="47" spans="1:10" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A47" s="22"/>
-      <c r="B47" s="29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B47" s="27" t="s">
+        <v>89</v>
+      </c>
+      <c r="C47" s="28"/>
+      <c r="D47" s="28"/>
+      <c r="E47" s="28"/>
+      <c r="F47" s="28"/>
     </row>
     <row r="48" spans="1:10" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A48" s="22"/>
-      <c r="B48" t="s">
-        <v>87</v>
+      <c r="B48" s="29" t="s">
+        <v>84</v>
       </c>
       <c r="G48" s="30"/>
       <c r="H48" s="25"/>
     </row>
     <row r="49" spans="1:8" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A49" s="22"/>
+      <c r="B49" t="s">
+        <v>87</v>
+      </c>
       <c r="G49" s="30"/>
       <c r="H49" s="25"/>
     </row>
     <row r="50" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>95</v>
       </c>
       <c r="G50" s="30"/>
       <c r="H50" s="25"/>
     </row>
     <row r="51" spans="1:8" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A51" s="22">
         <v>1</v>
       </c>
-      <c r="B51" s="25" t="s">
-[...5 lines deleted...]
-      <c r="F51" s="26"/>
       <c r="G51" s="24"/>
       <c r="H51" s="25"/>
     </row>
     <row r="52" spans="1:8" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A52" s="22"/>
-      <c r="C52" s="28"/>
-[...2 lines deleted...]
-      <c r="F52" s="28"/>
+      <c r="B52" s="25" t="s">
+        <v>67</v>
+      </c>
+      <c r="C52" s="26"/>
+      <c r="D52" s="26"/>
+      <c r="E52" s="26"/>
+      <c r="F52" s="26"/>
       <c r="G52" s="30"/>
       <c r="H52" s="25"/>
     </row>
     <row r="53" spans="1:8" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A53" s="22"/>
-      <c r="B53" s="31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="28"/>
       <c r="D53" s="28"/>
       <c r="E53" s="28"/>
       <c r="F53" s="28"/>
       <c r="G53" s="30"/>
       <c r="H53" s="25"/>
     </row>
     <row r="54" spans="1:8" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A54" s="22"/>
-      <c r="B54" s="27" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="26"/>
+      <c r="B54" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="C54" s="28"/>
       <c r="D54" s="28"/>
       <c r="E54" s="28"/>
       <c r="F54" s="28"/>
       <c r="G54" s="30"/>
       <c r="H54" s="25"/>
     </row>
     <row r="55" spans="1:8" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A55" s="22"/>
-      <c r="B55" s="29" t="s">
-        <v>31</v>
+      <c r="B55" s="27" t="s">
+        <v>30</v>
       </c>
       <c r="C55" s="26"/>
-      <c r="D55" s="26"/>
-[...1 lines deleted...]
-      <c r="F55" s="26"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="28"/>
+      <c r="F55" s="28"/>
       <c r="G55" s="30"/>
       <c r="H55" s="25"/>
     </row>
     <row r="56" spans="1:8" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A56" s="22"/>
-      <c r="B56" s="25"/>
+      <c r="B56" s="29" t="s">
+        <v>31</v>
+      </c>
       <c r="C56" s="26"/>
       <c r="D56" s="26"/>
       <c r="E56" s="26"/>
       <c r="F56" s="26"/>
       <c r="G56" s="30"/>
       <c r="H56" s="25"/>
     </row>
     <row r="57" spans="1:8" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A57" s="22"/>
       <c r="B57" s="25"/>
       <c r="C57" s="26"/>
       <c r="D57" s="26"/>
       <c r="E57" s="26"/>
       <c r="F57" s="26"/>
       <c r="G57" s="30"/>
       <c r="H57" s="25"/>
     </row>
     <row r="58" spans="1:8" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A58" s="22"/>
       <c r="B58" s="25"/>
       <c r="C58" s="26"/>
       <c r="D58" s="26"/>
       <c r="E58" s="26"/>
       <c r="F58" s="26"/>
       <c r="G58" s="15"/>
       <c r="H58" s="7"/>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B59" s="7"/>
-[...3 lines deleted...]
-      <c r="F59" s="14"/>
+      <c r="B59" s="25"/>
+      <c r="C59" s="26"/>
+      <c r="D59" s="26"/>
+      <c r="E59" s="26"/>
+      <c r="F59" s="26"/>
       <c r="G59" s="15"/>
       <c r="H59" s="7"/>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B60" s="7"/>
       <c r="C60" s="14"/>
       <c r="D60" s="14"/>
       <c r="E60" s="14"/>
       <c r="F60" s="14"/>
       <c r="G60" s="15"/>
       <c r="H60" s="7"/>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B61" s="7"/>
       <c r="C61" s="14"/>
       <c r="D61" s="14"/>
       <c r="E61" s="14"/>
       <c r="F61" s="14"/>
       <c r="G61" s="15"/>
       <c r="H61" s="7"/>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B62" s="7"/>
       <c r="C62" s="14"/>
       <c r="D62" s="14"/>
@@ -4796,74 +4834,81 @@
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B64" s="7"/>
       <c r="C64" s="14"/>
       <c r="D64" s="14"/>
       <c r="E64" s="14"/>
       <c r="F64" s="14"/>
       <c r="G64" s="15"/>
       <c r="H64" s="7"/>
     </row>
     <row r="65" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B65" s="7"/>
       <c r="C65" s="14"/>
       <c r="D65" s="14"/>
       <c r="E65" s="14"/>
       <c r="F65" s="14"/>
       <c r="G65" s="15"/>
       <c r="H65" s="7"/>
     </row>
     <row r="66" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B66" s="7"/>
       <c r="C66" s="14"/>
       <c r="D66" s="14"/>
       <c r="E66" s="14"/>
       <c r="F66" s="14"/>
+    </row>
+    <row r="67" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B67" s="7"/>
+      <c r="C67" s="14"/>
+      <c r="D67" s="14"/>
+      <c r="E67" s="14"/>
+      <c r="F67" s="14"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2FB13D5D-5E27-4773-8116-3E4533E5EABA}">
   <sheetPr codeName="Sheet4">
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0" fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F46"/>
+  <dimension ref="A1:F47"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A4" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="J25" sqref="J25"/>
+      <selection activeCell="D25" sqref="D25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="4" customWidth="1"/>
     <col min="2" max="2" width="12.85546875" customWidth="1"/>
     <col min="3" max="3" width="19.7109375" style="3" customWidth="1"/>
     <col min="4" max="4" width="18.5703125" style="3" customWidth="1"/>
     <col min="5" max="5" width="29" customWidth="1"/>
     <col min="6" max="6" width="11.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="21" customFormat="1" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A1" s="16"/>
       <c r="B1" s="17" t="s">
         <v>72</v>
       </c>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="19"/>
       <c r="F1" s="20"/>
     </row>
     <row r="2" spans="1:6" ht="9.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
@@ -5136,285 +5181,296 @@
       <c r="C21" s="13">
         <v>1986285799</v>
       </c>
       <c r="D21" s="13">
         <v>57879811</v>
       </c>
       <c r="E21" s="9"/>
       <c r="F21" s="12"/>
     </row>
     <row r="22" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A22" s="22"/>
       <c r="B22" s="10" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="13">
         <v>1259477223</v>
       </c>
       <c r="D22" s="85">
         <v>331608568</v>
       </c>
       <c r="E22" s="24"/>
       <c r="F22" s="25"/>
     </row>
     <row r="23" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A23" s="22"/>
-      <c r="C23" s="105" t="s">
-[...3 lines deleted...]
-        <v>45616</v>
+      <c r="B23" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C23" s="13">
+        <v>1736590505</v>
+      </c>
+      <c r="D23" s="85">
+        <v>725892730</v>
       </c>
       <c r="E23" s="24"/>
       <c r="F23" s="25"/>
     </row>
     <row r="24" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A24" s="22"/>
-      <c r="B24" s="31" t="s">
-[...3 lines deleted...]
-      <c r="D24" s="74"/>
+      <c r="C24" s="105" t="s">
+        <v>50</v>
+      </c>
+      <c r="D24" s="74">
+        <v>45903</v>
+      </c>
       <c r="E24" s="30"/>
       <c r="F24" s="25"/>
     </row>
     <row r="25" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A25" s="22"/>
-      <c r="B25" s="31"/>
+      <c r="B25" s="31" t="s">
+        <v>94</v>
+      </c>
       <c r="C25" s="73"/>
       <c r="D25" s="74"/>
       <c r="E25" s="30"/>
       <c r="F25" s="25"/>
     </row>
     <row r="26" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="31" t="s">
         <v>55</v>
       </c>
+      <c r="B26" s="31"/>
       <c r="C26" s="73"/>
       <c r="D26" s="74"/>
       <c r="E26" s="30"/>
       <c r="F26" s="25"/>
     </row>
     <row r="27" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A27" s="22">
         <v>1</v>
       </c>
-      <c r="B27" s="25" t="s">
-[...3 lines deleted...]
-      <c r="D27" s="26"/>
+      <c r="C27" s="73"/>
+      <c r="D27" s="74"/>
       <c r="E27" s="30"/>
       <c r="F27" s="25"/>
     </row>
     <row r="28" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A28" s="22"/>
       <c r="B28" s="25" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C28" s="26"/>
       <c r="D28" s="26"/>
       <c r="E28" s="30"/>
       <c r="F28" s="25"/>
     </row>
     <row r="29" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A29" s="22"/>
       <c r="B29" s="25" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C29" s="26"/>
       <c r="D29" s="26"/>
       <c r="E29" s="24"/>
       <c r="F29" s="25"/>
     </row>
     <row r="30" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A30" s="22">
         <v>2</v>
       </c>
       <c r="B30" s="25" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-      <c r="D30" s="28"/>
+        <v>85</v>
+      </c>
+      <c r="C30" s="26"/>
+      <c r="D30" s="26"/>
       <c r="E30" s="24"/>
       <c r="F30" s="25"/>
     </row>
     <row r="31" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A31" s="22">
         <v>3</v>
       </c>
       <c r="B31" s="25" t="s">
-        <v>97</v>
+        <v>77</v>
       </c>
       <c r="C31" s="28"/>
       <c r="D31" s="28"/>
       <c r="E31" s="24"/>
       <c r="F31" s="25"/>
     </row>
     <row r="32" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A32" s="22">
         <v>4</v>
       </c>
       <c r="B32" s="25" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="C32" s="28"/>
       <c r="D32" s="28"/>
       <c r="E32" s="24"/>
       <c r="F32" s="25"/>
     </row>
     <row r="33" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A33" s="22"/>
-      <c r="B33" s="25"/>
+      <c r="B33" s="25" t="s">
+        <v>78</v>
+      </c>
       <c r="C33" s="28"/>
       <c r="D33" s="28"/>
       <c r="E33" s="30"/>
       <c r="F33" s="25"/>
     </row>
     <row r="34" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A34" s="22"/>
-      <c r="B34" s="31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B34" s="25"/>
       <c r="C34" s="28"/>
       <c r="D34" s="28"/>
       <c r="E34" s="30"/>
       <c r="F34" s="25"/>
     </row>
     <row r="35" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A35" s="22"/>
-      <c r="B35" s="29" t="s">
-[...3 lines deleted...]
-      <c r="D35" s="26"/>
+      <c r="B35" s="31" t="s">
+        <v>76</v>
+      </c>
+      <c r="C35" s="28"/>
+      <c r="D35" s="28"/>
       <c r="E35" s="30"/>
       <c r="F35" s="25"/>
     </row>
     <row r="36" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A36" s="22"/>
-      <c r="B36" s="25"/>
+      <c r="B36" s="29" t="s">
+        <v>75</v>
+      </c>
       <c r="C36" s="26"/>
       <c r="D36" s="26"/>
       <c r="E36" s="30"/>
       <c r="F36" s="25"/>
     </row>
     <row r="37" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A37" s="22"/>
       <c r="B37" s="25"/>
       <c r="C37" s="26"/>
       <c r="D37" s="26"/>
       <c r="E37" s="30"/>
       <c r="F37" s="25"/>
     </row>
     <row r="38" spans="1:6" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A38" s="22"/>
       <c r="B38" s="25"/>
       <c r="C38" s="26"/>
       <c r="D38" s="26"/>
       <c r="E38" s="15"/>
       <c r="F38" s="7"/>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B39" s="7"/>
-[...1 lines deleted...]
-      <c r="D39" s="14"/>
+      <c r="B39" s="25"/>
+      <c r="C39" s="26"/>
+      <c r="D39" s="26"/>
       <c r="E39" s="15"/>
       <c r="F39" s="7"/>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B40" s="7"/>
       <c r="C40" s="14"/>
       <c r="D40" s="14"/>
       <c r="E40" s="15"/>
       <c r="F40" s="7"/>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B41" s="7"/>
       <c r="C41" s="14"/>
       <c r="D41" s="14"/>
       <c r="E41" s="15"/>
       <c r="F41" s="7"/>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B42" s="7"/>
       <c r="C42" s="14"/>
       <c r="D42" s="14"/>
       <c r="E42" s="15"/>
       <c r="F42" s="7"/>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B43" s="7"/>
       <c r="C43" s="14"/>
       <c r="D43" s="14"/>
       <c r="E43" s="15"/>
       <c r="F43" s="7"/>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B44" s="7"/>
       <c r="C44" s="14"/>
       <c r="D44" s="14"/>
       <c r="E44" s="15"/>
       <c r="F44" s="7"/>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B45" s="7"/>
       <c r="C45" s="14"/>
       <c r="D45" s="14"/>
       <c r="E45" s="15"/>
       <c r="F45" s="7"/>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B46" s="7"/>
       <c r="C46" s="14"/>
       <c r="D46" s="14"/>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B47" s="7"/>
+      <c r="C47" s="14"/>
+      <c r="D47" s="14"/>
     </row>
   </sheetData>
   <phoneticPr fontId="19" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9560F890-2CD0-40F9-B5D6-876786F9E7D8}">
   <sheetPr codeName="Sheet5">
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0" fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F63"/>
+  <dimension ref="A1:F64"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A40" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F64" sqref="F64"/>
+      <selection pane="bottomLeft" activeCell="I62" sqref="I62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.28515625" style="7" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" style="7" customWidth="1"/>
     <col min="3" max="4" width="19.85546875" style="58" customWidth="1"/>
     <col min="5" max="6" width="20" style="7" customWidth="1"/>
     <col min="7" max="251" width="8.85546875" style="7"/>
     <col min="252" max="252" width="19.140625" style="7" customWidth="1"/>
     <col min="253" max="254" width="18.7109375" style="7" customWidth="1"/>
     <col min="255" max="255" width="17" style="7" customWidth="1"/>
     <col min="256" max="256" width="2.140625" style="7" customWidth="1"/>
     <col min="257" max="257" width="19.7109375" style="7" customWidth="1"/>
     <col min="258" max="507" width="8.85546875" style="7"/>
     <col min="508" max="508" width="19.140625" style="7" customWidth="1"/>
     <col min="509" max="510" width="18.7109375" style="7" customWidth="1"/>
     <col min="511" max="511" width="17" style="7" customWidth="1"/>
     <col min="512" max="512" width="2.140625" style="7" customWidth="1"/>
     <col min="513" max="513" width="19.7109375" style="7" customWidth="1"/>
     <col min="514" max="763" width="8.85546875" style="7"/>
     <col min="764" max="764" width="19.140625" style="7" customWidth="1"/>
     <col min="765" max="766" width="18.7109375" style="7" customWidth="1"/>
     <col min="767" max="767" width="17" style="7" customWidth="1"/>
     <col min="768" max="768" width="2.140625" style="7" customWidth="1"/>
@@ -5762,58 +5818,58 @@
     <col min="15360" max="15360" width="2.140625" style="7" customWidth="1"/>
     <col min="15361" max="15361" width="19.7109375" style="7" customWidth="1"/>
     <col min="15362" max="15611" width="8.85546875" style="7"/>
     <col min="15612" max="15612" width="19.140625" style="7" customWidth="1"/>
     <col min="15613" max="15614" width="18.7109375" style="7" customWidth="1"/>
     <col min="15615" max="15615" width="17" style="7" customWidth="1"/>
     <col min="15616" max="15616" width="2.140625" style="7" customWidth="1"/>
     <col min="15617" max="15617" width="19.7109375" style="7" customWidth="1"/>
     <col min="15618" max="15867" width="8.85546875" style="7"/>
     <col min="15868" max="15868" width="19.140625" style="7" customWidth="1"/>
     <col min="15869" max="15870" width="18.7109375" style="7" customWidth="1"/>
     <col min="15871" max="15871" width="17" style="7" customWidth="1"/>
     <col min="15872" max="15872" width="2.140625" style="7" customWidth="1"/>
     <col min="15873" max="15873" width="19.7109375" style="7" customWidth="1"/>
     <col min="15874" max="16123" width="8.85546875" style="7"/>
     <col min="16124" max="16124" width="19.140625" style="7" customWidth="1"/>
     <col min="16125" max="16126" width="18.7109375" style="7" customWidth="1"/>
     <col min="16127" max="16127" width="17" style="7" customWidth="1"/>
     <col min="16128" max="16128" width="2.140625" style="7" customWidth="1"/>
     <col min="16129" max="16129" width="19.7109375" style="7" customWidth="1"/>
     <col min="16130" max="16378" width="8.85546875" style="7"/>
     <col min="16379" max="16384" width="9.140625" style="7" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="20" customFormat="1" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="108" t="s">
+      <c r="A1" s="109" t="s">
         <v>86</v>
       </c>
-      <c r="B1" s="108"/>
-[...3 lines deleted...]
-      <c r="F1" s="108"/>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="109"/>
     </row>
     <row r="2" spans="1:6" ht="10.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="39"/>
       <c r="C2" s="40"/>
       <c r="D2" s="40"/>
     </row>
     <row r="3" spans="1:6" s="43" customFormat="1" ht="39.75" x14ac:dyDescent="0.3">
       <c r="A3" s="41"/>
       <c r="B3" s="41" t="s">
         <v>45</v>
       </c>
       <c r="C3" s="67" t="s">
         <v>79</v>
       </c>
       <c r="D3" s="67" t="s">
         <v>81</v>
       </c>
       <c r="E3" s="86" t="s">
         <v>80</v>
       </c>
       <c r="F3" s="86" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
@@ -6585,133 +6641,150 @@
       <c r="F50" s="79">
         <v>842358919</v>
       </c>
     </row>
     <row r="51" spans="1:6" s="25" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B51" s="45" t="s">
         <v>92</v>
       </c>
       <c r="C51" s="37">
         <v>739567764</v>
       </c>
       <c r="D51" s="52">
         <v>369783882</v>
       </c>
       <c r="E51" s="79">
         <f>'Contingency Reserve Fund'!D22</f>
         <v>331608568</v>
       </c>
       <c r="F51" s="79">
         <f>SUM(Table25[[#This Row],[GENERAL RESERVE]:[CONTINGENCY RESERVE]])</f>
         <v>1440960214</v>
       </c>
     </row>
     <row r="52" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A52" s="25"/>
-      <c r="B52" s="31"/>
-[...6 lines deleted...]
-        <v>45595</v>
+      <c r="B52" s="45" t="s">
+        <v>98</v>
+      </c>
+      <c r="C52" s="37">
+        <v>839262964</v>
+      </c>
+      <c r="D52" s="52">
+        <v>387352137</v>
+      </c>
+      <c r="E52" s="79">
+        <f>'Contingency Reserve Fund'!D23</f>
+        <v>725892730</v>
+      </c>
+      <c r="F52" s="79">
+        <f>SUM(Table25[[#This Row],[GENERAL RESERVE]:[CONTINGENCY RESERVE]])</f>
+        <v>1952507831</v>
       </c>
     </row>
     <row r="53" spans="1:6" s="25" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A53" s="7"/>
-      <c r="B53" s="31" t="s">
-[...5 lines deleted...]
-      <c r="F53" s="100"/>
+      <c r="B53" s="31"/>
+      <c r="E53" s="104" t="s">
+        <v>50</v>
+      </c>
+      <c r="F53" s="81">
+        <v>46003</v>
+      </c>
     </row>
     <row r="54" spans="1:6" s="25" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="7"/>
-      <c r="B54" s="31"/>
+      <c r="B54" s="31" t="s">
+        <v>93</v>
+      </c>
       <c r="C54" s="39"/>
       <c r="D54" s="39"/>
       <c r="E54" s="100"/>
       <c r="F54" s="100"/>
     </row>
     <row r="55" spans="1:6" s="25" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="25" t="s">
         <v>55</v>
       </c>
-      <c r="B55" s="101"/>
+      <c r="B55" s="31"/>
       <c r="C55" s="39"/>
       <c r="D55" s="39"/>
       <c r="E55" s="100"/>
       <c r="F55" s="100"/>
     </row>
     <row r="56" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="83">
         <v>1</v>
       </c>
-      <c r="B56" s="101" t="s">
-[...3 lines deleted...]
-      <c r="D56" s="102"/>
+      <c r="B56" s="101"/>
+      <c r="C56" s="39"/>
+      <c r="D56" s="39"/>
       <c r="E56" s="100"/>
       <c r="F56" s="100"/>
     </row>
-    <row r="57" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A57" s="55"/>
-      <c r="B57" s="56"/>
-[...1 lines deleted...]
-      <c r="D57" s="54"/>
+      <c r="B57" s="101" t="s">
+        <v>82</v>
+      </c>
+      <c r="C57" s="102"/>
+      <c r="D57" s="102"/>
+      <c r="E57" s="100"/>
+      <c r="F57" s="100"/>
     </row>
     <row r="58" spans="1:6" ht="15" x14ac:dyDescent="0.2">
       <c r="A58" s="55"/>
-      <c r="C58" s="57"/>
-      <c r="D58" s="57"/>
+      <c r="B58" s="56"/>
+      <c r="C58" s="54"/>
+      <c r="D58" s="54"/>
     </row>
     <row r="59" spans="1:6" ht="15" x14ac:dyDescent="0.2">
       <c r="A59" s="55"/>
       <c r="C59" s="57"/>
       <c r="D59" s="57"/>
     </row>
-    <row r="60" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:6" ht="15" x14ac:dyDescent="0.2">
       <c r="A60" s="55"/>
-      <c r="C60" s="40"/>
-      <c r="D60" s="40"/>
+      <c r="C60" s="57"/>
+      <c r="D60" s="57"/>
     </row>
     <row r="61" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B61" s="53"/>
       <c r="C61" s="40"/>
       <c r="D61" s="40"/>
     </row>
     <row r="62" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B62" s="53"/>
       <c r="C62" s="40"/>
       <c r="D62" s="40"/>
     </row>
-    <row r="63" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="B63" s="59"/>
+    <row r="63" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B63" s="53"/>
+      <c r="C63" s="40"/>
+      <c r="D63" s="40"/>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="B64" s="59"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup scale="66" fitToHeight="0" orientation="portrait" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>