--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -3,170 +3,145 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2024\Revenue\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2025\Revenue\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8226B968-5DA5-45C8-B66E-A6F66A7A9336}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D632592B-B745-4B0E-9FF2-D55E8C9A18E7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4D30323F-E37E-400C-83DB-57F1A43A3EEF}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{4D30323F-E37E-400C-83DB-57F1A43A3EEF}"/>
   </bookViews>
   <sheets>
     <sheet name="Estimated vs Actual" sheetId="5" r:id="rId1"/>
     <sheet name="Revenue by Category " sheetId="6" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Estimated vs Actual'!$A$1:$F$56</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Revenue by Category '!$B$1:$H$43</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Estimated vs Actual'!$A$1:$F$57</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Revenue by Category '!$B$1:$H$44</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Estimated vs Actual'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E45" i="5" l="1"/>
+  <c r="D46" i="5" l="1"/>
+  <c r="G46" i="5" l="1"/>
+  <c r="H37" i="6"/>
   <c r="H36" i="6"/>
-  <c r="J36" i="6" s="1"/>
-[...24 lines deleted...]
-  <c r="J33" i="6"/>
   <c r="G6" i="5" l="1"/>
   <c r="G43" i="5"/>
   <c r="G44" i="5"/>
   <c r="G45" i="5"/>
   <c r="H34" i="6" l="1"/>
-  <c r="J34" i="6" s="1"/>
   <c r="C35" i="6" l="1"/>
   <c r="H35" i="6" s="1"/>
-  <c r="J35" i="6" s="1"/>
   <c r="G7" i="5"/>
   <c r="G8" i="5"/>
   <c r="G9" i="5"/>
   <c r="G10" i="5"/>
   <c r="G11" i="5"/>
   <c r="G12" i="5"/>
   <c r="G13" i="5"/>
   <c r="G14" i="5"/>
   <c r="G15" i="5"/>
   <c r="G16" i="5"/>
   <c r="G17" i="5"/>
   <c r="G18" i="5"/>
   <c r="G19" i="5"/>
   <c r="G20" i="5"/>
   <c r="G21" i="5"/>
   <c r="G22" i="5"/>
   <c r="G23" i="5"/>
   <c r="G24" i="5"/>
   <c r="G25" i="5"/>
   <c r="G26" i="5"/>
   <c r="G27" i="5"/>
   <c r="G28" i="5"/>
   <c r="G29" i="5"/>
   <c r="G30" i="5"/>
   <c r="G31" i="5"/>
   <c r="G32" i="5"/>
   <c r="G33" i="5"/>
   <c r="G34" i="5"/>
   <c r="G35" i="5"/>
   <c r="G36" i="5"/>
   <c r="G37" i="5"/>
   <c r="G38" i="5"/>
   <c r="G39" i="5"/>
   <c r="G40" i="5"/>
   <c r="G41" i="5"/>
   <c r="G42" i="5"/>
   <c r="E44" i="5" l="1"/>
+  <c r="D45" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="73">
   <si>
     <t>1983-84</t>
   </si>
   <si>
     <t>1984-85</t>
   </si>
   <si>
     <t>1985-86</t>
   </si>
   <si>
     <t>1986-87</t>
   </si>
   <si>
     <t>1987-88</t>
   </si>
   <si>
     <t>1988-89</t>
   </si>
   <si>
     <t>1989-90</t>
   </si>
   <si>
     <t>1990-91</t>
   </si>
   <si>
@@ -355,105 +330,101 @@
     </r>
   </si>
   <si>
     <r>
       <t>APPROPRIATION ACT BUDGETARY ESTIMATE</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>3</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Legislative adjustments are changes to laws or provisos included in the budget. </t>
   </si>
   <si>
     <t>TOTAL (BUDGETARY)</t>
   </si>
   <si>
-    <t>TOTAL 
-[...5 lines deleted...]
-  <si>
     <r>
       <t>OTHER TAXES</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
       <t>OTHER REVENUE</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <t>Footnotes</t>
   </si>
   <si>
     <t>Other revenue currently includes Earned on Investments, Security Dealer Fees, Other Source Revenues, Public Service Authority Assessment, Indirect Cost Recoveries, Unclaimed Property Fund Transfer, Business Filing Fees, Motor Vehicle Licenses, Circuit and Family Court Fines, Record Search Fees, Purchasing Card Rebates, Parole and Probation Supervision Fees, and Nursing Home Fees</t>
   </si>
   <si>
     <t>Other taxes currently includes Insurance Taxes, Corporation License Tax, Alcoholic Liquor Tax, Documentary (Deed Stamp) Tax, Beer and Wine Tax, Bank Tax, Admissions Tax, Tobacco Tax, Workers' Compensation Insurance Tax, Private Rail Car Lines Tax, and Savings and Loan Tax</t>
   </si>
   <si>
     <t>Source SC Comptroller General Year-End report and Revenue and Fiscal Affairs</t>
   </si>
   <si>
     <t xml:space="preserve">The Board of Economic Advisors (BEA) is responsible for forecasts of General Fund revenue. Pursuant to §11-9-1130, the first official revenue forecast for the succeeding fiscal year is made by November 10. </t>
   </si>
   <si>
     <t>Proviso 103.6 of FY25 suspends §11-9-1130</t>
+  </si>
+  <si>
+    <t>2024-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="5">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="59" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -3839,51 +3810,51 @@
     <xf numFmtId="4" fontId="5" fillId="0" borderId="15" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="87" borderId="15" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="24" borderId="15" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="53" borderId="11" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="31" fillId="54" borderId="16" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="34" fillId="71" borderId="15" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="41" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="77">
+  <cellXfs count="74">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="42" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="45" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="42" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
@@ -3937,117 +3908,108 @@
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...6 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="45" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="42" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="166" fontId="42" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="42" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="48" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="42" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="164" fontId="42" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="164" fontId="42" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="42" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="46" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="42" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="166" fontId="46" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1864">
     <cellStyle name="20% - Accent1 2" xfId="158" xr:uid="{F1D18F9E-5CC6-4BA9-9817-FBD819FBCCAB}"/>
     <cellStyle name="20% - Accent1 2 2" xfId="159" xr:uid="{1F4153D4-5237-4F8C-A761-80A7D3D82676}"/>
     <cellStyle name="20% - Accent1 3" xfId="160" xr:uid="{C9D4A73C-6E8C-413A-8190-E7AFA48CAE22}"/>
     <cellStyle name="20% - Accent1 4" xfId="4" xr:uid="{34125F18-FDF0-4E16-9255-3DEA792CF1E8}"/>
     <cellStyle name="20% - Accent2 2" xfId="161" xr:uid="{A5D1ACDE-A239-45BD-84DC-2BF729C7105B}"/>
     <cellStyle name="20% - Accent2 2 2" xfId="162" xr:uid="{A0B86627-FD90-4E4B-A71E-94F507FD281A}"/>
     <cellStyle name="20% - Accent2 3" xfId="163" xr:uid="{7E2572E1-7FAE-4B47-9EE0-3BF609D9A8D3}"/>
     <cellStyle name="20% - Accent2 4" xfId="5" xr:uid="{55775587-CE0A-4B69-A605-F10CA1C05B80}"/>
     <cellStyle name="20% - Accent3 2" xfId="164" xr:uid="{88DAC841-EA57-4091-81B8-C9FFA1C3F884}"/>
     <cellStyle name="20% - Accent3 2 2" xfId="165" xr:uid="{0D5D20FF-4AB0-42E3-84B9-1BE14ED28945}"/>
     <cellStyle name="20% - Accent3 3" xfId="166" xr:uid="{273DBF5E-6A5B-4067-8155-EEA3C10DBDCC}"/>
     <cellStyle name="20% - Accent3 4" xfId="6" xr:uid="{C8CAB768-B90C-4126-9500-BC71DD978D1E}"/>
     <cellStyle name="20% - Accent4 2" xfId="167" xr:uid="{AECB57A0-3A04-43E6-B78F-721E575EEE17}"/>
     <cellStyle name="20% - Accent4 2 2" xfId="168" xr:uid="{66D439DB-9E90-426B-81FA-35481558CB44}"/>
     <cellStyle name="20% - Accent4 3" xfId="169" xr:uid="{393C1315-3859-47EC-86C6-3765E0A63CE1}"/>
     <cellStyle name="20% - Accent4 4" xfId="7" xr:uid="{4C939C4F-E575-4D14-9A02-FAA2FE143DD3}"/>
     <cellStyle name="20% - Accent5 2" xfId="170" xr:uid="{BAD69763-35BF-4BB8-AACA-38A5DCC9C0B1}"/>
     <cellStyle name="20% - Accent5 2 2" xfId="171" xr:uid="{0769959F-97C4-4C94-9CF8-DE8A2A234D47}"/>
     <cellStyle name="20% - Accent5 3" xfId="172" xr:uid="{68F6AA07-B5C1-4CD0-A492-E3D602BF4433}"/>
     <cellStyle name="20% - Accent5 4" xfId="8" xr:uid="{0A9D2FB3-B172-4EE4-B02E-621436149F86}"/>
     <cellStyle name="20% - Accent6 2" xfId="173" xr:uid="{69438099-862A-46CB-A5B3-EC2E6EF3B813}"/>
     <cellStyle name="20% - Accent6 2 2" xfId="174" xr:uid="{812F3939-2CBB-42A2-8533-AF8EDA06AF76}"/>
@@ -5872,81 +5834,51 @@
     <cellStyle name="SAPBEXstdItemX" xfId="144" xr:uid="{520586F4-BF2C-4B2F-891C-043C70292477}"/>
     <cellStyle name="SAPBEXstdItemX 2" xfId="145" xr:uid="{A7DE72A1-6904-40FA-8FBB-C5713233B3C2}"/>
     <cellStyle name="SAPBEXstdItemX 3" xfId="146" xr:uid="{909EA10F-9A5C-4CCC-A1C9-E69BE8719FE3}"/>
     <cellStyle name="SAPBEXstdItemX 4" xfId="147" xr:uid="{5C05291C-22A0-4469-8F80-9BBA43D18A03}"/>
     <cellStyle name="SAPBEXstdItemX 5" xfId="148" xr:uid="{605BDF2B-3A8F-4A49-AA13-B94EBA61EEBB}"/>
     <cellStyle name="SAPBEXstdItemX 6" xfId="149" xr:uid="{0F736B47-66C4-464D-B0D7-3F2D4F89BD40}"/>
     <cellStyle name="SAPBEXstdItemX 7" xfId="1812" xr:uid="{31DF6DCE-9040-43C7-BB7C-497DA5401409}"/>
     <cellStyle name="SAPBEXstdItemX_30 Rev Analysis" xfId="1855" xr:uid="{75A9210C-A12A-4FFF-B000-FAE381C08AF0}"/>
     <cellStyle name="SAPBEXtitle" xfId="150" xr:uid="{5E3E6E6C-C9C4-4B01-971C-7EFB20FAE082}"/>
     <cellStyle name="SAPBEXtitle 2" xfId="151" xr:uid="{E5D1DC8E-8BB3-460D-B95F-D6CE5F282A4F}"/>
     <cellStyle name="SAPBEXtitle 3" xfId="152" xr:uid="{D1995940-0084-4455-BD7B-1E9C046BF910}"/>
     <cellStyle name="SAPBEXtitle 4" xfId="153" xr:uid="{540D7602-24B8-40E5-A9BB-97B16729BA5F}"/>
     <cellStyle name="SAPBEXtitle 5" xfId="1813" xr:uid="{E362E144-F665-4BC7-B8DB-8B3D81352318}"/>
     <cellStyle name="SAPBEXtitle_30 Rev Analysis" xfId="1856" xr:uid="{B218BF34-BA6F-4E1E-8202-A87795C1D221}"/>
     <cellStyle name="SAPBEXunassignedItem" xfId="1747" xr:uid="{0627ED9A-B06B-4D05-9012-B74A923E3822}"/>
     <cellStyle name="SAPBEXundefined" xfId="154" xr:uid="{E15E17D8-33D1-44E8-AB40-034054BF2DB9}"/>
     <cellStyle name="SAPBEXundefined 2" xfId="1815" xr:uid="{4AD26B81-8856-44A9-8E5D-9956F3EC7FED}"/>
     <cellStyle name="SAPBEXundefined_30 Rev Analysis" xfId="1857" xr:uid="{0D1DBCCE-4E54-4713-A880-C711AEBAF424}"/>
     <cellStyle name="Sheet Title" xfId="1748" xr:uid="{BF1DC853-380F-4540-8742-4ED5AA15DC0A}"/>
     <cellStyle name="Title 2" xfId="155" xr:uid="{594ED4B4-B1CB-43B7-AE7F-CEE4CC454992}"/>
     <cellStyle name="Total 2" xfId="1816" xr:uid="{DAC4439E-3A40-4D10-9FA4-EF8FAC2B0C84}"/>
     <cellStyle name="Total 3" xfId="156" xr:uid="{36A728E5-99CA-482A-B885-0E84D601C1E7}"/>
     <cellStyle name="Warning Text 2" xfId="1817" xr:uid="{7DDC7458-7C77-492B-B70C-0BBD8B075D24}"/>
     <cellStyle name="Warning Text 3" xfId="157" xr:uid="{19A6F566-648F-459B-A591-20F04D00556B}"/>
   </cellStyles>
-  <dxfs count="24">
-[...29 lines deleted...]
-    </dxf>
+  <dxfs count="22">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
@@ -6338,124 +6270,118 @@
     <dxf>
       <border>
         <left style="thin">
           <color theme="3" tint="0.79998168889431442"/>
         </left>
         <right style="thin">
           <color theme="3" tint="0.79998168889431442"/>
         </right>
         <top style="thin">
           <color theme="3" tint="0.79998168889431442"/>
         </top>
         <bottom style="thin">
           <color theme="3" tint="0.79998168889431442"/>
         </bottom>
         <vertical style="thin">
           <color theme="3" tint="0.79998168889431442"/>
         </vertical>
         <horizontal style="thin">
           <color theme="3" tint="0.79998168889431442"/>
         </horizontal>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="1" defaultTableStyle="DkBlue_bandedrows" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="DkBlue_bandedrows" pivot="0" count="3" xr9:uid="{E03DFB9B-446C-4EA6-A386-1196BD94F384}">
-      <tableStyleElement type="wholeTable" dxfId="23"/>
-[...1 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="21"/>
+      <tableStyleElement type="wholeTable" dxfId="21"/>
+      <tableStyleElement type="headerRow" dxfId="20"/>
+      <tableStyleElement type="firstRowStripe" dxfId="19"/>
     </tableStyle>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFE8EBF0"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{82884480-D1D9-4ECB-9DBC-FC251E87EFC3}" name="Table2" displayName="Table2" ref="B4:G45" totalsRowShown="0" headerRowDxfId="20" dataDxfId="18" headerRowBorderDxfId="19" tableBorderDxfId="17" dataCellStyle="Comma 2">
-  <autoFilter ref="B4:G45" xr:uid="{82884480-D1D9-4ECB-9DBC-FC251E87EFC3}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{82884480-D1D9-4ECB-9DBC-FC251E87EFC3}" name="Table2" displayName="Table2" ref="B4:G46" totalsRowShown="0" headerRowDxfId="18" dataDxfId="16" headerRowBorderDxfId="17" tableBorderDxfId="15" dataCellStyle="Comma 2">
+  <autoFilter ref="B4:G46" xr:uid="{82884480-D1D9-4ECB-9DBC-FC251E87EFC3}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="6">
-    <tableColumn id="1" xr3:uid="{24A0A785-1EB0-43C8-A7C2-A58978EC932A}" name="FISCAL YEAR" dataDxfId="16"/>
-[...4 lines deleted...]
-    <tableColumn id="6" xr3:uid="{C634A0DF-BB96-49FD-B87A-2357613CDE5A}" name="ANNUAL CHANGE IN ACTUAL REVENUE" dataDxfId="11" dataCellStyle="Percent">
+    <tableColumn id="1" xr3:uid="{24A0A785-1EB0-43C8-A7C2-A58978EC932A}" name="FISCAL YEAR" dataDxfId="14"/>
+    <tableColumn id="2" xr3:uid="{D9918A3A-8540-479E-9556-B1E149DCB196}" name="BEA BUDGETARY FORECAST1" dataDxfId="13" dataCellStyle="Comma 2"/>
+    <tableColumn id="3" xr3:uid="{62F96384-41A3-49B7-8E41-09ADB957A6BB}" name="LEGISLATIVE ADJUSTMENTS2" dataDxfId="12" dataCellStyle="Comma 2"/>
+    <tableColumn id="4" xr3:uid="{1E61B1E6-80B7-4F3D-BF1D-7698C4AD2C46}" name="APPROPRIATION ACT BUDGETARY ESTIMATE3" dataDxfId="11" dataCellStyle="Comma 2"/>
+    <tableColumn id="5" xr3:uid="{4027C75A-2CE2-436D-8114-D520B4B4E257}" name=" ACTUAL BUDGETARY REVENUE" dataDxfId="10" dataCellStyle="Comma"/>
+    <tableColumn id="6" xr3:uid="{C634A0DF-BB96-49FD-B87A-2357613CDE5A}" name="ANNUAL CHANGE IN ACTUAL REVENUE" dataDxfId="9" dataCellStyle="Percent">
       <calculatedColumnFormula>F5/F4-1</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="DkBlue_bandedrows" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{433548BE-7D47-4FFB-8E1A-B38E2CEF3939}" name="Table1" displayName="Table1" ref="B4:J36" totalsRowShown="0" headerRowDxfId="10" dataDxfId="9">
-  <autoFilter ref="B4:J36" xr:uid="{433548BE-7D47-4FFB-8E1A-B38E2CEF3939}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{433548BE-7D47-4FFB-8E1A-B38E2CEF3939}" name="Table1" displayName="Table1" ref="B4:H37" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="B4:H37" xr:uid="{433548BE-7D47-4FFB-8E1A-B38E2CEF3939}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
-    <filterColumn colId="7" hiddenButton="1"/>
-    <filterColumn colId="8" hiddenButton="1"/>
   </autoFilter>
-  <tableColumns count="9">
-[...10 lines deleted...]
-    </tableColumn>
+  <tableColumns count="7">
+    <tableColumn id="1" xr3:uid="{94EC6426-4451-4140-B7B5-3757176D0D4F}" name="FISCAL YEAR" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{9484CF7F-3B16-44B6-9FEB-4883C12FE913}" name="INDIVIDUAL INCOME TAX" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{5C901FB9-C0F5-4AE3-80E7-05C2B5D5DCAB}" name="SALES AND USE TAX" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{C0932D2F-C3C1-4CB6-87A2-1CBEEC729F21}" name="CORPORATE INCOME TAX" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{929DA5B7-DBF1-45D9-9EDC-647D401DA1EE}" name="OTHER TAXES1" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{0DC58590-A33B-43D9-BACC-6657B1099C8F}" name="OTHER REVENUE2" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{B1625BF5-CEF4-447C-8EBA-0D88607D08B2}" name="TOTAL (BUDGETARY)" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="DkBlue_bandedrows" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -6726,66 +6652,68 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{249C29A7-B2BD-4FD9-80F7-5621ADFAFBC6}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
-  <dimension ref="A1:M60"/>
+  <dimension ref="A1:N61"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="145" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A37" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E61" sqref="E61"/>
+      <selection pane="bottomLeft" activeCell="I38" sqref="I38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="14" customWidth="1"/>
     <col min="2" max="2" width="12" style="15" customWidth="1"/>
     <col min="3" max="6" width="24" style="15" customWidth="1"/>
     <col min="7" max="7" width="21.140625" style="15" customWidth="1"/>
     <col min="8" max="8" width="13.140625" style="15" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="19.5703125" style="15" bestFit="1" customWidth="1"/>
-    <col min="10" max="255" width="9.140625" style="15"/>
+    <col min="10" max="13" width="9.140625" style="15"/>
+    <col min="14" max="14" width="13.85546875" style="15" bestFit="1" customWidth="1"/>
+    <col min="15" max="255" width="9.140625" style="15"/>
     <col min="256" max="256" width="13.5703125" style="15" customWidth="1"/>
     <col min="257" max="257" width="19.7109375" style="15" customWidth="1"/>
     <col min="258" max="258" width="3.28515625" style="15" customWidth="1"/>
     <col min="259" max="261" width="20.85546875" style="15" customWidth="1"/>
     <col min="262" max="262" width="1.7109375" style="15" customWidth="1"/>
     <col min="263" max="263" width="9.140625" style="15"/>
     <col min="264" max="264" width="13.140625" style="15" bestFit="1" customWidth="1"/>
     <col min="265" max="265" width="19.5703125" style="15" bestFit="1" customWidth="1"/>
     <col min="266" max="511" width="9.140625" style="15"/>
     <col min="512" max="512" width="13.5703125" style="15" customWidth="1"/>
     <col min="513" max="513" width="19.7109375" style="15" customWidth="1"/>
     <col min="514" max="514" width="3.28515625" style="15" customWidth="1"/>
     <col min="515" max="517" width="20.85546875" style="15" customWidth="1"/>
     <col min="518" max="518" width="1.7109375" style="15" customWidth="1"/>
     <col min="519" max="519" width="9.140625" style="15"/>
     <col min="520" max="520" width="13.140625" style="15" bestFit="1" customWidth="1"/>
     <col min="521" max="521" width="19.5703125" style="15" bestFit="1" customWidth="1"/>
     <col min="522" max="767" width="9.140625" style="15"/>
     <col min="768" max="768" width="13.5703125" style="15" customWidth="1"/>
     <col min="769" max="769" width="19.7109375" style="15" customWidth="1"/>
     <col min="770" max="770" width="3.28515625" style="15" customWidth="1"/>
     <col min="771" max="773" width="20.85546875" style="15" customWidth="1"/>
     <col min="774" max="774" width="1.7109375" style="15" customWidth="1"/>
     <col min="775" max="775" width="9.140625" style="15"/>
     <col min="776" max="776" width="13.140625" style="15" bestFit="1" customWidth="1"/>
@@ -7955,1695 +7883,1518 @@
         <f t="shared" si="0"/>
         <v>-4.2334899134104709E-2</v>
       </c>
     </row>
     <row r="32" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="22" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="23">
         <v>5025453884</v>
       </c>
       <c r="D32" s="24">
         <v>3009000</v>
       </c>
       <c r="E32" s="24">
         <v>5028462884</v>
       </c>
       <c r="F32" s="25">
         <v>5739362821</v>
       </c>
       <c r="G32" s="26">
         <f t="shared" si="0"/>
         <v>8.0969059612272964E-2</v>
       </c>
     </row>
-    <row r="33" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="22" t="s">
         <v>27</v>
       </c>
       <c r="C33" s="23">
         <v>5473253142</v>
       </c>
       <c r="D33" s="24">
         <v>1165860</v>
       </c>
       <c r="E33" s="24">
         <v>5474419002</v>
       </c>
       <c r="F33" s="25">
         <v>5906660783</v>
       </c>
       <c r="G33" s="26">
         <f t="shared" si="0"/>
         <v>2.9149222172863309E-2</v>
       </c>
     </row>
-    <row r="34" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="22" t="s">
         <v>28</v>
       </c>
       <c r="C34" s="23">
         <v>6124981389</v>
       </c>
       <c r="D34" s="24">
         <v>-20443274</v>
       </c>
       <c r="E34" s="24">
         <v>6104538115</v>
       </c>
       <c r="F34" s="25">
         <v>6389576248</v>
       </c>
       <c r="G34" s="26">
         <f t="shared" si="0"/>
         <v>8.1757778674184545E-2</v>
       </c>
     </row>
-    <row r="35" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="22" t="s">
         <v>29</v>
       </c>
       <c r="C35" s="23">
         <v>6345740399</v>
       </c>
       <c r="D35" s="24">
         <v>-43845763</v>
       </c>
       <c r="E35" s="24">
         <v>6301894636</v>
       </c>
       <c r="F35" s="25">
         <v>6552389831</v>
       </c>
       <c r="G35" s="26">
         <f t="shared" si="0"/>
         <v>2.5481123736642575E-2</v>
       </c>
     </row>
-    <row r="36" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="22" t="s">
         <v>30</v>
       </c>
       <c r="C36" s="23">
         <v>6661217474</v>
       </c>
       <c r="D36" s="24">
         <v>-1069422</v>
       </c>
       <c r="E36" s="24">
         <v>6660148052</v>
       </c>
       <c r="F36" s="25">
         <v>6960389459</v>
       </c>
       <c r="G36" s="26">
         <f t="shared" si="0"/>
         <v>6.2267300713659157E-2</v>
       </c>
     </row>
-    <row r="37" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="22" t="s">
         <v>31</v>
       </c>
       <c r="C37" s="23">
         <v>7099290837</v>
       </c>
       <c r="D37" s="24">
         <v>-54000000</v>
       </c>
       <c r="E37" s="24">
         <v>7045290837</v>
       </c>
       <c r="F37" s="25">
         <v>7271041788</v>
       </c>
       <c r="G37" s="26">
         <f t="shared" si="0"/>
         <v>4.4631457884632741E-2</v>
       </c>
     </row>
-    <row r="38" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="22" t="s">
         <v>32</v>
       </c>
       <c r="C38" s="23">
         <v>7657763000</v>
       </c>
       <c r="D38" s="24">
         <v>-78234108</v>
       </c>
       <c r="E38" s="24">
         <v>7579528892</v>
       </c>
       <c r="F38" s="25">
         <v>7582469655</v>
       </c>
       <c r="G38" s="26">
         <f t="shared" si="0"/>
         <v>4.2831258034299102E-2</v>
       </c>
     </row>
-    <row r="39" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="22" t="s">
         <v>33</v>
       </c>
       <c r="C39" s="23">
         <v>7934743831</v>
       </c>
       <c r="D39" s="24">
         <v>15970000</v>
       </c>
       <c r="E39" s="24">
         <v>7950713831</v>
       </c>
       <c r="F39" s="28">
         <v>8124265228</v>
       </c>
       <c r="G39" s="26">
         <f t="shared" si="0"/>
         <v>7.1453708046524289E-2</v>
       </c>
     </row>
-    <row r="40" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="22" t="s">
         <v>34</v>
       </c>
       <c r="C40" s="23">
         <v>8239020000</v>
       </c>
       <c r="D40" s="24">
         <v>-2416000</v>
       </c>
       <c r="E40" s="24">
         <v>8236604000</v>
       </c>
       <c r="F40" s="28">
         <v>8804752211</v>
       </c>
       <c r="G40" s="26">
         <f t="shared" si="0"/>
         <v>8.3759818753174731E-2</v>
       </c>
     </row>
-    <row r="41" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="22" t="s">
         <v>35</v>
       </c>
       <c r="C41" s="23">
         <v>8716621000</v>
       </c>
       <c r="D41" s="23">
         <v>-12000</v>
       </c>
       <c r="E41" s="23">
         <v>8716609000</v>
       </c>
       <c r="F41" s="28">
         <v>9179224494</v>
       </c>
       <c r="G41" s="26">
         <f t="shared" si="0"/>
         <v>4.2530700924457765E-2</v>
       </c>
     </row>
-    <row r="42" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="14">
         <v>4</v>
       </c>
       <c r="B42" s="22" t="s">
         <v>36</v>
       </c>
       <c r="C42" s="23">
         <v>8922828000</v>
       </c>
       <c r="D42" s="23">
         <v>0</v>
       </c>
       <c r="E42" s="23">
         <v>8922828000</v>
       </c>
       <c r="F42" s="28">
         <v>10459721541</v>
       </c>
       <c r="G42" s="26">
         <f t="shared" si="0"/>
         <v>0.13949948035773585</v>
       </c>
     </row>
-    <row r="43" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="22" t="s">
         <v>37</v>
       </c>
       <c r="C43" s="23">
         <v>9275404779</v>
       </c>
       <c r="D43" s="23">
         <v>-4167801</v>
       </c>
       <c r="E43" s="23">
         <v>9271236978</v>
       </c>
       <c r="F43" s="28">
         <v>13004392104</v>
       </c>
       <c r="G43" s="26">
         <f>F43/F42-1</f>
         <v>0.24328282096472686</v>
       </c>
     </row>
-    <row r="44" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B44" s="22" t="s">
         <v>40</v>
       </c>
       <c r="C44" s="23">
         <v>11214924784</v>
       </c>
       <c r="D44" s="23">
         <v>-712854000</v>
       </c>
       <c r="E44" s="23">
         <f>SUM(C44:D44)</f>
         <v>10502070784</v>
       </c>
       <c r="F44" s="28">
         <v>12326129401</v>
       </c>
       <c r="G44" s="26">
         <f>F44/F43-1</f>
         <v>-5.2156432809448594E-2</v>
       </c>
     </row>
-    <row r="45" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B45" s="22" t="s">
         <v>51</v>
       </c>
       <c r="C45" s="23">
         <v>11762691268</v>
       </c>
       <c r="D45" s="23">
-        <v>-126223259</v>
+        <f>Table2[[#This Row],[APPROPRIATION ACT BUDGETARY ESTIMATE3]]-Table2[[#This Row],[BEA BUDGETARY FORECAST1]]</f>
+        <v>-99946000</v>
       </c>
       <c r="E45" s="23">
-        <f>SUM(C45:D45)</f>
-        <v>11636468009</v>
+        <v>11662745268</v>
       </c>
       <c r="F45" s="23">
         <v>12911737902</v>
       </c>
       <c r="G45" s="26">
         <f>F45/F44-1</f>
         <v>4.7509520786995107E-2</v>
       </c>
     </row>
-    <row r="46" spans="1:7" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A47" s="40"/>
+    <row r="46" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B46" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="C46" s="23">
+        <v>12549531825</v>
+      </c>
+      <c r="D46" s="23">
+        <f>Table2[[#This Row],[APPROPRIATION ACT BUDGETARY ESTIMATE3]]-Table2[[#This Row],[BEA BUDGETARY FORECAST1]]</f>
+        <v>-228755400</v>
+      </c>
+      <c r="E46" s="23">
+        <v>12320776425</v>
+      </c>
+      <c r="F46" s="64">
+        <v>14057743518</v>
+      </c>
+      <c r="G46" s="26">
+        <f>F46/F45-1</f>
+        <v>8.8756883441886369E-2</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A47" s="33"/>
       <c r="B47" s="34"/>
       <c r="C47" s="35"/>
       <c r="D47" s="36"/>
-      <c r="F47" s="37"/>
-[...2 lines deleted...]
-    <row r="48" spans="1:7" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="F47" s="37" t="s">
+        <v>54</v>
+      </c>
+      <c r="G47" s="73">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A48" s="40"/>
-      <c r="B48" s="41" t="s">
-[...8 lines deleted...]
-    <row r="49" spans="1:7" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="B48" s="34"/>
+      <c r="C48" s="35"/>
+      <c r="D48" s="36"/>
+      <c r="F48" s="37"/>
+      <c r="G48" s="38"/>
+      <c r="N48" s="67"/>
+    </row>
+    <row r="49" spans="1:14" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A49" s="40"/>
       <c r="B49" s="41" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="C49" s="42"/>
       <c r="D49" s="42"/>
       <c r="E49" s="42"/>
       <c r="F49" s="42"/>
       <c r="G49" s="42"/>
-    </row>
-    <row r="50" spans="1:7" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="N49" s="67"/>
+    </row>
+    <row r="50" spans="1:14" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A50" s="40"/>
-      <c r="B50" s="41"/>
+      <c r="B50" s="41" t="s">
+        <v>45</v>
+      </c>
       <c r="C50" s="42"/>
       <c r="D50" s="42"/>
       <c r="E50" s="42"/>
       <c r="F50" s="42"/>
       <c r="G50" s="42"/>
-    </row>
-    <row r="51" spans="1:7" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="N50" s="67"/>
+    </row>
+    <row r="51" spans="1:14" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A51" s="40"/>
-      <c r="B51" s="41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B51" s="41"/>
       <c r="C51" s="42"/>
       <c r="D51" s="42"/>
       <c r="E51" s="42"/>
       <c r="F51" s="42"/>
       <c r="G51" s="42"/>
     </row>
-    <row r="52" spans="1:7" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A52" s="33">
+    <row r="52" spans="1:14" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A52" s="40"/>
+      <c r="B52" s="41" t="s">
+        <v>48</v>
+      </c>
+      <c r="C52" s="42"/>
+      <c r="D52" s="42"/>
+      <c r="E52" s="42"/>
+      <c r="F52" s="42"/>
+      <c r="G52" s="42"/>
+    </row>
+    <row r="53" spans="1:14" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A53" s="33">
         <v>1</v>
       </c>
-      <c r="B52" s="43" t="s">
+      <c r="B53" s="43" t="s">
         <v>49</v>
-      </c>
-[...11 lines deleted...]
-        <v>62</v>
       </c>
       <c r="C53" s="13"/>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="13"/>
       <c r="G53" s="13"/>
     </row>
-    <row r="54" spans="1:7" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:14" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A54" s="33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B54" s="43" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="C54" s="13"/>
       <c r="D54" s="13"/>
       <c r="E54" s="13"/>
       <c r="F54" s="13"/>
       <c r="G54" s="13"/>
     </row>
-    <row r="55" spans="1:7" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:14" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A55" s="33">
+        <v>3</v>
+      </c>
+      <c r="B55" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="C55" s="13"/>
+      <c r="D55" s="13"/>
+      <c r="E55" s="13"/>
+      <c r="F55" s="13"/>
+      <c r="G55" s="13"/>
+    </row>
+    <row r="56" spans="1:14" s="39" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A56" s="33">
         <v>4</v>
       </c>
-      <c r="B55" s="41" t="s">
+      <c r="B56" s="41" t="s">
         <v>44</v>
       </c>
-      <c r="C55" s="44"/>
-[...22 lines deleted...]
-      <c r="B58" s="41" t="s">
+      <c r="C56" s="44"/>
+      <c r="D56" s="44"/>
+      <c r="E56" s="44"/>
+      <c r="F56" s="44"/>
+      <c r="G56" s="44"/>
+    </row>
+    <row r="57" spans="1:14" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="C57" s="42"/>
+      <c r="D57" s="42"/>
+      <c r="E57" s="42"/>
+      <c r="F57" s="42"/>
+      <c r="G57" s="42"/>
+    </row>
+    <row r="58" spans="1:14" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A58" s="40"/>
+      <c r="B58" s="45"/>
+      <c r="C58" s="39"/>
+      <c r="D58" s="39"/>
+      <c r="E58" s="39"/>
+      <c r="F58" s="39"/>
+      <c r="G58" s="39"/>
+    </row>
+    <row r="59" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="B59" s="41" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="59" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="B59" s="41" t="s">
+    <row r="60" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="B60" s="41" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="60" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>73</v>
+    <row r="61" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B61" s="39" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="12" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10 &amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8761B859-FDB5-4731-9FA4-C250A93E070D}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
-  <dimension ref="A1:AG43"/>
+  <dimension ref="A1:AE44"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A3" zoomScaleNormal="100" zoomScaleSheetLayoutView="115" workbookViewId="0">
-[...4 lines deleted...]
-      <selection pane="bottomRight" activeCell="G38" sqref="G38"/>
+    <sheetView showGridLines="0" topLeftCell="A26" zoomScaleNormal="100" zoomScaleSheetLayoutView="115" workbookViewId="0">
+      <selection activeCell="H41" sqref="H41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.140625" customWidth="1"/>
     <col min="2" max="2" width="8.85546875" style="1" customWidth="1"/>
-    <col min="3" max="6" width="17.140625" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="6" width="17.140625" customWidth="1"/>
     <col min="7" max="7" width="14" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="17.140625" customWidth="1"/>
-    <col min="9" max="9" width="16.7109375" style="50" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="22" max="33" width="8.85546875" style="2"/>
+    <col min="16" max="16" width="34.85546875" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="17.42578125" style="58" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="13.85546875" style="58" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="12.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="20" max="31" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:33" s="7" customFormat="1" ht="21" x14ac:dyDescent="0.35">
-      <c r="B1" s="6" t="s">
+    <row r="1" spans="2:31" s="7" customFormat="1" ht="21" x14ac:dyDescent="0.35">
+      <c r="B1" s="70" t="s">
         <v>41</v>
       </c>
-      <c r="C1" s="6"/>
-[...7 lines deleted...]
-      <c r="T1" s="65"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
+      <c r="Q1" s="57"/>
+      <c r="R1" s="57"/>
+      <c r="S1" s="8"/>
+      <c r="T1" s="8"/>
       <c r="U1" s="8"/>
       <c r="V1" s="8"/>
       <c r="W1" s="8"/>
       <c r="X1" s="8"/>
       <c r="Y1" s="8"/>
       <c r="Z1" s="8"/>
       <c r="AA1" s="8"/>
       <c r="AB1" s="8"/>
       <c r="AC1" s="8"/>
       <c r="AD1" s="8"/>
       <c r="AE1" s="8"/>
-      <c r="AF1" s="8"/>
-[...3 lines deleted...]
-      <c r="B2" s="52" t="s">
+    </row>
+    <row r="2" spans="2:31" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="72" t="s">
         <v>42</v>
       </c>
-      <c r="C2" s="3"/>
-[...6 lines deleted...]
-    <row r="3" spans="2:33" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C2" s="72"/>
+      <c r="D2" s="72"/>
+      <c r="E2" s="72"/>
+      <c r="F2" s="72"/>
+      <c r="G2" s="72"/>
+      <c r="H2" s="72"/>
+    </row>
+    <row r="3" spans="2:31" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="43"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
     </row>
-    <row r="4" spans="2:33" s="4" customFormat="1" ht="33.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:31" s="4" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>55</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F4" s="9" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G4" s="9" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>63</v>
       </c>
-      <c r="I4" s="9" t="s">
-[...6 lines deleted...]
-      <c r="T4" s="67"/>
+      <c r="Q4" s="59"/>
+      <c r="R4" s="59"/>
+      <c r="S4" s="5"/>
+      <c r="T4" s="5"/>
       <c r="U4" s="5"/>
       <c r="V4" s="5"/>
       <c r="W4" s="5"/>
       <c r="X4" s="5"/>
       <c r="Y4" s="5"/>
       <c r="Z4" s="5"/>
       <c r="AA4" s="5"/>
       <c r="AB4" s="5"/>
       <c r="AC4" s="5"/>
       <c r="AD4" s="5"/>
       <c r="AE4" s="5"/>
-      <c r="AF4" s="5"/>
-[...2 lines deleted...]
-    <row r="5" spans="2:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="5" spans="2:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B5" s="10" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="11">
         <v>1494799140</v>
       </c>
       <c r="D5" s="11">
         <v>1250619261</v>
       </c>
       <c r="E5" s="11">
         <v>158246351</v>
       </c>
       <c r="F5" s="11">
         <v>474046490</v>
       </c>
       <c r="G5" s="11">
         <v>294882325</v>
       </c>
       <c r="H5" s="11">
         <v>3672593567</v>
       </c>
-      <c r="I5" s="51"/>
-[...2 lines deleted...]
-    <row r="6" spans="2:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="6" spans="2:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="12">
         <v>1530996225</v>
       </c>
       <c r="D6" s="12">
         <v>1346902579</v>
       </c>
       <c r="E6" s="12">
         <v>198802680</v>
       </c>
       <c r="F6" s="12">
         <v>478022334</v>
       </c>
       <c r="G6" s="11">
         <v>469769082</v>
       </c>
       <c r="H6" s="11">
         <v>4024492900</v>
       </c>
-      <c r="I6" s="51"/>
-[...2 lines deleted...]
-    <row r="7" spans="2:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="7" spans="2:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B7" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="12">
         <v>1655953953</v>
       </c>
       <c r="D7" s="12">
         <v>1442466320</v>
       </c>
       <c r="E7" s="12">
         <v>232272412</v>
       </c>
       <c r="F7" s="12">
         <v>494883172</v>
       </c>
       <c r="G7" s="11">
         <v>407964003</v>
       </c>
       <c r="H7" s="11">
         <v>4233539860</v>
       </c>
-      <c r="I7" s="51"/>
-[...2 lines deleted...]
-    <row r="8" spans="2:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="8" spans="2:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B8" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="12">
         <v>1813461024</v>
       </c>
       <c r="D8" s="12">
         <v>1544723827</v>
       </c>
       <c r="E8" s="12">
         <v>233833112</v>
       </c>
       <c r="F8" s="12">
         <v>465631702</v>
       </c>
       <c r="G8" s="11">
         <v>288341434</v>
       </c>
       <c r="H8" s="11">
         <v>4345991099</v>
       </c>
-      <c r="I8" s="51"/>
-[...2 lines deleted...]
-    <row r="9" spans="2:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="9" spans="2:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B9" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="12">
         <v>1932991641</v>
       </c>
       <c r="D9" s="12">
         <v>1634621819</v>
       </c>
       <c r="E9" s="12">
         <v>220236903</v>
       </c>
       <c r="F9" s="12">
         <v>514226086</v>
       </c>
       <c r="G9" s="11">
         <v>286239645</v>
       </c>
       <c r="H9" s="11">
         <v>4588316094</v>
       </c>
-      <c r="I9" s="54">
-[...7 lines deleted...]
-    <row r="10" spans="2:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="10" spans="2:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="12">
         <v>2087461428</v>
       </c>
       <c r="D10" s="12">
         <v>1741801182</v>
       </c>
       <c r="E10" s="12">
         <v>193812774</v>
       </c>
       <c r="F10" s="12">
         <v>515473001</v>
       </c>
       <c r="G10" s="11">
         <v>307153179</v>
       </c>
       <c r="H10" s="11">
         <v>4845701564</v>
       </c>
-      <c r="I10" s="54">
-[...7 lines deleted...]
-    <row r="11" spans="2:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="11" spans="2:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="12">
         <v>1986164713</v>
       </c>
       <c r="D11" s="12">
         <v>1889614818</v>
       </c>
       <c r="E11" s="12">
         <v>215274766</v>
       </c>
       <c r="F11" s="12">
         <v>532556606</v>
       </c>
       <c r="G11" s="11">
         <v>306935662</v>
       </c>
       <c r="H11" s="11">
         <v>4930546565</v>
       </c>
-      <c r="I11" s="54">
-[...7 lines deleted...]
-    <row r="12" spans="2:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="12" spans="2:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="10" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="12">
         <v>2099143892</v>
       </c>
       <c r="D12" s="12">
         <v>1980792358</v>
       </c>
       <c r="E12" s="12">
         <v>173778133</v>
       </c>
       <c r="F12" s="12">
         <v>508523982</v>
       </c>
       <c r="G12" s="11">
         <v>236805230</v>
       </c>
       <c r="H12" s="11">
         <v>4999043595</v>
       </c>
-      <c r="I12" s="54">
-[...7 lines deleted...]
-    <row r="13" spans="2:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="13" spans="2:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="12">
         <v>2127286899</v>
       </c>
       <c r="D13" s="12">
         <v>2000208479</v>
       </c>
       <c r="E13" s="12">
         <v>180413695</v>
       </c>
       <c r="F13" s="12">
         <v>522069769</v>
       </c>
       <c r="G13" s="11">
         <v>250344901</v>
       </c>
       <c r="H13" s="11">
         <v>5080323743</v>
       </c>
-      <c r="I13" s="54">
-[...7 lines deleted...]
-    <row r="14" spans="2:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="14" spans="2:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="12">
         <v>1920136736</v>
       </c>
       <c r="D14" s="12">
         <v>2026514449</v>
       </c>
       <c r="E14" s="12">
         <v>110828520</v>
       </c>
       <c r="F14" s="12">
         <v>533426487</v>
       </c>
       <c r="G14" s="11">
         <v>339053667</v>
       </c>
       <c r="H14" s="11">
         <v>4929959859</v>
       </c>
-      <c r="I14" s="54">
-[...7 lines deleted...]
-    <row r="15" spans="2:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="15" spans="2:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="10" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="12">
         <v>1859125469</v>
       </c>
       <c r="D15" s="12">
         <v>2041704530</v>
       </c>
       <c r="E15" s="12">
         <v>101385421</v>
       </c>
       <c r="F15" s="12">
         <v>602419489</v>
       </c>
       <c r="G15" s="11">
         <v>363166367</v>
       </c>
       <c r="H15" s="11">
         <v>4967801276</v>
       </c>
-      <c r="I15" s="54">
-[...7 lines deleted...]
-    <row r="16" spans="2:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="16" spans="2:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B16" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="12">
         <v>1973635422</v>
       </c>
       <c r="D16" s="12">
         <v>2181357756</v>
       </c>
       <c r="E16" s="12">
         <v>149278321</v>
       </c>
       <c r="F16" s="12">
         <v>616380034</v>
       </c>
       <c r="G16" s="11">
         <v>195628270</v>
       </c>
       <c r="H16" s="11">
         <v>5116279803</v>
       </c>
-      <c r="I16" s="54">
-[...7 lines deleted...]
-    <row r="17" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="17" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B17" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="12">
         <v>2215376042</v>
       </c>
       <c r="D17" s="12">
         <v>2318474848</v>
       </c>
       <c r="E17" s="12">
         <v>186268596</v>
       </c>
       <c r="F17" s="12">
         <v>606795298</v>
       </c>
       <c r="G17" s="11">
         <v>264145847</v>
       </c>
       <c r="H17" s="11">
         <v>5591060631</v>
       </c>
-      <c r="I17" s="54">
-[...7 lines deleted...]
-    <row r="18" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="18" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B18" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="12">
         <v>2608227193</v>
       </c>
       <c r="D18" s="12">
         <v>2544980402</v>
       </c>
       <c r="E18" s="12">
         <v>257853944</v>
       </c>
       <c r="F18" s="12">
         <v>582320107</v>
       </c>
       <c r="G18" s="11">
         <v>232644931</v>
       </c>
       <c r="H18" s="11">
         <v>6226026577</v>
       </c>
-      <c r="I18" s="54">
-[...7 lines deleted...]
-    <row r="19" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="19" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="12">
         <v>2881930422</v>
       </c>
       <c r="D19" s="12">
         <v>2631222230</v>
       </c>
       <c r="E19" s="12">
         <v>261523893</v>
       </c>
       <c r="F19" s="12">
         <v>590847067</v>
       </c>
       <c r="G19" s="11">
         <v>292979296</v>
       </c>
       <c r="H19" s="11">
         <v>6658502908</v>
       </c>
-      <c r="I19" s="54">
-[...7 lines deleted...]
-    <row r="20" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="20" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B20" s="10" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="12">
         <v>2863839126</v>
       </c>
       <c r="D20" s="12">
         <v>2463274765</v>
       </c>
       <c r="E20" s="12">
         <v>268643838</v>
       </c>
       <c r="F20" s="12">
         <v>557833051</v>
       </c>
       <c r="G20" s="11">
         <v>238803598</v>
       </c>
       <c r="H20" s="11">
         <v>6392394378</v>
       </c>
-      <c r="I20" s="54">
-[...7 lines deleted...]
-    <row r="21" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="21" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B21" s="10" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="11">
         <v>2326707698</v>
       </c>
       <c r="D21" s="11">
         <v>2247876029</v>
       </c>
       <c r="E21" s="11">
         <v>207174754</v>
       </c>
       <c r="F21" s="11">
         <v>549059587</v>
       </c>
       <c r="G21" s="11">
         <v>213354702</v>
       </c>
       <c r="H21" s="11">
         <v>5544172770</v>
       </c>
-      <c r="I21" s="54">
-[...7 lines deleted...]
-    <row r="22" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="22" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B22" s="10" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="12">
         <v>2170909624</v>
       </c>
       <c r="D22" s="12">
         <v>2190976127</v>
       </c>
       <c r="E22" s="12">
         <v>109557160</v>
       </c>
       <c r="F22" s="12">
         <v>541211315</v>
       </c>
       <c r="G22" s="11">
         <v>229241549</v>
       </c>
       <c r="H22" s="11">
         <v>5241895775</v>
       </c>
-      <c r="I22" s="54">
-[...7 lines deleted...]
-    <row r="23" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="23" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B23" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="11">
         <v>2396092452</v>
       </c>
       <c r="D23" s="11">
         <v>2244714889</v>
       </c>
       <c r="E23" s="11">
         <v>182647544</v>
       </c>
       <c r="F23" s="11">
         <v>582944383</v>
       </c>
       <c r="G23" s="11">
         <v>226428484</v>
       </c>
       <c r="H23" s="11">
         <v>5632827752</v>
       </c>
-      <c r="I23" s="54">
-[...7 lines deleted...]
-    <row r="24" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="24" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B24" s="10" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="11">
         <v>2591808436</v>
       </c>
       <c r="D24" s="11">
         <v>2354476219</v>
       </c>
       <c r="E24" s="11">
         <v>212256270</v>
       </c>
       <c r="F24" s="11">
         <v>575815256</v>
       </c>
       <c r="G24" s="11">
         <v>123439090</v>
       </c>
       <c r="H24" s="11">
         <v>5857795271</v>
       </c>
-      <c r="I24" s="54">
-[...7 lines deleted...]
-    <row r="25" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="25" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B25" s="10" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="11">
         <v>2843945204</v>
       </c>
       <c r="D25" s="11">
         <v>2448348202</v>
       </c>
       <c r="E25" s="11">
         <v>351080053</v>
       </c>
       <c r="F25" s="11">
         <v>604422786</v>
       </c>
       <c r="G25" s="11">
         <v>141780003</v>
       </c>
       <c r="H25" s="11">
         <v>6389576248</v>
       </c>
-      <c r="I25" s="54">
-[...7 lines deleted...]
-    <row r="26" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="26" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B26" s="10" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="11">
         <v>2921429641</v>
       </c>
       <c r="D26" s="11">
         <v>2517077645</v>
       </c>
       <c r="E26" s="11">
         <v>288108754</v>
       </c>
       <c r="F26" s="11">
         <v>612878148</v>
       </c>
       <c r="G26" s="11">
         <v>212895643</v>
       </c>
       <c r="H26" s="11">
         <v>6552389831</v>
       </c>
-      <c r="I26" s="54">
-[...7 lines deleted...]
-    <row r="27" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="27" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B27" s="10" t="s">
         <v>30</v>
       </c>
       <c r="C27" s="11">
         <v>3159204051</v>
       </c>
       <c r="D27" s="11">
         <v>2656946677</v>
       </c>
       <c r="E27" s="11">
         <v>326968127</v>
       </c>
       <c r="F27" s="11">
         <v>692674535</v>
       </c>
       <c r="G27" s="11">
         <v>124596069</v>
       </c>
       <c r="H27" s="11">
         <v>6960389459</v>
       </c>
-      <c r="I27" s="54">
-[...7 lines deleted...]
-    <row r="28" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="28" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B28" s="10" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="11">
         <v>3311004608</v>
       </c>
       <c r="D28" s="11">
         <v>2818605595</v>
       </c>
       <c r="E28" s="11">
         <v>361807850</v>
       </c>
       <c r="F28" s="11">
         <v>655602114</v>
       </c>
       <c r="G28" s="11">
         <v>124021621</v>
       </c>
       <c r="H28" s="11">
         <v>7271041788</v>
       </c>
-      <c r="I28" s="54">
-[...7 lines deleted...]
-    <row r="29" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="29" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B29" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C29" s="11">
         <v>3580610432</v>
       </c>
       <c r="D29" s="11">
         <v>2896271260</v>
       </c>
       <c r="E29" s="11">
         <v>269463081</v>
       </c>
       <c r="F29" s="11">
         <v>691359032</v>
       </c>
       <c r="G29" s="11">
         <v>144765850</v>
       </c>
       <c r="H29" s="11">
         <v>7582469655</v>
       </c>
-      <c r="I29" s="54">
-[...7 lines deleted...]
-    <row r="30" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="30" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B30" s="10" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="12">
         <v>3856345821</v>
       </c>
       <c r="D30" s="12">
         <v>3034415169</v>
       </c>
       <c r="E30" s="12">
         <v>333618258</v>
       </c>
       <c r="F30" s="12">
         <v>743635867</v>
       </c>
       <c r="G30" s="11">
         <v>156250113</v>
       </c>
       <c r="H30" s="11">
         <v>8124265228</v>
       </c>
-      <c r="I30" s="54">
-[...7 lines deleted...]
-    <row r="31" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="31" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B31" s="10" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="11">
         <v>4160604174</v>
       </c>
       <c r="D31" s="11">
         <v>3186425454</v>
       </c>
       <c r="E31" s="11">
         <v>449170442</v>
       </c>
       <c r="F31" s="11">
         <v>809612754</v>
       </c>
       <c r="G31" s="11">
         <v>198939387</v>
       </c>
       <c r="H31" s="11">
         <v>8804752211</v>
       </c>
-      <c r="I31" s="54">
-[...7 lines deleted...]
-    <row r="32" spans="2:10" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="32" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B32" s="10" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="11">
         <v>4454007030</v>
       </c>
       <c r="D32" s="11">
         <v>3286771744</v>
       </c>
       <c r="E32" s="11">
         <v>374412193</v>
       </c>
       <c r="F32" s="11">
         <v>820320104</v>
       </c>
       <c r="G32" s="11">
         <v>243713423</v>
       </c>
       <c r="H32" s="11">
         <v>9179224494</v>
       </c>
-      <c r="I32" s="54">
-[...7 lines deleted...]
-    <row r="33" spans="1:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="33" spans="1:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B33" s="10" t="s">
         <v>36</v>
       </c>
       <c r="C33" s="11">
         <v>4838375543</v>
       </c>
       <c r="D33" s="11">
         <v>3825920335</v>
       </c>
       <c r="E33" s="11">
         <v>622721114</v>
       </c>
       <c r="F33" s="11">
         <v>947617895</v>
       </c>
       <c r="G33" s="11">
         <v>225086654</v>
       </c>
       <c r="H33" s="11">
         <v>10459721541</v>
       </c>
-      <c r="I33" s="54">
-[...7 lines deleted...]
-    <row r="34" spans="1:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="34" spans="1:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B34" s="10" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="11">
         <v>6221165693</v>
       </c>
       <c r="D34" s="11">
         <v>4401993179</v>
       </c>
       <c r="E34" s="11">
         <v>1085746310</v>
       </c>
       <c r="F34" s="11">
         <v>1018327292</v>
       </c>
       <c r="G34" s="11">
         <v>277159630</v>
       </c>
       <c r="H34" s="11">
         <f>SUM(C34:G34)</f>
         <v>13004392104</v>
       </c>
-      <c r="I34" s="54">
-[...7 lines deleted...]
-    <row r="35" spans="1:33" ht="15.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="35" spans="1:31" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B35" s="10" t="s">
         <v>40</v>
       </c>
       <c r="C35" s="11">
         <f>5758211861-768072631</f>
         <v>4990139230</v>
       </c>
       <c r="D35" s="11">
         <v>4660078785</v>
       </c>
       <c r="E35" s="11">
         <v>1262221843</v>
       </c>
       <c r="F35" s="11">
         <v>1095110879</v>
       </c>
       <c r="G35" s="11">
         <v>318578664</v>
       </c>
       <c r="H35" s="11">
         <f>SUM(C35:G35)</f>
         <v>12326129401</v>
       </c>
-      <c r="I35" s="54">
-[...8 lines deleted...]
-      <c r="B36" s="53" t="s">
+    </row>
+    <row r="36" spans="1:31" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B36" s="49" t="s">
         <v>51</v>
       </c>
-      <c r="C36" s="72">
+      <c r="C36" s="63">
         <v>5317242139</v>
       </c>
-      <c r="D36" s="72">
+      <c r="D36" s="63">
         <v>4786379944</v>
       </c>
-      <c r="E36" s="72">
+      <c r="E36" s="63">
         <v>1293063734</v>
       </c>
-      <c r="F36" s="72">
+      <c r="F36" s="63">
         <v>1035081608</v>
       </c>
-      <c r="G36" s="72">
+      <c r="G36" s="63">
         <v>479970477</v>
       </c>
-      <c r="H36" s="73">
+      <c r="H36" s="64">
         <f>SUM(C36:G36)</f>
         <v>12911737902</v>
       </c>
-      <c r="I36" s="74">
-[...15 lines deleted...]
-      <c r="I37" s="71" t="s">
+    </row>
+    <row r="37" spans="1:31" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B37" s="49" t="s">
+        <v>72</v>
+      </c>
+      <c r="C37" s="65">
+        <v>5921371762</v>
+      </c>
+      <c r="D37" s="65">
+        <v>5027440427</v>
+      </c>
+      <c r="E37" s="65">
+        <v>1321628460</v>
+      </c>
+      <c r="F37" s="65">
+        <v>1151111882</v>
+      </c>
+      <c r="G37" s="65">
+        <v>636190987</v>
+      </c>
+      <c r="H37" s="64">
+        <f>SUM(C37:G37)</f>
+        <v>14057743518</v>
+      </c>
+    </row>
+    <row r="38" spans="1:31" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B38" s="49"/>
+      <c r="C38" s="71"/>
+      <c r="D38" s="71"/>
+      <c r="E38" s="71"/>
+      <c r="F38" s="71"/>
+      <c r="G38" s="62" t="s">
         <v>54</v>
       </c>
-      <c r="J37" s="70">
-[...17 lines deleted...]
-      <c r="B39" s="53"/>
+      <c r="H38" s="66">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="39" spans="1:31" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B39" s="49" t="s">
+        <v>69</v>
+      </c>
       <c r="C39" s="10"/>
       <c r="D39" s="10"/>
       <c r="E39" s="10"/>
       <c r="F39" s="10"/>
       <c r="G39" s="10"/>
       <c r="H39" s="10"/>
-      <c r="I39" s="51"/>
-[...5 lines deleted...]
-      </c>
+    </row>
+    <row r="40" spans="1:31" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B40" s="49"/>
       <c r="C40" s="10"/>
       <c r="D40" s="10"/>
       <c r="E40" s="10"/>
       <c r="F40" s="10"/>
       <c r="G40" s="10"/>
       <c r="H40" s="10"/>
-      <c r="I40" s="51"/>
-[...3 lines deleted...]
-      <c r="A41" s="64">
+    </row>
+    <row r="41" spans="1:31" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B41" s="49" t="s">
+        <v>66</v>
+      </c>
+      <c r="C41" s="10"/>
+      <c r="D41" s="10"/>
+      <c r="E41" s="10"/>
+      <c r="F41" s="10"/>
+      <c r="G41" s="10"/>
+      <c r="H41" s="10"/>
+    </row>
+    <row r="42" spans="1:31" s="51" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="56">
         <v>1</v>
       </c>
-      <c r="B41" s="75" t="s">
-[...26 lines deleted...]
-      <c r="A42" s="58">
+      <c r="B42" s="68" t="s">
+        <v>68</v>
+      </c>
+      <c r="C42" s="68"/>
+      <c r="D42" s="68"/>
+      <c r="E42" s="68"/>
+      <c r="F42" s="68"/>
+      <c r="G42" s="68"/>
+      <c r="H42" s="68"/>
+      <c r="Q42" s="60"/>
+      <c r="R42" s="60"/>
+      <c r="S42" s="52"/>
+      <c r="T42" s="52"/>
+      <c r="U42" s="52"/>
+      <c r="V42" s="52"/>
+      <c r="W42" s="52"/>
+      <c r="X42" s="52"/>
+      <c r="Y42" s="52"/>
+      <c r="Z42" s="52"/>
+      <c r="AA42" s="52"/>
+      <c r="AB42" s="52"/>
+      <c r="AC42" s="52"/>
+      <c r="AD42" s="52"/>
+      <c r="AE42" s="52"/>
+    </row>
+    <row r="43" spans="1:31" s="51" customFormat="1" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="50">
         <v>2</v>
       </c>
-      <c r="B42" s="76" t="s">
-[...49 lines deleted...]
-      <c r="AG43" s="63"/>
+      <c r="B43" s="69" t="s">
+        <v>67</v>
+      </c>
+      <c r="C43" s="69"/>
+      <c r="D43" s="69"/>
+      <c r="E43" s="69"/>
+      <c r="F43" s="69"/>
+      <c r="G43" s="69"/>
+      <c r="H43" s="69"/>
+      <c r="P43" s="60"/>
+      <c r="Q43" s="60"/>
+      <c r="R43" s="60"/>
+      <c r="S43" s="52"/>
+      <c r="T43" s="52"/>
+      <c r="U43" s="52"/>
+      <c r="V43" s="52"/>
+      <c r="W43" s="52"/>
+      <c r="X43" s="52"/>
+      <c r="Y43" s="52"/>
+      <c r="Z43" s="52"/>
+      <c r="AA43" s="52"/>
+      <c r="AB43" s="52"/>
+      <c r="AC43" s="52"/>
+      <c r="AD43" s="52"/>
+    </row>
+    <row r="44" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="B44" s="53"/>
+      <c r="C44" s="54"/>
+      <c r="D44" s="54"/>
+      <c r="E44" s="54"/>
+      <c r="F44" s="54"/>
+      <c r="G44" s="54"/>
+      <c r="H44" s="54"/>
+      <c r="Q44" s="61"/>
+      <c r="R44" s="61"/>
+      <c r="S44" s="55"/>
+      <c r="T44" s="55"/>
+      <c r="U44" s="55"/>
+      <c r="V44" s="55"/>
+      <c r="W44" s="55"/>
+      <c r="X44" s="55"/>
+      <c r="Y44" s="55"/>
+      <c r="Z44" s="55"/>
+      <c r="AA44" s="55"/>
+      <c r="AB44" s="55"/>
+      <c r="AC44" s="55"/>
+      <c r="AD44" s="55"/>
+      <c r="AE44" s="55"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
-[...1 lines deleted...]
-    <mergeCell ref="B42:I42"/>
+  <mergeCells count="4">
+    <mergeCell ref="B1:H1"/>
+    <mergeCell ref="B2:H2"/>
+    <mergeCell ref="B42:H42"/>
+    <mergeCell ref="B43:H43"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="82" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>