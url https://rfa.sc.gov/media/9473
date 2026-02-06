--- v0 (2025-12-02)
+++ v1 (2026-02-06)
@@ -11,134 +11,137 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2024\State Employee Salaries, Benefits, and FTEs\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2025\State Employee Salaries, Benefits, and FTEs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7305269C-DE46-48C6-8A48-35730EC3771F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8DB74F0C-179B-4F78-BD21-DCD6C5860348}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="29445" yWindow="9150" windowWidth="21600" windowHeight="12645" xr2:uid="{1214A97D-275F-43D7-A967-973DF254A77C}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="5" xr2:uid="{1214A97D-275F-43D7-A967-973DF254A77C}"/>
   </bookViews>
   <sheets>
     <sheet name="FTE Limit" sheetId="1" r:id="rId1"/>
     <sheet name="Filled vs Vacant " sheetId="4" r:id="rId2"/>
     <sheet name="Salary Adjustments" sheetId="9" r:id="rId3"/>
     <sheet name="State Health Plan" sheetId="10" r:id="rId4"/>
     <sheet name="Retirement Contribution Rates" sheetId="11" r:id="rId5"/>
     <sheet name="State Officers Salary Schedule" sheetId="12" r:id="rId6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'FTE Limit'!$B$1:$F$70</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'Salary Adjustments'!$A$1:$F$73</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'FTE Limit'!$B$1:$F$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'Retirement Contribution Rates'!$A$1:$E$36</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Salary Adjustments'!$A$1:$F$74</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'State Health Plan'!$A$1:$D$38</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="5">'State Officers Salary Schedule'!$B$1:$G$61</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">'State Officers Salary Schedule'!$B$1:$G$62</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D39" i="10" l="1"/>
+  <c r="D49" i="1" l="1"/>
+  <c r="D40" i="10"/>
+  <c r="F49" i="1"/>
+  <c r="D39" i="10"/>
   <c r="D48" i="1"/>
   <c r="F48" i="1"/>
   <c r="D23" i="11"/>
   <c r="D24" i="11" s="1"/>
   <c r="B23" i="11"/>
   <c r="B24" i="11" s="1"/>
   <c r="D38" i="10"/>
   <c r="D37" i="10"/>
   <c r="E57" i="9"/>
   <c r="E56" i="9"/>
   <c r="E24" i="9"/>
   <c r="E23" i="9"/>
   <c r="E22" i="9"/>
   <c r="E21" i="9"/>
   <c r="E20" i="9"/>
   <c r="E19" i="9"/>
   <c r="E18" i="9"/>
   <c r="E17" i="9"/>
   <c r="E16" i="9"/>
   <c r="E15" i="9"/>
   <c r="E14" i="9"/>
   <c r="E13" i="9"/>
   <c r="E12" i="9"/>
   <c r="E11" i="9"/>
   <c r="E10" i="9"/>
   <c r="E9" i="9"/>
   <c r="E8" i="9"/>
   <c r="E7" i="9"/>
   <c r="D47" i="1" l="1"/>
   <c r="F47" i="1" s="1"/>
   <c r="D46" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="349" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="359" uniqueCount="160">
   <si>
     <t>FISCAL</t>
   </si>
   <si>
     <t>YEAR</t>
   </si>
   <si>
     <t>CAPACITY</t>
   </si>
   <si>
     <t>NOTES:</t>
   </si>
   <si>
     <t>FEDERAL</t>
   </si>
   <si>
     <t>OTHER</t>
   </si>
   <si>
     <t xml:space="preserve">* Does not include exempt employees.  </t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
@@ -603,50 +606,62 @@
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>§</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>11-11-420</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> sets a limit on the number of FTEs so that the annual increase in such number may not exceed the average growth rate in the population of the state.</t>
     </r>
+  </si>
+  <si>
+    <t>2025-26</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>2.00% / Other</t>
+  </si>
+  <si>
+    <t>2.00% BPI for most state employees based on recommendations of an outside review of state employee salaries conducted by the Department of Administration</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="7">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -909,61 +924,50 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color theme="3"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...9 lines deleted...]
-    <border>
       <left style="thick">
         <color theme="3"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thick">
         <color theme="3"/>
       </top>
       <bottom style="thin">
         <color theme="3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color theme="3"/>
       </right>
       <top style="thick">
         <color theme="3"/>
       </top>
       <bottom style="thin">
@@ -1010,89 +1014,50 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color theme="3"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thick">
         <color theme="3"/>
       </right>
       <top/>
       <bottom/>
-      <diagonal/>
-[...37 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="3"/>
       </left>
       <right/>
       <top style="medium">
         <color theme="3"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="3"/>
       </right>
       <top style="medium">
         <color theme="3"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -1203,83 +1168,131 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="3"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thick">
+        <color theme="1" tint="0.34998626667073579"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color theme="3"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color theme="3"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thick">
-        <color theme="3"/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thick">
-        <color theme="1" tint="0.34998626667073579"/>
+        <color theme="3"/>
       </right>
       <top/>
-      <bottom style="thick">
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
         <color theme="3"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="159">
+  <cellXfs count="160">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="37" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="43" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -1325,65 +1338,65 @@
     <xf numFmtId="43" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="4" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="4" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="43" fontId="18" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="166" fontId="11" fillId="3" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="166" fontId="11" fillId="3" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="3" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="11" fillId="3" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="43" fontId="18" fillId="3" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="18" fillId="3" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="18" fillId="3" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="43" fontId="7" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="4" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="4" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="43" fontId="7" fillId="4" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="6" fontId="7" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
@@ -1432,207 +1445,210 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="7" fillId="0" borderId="23" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="7" fillId="0" borderId="19" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="7" fillId="0" borderId="24" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="7" fillId="0" borderId="20" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="7" fillId="0" borderId="23" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="7" fillId="0" borderId="19" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="37" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="43" fontId="7" fillId="4" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="11" fillId="3" borderId="29" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="11" fillId="3" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="11" fillId="3" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="11" fillId="3" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="11" fillId="3" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="11" fillId="3" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="43" fontId="7" fillId="0" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="43" fontId="7" fillId="4" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="10" fontId="7" fillId="0" borderId="32" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="7" fillId="0" borderId="28" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="7" fillId="0" borderId="34" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="37" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="43" fontId="7" fillId="4" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="43" fontId="7" fillId="4" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="43" fontId="7" fillId="4" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="7" fillId="0" borderId="19" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="7" fillId="0" borderId="30" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency 2" xfId="3" xr:uid="{0BC76F0B-0ECD-4FE0-9F46-0C1C1A093546}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{03640333-AF54-4AD2-908A-37023F0A9F79}"/>
     <cellStyle name="Normal 3" xfId="6" xr:uid="{F2E878EF-E502-425B-B289-1B29EC97D371}"/>
     <cellStyle name="Percent 2" xfId="4" xr:uid="{4CDD1D15-2785-4E49-AB53-F786FF2EEED0}"/>
     <cellStyle name="Percent 2 3" xfId="5" xr:uid="{E10E5E1E-4830-4BC5-8BEB-74EF9BB8867C}"/>
   </cellStyles>
   <dxfs count="36">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
@@ -2416,133 +2432,133 @@
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFE8EBF0"/>
       <color rgb="FF8497B0"/>
       <color rgb="FF44546A"/>
       <color rgb="FFBFBFBF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{F2AF22C9-61DF-48C9-AB3F-370C064474E9}" name="Table8" displayName="Table8" ref="B3:F48" totalsRowShown="0" headerRowDxfId="32" headerRowBorderDxfId="31" tableBorderDxfId="30" headerRowCellStyle="Comma">
-  <autoFilter ref="B3:F48" xr:uid="{F2AF22C9-61DF-48C9-AB3F-370C064474E9}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{F2AF22C9-61DF-48C9-AB3F-370C064474E9}" name="Table8" displayName="Table8" ref="B3:F49" totalsRowShown="0" headerRowDxfId="32" headerRowBorderDxfId="31" tableBorderDxfId="30" headerRowCellStyle="Comma">
+  <autoFilter ref="B3:F49" xr:uid="{F2AF22C9-61DF-48C9-AB3F-370C064474E9}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{DDB68807-50DF-4D2A-8EB6-D1296C36A61F}" name="FISCAL YEAR"/>
     <tableColumn id="2" xr3:uid="{2ABA3AE4-ADB5-4858-9F25-9014D4A7AD5E}" name="STATE POPULATION" dataDxfId="29" dataCellStyle="Comma"/>
     <tableColumn id="3" xr3:uid="{0B62206B-27B4-4943-B0FD-EB364A8574F7}" name="FTE ANNUAL LIMITATION"/>
     <tableColumn id="4" xr3:uid="{D6F5062B-DFBB-4513-AA40-353FC27977EB}" name="APPROPRIATED POSITIONS" dataDxfId="28" dataCellStyle="Comma"/>
     <tableColumn id="5" xr3:uid="{EE1CDF43-CF14-4E38-850F-9E56ED2E2202}" name="CAPACITY" dataDxfId="27" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight13" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{CBD9237A-2BD2-4560-9FCF-86A1293E320C}" name="Table1" displayName="Table1" ref="B3:F58" totalsRowShown="0" headerRowDxfId="26">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{CBD9237A-2BD2-4560-9FCF-86A1293E320C}" name="Table1" displayName="Table1" ref="B3:F59" totalsRowShown="0" headerRowDxfId="26">
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{5AAD86B7-47ED-4B78-BB7C-21A0635A517D}" name="FISCAL YEAR" dataDxfId="25"/>
     <tableColumn id="2" xr3:uid="{60ECC7ED-2355-42EE-84DC-C47E3EE0BDC5}" name="BASE PAY INCREASE" dataDxfId="24" dataCellStyle="Percent 2"/>
     <tableColumn id="3" xr3:uid="{818E0B79-387D-42FB-8921-D748D4E2C28C}" name="AVERAGE MERIT INCREASE" dataDxfId="23" dataCellStyle="Percent 2"/>
     <tableColumn id="4" xr3:uid="{F0171AB4-DC09-46BC-94AC-E3ADA0ABAA3D}" name="TOTAL SALARY INCREASE" dataDxfId="22" dataCellStyle="Percent 2"/>
     <tableColumn id="5" xr3:uid="{EBB6FAC1-13AF-46BE-B181-2501E9333AA4}" name="BONUS" dataDxfId="21" dataCellStyle="Currency 2"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{E40969C0-0DD8-42B0-8E03-A6E1120AC855}" name="Table2" displayName="Table2" ref="A4:D39" totalsRowShown="0" headerRowDxfId="20" dataDxfId="19" dataCellStyle="Percent 2 3">
-  <autoFilter ref="A4:D39" xr:uid="{E40969C0-0DD8-42B0-8E03-A6E1120AC855}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{E40969C0-0DD8-42B0-8E03-A6E1120AC855}" name="Table2" displayName="Table2" ref="A4:D40" totalsRowShown="0" headerRowDxfId="20" dataDxfId="19" dataCellStyle="Percent 2 3">
+  <autoFilter ref="A4:D40" xr:uid="{E40969C0-0DD8-42B0-8E03-A6E1120AC855}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{65028742-EB17-4FF5-83A2-268FEC02AAF2}" name="CALENDAR YEAR" dataDxfId="18"/>
     <tableColumn id="2" xr3:uid="{0EEF21B1-5C25-45C7-9C9A-4667799EE6A2}" name="EMPLOYER" dataDxfId="17" dataCellStyle="Percent 2 3"/>
     <tableColumn id="3" xr3:uid="{E399531A-A044-4EB0-B249-F18326FD8DC0}" name="ENROLLEE" dataDxfId="16" dataCellStyle="Percent 2 3"/>
     <tableColumn id="4" xr3:uid="{6E688836-8A81-43B9-B0D7-450DBAF9B3D2}" name="OVERALL" dataDxfId="15" dataCellStyle="Percent 2 3"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{A16ED31A-6218-4C12-AC1F-24CDBE95377C}" name="Table3" displayName="Table3" ref="A4:C26" totalsRowShown="0" headerRowDxfId="14">
-  <autoFilter ref="A4:C26" xr:uid="{A16ED31A-6218-4C12-AC1F-24CDBE95377C}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{A16ED31A-6218-4C12-AC1F-24CDBE95377C}" name="Table3" displayName="Table3" ref="A4:C27" totalsRowShown="0" headerRowDxfId="14">
+  <autoFilter ref="A4:C27" xr:uid="{A16ED31A-6218-4C12-AC1F-24CDBE95377C}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="3">
     <tableColumn id="1" xr3:uid="{CD3EB36F-0B3B-486A-A146-ED0C5AC0ED7A}" name="YEAR" dataDxfId="13"/>
     <tableColumn id="2" xr3:uid="{89EBF779-EFF9-4154-AB95-B8B86E8F8EDD}" name="EMPLOYER" dataDxfId="12" dataCellStyle="Percent 2"/>
     <tableColumn id="3" xr3:uid="{28B970AD-762C-4ABC-960A-28C7253B5D3C}" name="EMPLOYEE" dataDxfId="11" dataCellStyle="Normal 3"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{71370865-9073-4A3D-9C17-60821E49938B}" name="Table6" displayName="Table6" ref="D4:E26" totalsRowShown="0" headerRowDxfId="10" tableBorderDxfId="9">
-  <autoFilter ref="D4:E26" xr:uid="{71370865-9073-4A3D-9C17-60821E49938B}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{71370865-9073-4A3D-9C17-60821E49938B}" name="Table6" displayName="Table6" ref="D4:E27" totalsRowShown="0" headerRowDxfId="10" tableBorderDxfId="9">
+  <autoFilter ref="D4:E27" xr:uid="{71370865-9073-4A3D-9C17-60821E49938B}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="2">
     <tableColumn id="1" xr3:uid="{B81EE715-5A2F-4378-B65A-ABB50E4835BE}" name="EMPLOYER" dataDxfId="8" dataCellStyle="Percent 2"/>
     <tableColumn id="2" xr3:uid="{09CC5DBA-C875-4E24-825E-3CE3F5C571EF}" name="EMPLOYEE" dataDxfId="7" dataCellStyle="Normal 3"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{F8E94FE1-3BDF-4845-B453-1DFE4B8192B5}" name="Table4" displayName="Table4" ref="B3:F59" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
-  <autoFilter ref="B3:F59" xr:uid="{F8E94FE1-3BDF-4845-B453-1DFE4B8192B5}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{F8E94FE1-3BDF-4845-B453-1DFE4B8192B5}" name="Table4" displayName="Table4" ref="B3:F60" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
+  <autoFilter ref="B3:F60" xr:uid="{F8E94FE1-3BDF-4845-B453-1DFE4B8192B5}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{2AA4C71E-7D0E-45A9-82C2-D8C1A53783F6}" name="  FISCAL YEAR" dataDxfId="4"/>
     <tableColumn id="3" xr3:uid="{30410DDB-F669-4268-8E8A-B7AB9F7C0577}" name="  GOVERNOR" dataDxfId="3"/>
     <tableColumn id="4" xr3:uid="{82493272-7974-4008-8B86-3440DB4D6AD3}" name=" LIEUTENANT GOVERNOR" dataDxfId="2"/>
     <tableColumn id="2" xr3:uid="{0DE49656-DD1E-4A16-97B5-10273C6D518B}" name="  LEGISLATOR" dataDxfId="1"/>
     <tableColumn id="5" xr3:uid="{80180898-3ED3-4CED-A9D4-C0FC26DD585B}" name="ALL OTHER STATE OFFICERS1" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -2836,55 +2852,55 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C24DBE8-C5E6-4CDC-A866-3FDCA0B06C87}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:G72"/>
+  <dimension ref="A1:G73"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="B59" sqref="B59"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A32" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="N40" sqref="N40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.140625" style="4" customWidth="1"/>
     <col min="2" max="2" width="15.42578125" style="7" customWidth="1"/>
     <col min="3" max="3" width="16.140625" style="7" customWidth="1"/>
     <col min="4" max="4" width="19.28515625" style="7" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" style="7" customWidth="1"/>
     <col min="6" max="6" width="18.140625" style="11" bestFit="1" customWidth="1"/>
     <col min="7" max="255" width="8.85546875" style="7"/>
     <col min="256" max="256" width="7.7109375" style="7" customWidth="1"/>
     <col min="257" max="257" width="1.7109375" style="7" customWidth="1"/>
     <col min="258" max="258" width="12.7109375" style="7" customWidth="1"/>
     <col min="259" max="262" width="20.7109375" style="7" customWidth="1"/>
     <col min="263" max="511" width="8.85546875" style="7"/>
     <col min="512" max="512" width="7.7109375" style="7" customWidth="1"/>
     <col min="513" max="513" width="1.7109375" style="7" customWidth="1"/>
     <col min="514" max="514" width="12.7109375" style="7" customWidth="1"/>
     <col min="515" max="518" width="20.7109375" style="7" customWidth="1"/>
     <col min="519" max="767" width="8.85546875" style="7"/>
     <col min="768" max="768" width="7.7109375" style="7" customWidth="1"/>
     <col min="769" max="769" width="1.7109375" style="7" customWidth="1"/>
     <col min="770" max="770" width="12.7109375" style="7" customWidth="1"/>
     <col min="771" max="774" width="20.7109375" style="7" customWidth="1"/>
@@ -3957,253 +3973,274 @@
     </row>
     <row r="47" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="120" t="s">
         <v>52</v>
       </c>
       <c r="C47" s="18">
         <v>5391465.6788301598</v>
       </c>
       <c r="D47" s="30">
         <f>C47*0.012231</f>
         <v>65943.016717771694</v>
       </c>
       <c r="E47" s="30">
         <v>36232.29</v>
       </c>
       <c r="F47" s="115">
         <f>D47-E47</f>
         <v>29710.726717771693</v>
       </c>
     </row>
     <row r="48" spans="1:6" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="C48" s="149">
+      <c r="C48" s="139">
         <v>5373555</v>
       </c>
-      <c r="D48" s="150">
+      <c r="D48" s="140">
         <f>C48*0.012231</f>
         <v>65723.951205000005</v>
       </c>
-      <c r="E48" s="150">
+      <c r="E48" s="140">
         <v>37645.74</v>
       </c>
-      <c r="F48" s="151">
+      <c r="F48" s="141">
         <f>Table8[[#This Row],[FTE ANNUAL LIMITATION]]-Table8[[#This Row],[APPROPRIATED POSITIONS]]</f>
         <v>28078.211205000007</v>
       </c>
     </row>
-    <row r="49" spans="1:6" s="21" customFormat="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="E49" s="78" t="s">
+    <row r="49" spans="1:6" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A49" s="4"/>
+      <c r="B49" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="C49" s="139">
+        <v>5478831</v>
+      </c>
+      <c r="D49" s="140">
+        <f>C49*0.012231</f>
+        <v>67011.581961000004</v>
+      </c>
+      <c r="E49" s="140">
+        <v>37684.57</v>
+      </c>
+      <c r="F49" s="141">
+        <f>Table8[[#This Row],[FTE ANNUAL LIMITATION]]-Table8[[#This Row],[APPROPRIATED POSITIONS]]</f>
+        <v>29327.011961000004</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" s="21" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="C50" s="104"/>
+      <c r="D50" s="104"/>
+      <c r="E50" s="78" t="s">
         <v>53</v>
       </c>
-      <c r="F49" s="152">
-[...4 lines deleted...]
-      <c r="D50" s="23"/>
+      <c r="F50" s="142">
+        <v>46006</v>
+      </c>
     </row>
     <row r="51" spans="1:6" s="21" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="B51" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" s="23"/>
-      <c r="E51" s="23"/>
-      <c r="F51" s="24"/>
     </row>
     <row r="52" spans="1:6" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B52" s="25" t="s">
-        <v>155</v>
+        <v>134</v>
       </c>
       <c r="D52" s="23"/>
       <c r="E52" s="23"/>
       <c r="F52" s="24"/>
     </row>
     <row r="53" spans="1:6" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B53" s="25" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D53" s="23"/>
       <c r="E53" s="23"/>
       <c r="F53" s="24"/>
     </row>
-    <row r="54" spans="1:6" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B54" s="25"/>
+    <row r="54" spans="1:6" s="21" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B54" s="25" t="s">
+        <v>152</v>
+      </c>
       <c r="D54" s="23"/>
       <c r="E54" s="23"/>
       <c r="F54" s="24"/>
     </row>
-    <row r="55" spans="1:6" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:6" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A55" s="4"/>
-      <c r="B55" s="104" t="s">
-[...2 lines deleted...]
-      <c r="C55" s="23"/>
+      <c r="B55" s="25"/>
       <c r="D55" s="23"/>
       <c r="E55" s="23"/>
       <c r="F55" s="24"/>
     </row>
     <row r="56" spans="1:6" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="4"/>
-      <c r="B56" s="23" t="s">
-        <v>133</v>
+      <c r="B56" s="104" t="s">
+        <v>154</v>
       </c>
       <c r="C56" s="23"/>
       <c r="D56" s="23"/>
       <c r="E56" s="23"/>
       <c r="F56" s="24"/>
     </row>
-    <row r="57" spans="1:6" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="57" spans="1:6" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="4"/>
       <c r="B57" s="23" t="s">
-        <v>153</v>
+        <v>133</v>
       </c>
       <c r="C57" s="23"/>
       <c r="D57" s="23"/>
       <c r="E57" s="23"/>
       <c r="F57" s="24"/>
     </row>
     <row r="58" spans="1:6" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A58" s="4"/>
-      <c r="F58" s="26"/>
+      <c r="A58" s="4">
+        <v>1</v>
+      </c>
+      <c r="B58" s="23" t="s">
+        <v>153</v>
+      </c>
+      <c r="C58" s="23"/>
+      <c r="D58" s="23"/>
+      <c r="E58" s="23"/>
+      <c r="F58" s="24"/>
     </row>
     <row r="59" spans="1:6" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A59" s="4"/>
-      <c r="B59" s="22"/>
-[...4 lines deleted...]
-    <row r="60" spans="1:6" s="21" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F59" s="26"/>
+    </row>
+    <row r="60" spans="1:6" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A60" s="4"/>
       <c r="B60" s="22"/>
       <c r="D60" s="23"/>
       <c r="E60" s="23"/>
       <c r="F60" s="24"/>
     </row>
-    <row r="61" spans="1:6" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:6" s="21" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="4"/>
       <c r="B61" s="22"/>
       <c r="D61" s="23"/>
       <c r="E61" s="23"/>
       <c r="F61" s="24"/>
     </row>
-    <row r="62" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:6" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="4"/>
       <c r="B62" s="22"/>
-      <c r="C62" s="21"/>
       <c r="D62" s="23"/>
       <c r="E62" s="23"/>
       <c r="F62" s="24"/>
     </row>
-    <row r="63" spans="1:6" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-    <row r="64" spans="1:6" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B63" s="22"/>
+      <c r="C63" s="21"/>
+      <c r="D63" s="23"/>
+      <c r="E63" s="23"/>
+      <c r="F63" s="24"/>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B64" s="8"/>
       <c r="D64" s="9"/>
       <c r="E64" s="9"/>
-      <c r="F64" s="12"/>
-[...1 lines deleted...]
-    <row r="65" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="F64" s="10"/>
+    </row>
+    <row r="65" spans="2:6" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="8"/>
       <c r="D65" s="9"/>
       <c r="E65" s="9"/>
       <c r="F65" s="12"/>
     </row>
     <row r="66" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B66" s="13"/>
+      <c r="B66" s="8"/>
       <c r="D66" s="9"/>
       <c r="E66" s="9"/>
-      <c r="F66" s="10"/>
-[...2 lines deleted...]
-      <c r="B67" s="8"/>
+      <c r="F66" s="12"/>
+    </row>
+    <row r="67" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B67" s="13"/>
       <c r="D67" s="9"/>
       <c r="E67" s="9"/>
       <c r="F67" s="10"/>
     </row>
-    <row r="68" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:6" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="8"/>
       <c r="D68" s="9"/>
       <c r="E68" s="9"/>
-      <c r="F68" s="12"/>
+      <c r="F68" s="10"/>
     </row>
     <row r="69" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B69" s="13"/>
+      <c r="B69" s="8"/>
       <c r="D69" s="9"/>
       <c r="E69" s="9"/>
-      <c r="F69" s="10"/>
+      <c r="F69" s="12"/>
     </row>
     <row r="70" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B70" s="8"/>
+      <c r="B70" s="13"/>
       <c r="D70" s="9"/>
       <c r="E70" s="9"/>
       <c r="F70" s="10"/>
     </row>
-    <row r="71" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="F71" s="15"/>
+    <row r="71" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B71" s="8"/>
+      <c r="D71" s="9"/>
+      <c r="E71" s="9"/>
+      <c r="F71" s="10"/>
     </row>
     <row r="72" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B72" s="16"/>
+      <c r="C72" s="9"/>
       <c r="D72" s="14"/>
+      <c r="E72" s="14"/>
+      <c r="F72" s="15"/>
+    </row>
+    <row r="73" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B73" s="16"/>
+      <c r="D73" s="14"/>
     </row>
   </sheetData>
+  <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="55" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C9BEFE9A-FA3D-4E4A-9130-836887F311E0}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:M49"/>
+  <dimension ref="A1:M50"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="4" topLeftCell="A38" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A45" sqref="A45"/>
+      <pane ySplit="4" topLeftCell="A20" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="H47" sqref="H47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.7109375" style="38" bestFit="1" customWidth="1"/>
     <col min="2" max="13" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>139</v>
       </c>
       <c r="B1" s="112"/>
       <c r="C1" s="112"/>
       <c r="D1" s="112"/>
       <c r="E1" s="112"/>
       <c r="F1" s="112"/>
       <c r="G1" s="112"/>
       <c r="H1" s="112"/>
       <c r="I1" s="112"/>
       <c r="J1" s="112"/>
       <c r="K1" s="112"/>
       <c r="L1" s="112"/>
       <c r="M1" s="112"/>
     </row>
@@ -5767,187 +5804,228 @@
       <c r="F41" s="132">
         <v>7157.512999999999</v>
       </c>
       <c r="G41" s="133">
         <v>1833.739999999998</v>
       </c>
       <c r="H41" s="131">
         <v>25778.196000000004</v>
       </c>
       <c r="I41" s="132">
         <v>20713.377</v>
       </c>
       <c r="J41" s="133">
         <v>5064.8190000000031</v>
       </c>
       <c r="K41" s="131">
         <v>71001.739000000001</v>
       </c>
       <c r="L41" s="132">
         <v>56973.027000000002</v>
       </c>
       <c r="M41" s="133">
         <v>14028.711999999992</v>
       </c>
     </row>
-    <row r="42" spans="1:13" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="134" t="s">
+    <row r="42" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A42" s="48" t="s">
         <v>141</v>
       </c>
-      <c r="B42" s="135">
+      <c r="B42" s="56">
         <v>37407.46</v>
       </c>
-      <c r="C42" s="136">
+      <c r="C42" s="35">
         <v>30963.267999999993</v>
       </c>
-      <c r="D42" s="137">
+      <c r="D42" s="57">
         <v>6401.9020000000019</v>
       </c>
-      <c r="E42" s="135">
+      <c r="E42" s="56">
         <v>9083.9700000000012</v>
       </c>
-      <c r="F42" s="136">
+      <c r="F42" s="32">
         <v>7489.5489999999982</v>
       </c>
-      <c r="G42" s="137">
+      <c r="G42" s="57">
         <v>1559.6539999999995</v>
       </c>
-      <c r="H42" s="135">
+      <c r="H42" s="56">
         <v>26574.09</v>
       </c>
-      <c r="I42" s="136">
+      <c r="I42" s="32">
         <v>20672.921999999995</v>
       </c>
-      <c r="J42" s="137">
+      <c r="J42" s="57">
         <v>4195.7969999999987</v>
       </c>
-      <c r="K42" s="135">
+      <c r="K42" s="56">
         <v>73065.52</v>
       </c>
-      <c r="L42" s="146">
+      <c r="L42" s="32">
         <v>59125.739000000016</v>
       </c>
-      <c r="M42" s="147">
+      <c r="M42" s="144">
         <v>12157.353000000003</v>
       </c>
     </row>
-    <row r="43" spans="1:13" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="K43" s="148" t="s">
+    <row r="43" spans="1:13" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="145" t="s">
+        <v>156</v>
+      </c>
+      <c r="B43" s="150">
+        <v>37684.57</v>
+      </c>
+      <c r="C43" s="151">
+        <v>30768.95</v>
+      </c>
+      <c r="D43" s="152">
+        <v>6499.79</v>
+      </c>
+      <c r="E43" s="150">
+        <v>9095.35</v>
+      </c>
+      <c r="F43" s="153">
+        <v>7829.36</v>
+      </c>
+      <c r="G43" s="152">
+        <v>1601.65</v>
+      </c>
+      <c r="H43" s="150">
+        <v>27137.39</v>
+      </c>
+      <c r="I43" s="153">
+        <v>21928.78</v>
+      </c>
+      <c r="J43" s="152">
+        <v>4361.29</v>
+      </c>
+      <c r="K43" s="150">
+        <v>73917.31</v>
+      </c>
+      <c r="L43" s="151">
+        <v>60527.09</v>
+      </c>
+      <c r="M43" s="152">
+        <v>12462.74</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B44" s="37"/>
+      <c r="C44" s="37"/>
+      <c r="D44" s="36"/>
+      <c r="E44" s="37"/>
+      <c r="F44" s="37"/>
+      <c r="G44" s="36"/>
+      <c r="H44" s="37"/>
+      <c r="I44" s="37"/>
+      <c r="J44" s="36"/>
+      <c r="K44" s="138" t="s">
         <v>53</v>
       </c>
-      <c r="L43" s="154">
-[...15 lines deleted...]
-      <c r="J44" s="21"/>
+      <c r="L44" s="154">
+        <v>45943</v>
+      </c>
+      <c r="M44" s="154"/>
     </row>
     <row r="45" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A45" s="40" t="s">
+        <v>6</v>
+      </c>
+      <c r="C45" s="21"/>
+      <c r="D45" s="21"/>
+      <c r="E45" s="21"/>
+      <c r="F45" s="21"/>
+      <c r="G45" s="21"/>
+      <c r="H45" s="21"/>
+      <c r="I45" s="21"/>
+      <c r="J45" s="21"/>
+    </row>
+    <row r="46" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A46" s="40" t="s">
         <v>146</v>
       </c>
-      <c r="C45" s="41"/>
-[...12 lines deleted...]
-      <c r="B46" s="153"/>
       <c r="C46" s="41"/>
       <c r="D46" s="41"/>
       <c r="E46" s="41"/>
-      <c r="F46" s="21"/>
-[...3 lines deleted...]
-      <c r="J46" s="21"/>
+      <c r="F46" s="41"/>
+      <c r="G46" s="41"/>
+      <c r="H46" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="I46" s="41"/>
+      <c r="J46" s="41"/>
     </row>
     <row r="47" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A47"/>
-      <c r="B47" s="40"/>
-[...2 lines deleted...]
-      <c r="E47" s="21"/>
+      <c r="B47" s="143"/>
+      <c r="C47" s="41"/>
+      <c r="D47" s="41"/>
+      <c r="E47" s="41"/>
       <c r="F47" s="21"/>
       <c r="G47" s="21"/>
       <c r="H47" s="21"/>
       <c r="I47" s="21"/>
       <c r="J47" s="21"/>
     </row>
     <row r="48" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A48"/>
+      <c r="B48" s="40"/>
+      <c r="C48" s="21"/>
+      <c r="D48" s="21"/>
+      <c r="E48" s="21"/>
+      <c r="F48" s="21"/>
+      <c r="G48" s="21"/>
+      <c r="H48" s="21"/>
+      <c r="I48" s="21"/>
+      <c r="J48" s="21"/>
     </row>
     <row r="49" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A49"/>
     </row>
+    <row r="50" spans="1:1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A50"/>
+    </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="L43:M43"/>
+    <mergeCell ref="L44:M44"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8CAD0A99-A858-4AEF-ADD5-E05BEFCF52C7}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
-  <dimension ref="A1:F75"/>
+  <dimension ref="A1:G79"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A47" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I61" sqref="I61"/>
+      <pane ySplit="3" topLeftCell="A58" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B76" sqref="B76:G77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.6" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="77" customWidth="1"/>
     <col min="2" max="2" width="16.7109375" style="7" customWidth="1"/>
     <col min="3" max="3" width="19.140625" style="69" customWidth="1"/>
     <col min="4" max="5" width="19.140625" style="7" customWidth="1"/>
     <col min="6" max="6" width="19.140625" style="58" customWidth="1"/>
     <col min="7" max="255" width="8.85546875" style="7"/>
     <col min="256" max="256" width="12.7109375" style="7" customWidth="1"/>
     <col min="257" max="257" width="20.7109375" style="7" customWidth="1"/>
     <col min="258" max="258" width="5.85546875" style="7" customWidth="1"/>
     <col min="259" max="260" width="20.7109375" style="7" customWidth="1"/>
     <col min="261" max="511" width="8.85546875" style="7"/>
     <col min="512" max="512" width="12.7109375" style="7" customWidth="1"/>
     <col min="513" max="513" width="20.7109375" style="7" customWidth="1"/>
     <col min="514" max="514" width="5.85546875" style="7" customWidth="1"/>
     <col min="515" max="516" width="20.7109375" style="7" customWidth="1"/>
     <col min="517" max="767" width="8.85546875" style="7"/>
     <col min="768" max="768" width="12.7109375" style="7" customWidth="1"/>
     <col min="769" max="769" width="20.7109375" style="7" customWidth="1"/>
     <col min="770" max="770" width="5.85546875" style="7" customWidth="1"/>
     <col min="771" max="772" width="20.7109375" style="7" customWidth="1"/>
     <col min="773" max="1023" width="8.85546875" style="7"/>
@@ -7137,265 +7215,313 @@
       <c r="C57" s="66" t="s">
         <v>92</v>
       </c>
       <c r="D57" s="67"/>
       <c r="E57" s="66" t="str">
         <f>C57</f>
         <v>5.00% / $2,500</v>
       </c>
     </row>
     <row r="58" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="74" t="s">
         <v>143</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>141</v>
       </c>
       <c r="C58" s="129" t="s">
         <v>142</v>
       </c>
       <c r="D58" s="130"/>
       <c r="E58" s="129" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="59" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="74"/>
-[...1 lines deleted...]
-      <c r="C59" s="129"/>
+      <c r="A59" s="74" t="s">
+        <v>157</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="C59" s="129" t="s">
+        <v>158</v>
+      </c>
       <c r="D59" s="130"/>
-      <c r="E59" s="78" t="s">
-[...3 lines deleted...]
-        <v>45588</v>
+      <c r="E59" s="129" t="s">
+        <v>158</v>
       </c>
     </row>
     <row r="60" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="74"/>
-      <c r="B60" s="41" t="s">
+      <c r="B60" s="5"/>
+      <c r="C60" s="129"/>
+      <c r="D60" s="130"/>
+      <c r="E60" s="78" t="s">
+        <v>53</v>
+      </c>
+      <c r="F60" s="79">
+        <v>45905</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="74"/>
+      <c r="B61" s="41" t="s">
         <v>3</v>
       </c>
-      <c r="C60" s="78"/>
-[...8 lines deleted...]
-      </c>
       <c r="C61" s="78"/>
-      <c r="D61" s="41"/>
-[...1 lines deleted...]
-      <c r="F61" s="80"/>
+      <c r="F61" s="7"/>
     </row>
     <row r="62" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="74" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B62" s="41" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C62" s="78"/>
       <c r="D62" s="41"/>
       <c r="E62" s="41"/>
       <c r="F62" s="80"/>
     </row>
     <row r="63" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="74" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B63" s="41" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C63" s="78"/>
       <c r="D63" s="41"/>
       <c r="E63" s="41"/>
       <c r="F63" s="80"/>
     </row>
     <row r="64" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="74" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B64" s="41" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C64" s="78"/>
       <c r="D64" s="41"/>
       <c r="E64" s="41"/>
       <c r="F64" s="80"/>
     </row>
-    <row r="65" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="74"/>
+    <row r="65" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="74" t="s">
+        <v>82</v>
+      </c>
       <c r="B65" s="41" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C65" s="78"/>
       <c r="D65" s="41"/>
       <c r="E65" s="41"/>
       <c r="F65" s="80"/>
     </row>
-    <row r="66" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="66" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="74"/>
       <c r="B66" s="41" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C66" s="78"/>
       <c r="D66" s="41"/>
       <c r="E66" s="41"/>
       <c r="F66" s="80"/>
     </row>
-    <row r="67" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="74"/>
+    <row r="67" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="74" t="s">
+        <v>83</v>
+      </c>
       <c r="B67" s="41" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C67" s="78"/>
       <c r="D67" s="41"/>
       <c r="E67" s="41"/>
       <c r="F67" s="80"/>
     </row>
-    <row r="68" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="68" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="74"/>
       <c r="B68" s="41" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C68" s="78"/>
       <c r="D68" s="41"/>
       <c r="E68" s="41"/>
       <c r="F68" s="80"/>
     </row>
-    <row r="69" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="74" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B69" s="41" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C69" s="78"/>
       <c r="D69" s="41"/>
       <c r="E69" s="41"/>
       <c r="F69" s="80"/>
     </row>
-    <row r="70" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="74" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B70" s="41" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C70" s="78"/>
       <c r="D70" s="41"/>
       <c r="E70" s="41"/>
       <c r="F70" s="80"/>
     </row>
-    <row r="71" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="74" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>87</v>
+      </c>
+      <c r="B71" s="41" t="s">
+        <v>102</v>
       </c>
       <c r="C71" s="78"/>
       <c r="D71" s="41"/>
       <c r="E71" s="41"/>
       <c r="F71" s="80"/>
     </row>
-    <row r="72" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A72" s="77" t="s">
+    <row r="72" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="74" t="s">
+        <v>89</v>
+      </c>
+      <c r="B72" s="81" t="s">
+        <v>147</v>
+      </c>
+      <c r="C72" s="78"/>
+      <c r="D72" s="41"/>
+      <c r="E72" s="41"/>
+      <c r="F72" s="80"/>
+    </row>
+    <row r="73" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="77" t="s">
         <v>90</v>
       </c>
-      <c r="B72" s="81" t="s">
+      <c r="B73" s="81" t="s">
         <v>148</v>
-      </c>
-[...10 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C73" s="82"/>
       <c r="D73" s="21"/>
       <c r="E73" s="21"/>
       <c r="F73" s="80"/>
     </row>
-    <row r="74" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="77" t="s">
-        <v>143</v>
+        <v>91</v>
       </c>
       <c r="B74" s="81" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C74" s="82"/>
       <c r="D74" s="21"/>
       <c r="E74" s="21"/>
       <c r="F74" s="80"/>
     </row>
-    <row r="75" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B75" s="21"/>
+    <row r="75" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="77" t="s">
+        <v>143</v>
+      </c>
+      <c r="B75" s="81" t="s">
+        <v>145</v>
+      </c>
       <c r="C75" s="82"/>
       <c r="D75" s="21"/>
       <c r="E75" s="21"/>
       <c r="F75" s="80"/>
     </row>
+    <row r="76" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="74" t="s">
+        <v>157</v>
+      </c>
+      <c r="B76" s="155" t="s">
+        <v>159</v>
+      </c>
+      <c r="C76" s="155"/>
+      <c r="D76" s="155"/>
+      <c r="E76" s="155"/>
+      <c r="F76" s="155"/>
+      <c r="G76" s="155"/>
+    </row>
+    <row r="77" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B77" s="155"/>
+      <c r="C77" s="155"/>
+      <c r="D77" s="155"/>
+      <c r="E77" s="155"/>
+      <c r="F77" s="155"/>
+      <c r="G77" s="155"/>
+    </row>
+    <row r="78" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B78" s="149"/>
+      <c r="C78" s="149"/>
+      <c r="D78" s="149"/>
+      <c r="E78" s="149"/>
+      <c r="F78" s="149"/>
+      <c r="G78" s="149"/>
+    </row>
+    <row r="79" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="149"/>
+      <c r="C79" s="149"/>
+      <c r="D79" s="149"/>
+      <c r="E79" s="149"/>
+      <c r="F79" s="149"/>
+      <c r="G79" s="149"/>
+    </row>
   </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="B76:G77"/>
+  </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup scale="96" firstPageNumber="62" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4A282810-C965-4F12-A782-4768832801DE}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
-  <dimension ref="A1:D57"/>
+  <dimension ref="A1:D58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <pane ySplit="4" topLeftCell="A38" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="R34" sqref="R34"/>
+      <pane ySplit="4" topLeftCell="A25" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B40" sqref="B40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.85546875" style="7" customWidth="1"/>
     <col min="2" max="3" width="16.42578125" style="7" customWidth="1"/>
     <col min="4" max="4" width="17.28515625" style="7" customWidth="1"/>
     <col min="5" max="255" width="8.85546875" style="7"/>
     <col min="256" max="256" width="12.7109375" style="7" customWidth="1"/>
     <col min="257" max="257" width="20.7109375" style="7" customWidth="1"/>
     <col min="258" max="258" width="5.85546875" style="7" customWidth="1"/>
     <col min="259" max="260" width="20.7109375" style="7" customWidth="1"/>
     <col min="261" max="511" width="8.85546875" style="7"/>
     <col min="512" max="512" width="12.7109375" style="7" customWidth="1"/>
     <col min="513" max="513" width="20.7109375" style="7" customWidth="1"/>
     <col min="514" max="514" width="5.85546875" style="7" customWidth="1"/>
     <col min="515" max="516" width="20.7109375" style="7" customWidth="1"/>
     <col min="517" max="767" width="8.85546875" style="7"/>
     <col min="768" max="768" width="12.7109375" style="7" customWidth="1"/>
     <col min="769" max="769" width="20.7109375" style="7" customWidth="1"/>
     <col min="770" max="770" width="5.85546875" style="7" customWidth="1"/>
     <col min="771" max="772" width="20.7109375" style="7" customWidth="1"/>
     <col min="773" max="1023" width="8.85546875" style="7"/>
     <col min="1024" max="1024" width="12.7109375" style="7" customWidth="1"/>
     <col min="1025" max="1025" width="20.7109375" style="7" customWidth="1"/>
@@ -7693,55 +7819,55 @@
     <col min="15875" max="15876" width="20.7109375" style="7" customWidth="1"/>
     <col min="15877" max="16127" width="8.85546875" style="7"/>
     <col min="16128" max="16128" width="12.7109375" style="7" customWidth="1"/>
     <col min="16129" max="16129" width="20.7109375" style="7" customWidth="1"/>
     <col min="16130" max="16130" width="5.85546875" style="7" customWidth="1"/>
     <col min="16131" max="16132" width="20.7109375" style="7" customWidth="1"/>
     <col min="16133" max="16384" width="8.85546875" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="2" customFormat="1" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>103</v>
       </c>
       <c r="B1" s="71"/>
       <c r="C1" s="71"/>
       <c r="D1" s="71"/>
     </row>
     <row r="2" spans="1:4" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="60"/>
       <c r="B2" s="60"/>
       <c r="C2" s="60"/>
       <c r="D2" s="60"/>
     </row>
     <row r="3" spans="1:4" s="88" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="87"/>
-      <c r="B3" s="155" t="s">
+      <c r="B3" s="156" t="s">
         <v>104</v>
       </c>
-      <c r="C3" s="155"/>
-      <c r="D3" s="155"/>
+      <c r="C3" s="156"/>
+      <c r="D3" s="156"/>
     </row>
     <row r="4" spans="1:4" s="90" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
       <c r="A4" s="83" t="s">
         <v>136</v>
       </c>
       <c r="B4" s="83" t="s">
         <v>105</v>
       </c>
       <c r="C4" s="83" t="s">
         <v>106</v>
       </c>
       <c r="D4" s="83" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="5" spans="1:4" s="89" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="5">
         <v>1991</v>
       </c>
       <c r="B5" s="84">
         <v>0.17</v>
       </c>
       <c r="C5" s="84">
         <v>0.1</v>
       </c>
@@ -8206,117 +8332,132 @@
         <v>2.4E-2</v>
       </c>
       <c r="C38" s="86">
         <v>0</v>
       </c>
       <c r="D38" s="86">
         <f>SUM(B38:C38)</f>
         <v>2.4E-2</v>
       </c>
     </row>
     <row r="39" spans="1:4" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="5">
         <v>2025</v>
       </c>
       <c r="B39" s="86">
         <v>3.9E-2</v>
       </c>
       <c r="C39" s="86">
         <v>0</v>
       </c>
       <c r="D39" s="86">
         <f>SUM(B39:C39)</f>
         <v>3.9E-2</v>
       </c>
     </row>
-    <row r="40" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C40" s="78" t="s">
+    <row r="40" spans="1:4" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="5">
+        <v>2026</v>
+      </c>
+      <c r="B40" s="86">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="C40" s="86">
+        <v>0</v>
+      </c>
+      <c r="D40" s="86">
+        <f>SUM(B40:C40)</f>
+        <v>4.5999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A41" s="81"/>
+      <c r="B41" s="41"/>
+      <c r="C41" s="78" t="s">
         <v>53</v>
       </c>
-      <c r="D40" s="79">
-[...3 lines deleted...]
-    <row r="41" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
+      <c r="D41" s="79">
+        <v>46006</v>
+      </c>
+    </row>
     <row r="42" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="43" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="44" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="45" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="46" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="47" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="48" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="49" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="50" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="51" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="52" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="53" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="54" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="55" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="56" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-    <row r="57" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D57" s="21"/>
+    <row r="57" spans="1:4" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
+    <row r="58" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A58" s="21"/>
+      <c r="B58" s="21"/>
+      <c r="C58" s="21"/>
+      <c r="D58" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B3:D3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="62" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{246DA96B-B3F4-4A79-A617-6D42AC15F72B}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0" fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E39"/>
+  <dimension ref="A1:E40"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <pane ySplit="4" topLeftCell="A26" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F30" sqref="F30"/>
+      <pane ySplit="4" topLeftCell="A14" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="H30" sqref="H30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.85546875" style="7" customWidth="1"/>
     <col min="2" max="3" width="16.42578125" style="7" customWidth="1"/>
     <col min="4" max="4" width="17" style="7" customWidth="1"/>
-    <col min="5" max="5" width="16.7109375" style="7" customWidth="1"/>
+    <col min="5" max="5" width="17.5703125" style="7" bestFit="1" customWidth="1"/>
     <col min="6" max="255" width="8.85546875" style="7"/>
     <col min="256" max="256" width="12.7109375" style="7" customWidth="1"/>
     <col min="257" max="257" width="20.7109375" style="7" customWidth="1"/>
     <col min="258" max="258" width="5.85546875" style="7" customWidth="1"/>
     <col min="259" max="260" width="20.7109375" style="7" customWidth="1"/>
     <col min="261" max="511" width="8.85546875" style="7"/>
     <col min="512" max="512" width="12.7109375" style="7" customWidth="1"/>
     <col min="513" max="513" width="20.7109375" style="7" customWidth="1"/>
     <col min="514" max="514" width="5.85546875" style="7" customWidth="1"/>
     <col min="515" max="516" width="20.7109375" style="7" customWidth="1"/>
     <col min="517" max="767" width="8.85546875" style="7"/>
     <col min="768" max="768" width="12.7109375" style="7" customWidth="1"/>
     <col min="769" max="769" width="20.7109375" style="7" customWidth="1"/>
     <col min="770" max="770" width="5.85546875" style="7" customWidth="1"/>
     <col min="771" max="772" width="20.7109375" style="7" customWidth="1"/>
     <col min="773" max="1023" width="8.85546875" style="7"/>
     <col min="1024" max="1024" width="12.7109375" style="7" customWidth="1"/>
     <col min="1025" max="1025" width="20.7109375" style="7" customWidth="1"/>
     <col min="1026" max="1026" width="5.85546875" style="7" customWidth="1"/>
     <col min="1027" max="1028" width="20.7109375" style="7" customWidth="1"/>
     <col min="1029" max="1279" width="8.85546875" style="7"/>
     <col min="1280" max="1280" width="12.7109375" style="7" customWidth="1"/>
     <col min="1281" max="1281" width="20.7109375" style="7" customWidth="1"/>
     <col min="1282" max="1282" width="5.85546875" style="7" customWidth="1"/>
     <col min="1283" max="1284" width="20.7109375" style="7" customWidth="1"/>
@@ -8593,76 +8734,76 @@
     <col min="15109" max="15359" width="8.85546875" style="7"/>
     <col min="15360" max="15360" width="12.7109375" style="7" customWidth="1"/>
     <col min="15361" max="15361" width="20.7109375" style="7" customWidth="1"/>
     <col min="15362" max="15362" width="5.85546875" style="7" customWidth="1"/>
     <col min="15363" max="15364" width="20.7109375" style="7" customWidth="1"/>
     <col min="15365" max="15615" width="8.85546875" style="7"/>
     <col min="15616" max="15616" width="12.7109375" style="7" customWidth="1"/>
     <col min="15617" max="15617" width="20.7109375" style="7" customWidth="1"/>
     <col min="15618" max="15618" width="5.85546875" style="7" customWidth="1"/>
     <col min="15619" max="15620" width="20.7109375" style="7" customWidth="1"/>
     <col min="15621" max="15871" width="8.85546875" style="7"/>
     <col min="15872" max="15872" width="12.7109375" style="7" customWidth="1"/>
     <col min="15873" max="15873" width="20.7109375" style="7" customWidth="1"/>
     <col min="15874" max="15874" width="5.85546875" style="7" customWidth="1"/>
     <col min="15875" max="15876" width="20.7109375" style="7" customWidth="1"/>
     <col min="15877" max="16127" width="8.85546875" style="7"/>
     <col min="16128" max="16128" width="12.7109375" style="7" customWidth="1"/>
     <col min="16129" max="16129" width="20.7109375" style="7" customWidth="1"/>
     <col min="16130" max="16130" width="5.85546875" style="7" customWidth="1"/>
     <col min="16131" max="16132" width="20.7109375" style="7" customWidth="1"/>
     <col min="16133" max="16382" width="8.85546875" style="7"/>
     <col min="16383" max="16384" width="9.140625" style="7" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="2" customFormat="1" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="156" t="s">
+      <c r="A1" s="157" t="s">
         <v>108</v>
       </c>
-      <c r="B1" s="156"/>
-[...2 lines deleted...]
-      <c r="E1" s="156"/>
+      <c r="B1" s="157"/>
+      <c r="C1" s="157"/>
+      <c r="D1" s="157"/>
+      <c r="E1" s="157"/>
     </row>
     <row r="2" spans="1:5" ht="9.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="60"/>
       <c r="B2" s="60"/>
       <c r="C2" s="60"/>
       <c r="D2" s="60"/>
     </row>
     <row r="3" spans="1:5" s="88" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A3" s="94" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="157" t="s">
+      <c r="B3" s="158" t="s">
         <v>109</v>
       </c>
-      <c r="C3" s="158"/>
-      <c r="D3" s="157" t="s">
+      <c r="C3" s="159"/>
+      <c r="D3" s="158" t="s">
         <v>110</v>
       </c>
-      <c r="E3" s="158"/>
+      <c r="E3" s="159"/>
     </row>
     <row r="4" spans="1:5" s="88" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A4" s="91" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="95" t="s">
         <v>105</v>
       </c>
       <c r="C4" s="96" t="s">
         <v>111</v>
       </c>
       <c r="D4" s="91" t="s">
         <v>105</v>
       </c>
       <c r="E4" s="110" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="97">
         <v>6.8500000000000005E-2</v>
       </c>
@@ -8998,193 +9139,211 @@
       <c r="D24" s="92">
         <f>D23+0.01</f>
         <v>0.20240000000000002</v>
       </c>
       <c r="E24" s="93">
         <v>9.7500000000000003E-2</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="97">
         <v>0.18559999999999999</v>
       </c>
       <c r="C25" s="98">
         <v>0.09</v>
       </c>
       <c r="D25" s="92">
         <v>0.21240000000000001</v>
       </c>
       <c r="E25" s="93">
         <v>9.7500000000000003E-2</v>
       </c>
     </row>
-    <row r="26" spans="1:5" s="21" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="138" t="s">
+    <row r="26" spans="1:5" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="146" t="s">
         <v>141</v>
       </c>
-      <c r="B26" s="139">
+      <c r="B26" s="99">
         <v>0.18559999999999999</v>
       </c>
-      <c r="C26" s="140">
+      <c r="C26" s="93">
         <v>0.09</v>
       </c>
-      <c r="D26" s="141">
+      <c r="D26" s="109">
         <v>0.21240000000000001</v>
       </c>
-      <c r="E26" s="142">
+      <c r="E26" s="93">
         <v>9.7500000000000003E-2</v>
       </c>
     </row>
-    <row r="27" spans="1:5" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      </c>
+    <row r="27" spans="1:5" s="21" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="134" t="s">
+        <v>156</v>
+      </c>
+      <c r="B27" s="135">
+        <v>0.18559999999999999</v>
+      </c>
+      <c r="C27" s="148">
+        <v>0.09</v>
+      </c>
+      <c r="D27" s="147">
+        <v>0.21240000000000001</v>
+      </c>
+      <c r="E27" s="93">
+        <v>9.7500000000000003E-2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="5"/>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
+      <c r="D28" s="78" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" s="136">
+        <v>45905</v>
+      </c>
     </row>
     <row r="29" spans="1:5" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A29" s="113" t="s">
-        <v>151</v>
+      <c r="A29" s="41" t="s">
+        <v>112</v>
       </c>
       <c r="B29" s="41"/>
       <c r="C29" s="41"/>
-      <c r="D29" s="41"/>
     </row>
     <row r="30" spans="1:5" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="113" t="s">
-        <v>113</v>
+        <v>151</v>
       </c>
       <c r="B30" s="41"/>
       <c r="C30" s="41"/>
       <c r="D30" s="41"/>
     </row>
     <row r="31" spans="1:5" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="113" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B31" s="41"/>
       <c r="C31" s="41"/>
       <c r="D31" s="41"/>
     </row>
     <row r="32" spans="1:5" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="113" t="s">
-        <v>149</v>
+        <v>114</v>
       </c>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
     </row>
     <row r="33" spans="1:5" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="113" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B33" s="41"/>
       <c r="C33" s="41"/>
       <c r="D33" s="41"/>
     </row>
     <row r="34" spans="1:5" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A34" s="104"/>
+      <c r="A34" s="113" t="s">
+        <v>150</v>
+      </c>
       <c r="B34" s="41"/>
       <c r="C34" s="41"/>
       <c r="D34" s="41"/>
     </row>
     <row r="35" spans="1:5" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A35" s="104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A35" s="104"/>
       <c r="B35" s="41"/>
       <c r="C35" s="41"/>
       <c r="D35" s="41"/>
     </row>
     <row r="36" spans="1:5" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A36" s="41" t="s">
-        <v>116</v>
+      <c r="A36" s="104" t="s">
+        <v>115</v>
       </c>
       <c r="B36" s="41"/>
       <c r="C36" s="41"/>
       <c r="D36" s="41"/>
     </row>
     <row r="37" spans="1:5" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A37" s="41" t="s">
-        <v>117</v>
-      </c>
+        <v>116</v>
+      </c>
+      <c r="B37" s="41"/>
+      <c r="C37" s="41"/>
       <c r="D37" s="41"/>
     </row>
     <row r="38" spans="1:5" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A38" s="41" t="s">
+        <v>117</v>
+      </c>
+      <c r="D38" s="41"/>
+    </row>
+    <row r="39" spans="1:5" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A39" s="41" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="39" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="E39" s="21"/>
+    <row r="40" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A40" s="21"/>
+      <c r="D40" s="21"/>
+      <c r="E40" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:E3"/>
   </mergeCells>
+  <phoneticPr fontId="3" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="62" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="2">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB984B52-F2EB-4EAE-AA3B-BB4114F9B80F}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
-  <dimension ref="A1:K72"/>
+  <dimension ref="A1:K73"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="D68" sqref="D68"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A46" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="H57" sqref="H57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="17.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="20" customWidth="1"/>
     <col min="2" max="2" width="14.140625" style="7" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="6" width="20" style="7" customWidth="1"/>
     <col min="7" max="7" width="21.140625" style="7" customWidth="1"/>
     <col min="8" max="8" width="18.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="8.85546875" style="7"/>
     <col min="10" max="12" width="10.28515625" style="7" bestFit="1" customWidth="1"/>
     <col min="13" max="258" width="8.85546875" style="7"/>
     <col min="259" max="259" width="15.7109375" style="7" customWidth="1"/>
     <col min="260" max="263" width="21.28515625" style="7" customWidth="1"/>
     <col min="264" max="514" width="8.85546875" style="7"/>
     <col min="515" max="515" width="15.7109375" style="7" customWidth="1"/>
     <col min="516" max="519" width="21.28515625" style="7" customWidth="1"/>
     <col min="520" max="770" width="8.85546875" style="7"/>
     <col min="771" max="771" width="15.7109375" style="7" customWidth="1"/>
     <col min="772" max="775" width="21.28515625" style="7" customWidth="1"/>
     <col min="776" max="1026" width="8.85546875" style="7"/>
     <col min="1027" max="1027" width="15.7109375" style="7" customWidth="1"/>
     <col min="1028" max="1031" width="21.28515625" style="7" customWidth="1"/>
     <col min="1032" max="1282" width="8.85546875" style="7"/>
@@ -10329,156 +10488,172 @@
       <c r="D58" s="111">
         <v>46545</v>
       </c>
       <c r="E58" s="111">
         <v>10400</v>
       </c>
       <c r="F58" s="111"/>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B59" s="5" t="s">
         <v>141</v>
       </c>
       <c r="C59" s="111">
         <v>106078</v>
       </c>
       <c r="D59" s="111">
         <v>46545</v>
       </c>
       <c r="E59" s="111">
         <v>10400</v>
       </c>
       <c r="F59" s="111"/>
       <c r="G59" s="6"/>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B60" s="5"/>
-[...7 lines deleted...]
-      </c>
+      <c r="B60" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="C60" s="111">
+        <v>106078</v>
+      </c>
+      <c r="D60" s="111">
+        <v>46545</v>
+      </c>
+      <c r="E60" s="111">
+        <v>10400</v>
+      </c>
+      <c r="F60" s="111"/>
       <c r="G60" s="6"/>
     </row>
-    <row r="61" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="20"/>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B61" s="5"/>
       <c r="C61" s="7"/>
       <c r="D61" s="6"/>
-      <c r="E61" s="107"/>
-[...1 lines deleted...]
-      <c r="G61" s="105"/>
+      <c r="E61" s="137" t="s">
+        <v>53</v>
+      </c>
+      <c r="F61" s="136">
+        <v>45905</v>
+      </c>
+      <c r="G61" s="6"/>
     </row>
     <row r="62" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="103">
-[...8 lines deleted...]
-      <c r="G62" s="106"/>
+      <c r="A62" s="20"/>
+      <c r="B62" s="5"/>
+      <c r="C62" s="7"/>
+      <c r="D62" s="6"/>
+      <c r="E62" s="107"/>
+      <c r="F62" s="108"/>
+      <c r="G62" s="105"/>
     </row>
     <row r="63" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A63" s="103">
-        <v>2</v>
-[...6 lines deleted...]
-      <c r="F63" s="106"/>
+        <v>1</v>
+      </c>
+      <c r="B63" s="105" t="s">
+        <v>140</v>
+      </c>
+      <c r="D63" s="105"/>
+      <c r="E63" s="105"/>
+      <c r="F63" s="105"/>
       <c r="G63" s="106"/>
     </row>
     <row r="64" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A64" s="103">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B64" s="106" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D64" s="106"/>
       <c r="E64" s="106"/>
       <c r="F64" s="106"/>
       <c r="G64" s="106"/>
     </row>
     <row r="65" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A65" s="103">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B65" s="106" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D65" s="106"/>
       <c r="E65" s="106"/>
       <c r="F65" s="106"/>
       <c r="G65" s="106"/>
     </row>
     <row r="66" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A66" s="103">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B66" s="106" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D66" s="106"/>
       <c r="E66" s="106"/>
       <c r="F66" s="106"/>
+      <c r="G66" s="106"/>
     </row>
     <row r="67" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="20"/>
+      <c r="A67" s="103">
+        <v>5</v>
+      </c>
+      <c r="B67" s="106" t="s">
+        <v>127</v>
+      </c>
+      <c r="D67" s="106"/>
+      <c r="E67" s="106"/>
+      <c r="F67" s="106"/>
     </row>
     <row r="68" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A68" s="20"/>
-      <c r="B68" s="104" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="69" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A69" s="20"/>
-      <c r="B69" s="41" t="s">
-        <v>128</v>
+      <c r="B69" s="104" t="s">
+        <v>115</v>
       </c>
     </row>
     <row r="70" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A70" s="20"/>
+      <c r="B70" s="41" t="s">
+        <v>128</v>
+      </c>
     </row>
     <row r="71" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A71" s="20"/>
     </row>
-    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="F72" s="21"/>
+    <row r="72" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="20"/>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B73" s="21"/>
+      <c r="C73" s="21"/>
+      <c r="D73" s="21"/>
+      <c r="E73" s="21"/>
+      <c r="F73" s="21"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="64" fitToHeight="7" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>