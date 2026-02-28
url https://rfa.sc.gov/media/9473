--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -11,137 +11,255 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2025\State Employee Salaries, Benefits, and FTEs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8DB74F0C-179B-4F78-BD21-DCD6C5860348}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8BB9E10F-0404-4D8A-B1B0-228F11D8E1E0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="5" xr2:uid="{1214A97D-275F-43D7-A967-973DF254A77C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{1214A97D-275F-43D7-A967-973DF254A77C}"/>
   </bookViews>
   <sheets>
     <sheet name="FTE Limit" sheetId="1" r:id="rId1"/>
     <sheet name="Filled vs Vacant " sheetId="4" r:id="rId2"/>
     <sheet name="Salary Adjustments" sheetId="9" r:id="rId3"/>
     <sheet name="State Health Plan" sheetId="10" r:id="rId4"/>
     <sheet name="Retirement Contribution Rates" sheetId="11" r:id="rId5"/>
     <sheet name="State Officers Salary Schedule" sheetId="12" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'FTE Limit'!$B$1:$F$71</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'Retirement Contribution Rates'!$A$1:$E$36</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Salary Adjustments'!$A$1:$F$74</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'State Health Plan'!$A$1:$D$38</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'State Officers Salary Schedule'!$B$1:$G$62</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D49" i="1" l="1"/>
+  <c r="D6" i="4" l="1"/>
+  <c r="M5" i="4"/>
+  <c r="K6" i="4"/>
+  <c r="L6" i="4"/>
+  <c r="M6" i="4"/>
+  <c r="K7" i="4"/>
+  <c r="L7" i="4"/>
+  <c r="M7" i="4"/>
+  <c r="K8" i="4"/>
+  <c r="L8" i="4"/>
+  <c r="M8" i="4"/>
+  <c r="K9" i="4"/>
+  <c r="L9" i="4"/>
+  <c r="M9" i="4"/>
+  <c r="K10" i="4"/>
+  <c r="L10" i="4"/>
+  <c r="M10" i="4"/>
+  <c r="K11" i="4"/>
+  <c r="L11" i="4"/>
+  <c r="M11" i="4"/>
+  <c r="K12" i="4"/>
+  <c r="L12" i="4"/>
+  <c r="M12" i="4"/>
+  <c r="K13" i="4"/>
+  <c r="L13" i="4"/>
+  <c r="M13" i="4"/>
+  <c r="K14" i="4"/>
+  <c r="L14" i="4"/>
+  <c r="M14" i="4"/>
+  <c r="K15" i="4"/>
+  <c r="L15" i="4"/>
+  <c r="M15" i="4"/>
+  <c r="K16" i="4"/>
+  <c r="L16" i="4"/>
+  <c r="M16" i="4"/>
+  <c r="K17" i="4"/>
+  <c r="L17" i="4"/>
+  <c r="M17" i="4"/>
+  <c r="K18" i="4"/>
+  <c r="L18" i="4"/>
+  <c r="M18" i="4"/>
+  <c r="K19" i="4"/>
+  <c r="L19" i="4"/>
+  <c r="M19" i="4"/>
+  <c r="K20" i="4"/>
+  <c r="L20" i="4"/>
+  <c r="M20" i="4"/>
+  <c r="K21" i="4"/>
+  <c r="L21" i="4"/>
+  <c r="M21" i="4"/>
+  <c r="K22" i="4"/>
+  <c r="L22" i="4"/>
+  <c r="M22" i="4"/>
+  <c r="K23" i="4"/>
+  <c r="L23" i="4"/>
+  <c r="M23" i="4"/>
+  <c r="K24" i="4"/>
+  <c r="L24" i="4"/>
+  <c r="M24" i="4"/>
+  <c r="K25" i="4"/>
+  <c r="L25" i="4"/>
+  <c r="M25" i="4"/>
+  <c r="K26" i="4"/>
+  <c r="L26" i="4"/>
+  <c r="M26" i="4"/>
+  <c r="K27" i="4"/>
+  <c r="L27" i="4"/>
+  <c r="M27" i="4"/>
+  <c r="K28" i="4"/>
+  <c r="L28" i="4"/>
+  <c r="M28" i="4"/>
+  <c r="K29" i="4"/>
+  <c r="L29" i="4"/>
+  <c r="M29" i="4"/>
+  <c r="K30" i="4"/>
+  <c r="L30" i="4"/>
+  <c r="M30" i="4"/>
+  <c r="K31" i="4"/>
+  <c r="L31" i="4"/>
+  <c r="M31" i="4"/>
+  <c r="K32" i="4"/>
+  <c r="L32" i="4"/>
+  <c r="M32" i="4"/>
+  <c r="K33" i="4"/>
+  <c r="L33" i="4"/>
+  <c r="M33" i="4"/>
+  <c r="K34" i="4"/>
+  <c r="L34" i="4"/>
+  <c r="M34" i="4"/>
+  <c r="K35" i="4"/>
+  <c r="L35" i="4"/>
+  <c r="M35" i="4"/>
+  <c r="K36" i="4"/>
+  <c r="L36" i="4"/>
+  <c r="M36" i="4"/>
+  <c r="K37" i="4"/>
+  <c r="L37" i="4"/>
+  <c r="M37" i="4"/>
+  <c r="K38" i="4"/>
+  <c r="L38" i="4"/>
+  <c r="M38" i="4"/>
+  <c r="K39" i="4"/>
+  <c r="L39" i="4"/>
+  <c r="M39" i="4"/>
+  <c r="K40" i="4"/>
+  <c r="L40" i="4"/>
+  <c r="M40" i="4"/>
+  <c r="K41" i="4"/>
+  <c r="L41" i="4"/>
+  <c r="M41" i="4"/>
+  <c r="K42" i="4"/>
+  <c r="L42" i="4"/>
+  <c r="M42" i="4"/>
+  <c r="K43" i="4"/>
+  <c r="L43" i="4"/>
+  <c r="M43" i="4"/>
+  <c r="L5" i="4"/>
+  <c r="K5" i="4"/>
+  <c r="D49" i="1"/>
   <c r="D40" i="10"/>
   <c r="F49" i="1"/>
   <c r="D39" i="10"/>
   <c r="D48" i="1"/>
   <c r="F48" i="1"/>
   <c r="D23" i="11"/>
   <c r="D24" i="11" s="1"/>
   <c r="B23" i="11"/>
   <c r="B24" i="11" s="1"/>
   <c r="D38" i="10"/>
   <c r="D37" i="10"/>
   <c r="E57" i="9"/>
   <c r="E56" i="9"/>
   <c r="E24" i="9"/>
   <c r="E23" i="9"/>
   <c r="E22" i="9"/>
   <c r="E21" i="9"/>
   <c r="E20" i="9"/>
   <c r="E19" i="9"/>
   <c r="E18" i="9"/>
   <c r="E17" i="9"/>
   <c r="E16" i="9"/>
   <c r="E15" i="9"/>
   <c r="E14" i="9"/>
   <c r="E13" i="9"/>
   <c r="E12" i="9"/>
   <c r="E11" i="9"/>
   <c r="E10" i="9"/>
   <c r="E9" i="9"/>
   <c r="E8" i="9"/>
   <c r="E7" i="9"/>
   <c r="D47" i="1" l="1"/>
   <c r="F47" i="1" s="1"/>
   <c r="D46" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="359" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="362" uniqueCount="163">
   <si>
     <t>FISCAL</t>
   </si>
   <si>
     <t>YEAR</t>
   </si>
   <si>
     <t>CAPACITY</t>
   </si>
   <si>
     <t>NOTES:</t>
   </si>
   <si>
     <t>FEDERAL</t>
   </si>
   <si>
     <t>OTHER</t>
   </si>
   <si>
     <t xml:space="preserve">* Does not include exempt employees.  </t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
@@ -618,50 +736,59 @@
         <family val="2"/>
       </rPr>
       <t>11-11-420</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> sets a limit on the number of FTEs so that the annual increase in such number may not exceed the average growth rate in the population of the state.</t>
     </r>
   </si>
   <si>
     <t>2025-26</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2.00% / Other</t>
   </si>
   <si>
     <t>2.00% BPI for most state employees based on recommendations of an outside review of state employee salaries conducted by the Department of Administration</t>
+  </si>
+  <si>
+    <t>Note: Only reflects positions reported to State Human Resources</t>
+  </si>
+  <si>
+    <t>FTEs may not match to positions reported by State Human Resources due to timing differences in reporting</t>
+  </si>
+  <si>
+    <t>FTEs may not match to positions reported by Executive Budget Office for FTE limit due to timing differences in reporting</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="7">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -816,51 +943,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE8EBF0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="37">
+  <borders count="44">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
@@ -1169,61 +1296,50 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="3"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thick">
-        <color theme="1" tint="0.34998626667073579"/>
-[...9 lines deleted...]
-      <right style="thick">
         <color theme="3"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color theme="3"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
@@ -1238,61 +1354,159 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thick">
         <color theme="3"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="3"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color theme="3"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color theme="3"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color theme="3"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color theme="3"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="160">
+  <cellXfs count="171">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="37" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="43" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -1569,70 +1783,83 @@
     <xf numFmtId="43" fontId="7" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="28" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="37" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="43" fontId="7" fillId="4" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="19" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="7" fillId="0" borderId="30" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="32" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="37" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="38" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="39" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="4" borderId="40" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="4" borderId="41" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="40" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="41" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="42" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="43" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency 2" xfId="3" xr:uid="{0BC76F0B-0ECD-4FE0-9F46-0C1C1A093546}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{03640333-AF54-4AD2-908A-37023F0A9F79}"/>
     <cellStyle name="Normal 3" xfId="6" xr:uid="{F2E878EF-E502-425B-B289-1B29EC97D371}"/>
@@ -2855,52 +3082,52 @@
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C24DBE8-C5E6-4CDC-A866-3FDCA0B06C87}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A32" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="N40" sqref="N40"/>
+      <pane ySplit="3" topLeftCell="A38" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="F50" sqref="F50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.140625" style="4" customWidth="1"/>
     <col min="2" max="2" width="15.42578125" style="7" customWidth="1"/>
     <col min="3" max="3" width="16.140625" style="7" customWidth="1"/>
     <col min="4" max="4" width="19.28515625" style="7" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" style="7" customWidth="1"/>
     <col min="6" max="6" width="18.140625" style="11" bestFit="1" customWidth="1"/>
     <col min="7" max="255" width="8.85546875" style="7"/>
     <col min="256" max="256" width="7.7109375" style="7" customWidth="1"/>
     <col min="257" max="257" width="1.7109375" style="7" customWidth="1"/>
     <col min="258" max="258" width="12.7109375" style="7" customWidth="1"/>
     <col min="259" max="262" width="20.7109375" style="7" customWidth="1"/>
     <col min="263" max="511" width="8.85546875" style="7"/>
     <col min="512" max="512" width="7.7109375" style="7" customWidth="1"/>
     <col min="513" max="513" width="1.7109375" style="7" customWidth="1"/>
     <col min="514" max="514" width="12.7109375" style="7" customWidth="1"/>
     <col min="515" max="518" width="20.7109375" style="7" customWidth="1"/>
     <col min="519" max="767" width="8.85546875" style="7"/>
     <col min="768" max="768" width="7.7109375" style="7" customWidth="1"/>
     <col min="769" max="769" width="1.7109375" style="7" customWidth="1"/>
     <col min="770" max="770" width="12.7109375" style="7" customWidth="1"/>
     <col min="771" max="774" width="20.7109375" style="7" customWidth="1"/>
@@ -3961,137 +4188,139 @@
         <v>5190705</v>
       </c>
       <c r="D46" s="32">
         <f>C46*0.012231</f>
         <v>63487.512855000001</v>
       </c>
       <c r="E46" s="32">
         <v>35949.875999999997</v>
       </c>
       <c r="F46" s="116">
         <v>27537.636855000004</v>
       </c>
     </row>
     <row r="47" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="120" t="s">
         <v>52</v>
       </c>
       <c r="C47" s="18">
         <v>5391465.6788301598</v>
       </c>
       <c r="D47" s="30">
         <f>C47*0.012231</f>
         <v>65943.016717771694</v>
       </c>
       <c r="E47" s="30">
-        <v>36232.29</v>
+        <v>37246.33</v>
       </c>
       <c r="F47" s="115">
         <f>D47-E47</f>
-        <v>29710.726717771693</v>
+        <v>28696.686717771692</v>
       </c>
     </row>
     <row r="48" spans="1:6" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="4"/>
-      <c r="B48" s="5" t="s">
+      <c r="B48" s="153" t="s">
         <v>141</v>
       </c>
-      <c r="C48" s="139">
+      <c r="C48" s="19">
         <v>5373555</v>
       </c>
-      <c r="D48" s="140">
+      <c r="D48" s="32">
         <f>C48*0.012231</f>
         <v>65723.951205000005</v>
       </c>
-      <c r="E48" s="140">
+      <c r="E48" s="32">
         <v>37645.74</v>
       </c>
-      <c r="F48" s="141">
+      <c r="F48" s="116">
         <f>Table8[[#This Row],[FTE ANNUAL LIMITATION]]-Table8[[#This Row],[APPROPRIATED POSITIONS]]</f>
         <v>28078.211205000007</v>
       </c>
     </row>
     <row r="49" spans="1:6" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="s">
         <v>156</v>
       </c>
       <c r="C49" s="139">
         <v>5478831</v>
       </c>
       <c r="D49" s="140">
         <f>C49*0.012231</f>
         <v>67011.581961000004</v>
       </c>
       <c r="E49" s="140">
-        <v>37684.57</v>
+        <v>37922.85</v>
       </c>
       <c r="F49" s="141">
         <f>Table8[[#This Row],[FTE ANNUAL LIMITATION]]-Table8[[#This Row],[APPROPRIATED POSITIONS]]</f>
-        <v>29327.011961000004</v>
+        <v>29088.731961000005</v>
       </c>
     </row>
     <row r="50" spans="1:6" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="C50" s="104"/>
       <c r="D50" s="104"/>
       <c r="E50" s="78" t="s">
         <v>53</v>
       </c>
       <c r="F50" s="142">
-        <v>46006</v>
+        <v>46073</v>
       </c>
     </row>
     <row r="51" spans="1:6" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D51" s="23"/>
     </row>
     <row r="52" spans="1:6" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B52" s="25" t="s">
         <v>134</v>
       </c>
       <c r="D52" s="23"/>
       <c r="E52" s="23"/>
       <c r="F52" s="24"/>
     </row>
     <row r="53" spans="1:6" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B53" s="25" t="s">
         <v>155</v>
       </c>
       <c r="D53" s="23"/>
       <c r="E53" s="23"/>
       <c r="F53" s="24"/>
     </row>
     <row r="54" spans="1:6" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B54" s="25" t="s">
         <v>152</v>
       </c>
       <c r="D54" s="23"/>
       <c r="E54" s="23"/>
       <c r="F54" s="24"/>
     </row>
     <row r="55" spans="1:6" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A55" s="4"/>
-      <c r="B55" s="25"/>
+      <c r="B55" s="25" t="s">
+        <v>161</v>
+      </c>
       <c r="D55" s="23"/>
       <c r="E55" s="23"/>
       <c r="F55" s="24"/>
     </row>
     <row r="56" spans="1:6" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="4"/>
       <c r="B56" s="104" t="s">
         <v>154</v>
       </c>
       <c r="C56" s="23"/>
       <c r="D56" s="23"/>
       <c r="E56" s="23"/>
       <c r="F56" s="24"/>
     </row>
     <row r="57" spans="1:6" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="4"/>
       <c r="B57" s="23" t="s">
         <v>133</v>
       </c>
       <c r="C57" s="23"/>
       <c r="D57" s="23"/>
       <c r="E57" s="23"/>
       <c r="F57" s="24"/>
     </row>
     <row r="58" spans="1:6" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
@@ -4194,103 +4423,103 @@
     </row>
     <row r="73" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B73" s="16"/>
       <c r="D73" s="14"/>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="55" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C9BEFE9A-FA3D-4E4A-9130-836887F311E0}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:M50"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="H47" sqref="H47"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="4" topLeftCell="A26" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="L44" sqref="L44:M44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.7109375" style="38" bestFit="1" customWidth="1"/>
     <col min="2" max="13" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>139</v>
       </c>
       <c r="B1" s="112"/>
       <c r="C1" s="112"/>
       <c r="D1" s="112"/>
       <c r="E1" s="112"/>
       <c r="F1" s="112"/>
       <c r="G1" s="112"/>
       <c r="H1" s="112"/>
       <c r="I1" s="112"/>
       <c r="J1" s="112"/>
       <c r="K1" s="112"/>
       <c r="L1" s="112"/>
       <c r="M1" s="112"/>
     </row>
     <row r="2" spans="1:13" ht="7.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:13" s="43" customFormat="1" ht="19.5" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A3" s="45"/>
       <c r="B3" s="49" t="s">
         <v>51</v>
       </c>
       <c r="C3" s="50"/>
       <c r="D3" s="51"/>
       <c r="E3" s="49" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="50"/>
       <c r="G3" s="51"/>
       <c r="H3" s="49" t="s">
         <v>5</v>
       </c>
       <c r="I3" s="50"/>
       <c r="J3" s="51"/>
       <c r="K3" s="49" t="s">
         <v>129</v>
       </c>
       <c r="L3" s="50"/>
       <c r="M3" s="51"/>
     </row>
-    <row r="4" spans="1:13" s="39" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:13" s="39" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="46" t="s">
         <v>57</v>
       </c>
       <c r="B4" s="52" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="44" t="s">
         <v>55</v>
       </c>
       <c r="D4" s="53" t="s">
         <v>56</v>
       </c>
       <c r="E4" s="52" t="s">
         <v>54</v>
       </c>
       <c r="F4" s="44" t="s">
         <v>55</v>
       </c>
       <c r="G4" s="53" t="s">
         <v>56</v>
       </c>
       <c r="H4" s="52" t="s">
         <v>54</v>
       </c>
       <c r="I4" s="44" t="s">
@@ -4315,1681 +4544,1802 @@
       </c>
       <c r="B5" s="54">
         <v>37720.83</v>
       </c>
       <c r="C5" s="34">
         <v>35419.919999999998</v>
       </c>
       <c r="D5" s="55">
         <v>2300.91</v>
       </c>
       <c r="E5" s="54">
         <v>7992.45</v>
       </c>
       <c r="F5" s="34">
         <v>7295.58</v>
       </c>
       <c r="G5" s="55">
         <v>696.87</v>
       </c>
       <c r="H5" s="54">
         <v>19007.21</v>
       </c>
       <c r="I5" s="34">
         <v>17301.469999999998</v>
       </c>
-      <c r="J5" s="55">
+      <c r="J5" s="115">
         <v>1705.74</v>
       </c>
-      <c r="K5" s="54">
+      <c r="K5" s="156">
+        <f>B5+E5+H5</f>
         <v>64720.49</v>
       </c>
-      <c r="L5" s="34">
+      <c r="L5" s="157">
+        <f t="shared" ref="L5" si="0">C5+F5+I5</f>
         <v>60016.97</v>
       </c>
-      <c r="M5" s="55">
+      <c r="M5" s="158">
+        <f>D5+G5+J5</f>
         <v>4703.5199999999995</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="48" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="56">
         <v>38247.25</v>
       </c>
       <c r="C6" s="35">
         <v>35784.36</v>
       </c>
       <c r="D6" s="57">
-        <v>2462.89</v>
+        <f>B6-C6</f>
+        <v>2462.8899999999994</v>
       </c>
       <c r="E6" s="56">
         <v>8086.87</v>
       </c>
       <c r="F6" s="35">
         <v>7334.86</v>
       </c>
       <c r="G6" s="57">
         <v>752.01</v>
       </c>
       <c r="H6" s="56">
         <v>20101.18</v>
       </c>
       <c r="I6" s="35">
         <v>18285.010000000002</v>
       </c>
-      <c r="J6" s="57">
+      <c r="J6" s="116">
         <v>1816.17</v>
       </c>
-      <c r="K6" s="56">
+      <c r="K6" s="159">
+        <f t="shared" ref="K6:K43" si="1">B6+E6+H6</f>
         <v>66435.3</v>
       </c>
-      <c r="L6" s="35">
+      <c r="L6" s="56">
+        <f t="shared" ref="L6:L43" si="2">C6+F6+I6</f>
         <v>61404.23</v>
       </c>
-      <c r="M6" s="57">
+      <c r="M6" s="160">
+        <f t="shared" ref="M6:M43" si="3">D6+G6+J6</f>
         <v>5031.07</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7" s="47" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="54">
         <v>39666.75</v>
       </c>
       <c r="C7" s="34">
         <v>37050.35</v>
       </c>
       <c r="D7" s="55">
         <v>2616.4</v>
       </c>
       <c r="E7" s="54">
         <v>8160.45</v>
       </c>
       <c r="F7" s="34">
         <v>7361.7</v>
       </c>
       <c r="G7" s="55">
         <v>798.75</v>
       </c>
       <c r="H7" s="54">
         <v>20567.169999999998</v>
       </c>
       <c r="I7" s="34">
         <v>18717.079999999998</v>
       </c>
-      <c r="J7" s="55">
+      <c r="J7" s="115">
         <v>1850.09</v>
       </c>
-      <c r="K7" s="54">
+      <c r="K7" s="161">
+        <f t="shared" si="1"/>
         <v>68394.37</v>
       </c>
-      <c r="L7" s="34">
+      <c r="L7" s="54">
+        <f t="shared" si="2"/>
         <v>63129.12999999999</v>
       </c>
-      <c r="M7" s="55">
+      <c r="M7" s="162">
+        <f t="shared" si="3"/>
         <v>5265.24</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A8" s="48" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="56">
         <v>40667.769999999997</v>
       </c>
       <c r="C8" s="35">
         <v>37768.439999999995</v>
       </c>
       <c r="D8" s="57">
         <v>2899.33</v>
       </c>
       <c r="E8" s="56">
         <v>8319.9699999999993</v>
       </c>
       <c r="F8" s="35">
         <v>7410.369999999999</v>
       </c>
       <c r="G8" s="57">
         <v>909.6</v>
       </c>
       <c r="H8" s="56">
         <v>22033.51</v>
       </c>
       <c r="I8" s="35">
         <v>19963.669999999998</v>
       </c>
-      <c r="J8" s="57">
+      <c r="J8" s="116">
         <v>2069.84</v>
       </c>
-      <c r="K8" s="56">
+      <c r="K8" s="159">
+        <f t="shared" si="1"/>
         <v>71021.25</v>
       </c>
-      <c r="L8" s="35">
+      <c r="L8" s="56">
+        <f t="shared" si="2"/>
         <v>65142.479999999996</v>
       </c>
-      <c r="M8" s="57">
+      <c r="M8" s="160">
+        <f t="shared" si="3"/>
         <v>5878.77</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A9" s="47" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="54">
         <v>41441.699999999997</v>
       </c>
       <c r="C9" s="34">
         <v>38601.32</v>
       </c>
       <c r="D9" s="55">
         <v>2840.38</v>
       </c>
       <c r="E9" s="54">
         <v>8632.18</v>
       </c>
       <c r="F9" s="34">
         <v>7610.93</v>
       </c>
       <c r="G9" s="55">
         <v>1021.25</v>
       </c>
       <c r="H9" s="54">
         <v>22678.47</v>
       </c>
       <c r="I9" s="34">
         <v>20699.41</v>
       </c>
-      <c r="J9" s="55">
+      <c r="J9" s="115">
         <v>1979.06</v>
       </c>
-      <c r="K9" s="54">
+      <c r="K9" s="161">
+        <f t="shared" si="1"/>
         <v>72752.350000000006</v>
       </c>
-      <c r="L9" s="34">
+      <c r="L9" s="54">
+        <f t="shared" si="2"/>
         <v>66911.66</v>
       </c>
-      <c r="M9" s="55">
+      <c r="M9" s="162">
+        <f t="shared" si="3"/>
         <v>5840.6900000000005</v>
       </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10" s="48" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="56">
         <v>40420.1</v>
       </c>
       <c r="C10" s="35">
         <v>37165.96</v>
       </c>
       <c r="D10" s="57">
         <v>3254.14</v>
       </c>
       <c r="E10" s="56">
         <v>8740.44</v>
       </c>
       <c r="F10" s="35">
         <v>7543.5400000000009</v>
       </c>
       <c r="G10" s="57">
         <v>1196.9000000000001</v>
       </c>
       <c r="H10" s="56">
         <v>24709.040000000001</v>
       </c>
       <c r="I10" s="35">
         <v>22204.800000000003</v>
       </c>
-      <c r="J10" s="57">
+      <c r="J10" s="116">
         <v>2504.2399999999998</v>
       </c>
-      <c r="K10" s="56">
+      <c r="K10" s="159">
+        <f t="shared" si="1"/>
         <v>73869.58</v>
       </c>
-      <c r="L10" s="35">
+      <c r="L10" s="56">
+        <f t="shared" si="2"/>
         <v>66914.3</v>
       </c>
-      <c r="M10" s="57">
+      <c r="M10" s="160">
+        <f t="shared" si="3"/>
         <v>6955.28</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" s="47" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="54">
         <v>40045.339999999997</v>
       </c>
       <c r="C11" s="34">
         <v>36585.149999999994</v>
       </c>
       <c r="D11" s="55">
         <v>3460.19</v>
       </c>
       <c r="E11" s="54">
         <v>8451.06</v>
       </c>
       <c r="F11" s="34">
         <v>7097.95</v>
       </c>
       <c r="G11" s="55">
         <v>1353.11</v>
       </c>
       <c r="H11" s="54">
         <v>26506.23</v>
       </c>
       <c r="I11" s="34">
         <v>23949.54</v>
       </c>
-      <c r="J11" s="55">
+      <c r="J11" s="115">
         <v>2556.69</v>
       </c>
-      <c r="K11" s="54">
+      <c r="K11" s="161">
+        <f t="shared" si="1"/>
         <v>75002.62999999999</v>
       </c>
-      <c r="L11" s="34">
+      <c r="L11" s="54">
+        <f t="shared" si="2"/>
         <v>67632.639999999985</v>
       </c>
-      <c r="M11" s="55">
+      <c r="M11" s="162">
+        <f t="shared" si="3"/>
         <v>7369.99</v>
       </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A12" s="48" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="56">
         <v>41260.240000000005</v>
       </c>
       <c r="C12" s="35">
         <v>37824.050000000003</v>
       </c>
       <c r="D12" s="57">
         <v>3436.19</v>
       </c>
       <c r="E12" s="56">
         <v>8610.81</v>
       </c>
       <c r="F12" s="35">
         <v>7108.3399999999992</v>
       </c>
       <c r="G12" s="57">
         <v>1502.47</v>
       </c>
       <c r="H12" s="56">
         <v>26053.41</v>
       </c>
       <c r="I12" s="35">
         <v>22196.400000000001</v>
       </c>
-      <c r="J12" s="57">
+      <c r="J12" s="116">
         <v>3857.01</v>
       </c>
-      <c r="K12" s="56">
+      <c r="K12" s="159">
+        <f t="shared" si="1"/>
         <v>75924.460000000006</v>
       </c>
-      <c r="L12" s="35">
+      <c r="L12" s="56">
+        <f t="shared" si="2"/>
         <v>67128.790000000008</v>
       </c>
-      <c r="M12" s="57">
+      <c r="M12" s="160">
+        <f t="shared" si="3"/>
         <v>8795.67</v>
       </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A13" s="47" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="54">
         <v>40595.69</v>
       </c>
       <c r="C13" s="34">
         <v>37611.370000000003</v>
       </c>
       <c r="D13" s="55">
         <v>2984.32</v>
       </c>
       <c r="E13" s="54">
         <v>8416.9699999999993</v>
       </c>
       <c r="F13" s="34">
         <v>7053.5299999999988</v>
       </c>
       <c r="G13" s="55">
         <v>1363.44</v>
       </c>
       <c r="H13" s="54">
         <v>27475.35</v>
       </c>
       <c r="I13" s="34">
         <v>23114.719999999998</v>
       </c>
-      <c r="J13" s="55">
+      <c r="J13" s="115">
         <v>4360.63</v>
       </c>
-      <c r="K13" s="54">
+      <c r="K13" s="161">
+        <f t="shared" si="1"/>
         <v>76488.010000000009</v>
       </c>
-      <c r="L13" s="34">
+      <c r="L13" s="54">
+        <f t="shared" si="2"/>
         <v>67779.62</v>
       </c>
-      <c r="M13" s="55">
+      <c r="M13" s="162">
+        <f t="shared" si="3"/>
         <v>8708.39</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A14" s="48" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="56">
         <v>39605.040000000001</v>
       </c>
       <c r="C14" s="35">
         <v>37189.79</v>
       </c>
       <c r="D14" s="57">
         <v>2415.25</v>
       </c>
       <c r="E14" s="56">
         <v>7408.2699999999995</v>
       </c>
       <c r="F14" s="35">
         <v>6434.2899999999991</v>
       </c>
       <c r="G14" s="57">
         <v>973.98</v>
       </c>
       <c r="H14" s="56">
         <v>27314.9</v>
       </c>
       <c r="I14" s="35">
         <v>24264.89</v>
       </c>
-      <c r="J14" s="57">
+      <c r="J14" s="116">
         <v>3050.01</v>
       </c>
-      <c r="K14" s="56">
+      <c r="K14" s="159">
+        <f t="shared" si="1"/>
         <v>74328.209999999992</v>
       </c>
-      <c r="L14" s="35">
+      <c r="L14" s="56">
+        <f t="shared" si="2"/>
         <v>67888.97</v>
       </c>
-      <c r="M14" s="57">
+      <c r="M14" s="160">
+        <f t="shared" si="3"/>
         <v>6439.24</v>
       </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15" s="47" t="s">
         <v>25</v>
       </c>
       <c r="B15" s="54">
         <v>39720.32</v>
       </c>
       <c r="C15" s="34">
         <v>37122.01</v>
       </c>
       <c r="D15" s="55">
         <v>2598.31</v>
       </c>
       <c r="E15" s="54">
         <v>7262.62</v>
       </c>
       <c r="F15" s="34">
         <v>6523.35</v>
       </c>
       <c r="G15" s="55">
         <v>739.27</v>
       </c>
       <c r="H15" s="54">
         <v>27252.05</v>
       </c>
       <c r="I15" s="34">
         <v>24608.059999999998</v>
       </c>
-      <c r="J15" s="55">
+      <c r="J15" s="115">
         <v>2643.99</v>
       </c>
-      <c r="K15" s="54">
+      <c r="K15" s="161">
+        <f t="shared" si="1"/>
         <v>74234.990000000005</v>
       </c>
-      <c r="L15" s="34">
+      <c r="L15" s="54">
+        <f t="shared" si="2"/>
         <v>68253.42</v>
       </c>
-      <c r="M15" s="55">
+      <c r="M15" s="162">
+        <f t="shared" si="3"/>
         <v>5981.57</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16" s="48" t="s">
         <v>26</v>
       </c>
       <c r="B16" s="56">
         <v>39880.76</v>
       </c>
       <c r="C16" s="35">
         <v>37307.090000000004</v>
       </c>
       <c r="D16" s="57">
         <v>2573.67</v>
       </c>
       <c r="E16" s="56">
         <v>7192.53</v>
       </c>
       <c r="F16" s="35">
         <v>6538.63</v>
       </c>
       <c r="G16" s="57">
         <v>653.9</v>
       </c>
       <c r="H16" s="56">
         <v>27559.3</v>
       </c>
       <c r="I16" s="35">
         <v>25026.42</v>
       </c>
-      <c r="J16" s="57">
+      <c r="J16" s="116">
         <v>2532.88</v>
       </c>
-      <c r="K16" s="56">
+      <c r="K16" s="159">
+        <f t="shared" si="1"/>
         <v>74632.59</v>
       </c>
-      <c r="L16" s="35">
+      <c r="L16" s="56">
+        <f t="shared" si="2"/>
         <v>68872.14</v>
       </c>
-      <c r="M16" s="57">
+      <c r="M16" s="160">
+        <f t="shared" si="3"/>
         <v>5760.4500000000007</v>
       </c>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="47" t="s">
         <v>27</v>
       </c>
       <c r="B17" s="54">
         <v>39931.43</v>
       </c>
       <c r="C17" s="34">
         <v>37168.129999999997</v>
       </c>
       <c r="D17" s="55">
         <v>2763.3</v>
       </c>
       <c r="E17" s="54">
         <v>7187.42</v>
       </c>
       <c r="F17" s="34">
         <v>6490.78</v>
       </c>
       <c r="G17" s="55">
         <v>696.64</v>
       </c>
       <c r="H17" s="54">
         <v>28475.05</v>
       </c>
       <c r="I17" s="34">
         <v>25305.149999999998</v>
       </c>
-      <c r="J17" s="55">
+      <c r="J17" s="115">
         <v>3169.9</v>
       </c>
-      <c r="K17" s="54">
+      <c r="K17" s="161">
+        <f t="shared" si="1"/>
         <v>75593.899999999994</v>
       </c>
-      <c r="L17" s="34">
+      <c r="L17" s="54">
+        <f t="shared" si="2"/>
         <v>68964.06</v>
       </c>
-      <c r="M17" s="55">
+      <c r="M17" s="162">
+        <f t="shared" si="3"/>
         <v>6629.84</v>
       </c>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="48" t="s">
         <v>28</v>
       </c>
       <c r="B18" s="56">
         <v>40924.730000000003</v>
       </c>
       <c r="C18" s="35">
         <v>38300.79</v>
       </c>
       <c r="D18" s="57">
         <v>2623.94</v>
       </c>
       <c r="E18" s="56">
         <v>7189.55</v>
       </c>
       <c r="F18" s="35">
         <v>6393.31</v>
       </c>
       <c r="G18" s="57">
         <v>796.24</v>
       </c>
       <c r="H18" s="56">
         <v>28266.75</v>
       </c>
       <c r="I18" s="35">
         <v>24956.720000000001</v>
       </c>
-      <c r="J18" s="57">
+      <c r="J18" s="116">
         <v>3310.03</v>
       </c>
-      <c r="K18" s="56">
+      <c r="K18" s="159">
+        <f t="shared" si="1"/>
         <v>76381.03</v>
       </c>
-      <c r="L18" s="35">
+      <c r="L18" s="56">
+        <f t="shared" si="2"/>
         <v>69650.820000000007</v>
       </c>
-      <c r="M18" s="57">
+      <c r="M18" s="160">
+        <f t="shared" si="3"/>
         <v>6730.2100000000009</v>
       </c>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="47" t="s">
         <v>29</v>
       </c>
       <c r="B19" s="54">
         <v>40747.43</v>
       </c>
       <c r="C19" s="34">
         <v>37196.79</v>
       </c>
       <c r="D19" s="55">
         <v>3550.64</v>
       </c>
       <c r="E19" s="54">
         <v>7266.7</v>
       </c>
       <c r="F19" s="34">
         <v>6557.0599999999995</v>
       </c>
       <c r="G19" s="55">
         <v>709.64</v>
       </c>
       <c r="H19" s="54">
         <v>25259.78</v>
       </c>
       <c r="I19" s="34">
         <v>21670.44</v>
       </c>
-      <c r="J19" s="55">
+      <c r="J19" s="115">
         <v>3589.34</v>
       </c>
-      <c r="K19" s="54">
+      <c r="K19" s="161">
+        <f t="shared" si="1"/>
         <v>73273.91</v>
       </c>
-      <c r="L19" s="34">
+      <c r="L19" s="54">
+        <f t="shared" si="2"/>
         <v>65424.289999999994</v>
       </c>
-      <c r="M19" s="55">
+      <c r="M19" s="162">
+        <f t="shared" si="3"/>
         <v>7849.62</v>
       </c>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="48" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="56">
         <v>40422.339999999997</v>
       </c>
       <c r="C20" s="35">
         <v>35403.899999999994</v>
       </c>
       <c r="D20" s="57">
         <v>5018.4399999999996</v>
       </c>
       <c r="E20" s="56">
         <v>7523.42</v>
       </c>
       <c r="F20" s="35">
         <v>6592.3600000000006</v>
       </c>
       <c r="G20" s="57">
         <v>931.06</v>
       </c>
       <c r="H20" s="56">
         <v>25448.55</v>
       </c>
       <c r="I20" s="35">
         <v>21071.809999999998</v>
       </c>
-      <c r="J20" s="57">
+      <c r="J20" s="116">
         <v>4376.74</v>
       </c>
-      <c r="K20" s="56">
+      <c r="K20" s="159">
+        <f t="shared" si="1"/>
         <v>73394.31</v>
       </c>
-      <c r="L20" s="35">
+      <c r="L20" s="56">
+        <f t="shared" si="2"/>
         <v>63068.069999999992</v>
       </c>
-      <c r="M20" s="57">
+      <c r="M20" s="160">
+        <f t="shared" si="3"/>
         <v>10326.24</v>
       </c>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="47" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="54">
         <v>40254.400000000001</v>
       </c>
       <c r="C21" s="34">
         <v>34207.769999999997</v>
       </c>
       <c r="D21" s="55">
         <v>6046.62</v>
       </c>
       <c r="E21" s="54">
         <v>7793.02</v>
       </c>
       <c r="F21" s="34">
         <v>7214.05</v>
       </c>
       <c r="G21" s="55">
         <v>578.96</v>
       </c>
       <c r="H21" s="54">
         <v>25370.58</v>
       </c>
       <c r="I21" s="34">
         <v>20296.919999999998</v>
       </c>
-      <c r="J21" s="55">
+      <c r="J21" s="115">
         <v>5073.6499999999996</v>
       </c>
-      <c r="K21" s="54">
+      <c r="K21" s="161">
+        <f t="shared" si="1"/>
         <v>73418</v>
       </c>
-      <c r="L21" s="34">
+      <c r="L21" s="54">
+        <f t="shared" si="2"/>
         <v>61718.74</v>
       </c>
-      <c r="M21" s="55">
+      <c r="M21" s="162">
+        <f t="shared" si="3"/>
         <v>11699.23</v>
       </c>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="48" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="56">
         <v>39640.01</v>
       </c>
       <c r="C22" s="35">
         <v>32826.120000000003</v>
       </c>
       <c r="D22" s="57">
         <v>6813.88</v>
       </c>
       <c r="E22" s="56">
         <v>8381.0499999999993</v>
       </c>
       <c r="F22" s="35">
         <v>7010.81</v>
       </c>
       <c r="G22" s="57">
         <v>1370.23</v>
       </c>
       <c r="H22" s="56">
         <v>25459.279999999999</v>
       </c>
       <c r="I22" s="35">
         <v>20780.91</v>
       </c>
-      <c r="J22" s="57">
+      <c r="J22" s="116">
         <v>4678.3599999999997</v>
       </c>
-      <c r="K22" s="56">
+      <c r="K22" s="159">
+        <f t="shared" si="1"/>
         <v>73480.34</v>
       </c>
-      <c r="L22" s="35">
+      <c r="L22" s="56">
+        <f t="shared" si="2"/>
         <v>60617.84</v>
       </c>
-      <c r="M22" s="57">
+      <c r="M22" s="160">
+        <f t="shared" si="3"/>
         <v>12862.470000000001</v>
       </c>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="47" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="54">
         <v>35904.74</v>
       </c>
       <c r="C23" s="34">
         <v>32250.67</v>
       </c>
       <c r="D23" s="55">
         <v>3654.06</v>
       </c>
       <c r="E23" s="54">
         <v>7936.76</v>
       </c>
       <c r="F23" s="34">
         <v>6925.34</v>
       </c>
       <c r="G23" s="55">
         <v>1011.41</v>
       </c>
       <c r="H23" s="54">
         <v>24349.07</v>
       </c>
       <c r="I23" s="34">
         <v>21354.17</v>
       </c>
-      <c r="J23" s="55">
+      <c r="J23" s="115">
         <v>2994.89</v>
       </c>
-      <c r="K23" s="54">
+      <c r="K23" s="161">
+        <f t="shared" si="1"/>
         <v>68190.570000000007</v>
       </c>
-      <c r="L23" s="34">
+      <c r="L23" s="54">
+        <f t="shared" si="2"/>
         <v>60530.179999999993</v>
       </c>
-      <c r="M23" s="55">
+      <c r="M23" s="162">
+        <f t="shared" si="3"/>
         <v>7660.3600000000006</v>
       </c>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="48" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="56">
         <v>34936.160000000003</v>
       </c>
       <c r="C24" s="35">
         <v>31707.65</v>
       </c>
       <c r="D24" s="57">
         <v>3228.5</v>
       </c>
       <c r="E24" s="56">
         <v>7943.69</v>
       </c>
       <c r="F24" s="35">
         <v>6854.5</v>
       </c>
       <c r="G24" s="57">
         <v>1089.18</v>
       </c>
       <c r="H24" s="56">
         <v>24982.52</v>
       </c>
       <c r="I24" s="35">
         <v>21743.08</v>
       </c>
-      <c r="J24" s="57">
+      <c r="J24" s="116">
         <v>3239.43</v>
       </c>
-      <c r="K24" s="56">
+      <c r="K24" s="159">
+        <f t="shared" si="1"/>
         <v>67862.37000000001</v>
       </c>
-      <c r="L24" s="35">
+      <c r="L24" s="56">
+        <f t="shared" si="2"/>
         <v>60305.23</v>
       </c>
-      <c r="M24" s="57">
+      <c r="M24" s="160">
+        <f t="shared" si="3"/>
         <v>7557.1100000000006</v>
       </c>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="47" t="s">
         <v>35</v>
       </c>
       <c r="B25" s="54">
         <v>35517.71</v>
       </c>
       <c r="C25" s="34">
         <v>32413.32</v>
       </c>
       <c r="D25" s="55">
         <v>3104.38</v>
       </c>
       <c r="E25" s="54">
         <v>8045.11</v>
       </c>
       <c r="F25" s="34">
         <v>6968.3</v>
       </c>
       <c r="G25" s="55">
         <v>1076.8</v>
       </c>
       <c r="H25" s="54">
         <v>25052.39</v>
       </c>
       <c r="I25" s="34">
         <v>22536.86</v>
       </c>
-      <c r="J25" s="55">
+      <c r="J25" s="115">
         <v>2515.52</v>
       </c>
-      <c r="K25" s="54">
+      <c r="K25" s="161">
+        <f t="shared" si="1"/>
         <v>68615.209999999992</v>
       </c>
-      <c r="L25" s="34">
+      <c r="L25" s="54">
+        <f t="shared" si="2"/>
         <v>61918.48</v>
       </c>
-      <c r="M25" s="55">
+      <c r="M25" s="162">
+        <f t="shared" si="3"/>
         <v>6696.7000000000007</v>
       </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="48" t="s">
         <v>36</v>
       </c>
       <c r="B26" s="56">
         <v>36304.97</v>
       </c>
       <c r="C26" s="35">
         <v>33721</v>
       </c>
       <c r="D26" s="57">
         <v>2583.96</v>
       </c>
       <c r="E26" s="56">
         <v>8291.9</v>
       </c>
       <c r="F26" s="35">
         <v>7139.16</v>
       </c>
       <c r="G26" s="57">
         <v>1152.73</v>
       </c>
       <c r="H26" s="56">
         <v>25147.13</v>
       </c>
       <c r="I26" s="35">
         <v>22066.59</v>
       </c>
-      <c r="J26" s="57">
+      <c r="J26" s="116">
         <v>3080.53</v>
       </c>
-      <c r="K26" s="56">
+      <c r="K26" s="159">
+        <f t="shared" si="1"/>
         <v>69744</v>
       </c>
-      <c r="L26" s="35">
+      <c r="L26" s="56">
+        <f t="shared" si="2"/>
         <v>62926.75</v>
       </c>
-      <c r="M26" s="57">
+      <c r="M26" s="160">
+        <f t="shared" si="3"/>
         <v>6817.22</v>
       </c>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="47" t="s">
         <v>37</v>
       </c>
       <c r="B27" s="54">
         <v>35745.29</v>
       </c>
       <c r="C27" s="34">
         <v>31868.09</v>
       </c>
       <c r="D27" s="55">
         <v>3877.19</v>
       </c>
       <c r="E27" s="54">
         <v>8245.75</v>
       </c>
       <c r="F27" s="34">
         <v>7349.15</v>
       </c>
       <c r="G27" s="55">
         <v>896.59</v>
       </c>
       <c r="H27" s="54">
         <v>26373.5</v>
       </c>
       <c r="I27" s="34">
         <v>21980.04</v>
       </c>
-      <c r="J27" s="55">
+      <c r="J27" s="115">
         <v>4393.45</v>
       </c>
-      <c r="K27" s="54">
+      <c r="K27" s="161">
+        <f t="shared" si="1"/>
         <v>70364.540000000008</v>
       </c>
-      <c r="L27" s="34">
+      <c r="L27" s="54">
+        <f t="shared" si="2"/>
         <v>61197.279999999999</v>
       </c>
-      <c r="M27" s="55">
+      <c r="M27" s="162">
+        <f t="shared" si="3"/>
         <v>9167.23</v>
       </c>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="48" t="s">
         <v>38</v>
       </c>
       <c r="B28" s="56">
         <v>35524.46</v>
       </c>
       <c r="C28" s="35">
         <v>29677.279999999999</v>
       </c>
       <c r="D28" s="57">
         <v>5847.17</v>
       </c>
       <c r="E28" s="56">
         <v>8651.81</v>
       </c>
       <c r="F28" s="35">
         <v>7471.94</v>
       </c>
       <c r="G28" s="57">
         <v>1179.8599999999999</v>
       </c>
       <c r="H28" s="56">
         <v>26196.27</v>
       </c>
       <c r="I28" s="35">
         <v>22128.22</v>
       </c>
-      <c r="J28" s="57">
+      <c r="J28" s="116">
         <v>4068.04</v>
       </c>
-      <c r="K28" s="56">
+      <c r="K28" s="159">
+        <f t="shared" si="1"/>
         <v>70372.539999999994</v>
       </c>
-      <c r="L28" s="35">
+      <c r="L28" s="56">
+        <f t="shared" si="2"/>
         <v>59277.440000000002</v>
       </c>
-      <c r="M28" s="57">
+      <c r="M28" s="160">
+        <f t="shared" si="3"/>
         <v>11095.07</v>
       </c>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A29" s="47" t="s">
         <v>39</v>
       </c>
       <c r="B29" s="54">
         <v>31686.78</v>
       </c>
       <c r="C29" s="34">
         <v>25103.55</v>
       </c>
       <c r="D29" s="55">
         <v>6583.23</v>
       </c>
       <c r="E29" s="54">
         <v>8737.69</v>
       </c>
       <c r="F29" s="34">
         <v>7182.4</v>
       </c>
       <c r="G29" s="55">
         <v>1555.2900000000009</v>
       </c>
       <c r="H29" s="54">
         <v>26125.200000000001</v>
       </c>
       <c r="I29" s="34">
         <v>21264.98</v>
       </c>
-      <c r="J29" s="55">
+      <c r="J29" s="115">
         <v>4860.2200000000012</v>
       </c>
-      <c r="K29" s="54">
+      <c r="K29" s="161">
+        <f t="shared" si="1"/>
         <v>66549.67</v>
       </c>
-      <c r="L29" s="34">
+      <c r="L29" s="54">
+        <f t="shared" si="2"/>
         <v>53550.929999999993</v>
       </c>
-      <c r="M29" s="55">
+      <c r="M29" s="162">
+        <f t="shared" si="3"/>
         <v>12998.740000000002</v>
       </c>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A30" s="48" t="s">
         <v>40</v>
       </c>
       <c r="B30" s="56">
         <v>31041.81</v>
       </c>
       <c r="C30" s="35">
         <v>27201.48</v>
       </c>
       <c r="D30" s="57">
         <v>3840.3300000000017</v>
       </c>
       <c r="E30" s="56">
         <v>8104.31</v>
       </c>
       <c r="F30" s="35">
         <v>6405.89</v>
       </c>
       <c r="G30" s="57">
         <v>1698.42</v>
       </c>
       <c r="H30" s="56">
         <v>25783.65</v>
       </c>
       <c r="I30" s="35">
         <v>22268.880000000001</v>
       </c>
-      <c r="J30" s="57">
+      <c r="J30" s="116">
         <v>3514.7700000000004</v>
       </c>
-      <c r="K30" s="56">
+      <c r="K30" s="159">
+        <f t="shared" si="1"/>
         <v>64929.770000000004</v>
       </c>
-      <c r="L30" s="35">
+      <c r="L30" s="56">
+        <f t="shared" si="2"/>
         <v>55876.25</v>
       </c>
-      <c r="M30" s="57">
+      <c r="M30" s="160">
+        <f t="shared" si="3"/>
         <v>9053.5200000000023</v>
       </c>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A31" s="47" t="s">
         <v>41</v>
       </c>
       <c r="B31" s="54">
         <v>31292.720000000001</v>
       </c>
       <c r="C31" s="34">
         <v>27550.257000000001</v>
       </c>
       <c r="D31" s="55">
         <v>3742.4629999999997</v>
       </c>
       <c r="E31" s="54">
         <v>8030.51</v>
       </c>
       <c r="F31" s="34">
         <v>6655.73</v>
       </c>
       <c r="G31" s="55">
         <v>1374.7800000000007</v>
       </c>
       <c r="H31" s="54">
         <v>25658.71</v>
       </c>
       <c r="I31" s="34">
         <v>22187.089</v>
       </c>
-      <c r="J31" s="55">
+      <c r="J31" s="115">
         <v>3471.6209999999992</v>
       </c>
-      <c r="K31" s="54">
+      <c r="K31" s="161">
+        <f t="shared" si="1"/>
         <v>64981.94</v>
       </c>
-      <c r="L31" s="34">
+      <c r="L31" s="54">
+        <f t="shared" si="2"/>
         <v>56393.076000000001</v>
       </c>
-      <c r="M31" s="55">
+      <c r="M31" s="162">
+        <f t="shared" si="3"/>
         <v>8588.8639999999996</v>
       </c>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A32" s="48" t="s">
         <v>42</v>
       </c>
       <c r="B32" s="56">
         <v>31174.51</v>
       </c>
       <c r="C32" s="35">
         <v>28071.279999999999</v>
       </c>
       <c r="D32" s="57">
         <v>3103.2299999999996</v>
       </c>
       <c r="E32" s="56">
         <v>7973.63</v>
       </c>
       <c r="F32" s="35">
         <v>6859.9</v>
       </c>
       <c r="G32" s="57">
         <v>1113.7300000000005</v>
       </c>
       <c r="H32" s="56">
         <v>25831.08</v>
       </c>
       <c r="I32" s="35">
         <v>22016.32</v>
       </c>
-      <c r="J32" s="57">
+      <c r="J32" s="116">
         <v>3814.760000000002</v>
       </c>
-      <c r="K32" s="56">
+      <c r="K32" s="159">
+        <f t="shared" si="1"/>
         <v>64979.22</v>
       </c>
-      <c r="L32" s="35">
+      <c r="L32" s="56">
+        <f t="shared" si="2"/>
         <v>56947.5</v>
       </c>
-      <c r="M32" s="57">
+      <c r="M32" s="160">
+        <f t="shared" si="3"/>
         <v>8031.7200000000021</v>
       </c>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A33" s="47" t="s">
         <v>43</v>
       </c>
       <c r="B33" s="54">
         <v>32771.69</v>
       </c>
       <c r="C33" s="34">
         <v>28706.155999999999</v>
       </c>
       <c r="D33" s="55">
         <v>4065.5340000000033</v>
       </c>
       <c r="E33" s="54">
         <v>8184.1</v>
       </c>
       <c r="F33" s="34">
         <v>6975.0919999999996</v>
       </c>
       <c r="G33" s="55">
         <v>1209.0080000000007</v>
       </c>
       <c r="H33" s="54">
         <v>25887.38</v>
       </c>
       <c r="I33" s="34">
         <v>22700.026999999998</v>
       </c>
-      <c r="J33" s="55">
+      <c r="J33" s="115">
         <v>3187.3530000000028</v>
       </c>
-      <c r="K33" s="54">
+      <c r="K33" s="161">
+        <f t="shared" si="1"/>
         <v>66843.17</v>
       </c>
-      <c r="L33" s="34">
+      <c r="L33" s="54">
+        <f t="shared" si="2"/>
         <v>58381.274999999994</v>
       </c>
-      <c r="M33" s="55">
+      <c r="M33" s="162">
+        <f t="shared" si="3"/>
         <v>8461.8950000000077</v>
       </c>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A34" s="48" t="s">
         <v>44</v>
       </c>
       <c r="B34" s="56">
         <v>33890.25</v>
       </c>
       <c r="C34" s="35">
         <v>29827.169000000002</v>
       </c>
       <c r="D34" s="57">
         <v>4063.0809999999983</v>
       </c>
       <c r="E34" s="56">
         <v>8327.5</v>
       </c>
       <c r="F34" s="35">
         <v>7206.19</v>
       </c>
       <c r="G34" s="57">
         <v>1121.3100000000004</v>
       </c>
       <c r="H34" s="56">
         <v>24316.92</v>
       </c>
       <c r="I34" s="35">
         <v>21748.26</v>
       </c>
-      <c r="J34" s="57">
+      <c r="J34" s="116">
         <v>2568.66</v>
       </c>
-      <c r="K34" s="56">
+      <c r="K34" s="159">
+        <f t="shared" si="1"/>
         <v>66534.67</v>
       </c>
-      <c r="L34" s="35">
+      <c r="L34" s="56">
+        <f t="shared" si="2"/>
         <v>58781.619000000006</v>
       </c>
-      <c r="M34" s="57">
+      <c r="M34" s="160">
+        <f t="shared" si="3"/>
         <v>7753.0509999999986</v>
       </c>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A35" s="47" t="s">
         <v>45</v>
       </c>
       <c r="B35" s="54">
         <v>34572.370000000003</v>
       </c>
       <c r="C35" s="34">
         <v>29951.81</v>
       </c>
       <c r="D35" s="55">
         <v>4620.5600000000013</v>
       </c>
       <c r="E35" s="54">
         <v>8270.1200000000008</v>
       </c>
       <c r="F35" s="34">
         <v>6877.24</v>
       </c>
       <c r="G35" s="55">
         <v>1392.880000000001</v>
       </c>
       <c r="H35" s="54">
         <v>25117.1</v>
       </c>
       <c r="I35" s="34">
         <v>21843.29</v>
       </c>
-      <c r="J35" s="55">
+      <c r="J35" s="115">
         <v>3273.8099999999977</v>
       </c>
-      <c r="K35" s="54">
+      <c r="K35" s="161">
+        <f t="shared" si="1"/>
         <v>67959.59</v>
       </c>
-      <c r="L35" s="34">
+      <c r="L35" s="54">
+        <f t="shared" si="2"/>
         <v>58672.340000000004</v>
       </c>
-      <c r="M35" s="55">
+      <c r="M35" s="162">
+        <f t="shared" si="3"/>
         <v>9287.25</v>
       </c>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A36" s="48" t="s">
         <v>46</v>
       </c>
       <c r="B36" s="56">
         <v>35115.980000000003</v>
       </c>
       <c r="C36" s="35">
         <v>30269.99</v>
       </c>
       <c r="D36" s="57">
         <v>4845.9799999999996</v>
       </c>
       <c r="E36" s="56">
         <v>9217.2800000000007</v>
       </c>
       <c r="F36" s="35">
         <v>7368.6</v>
       </c>
       <c r="G36" s="57">
         <v>1848.68</v>
       </c>
       <c r="H36" s="56">
         <v>25785.019999999997</v>
       </c>
       <c r="I36" s="35">
         <v>21671.439999999999</v>
       </c>
-      <c r="J36" s="57">
+      <c r="J36" s="116">
         <v>4113.58</v>
       </c>
-      <c r="K36" s="56">
+      <c r="K36" s="159">
+        <f t="shared" si="1"/>
         <v>70118.28</v>
       </c>
-      <c r="L36" s="35">
+      <c r="L36" s="56">
+        <f t="shared" si="2"/>
         <v>59310.03</v>
       </c>
-      <c r="M36" s="57">
+      <c r="M36" s="160">
+        <f t="shared" si="3"/>
         <v>10808.24</v>
       </c>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A37" s="47" t="s">
         <v>47</v>
       </c>
       <c r="B37" s="54">
         <v>35355.72</v>
       </c>
       <c r="C37" s="34">
         <v>29913.37</v>
       </c>
       <c r="D37" s="55">
         <v>5442.35</v>
       </c>
       <c r="E37" s="54">
         <v>9142.39</v>
       </c>
       <c r="F37" s="34">
         <v>7179.41</v>
       </c>
       <c r="G37" s="55">
         <v>1962.98</v>
       </c>
       <c r="H37" s="54">
         <v>26220.57</v>
       </c>
       <c r="I37" s="34">
         <v>22368.45</v>
       </c>
-      <c r="J37" s="55">
+      <c r="J37" s="115">
         <v>3852.12</v>
       </c>
-      <c r="K37" s="54">
+      <c r="K37" s="161">
+        <f t="shared" si="1"/>
         <v>70718.679999999993</v>
       </c>
-      <c r="L37" s="34">
+      <c r="L37" s="54">
+        <f t="shared" si="2"/>
         <v>59461.229999999996</v>
       </c>
-      <c r="M37" s="55">
+      <c r="M37" s="162">
+        <f t="shared" si="3"/>
         <v>11257.45</v>
       </c>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A38" s="48" t="s">
         <v>48</v>
       </c>
       <c r="B38" s="56">
         <v>35542.69</v>
       </c>
       <c r="C38" s="35">
         <v>30084.54</v>
       </c>
       <c r="D38" s="57">
         <v>5458.15</v>
       </c>
       <c r="E38" s="56">
         <v>9205.9</v>
       </c>
       <c r="F38" s="35">
         <v>7258.77</v>
       </c>
       <c r="G38" s="57">
         <v>1947.13</v>
       </c>
       <c r="H38" s="56">
         <v>26682.38</v>
       </c>
       <c r="I38" s="35">
         <v>22818.92</v>
       </c>
-      <c r="J38" s="57">
+      <c r="J38" s="116">
         <v>3863.46</v>
       </c>
-      <c r="K38" s="56">
+      <c r="K38" s="159">
+        <f t="shared" si="1"/>
         <v>71430.97</v>
       </c>
-      <c r="L38" s="35">
+      <c r="L38" s="56">
+        <f t="shared" si="2"/>
         <v>60162.229999999996</v>
       </c>
-      <c r="M38" s="57">
+      <c r="M38" s="160">
+        <f t="shared" si="3"/>
         <v>11268.74</v>
       </c>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A39" s="47" t="s">
         <v>49</v>
       </c>
       <c r="B39" s="54">
         <v>35949.875999999997</v>
       </c>
       <c r="C39" s="34">
         <v>28482.895</v>
       </c>
       <c r="D39" s="55">
         <v>7466.9809999999961</v>
       </c>
       <c r="E39" s="54">
         <v>9291.0159999999996</v>
       </c>
       <c r="F39" s="34">
         <v>7022.3689999999997</v>
       </c>
       <c r="G39" s="55">
         <v>2268.6469999999999</v>
       </c>
       <c r="H39" s="54">
         <v>26783.111000000001</v>
       </c>
       <c r="I39" s="34">
         <v>21321.404999999999</v>
       </c>
-      <c r="J39" s="55">
+      <c r="J39" s="115">
         <v>5461.7060000000019</v>
       </c>
-      <c r="K39" s="54">
+      <c r="K39" s="161">
+        <f t="shared" si="1"/>
         <v>72024.002999999997</v>
       </c>
-      <c r="L39" s="34">
+      <c r="L39" s="54">
+        <f t="shared" si="2"/>
         <v>56826.669000000002</v>
       </c>
-      <c r="M39" s="55">
+      <c r="M39" s="162">
+        <f t="shared" si="3"/>
         <v>15197.333999999999</v>
       </c>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A40" s="48" t="s">
         <v>50</v>
       </c>
       <c r="B40" s="56">
         <v>37183.953000000001</v>
       </c>
       <c r="C40" s="33">
         <v>28500.0497</v>
       </c>
       <c r="D40" s="57">
         <v>8683.9032999999999</v>
       </c>
       <c r="E40" s="56">
         <v>9268.0709999999999</v>
       </c>
       <c r="F40" s="33">
         <v>6925.5174999999999</v>
       </c>
       <c r="G40" s="57">
         <v>2342.5535</v>
       </c>
       <c r="H40" s="56">
         <v>25548.052</v>
       </c>
       <c r="I40" s="33">
         <v>19769.702300000001</v>
       </c>
-      <c r="J40" s="57">
+      <c r="J40" s="116">
         <v>5778.3496999999998</v>
       </c>
-      <c r="K40" s="56">
+      <c r="K40" s="159">
+        <f t="shared" si="1"/>
         <v>72000.076000000001</v>
       </c>
-      <c r="L40" s="33">
+      <c r="L40" s="56">
+        <f t="shared" si="2"/>
         <v>55195.269499999995</v>
       </c>
-      <c r="M40" s="57">
+      <c r="M40" s="160">
+        <f t="shared" si="3"/>
         <v>16804.806499999999</v>
       </c>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A41" s="47" t="s">
         <v>52</v>
       </c>
       <c r="B41" s="131">
-        <v>36232.289999999994</v>
+        <v>37246.33</v>
       </c>
       <c r="C41" s="132">
         <v>29102.137000000002</v>
       </c>
       <c r="D41" s="133">
         <v>7130.1529999999912</v>
       </c>
       <c r="E41" s="131">
-        <v>8991.252999999997</v>
+        <v>9109.94</v>
       </c>
       <c r="F41" s="132">
         <v>7157.512999999999</v>
       </c>
       <c r="G41" s="133">
         <v>1833.739999999998</v>
       </c>
       <c r="H41" s="131">
-        <v>25778.196000000004</v>
+        <v>26501.23</v>
       </c>
       <c r="I41" s="132">
         <v>20713.377</v>
       </c>
-      <c r="J41" s="133">
+      <c r="J41" s="141">
         <v>5064.8190000000031</v>
       </c>
-      <c r="K41" s="131">
-[...2 lines deleted...]
-      <c r="L41" s="132">
+      <c r="K41" s="161">
+        <f t="shared" si="1"/>
+        <v>72857.5</v>
+      </c>
+      <c r="L41" s="54">
+        <f t="shared" si="2"/>
         <v>56973.027000000002</v>
       </c>
-      <c r="M41" s="133">
+      <c r="M41" s="162">
+        <f t="shared" si="3"/>
         <v>14028.711999999992</v>
       </c>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A42" s="48" t="s">
         <v>141</v>
       </c>
       <c r="B42" s="56">
-        <v>37407.46</v>
+        <v>37645.74</v>
       </c>
       <c r="C42" s="35">
         <v>30963.267999999993</v>
       </c>
       <c r="D42" s="57">
         <v>6401.9020000000019</v>
       </c>
       <c r="E42" s="56">
-        <v>9083.9700000000012</v>
+        <v>9134.24</v>
       </c>
       <c r="F42" s="32">
         <v>7489.5489999999982</v>
       </c>
       <c r="G42" s="57">
         <v>1559.6539999999995</v>
       </c>
       <c r="H42" s="56">
-        <v>26574.09</v>
+        <v>26735.52</v>
       </c>
       <c r="I42" s="32">
         <v>20672.921999999995</v>
       </c>
-      <c r="J42" s="57">
+      <c r="J42" s="116">
         <v>4195.7969999999987</v>
       </c>
-      <c r="K42" s="56">
-[...6 lines deleted...]
-        <v>12157.353000000003</v>
+      <c r="K42" s="159">
+        <f t="shared" si="1"/>
+        <v>73515.5</v>
+      </c>
+      <c r="L42" s="56">
+        <f t="shared" si="2"/>
+        <v>59125.738999999987</v>
+      </c>
+      <c r="M42" s="160">
+        <f t="shared" si="3"/>
+        <v>12157.352999999999</v>
       </c>
     </row>
     <row r="43" spans="1:13" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="145" t="s">
+      <c r="A43" s="144" t="s">
         <v>156</v>
       </c>
-      <c r="B43" s="150">
+      <c r="B43" s="149">
         <v>37684.57</v>
       </c>
-      <c r="C43" s="151">
+      <c r="C43" s="150">
         <v>30768.95</v>
       </c>
-      <c r="D43" s="152">
+      <c r="D43" s="151">
         <v>6499.79</v>
       </c>
-      <c r="E43" s="150">
-[...2 lines deleted...]
-      <c r="F43" s="153">
+      <c r="E43" s="149">
+        <v>9145.6200000000008</v>
+      </c>
+      <c r="F43" s="152">
         <v>7829.36</v>
       </c>
-      <c r="G43" s="152">
+      <c r="G43" s="151">
         <v>1601.65</v>
       </c>
-      <c r="H43" s="150">
-[...2 lines deleted...]
-      <c r="I43" s="153">
+      <c r="H43" s="149">
+        <v>27298.82</v>
+      </c>
+      <c r="I43" s="152">
         <v>21928.78</v>
       </c>
-      <c r="J43" s="152">
+      <c r="J43" s="155">
         <v>4361.29</v>
       </c>
-      <c r="K43" s="150">
-[...2 lines deleted...]
-      <c r="L43" s="151">
+      <c r="K43" s="163">
+        <f t="shared" si="1"/>
+        <v>74129.010000000009</v>
+      </c>
+      <c r="L43" s="154">
+        <f t="shared" si="2"/>
         <v>60527.09</v>
       </c>
-      <c r="M43" s="152">
-        <v>12462.74</v>
+      <c r="M43" s="164">
+        <f t="shared" si="3"/>
+        <v>12462.73</v>
       </c>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B44" s="37"/>
       <c r="C44" s="37"/>
       <c r="D44" s="36"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="36"/>
       <c r="H44" s="37"/>
       <c r="I44" s="37"/>
       <c r="J44" s="36"/>
       <c r="K44" s="138" t="s">
         <v>53</v>
       </c>
-      <c r="L44" s="154">
-[...2 lines deleted...]
-      <c r="M44" s="154"/>
+      <c r="L44" s="165">
+        <v>46073</v>
+      </c>
+      <c r="M44" s="165"/>
     </row>
     <row r="45" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A45" s="40" t="s">
         <v>6</v>
       </c>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="21"/>
       <c r="H45" s="21"/>
       <c r="I45" s="21"/>
       <c r="J45" s="21"/>
     </row>
     <row r="46" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A46" s="40" t="s">
         <v>146</v>
       </c>
       <c r="C46" s="41"/>
       <c r="D46" s="41"/>
       <c r="E46" s="41"/>
       <c r="F46" s="41"/>
       <c r="G46" s="41"/>
       <c r="H46" s="42" t="s">
         <v>7</v>
       </c>
       <c r="I46" s="41"/>
       <c r="J46" s="41"/>
     </row>
     <row r="47" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A47"/>
-      <c r="B47" s="143"/>
+      <c r="A47" s="143" t="s">
+        <v>160</v>
+      </c>
       <c r="C47" s="41"/>
       <c r="D47" s="41"/>
       <c r="E47" s="41"/>
       <c r="F47" s="21"/>
       <c r="G47" s="21"/>
       <c r="H47" s="21"/>
       <c r="I47" s="21"/>
       <c r="J47" s="21"/>
     </row>
     <row r="48" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A48"/>
+      <c r="A48" s="25" t="s">
+        <v>162</v>
+      </c>
       <c r="B48" s="40"/>
       <c r="C48" s="21"/>
       <c r="D48" s="21"/>
       <c r="E48" s="21"/>
       <c r="F48" s="21"/>
       <c r="G48" s="21"/>
       <c r="H48" s="21"/>
       <c r="I48" s="21"/>
       <c r="J48" s="21"/>
     </row>
     <row r="49" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A49"/>
     </row>
     <row r="50" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A50"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="L44:M44"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
@@ -7417,82 +7767,82 @@
       </c>
       <c r="B74" s="81" t="s">
         <v>144</v>
       </c>
       <c r="C74" s="82"/>
       <c r="D74" s="21"/>
       <c r="E74" s="21"/>
       <c r="F74" s="80"/>
     </row>
     <row r="75" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="77" t="s">
         <v>143</v>
       </c>
       <c r="B75" s="81" t="s">
         <v>145</v>
       </c>
       <c r="C75" s="82"/>
       <c r="D75" s="21"/>
       <c r="E75" s="21"/>
       <c r="F75" s="80"/>
     </row>
     <row r="76" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="74" t="s">
         <v>157</v>
       </c>
-      <c r="B76" s="155" t="s">
+      <c r="B76" s="166" t="s">
         <v>159</v>
       </c>
-      <c r="C76" s="155"/>
-[...3 lines deleted...]
-      <c r="G76" s="155"/>
+      <c r="C76" s="166"/>
+      <c r="D76" s="166"/>
+      <c r="E76" s="166"/>
+      <c r="F76" s="166"/>
+      <c r="G76" s="166"/>
     </row>
     <row r="77" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B77" s="155"/>
-[...4 lines deleted...]
-      <c r="G77" s="155"/>
+      <c r="B77" s="166"/>
+      <c r="C77" s="166"/>
+      <c r="D77" s="166"/>
+      <c r="E77" s="166"/>
+      <c r="F77" s="166"/>
+      <c r="G77" s="166"/>
     </row>
     <row r="78" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B78" s="149"/>
-[...4 lines deleted...]
-      <c r="G78" s="149"/>
+      <c r="B78" s="148"/>
+      <c r="C78" s="148"/>
+      <c r="D78" s="148"/>
+      <c r="E78" s="148"/>
+      <c r="F78" s="148"/>
+      <c r="G78" s="148"/>
     </row>
     <row r="79" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B79" s="149"/>
-[...4 lines deleted...]
-      <c r="G79" s="149"/>
+      <c r="B79" s="148"/>
+      <c r="C79" s="148"/>
+      <c r="D79" s="148"/>
+      <c r="E79" s="148"/>
+      <c r="F79" s="148"/>
+      <c r="G79" s="148"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B76:G77"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup scale="96" firstPageNumber="62" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4A282810-C965-4F12-A782-4768832801DE}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
   <dimension ref="A1:D58"/>
@@ -7819,55 +8169,55 @@
     <col min="15875" max="15876" width="20.7109375" style="7" customWidth="1"/>
     <col min="15877" max="16127" width="8.85546875" style="7"/>
     <col min="16128" max="16128" width="12.7109375" style="7" customWidth="1"/>
     <col min="16129" max="16129" width="20.7109375" style="7" customWidth="1"/>
     <col min="16130" max="16130" width="5.85546875" style="7" customWidth="1"/>
     <col min="16131" max="16132" width="20.7109375" style="7" customWidth="1"/>
     <col min="16133" max="16384" width="8.85546875" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="2" customFormat="1" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>103</v>
       </c>
       <c r="B1" s="71"/>
       <c r="C1" s="71"/>
       <c r="D1" s="71"/>
     </row>
     <row r="2" spans="1:4" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="60"/>
       <c r="B2" s="60"/>
       <c r="C2" s="60"/>
       <c r="D2" s="60"/>
     </row>
     <row r="3" spans="1:4" s="88" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="87"/>
-      <c r="B3" s="156" t="s">
+      <c r="B3" s="167" t="s">
         <v>104</v>
       </c>
-      <c r="C3" s="156"/>
-      <c r="D3" s="156"/>
+      <c r="C3" s="167"/>
+      <c r="D3" s="167"/>
     </row>
     <row r="4" spans="1:4" s="90" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
       <c r="A4" s="83" t="s">
         <v>136</v>
       </c>
       <c r="B4" s="83" t="s">
         <v>105</v>
       </c>
       <c r="C4" s="83" t="s">
         <v>106</v>
       </c>
       <c r="D4" s="83" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="5" spans="1:4" s="89" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="5">
         <v>1991</v>
       </c>
       <c r="B5" s="84">
         <v>0.17</v>
       </c>
       <c r="C5" s="84">
         <v>0.1</v>
       </c>
@@ -8734,76 +9084,76 @@
     <col min="15109" max="15359" width="8.85546875" style="7"/>
     <col min="15360" max="15360" width="12.7109375" style="7" customWidth="1"/>
     <col min="15361" max="15361" width="20.7109375" style="7" customWidth="1"/>
     <col min="15362" max="15362" width="5.85546875" style="7" customWidth="1"/>
     <col min="15363" max="15364" width="20.7109375" style="7" customWidth="1"/>
     <col min="15365" max="15615" width="8.85546875" style="7"/>
     <col min="15616" max="15616" width="12.7109375" style="7" customWidth="1"/>
     <col min="15617" max="15617" width="20.7109375" style="7" customWidth="1"/>
     <col min="15618" max="15618" width="5.85546875" style="7" customWidth="1"/>
     <col min="15619" max="15620" width="20.7109375" style="7" customWidth="1"/>
     <col min="15621" max="15871" width="8.85546875" style="7"/>
     <col min="15872" max="15872" width="12.7109375" style="7" customWidth="1"/>
     <col min="15873" max="15873" width="20.7109375" style="7" customWidth="1"/>
     <col min="15874" max="15874" width="5.85546875" style="7" customWidth="1"/>
     <col min="15875" max="15876" width="20.7109375" style="7" customWidth="1"/>
     <col min="15877" max="16127" width="8.85546875" style="7"/>
     <col min="16128" max="16128" width="12.7109375" style="7" customWidth="1"/>
     <col min="16129" max="16129" width="20.7109375" style="7" customWidth="1"/>
     <col min="16130" max="16130" width="5.85546875" style="7" customWidth="1"/>
     <col min="16131" max="16132" width="20.7109375" style="7" customWidth="1"/>
     <col min="16133" max="16382" width="8.85546875" style="7"/>
     <col min="16383" max="16384" width="9.140625" style="7" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="2" customFormat="1" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="157" t="s">
+      <c r="A1" s="168" t="s">
         <v>108</v>
       </c>
-      <c r="B1" s="157"/>
-[...2 lines deleted...]
-      <c r="E1" s="157"/>
+      <c r="B1" s="168"/>
+      <c r="C1" s="168"/>
+      <c r="D1" s="168"/>
+      <c r="E1" s="168"/>
     </row>
     <row r="2" spans="1:5" ht="9.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="60"/>
       <c r="B2" s="60"/>
       <c r="C2" s="60"/>
       <c r="D2" s="60"/>
     </row>
     <row r="3" spans="1:5" s="88" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A3" s="94" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="158" t="s">
+      <c r="B3" s="169" t="s">
         <v>109</v>
       </c>
-      <c r="C3" s="159"/>
-      <c r="D3" s="158" t="s">
+      <c r="C3" s="170"/>
+      <c r="D3" s="169" t="s">
         <v>110</v>
       </c>
-      <c r="E3" s="159"/>
+      <c r="E3" s="170"/>
     </row>
     <row r="4" spans="1:5" s="88" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A4" s="91" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="95" t="s">
         <v>105</v>
       </c>
       <c r="C4" s="96" t="s">
         <v>111</v>
       </c>
       <c r="D4" s="91" t="s">
         <v>105</v>
       </c>
       <c r="E4" s="110" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="97">
         <v>6.8500000000000005E-2</v>
       </c>
@@ -9140,77 +9490,77 @@
         <f>D23+0.01</f>
         <v>0.20240000000000002</v>
       </c>
       <c r="E24" s="93">
         <v>9.7500000000000003E-2</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="97">
         <v>0.18559999999999999</v>
       </c>
       <c r="C25" s="98">
         <v>0.09</v>
       </c>
       <c r="D25" s="92">
         <v>0.21240000000000001</v>
       </c>
       <c r="E25" s="93">
         <v>9.7500000000000003E-2</v>
       </c>
     </row>
     <row r="26" spans="1:5" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A26" s="146" t="s">
+      <c r="A26" s="145" t="s">
         <v>141</v>
       </c>
       <c r="B26" s="99">
         <v>0.18559999999999999</v>
       </c>
       <c r="C26" s="93">
         <v>0.09</v>
       </c>
       <c r="D26" s="109">
         <v>0.21240000000000001</v>
       </c>
       <c r="E26" s="93">
         <v>9.7500000000000003E-2</v>
       </c>
     </row>
     <row r="27" spans="1:5" s="21" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="134" t="s">
         <v>156</v>
       </c>
       <c r="B27" s="135">
         <v>0.18559999999999999</v>
       </c>
-      <c r="C27" s="148">
+      <c r="C27" s="147">
         <v>0.09</v>
       </c>
-      <c r="D27" s="147">
+      <c r="D27" s="146">
         <v>0.21240000000000001</v>
       </c>
       <c r="E27" s="93">
         <v>9.7500000000000003E-2</v>
       </c>
     </row>
     <row r="28" spans="1:5" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="5"/>
       <c r="B28" s="41"/>
       <c r="C28" s="41"/>
       <c r="D28" s="78" t="s">
         <v>53</v>
       </c>
       <c r="E28" s="136">
         <v>45905</v>
       </c>
     </row>
     <row r="29" spans="1:5" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="41" t="s">
         <v>112</v>
       </c>
       <c r="B29" s="41"/>
       <c r="C29" s="41"/>
     </row>
     <row r="30" spans="1:5" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
@@ -9297,51 +9647,51 @@
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:E3"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="62" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="2">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB984B52-F2EB-4EAE-AA3B-BB4114F9B80F}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
   <dimension ref="A1:K73"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A46" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="H57" sqref="H57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="17.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="20" customWidth="1"/>
     <col min="2" max="2" width="14.140625" style="7" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="6" width="20" style="7" customWidth="1"/>
     <col min="7" max="7" width="21.140625" style="7" customWidth="1"/>
     <col min="8" max="8" width="18.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="8.85546875" style="7"/>
     <col min="10" max="12" width="10.28515625" style="7" bestFit="1" customWidth="1"/>
     <col min="13" max="258" width="8.85546875" style="7"/>
     <col min="259" max="259" width="15.7109375" style="7" customWidth="1"/>
     <col min="260" max="263" width="21.28515625" style="7" customWidth="1"/>
     <col min="264" max="514" width="8.85546875" style="7"/>
     <col min="515" max="515" width="15.7109375" style="7" customWidth="1"/>
     <col min="516" max="519" width="21.28515625" style="7" customWidth="1"/>
     <col min="520" max="770" width="8.85546875" style="7"/>
     <col min="771" max="771" width="15.7109375" style="7" customWidth="1"/>
     <col min="772" max="775" width="21.28515625" style="7" customWidth="1"/>
     <col min="776" max="1026" width="8.85546875" style="7"/>
     <col min="1027" max="1027" width="15.7109375" style="7" customWidth="1"/>