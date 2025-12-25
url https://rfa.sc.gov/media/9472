--- v0 (2025-12-02)
+++ v1 (2025-12-25)
@@ -9,122 +9,124 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2024\K12\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2025\K12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D712FCD6-B5AE-4E69-93C1-639C812751CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D9723803-88AF-4DC3-92EC-AB28C97D7E2A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" tabRatio="734" xr2:uid="{CBDDC6EF-2FB4-4FF1-948B-9CEDB0704AE9}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="734" xr2:uid="{CBDDC6EF-2FB4-4FF1-948B-9CEDB0704AE9}"/>
   </bookViews>
   <sheets>
     <sheet name="EIA Funding" sheetId="1" r:id="rId1"/>
     <sheet name="EFA" sheetId="2" r:id="rId2"/>
     <sheet name="Aid to Classrooms Funding" sheetId="9" r:id="rId3"/>
     <sheet name="Student and Teacher Data" sheetId="18" r:id="rId4"/>
     <sheet name="Teacher Salary" sheetId="11" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'Aid to Classrooms Funding'!$A$1:$E$15</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Aid to Classrooms Funding'!$A$1:$E$17</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">EFA!$A$1:$G$73</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'EIA Funding'!$A$1:$I$56</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="4">'Teacher Salary'!$A$1:$E$62</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'EIA Funding'!$A$1:$I$57</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'Student and Teacher Data'!$A$1:$I$20</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'Teacher Salary'!$A$1:$E$64</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I6" i="18" l="1"/>
+  <c r="E8" i="9" l="1"/>
+  <c r="D8" i="18"/>
+  <c r="I6" i="18"/>
   <c r="E7" i="9" l="1"/>
   <c r="D7" i="18"/>
   <c r="D5" i="9"/>
   <c r="D6" i="18" l="1"/>
   <c r="E6" i="9" l="1"/>
   <c r="E5" i="9"/>
   <c r="D5" i="18" l="1"/>
   <c r="C42" i="1" l="1"/>
   <c r="C39" i="2" l="1"/>
   <c r="E15" i="1"/>
   <c r="E14" i="1"/>
   <c r="E13" i="1"/>
   <c r="E12" i="1"/>
   <c r="E11" i="1"/>
   <c r="E10" i="1"/>
   <c r="E9" i="1"/>
   <c r="E8" i="1"/>
   <c r="E7" i="1"/>
   <c r="E6" i="1"/>
   <c r="E5" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="245" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="249" uniqueCount="123">
   <si>
     <t>1984-85</t>
   </si>
   <si>
     <t>1985-86</t>
   </si>
   <si>
     <t>1986-87</t>
   </si>
   <si>
     <t>1987-88</t>
   </si>
   <si>
     <t>1988-89</t>
   </si>
   <si>
     <t>1989-90</t>
   </si>
   <si>
     <t>1990-91</t>
   </si>
   <si>
     <t>1991-92</t>
   </si>
   <si>
@@ -441,78 +443,86 @@
   <si>
     <t>Source: S.C. Department of Education Teacher Salary Schedules; RFA Southeastern Average Teacher Salary Survey</t>
   </si>
   <si>
     <t>In the Appropriations Act of FY 2022-23, the General Assembly adopted a new formula for State Aid to Classrooms to replace the Education Finance Act.</t>
   </si>
   <si>
     <t>Source: S.C. Appropriations Act; SC Department of Education 135-day actual ADM and WPU counts</t>
   </si>
   <si>
     <t>BASE SALARY COST PER TEACHER</t>
   </si>
   <si>
     <t>Per Act 135 of 2020, state agencies operated at FY 20 appropriations levels.  Therefore,</t>
   </si>
   <si>
     <t>projected average teacher salary for budgeting purposes for FY 21 was $54,165.</t>
   </si>
   <si>
     <t>2024-25</t>
   </si>
   <si>
     <t>Last updated November 2022</t>
   </si>
   <si>
-    <t xml:space="preserve">Updated </t>
-[...1 lines deleted...]
-  <si>
     <t>Source: S.C. Appropriations Act</t>
   </si>
   <si>
     <t>The Appropriations Act allowed SDE to use unobligated surplus funds. See Part IB, Section 1A for the proviso number each year.</t>
   </si>
   <si>
     <t>Source: S.C. Appropriations Act; Board of Economic Advisors General Fund Revenue Forecast</t>
   </si>
   <si>
     <t>EIA appropriations prior to FY97 include recurring and non-recurring appropriations.</t>
   </si>
   <si>
     <t>Per Appropriations Act</t>
+  </si>
+  <si>
+    <t>2025-26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">n/a </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> FISCAL
+YEAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <numFmts count="5">
+  <numFmts count="6">
     <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.0_);\(#,##0.0\)"/>
     <numFmt numFmtId="165" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0"/>
+    <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -667,83 +677,94 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="49"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="18"/>
       </left>
       <right style="thin">
         <color indexed="18"/>
       </right>
       <top style="thin">
         <color indexed="18"/>
       </top>
       <bottom style="thin">
         <color indexed="18"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="4" fontId="4" fillId="2" borderId="1" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="81">
+  <cellXfs count="84">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="37" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="37" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="41" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="37" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="37" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
@@ -867,263 +888,69 @@
     <xf numFmtId="41" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="12" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="37" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="37" fontId="25" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{AF212AD3-0C3D-49C7-B72C-1B0BD3091C9A}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
     <cellStyle name="SAPBEXstdItem" xfId="3" xr:uid="{AE315FF8-554E-4C1C-90F5-8A4FDBB41E3E}"/>
   </cellStyles>
   <dxfs count="37">
-    <dxf>
-[...197 lines deleted...]
-    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
     </dxf>
@@ -1624,50 +1451,249 @@
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="14" formatCode="0.00%"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="5" formatCode="#,##0_);\(#,##0\)"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="0"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
       <numFmt numFmtId="5" formatCode="#,##0_);\(#,##0\)"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
@@ -1819,150 +1845,150 @@
     </tableStyle>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FF546782"/>
       <color rgb="FFE8EBF0"/>
       <color rgb="FFBFBFBF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{0EBE4F7D-52E9-40BA-B5F5-737D5F97B0F6}" name="Table1" displayName="Table1" ref="B4:E45" totalsRowShown="0" headerRowDxfId="33">
-  <autoFilter ref="B4:E45" xr:uid="{0EBE4F7D-52E9-40BA-B5F5-737D5F97B0F6}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{0EBE4F7D-52E9-40BA-B5F5-737D5F97B0F6}" name="Table1" displayName="Table1" ref="B4:E46" totalsRowShown="0" headerRowDxfId="33">
+  <autoFilter ref="B4:E46" xr:uid="{0EBE4F7D-52E9-40BA-B5F5-737D5F97B0F6}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{069C8300-8827-4651-85A8-37AD04BA0466}" name=" FISCAL YEAR" dataDxfId="32"/>
+    <tableColumn id="1" xr3:uid="{069C8300-8827-4651-85A8-37AD04BA0466}" name=" FISCAL_x000a_YEAR" dataDxfId="32"/>
     <tableColumn id="2" xr3:uid="{AB8B1148-E042-4288-850C-8C4D364C820B}" name="RECURRING APPROPRIATIONS" dataDxfId="31"/>
     <tableColumn id="3" xr3:uid="{C64B9166-C14D-4C65-9CD7-02868A73BAF8}" name="NON-RECURRING APPROPRIATIONS" dataDxfId="30"/>
     <tableColumn id="4" xr3:uid="{D09D544E-9352-496A-955C-6DDACCFC6C01}" name="REVENUE COLLECTIONS1" dataDxfId="29"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{6886731F-2874-435E-AA1A-939439659A49}" name="Table3" displayName="Table3" ref="B6:G50" totalsRowShown="0" headerRowDxfId="7" dataDxfId="6">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{6886731F-2874-435E-AA1A-939439659A49}" name="Table3" displayName="Table3" ref="B6:G50" totalsRowShown="0" headerRowDxfId="28" dataDxfId="27">
   <autoFilter ref="B6:G50" xr:uid="{6886731F-2874-435E-AA1A-939439659A49}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="6">
-    <tableColumn id="1" xr3:uid="{185A76C7-BB77-44AB-8F84-89361410CAB0}" name="FISCAL YEAR" dataDxfId="5"/>
-[...4 lines deleted...]
-    <tableColumn id="6" xr3:uid="{BB6F968D-7593-40DF-BCED-3EFBA4350FB9}" name="EFA EXPENDITURES" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{185A76C7-BB77-44AB-8F84-89361410CAB0}" name="FISCAL YEAR" dataDxfId="26"/>
+    <tableColumn id="2" xr3:uid="{4C525BD0-475E-4620-832A-25640097E567}" name="BASE STUDENT COST*" dataDxfId="25"/>
+    <tableColumn id="3" xr3:uid="{308EB674-CF1C-46F3-B3E1-8F88DF66FF62}" name="INFLATION FACTOR*" dataDxfId="24" dataCellStyle="Percent"/>
+    <tableColumn id="4" xr3:uid="{5D791387-7F1F-47E1-86A0-A702EFCF505B}" name="ACTUAL AVG. DAILY MEMBERSHIP" dataDxfId="23"/>
+    <tableColumn id="5" xr3:uid="{4816A124-5619-4D98-8C0E-C812D6D7403A}" name="ACTUAL WEIGHTED PUPIL UNITS" dataDxfId="22"/>
+    <tableColumn id="6" xr3:uid="{BB6F968D-7593-40DF-BCED-3EFBA4350FB9}" name="EFA EXPENDITURES" dataDxfId="21"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{1D99644D-377C-4E6E-888D-A277F4E19981}" name="Table4" displayName="Table4" ref="B4:E7" totalsRowShown="0" headerRowDxfId="28" dataDxfId="27">
-  <autoFilter ref="B4:E7" xr:uid="{1D99644D-377C-4E6E-888D-A277F4E19981}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{1D99644D-377C-4E6E-888D-A277F4E19981}" name="Table4" displayName="Table4" ref="B4:E8" totalsRowShown="0" headerRowDxfId="20" dataDxfId="19">
+  <autoFilter ref="B4:E8" xr:uid="{1D99644D-377C-4E6E-888D-A277F4E19981}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{D7A212CE-3DCB-4518-89CE-7ABA4D55427E}" name="FISCAL YEAR" dataDxfId="26"/>
-[...2 lines deleted...]
-    <tableColumn id="4" xr3:uid="{A96F3DB9-FC63-4F52-B444-0D8464B9665F}" name="TOTAL APPROPRIATIONS" dataDxfId="23">
+    <tableColumn id="1" xr3:uid="{D7A212CE-3DCB-4518-89CE-7ABA4D55427E}" name="FISCAL YEAR" dataDxfId="18"/>
+    <tableColumn id="2" xr3:uid="{9BE88E5E-9FB4-4413-8532-52F6F873A6A9}" name="EIA APPROPRIATIONS" dataDxfId="17"/>
+    <tableColumn id="3" xr3:uid="{53262433-9811-440D-A6EC-39D59797020F}" name="GENERAL FUND APPROPRIATIONS" dataDxfId="16"/>
+    <tableColumn id="4" xr3:uid="{A96F3DB9-FC63-4F52-B444-0D8464B9665F}" name="TOTAL APPROPRIATIONS" dataDxfId="15">
       <calculatedColumnFormula>SUM(C5:D5)</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{603AD210-43C4-4077-B7C8-5E36E9A8966E}" name="Table5" displayName="Table5" ref="B4:I7" totalsRowShown="0" headerRowDxfId="22" dataDxfId="21">
-  <autoFilter ref="B4:I7" xr:uid="{603AD210-43C4-4077-B7C8-5E36E9A8966E}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{603AD210-43C4-4077-B7C8-5E36E9A8966E}" name="Table5" displayName="Table5" ref="B4:I8" totalsRowShown="0" headerRowDxfId="14" dataDxfId="13">
+  <autoFilter ref="B4:I8" xr:uid="{603AD210-43C4-4077-B7C8-5E36E9A8966E}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
     <filterColumn colId="7" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{75FB9971-4431-43F5-BA88-C4F443E89B70}" name=" FISCAL YEAR" dataDxfId="20"/>
-[...1 lines deleted...]
-    <tableColumn id="3" xr3:uid="{380E4146-5FCD-4482-AE77-774920A8A045}" name=" FRINGE BENEFITS" dataDxfId="18">
+    <tableColumn id="1" xr3:uid="{75FB9971-4431-43F5-BA88-C4F443E89B70}" name=" FISCAL YEAR" dataDxfId="12"/>
+    <tableColumn id="2" xr3:uid="{C9702DD2-1D19-46A4-A723-6B7B72E41C2F}" name="BASE SALARY COST PER TEACHER" dataDxfId="11"/>
+    <tableColumn id="3" xr3:uid="{380E4146-5FCD-4482-AE77-774920A8A045}" name=" FRINGE BENEFITS" dataDxfId="10">
       <calculatedColumnFormula>E5-C5</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="4" xr3:uid="{D7C70605-B1AF-448A-B420-0A74EBB7F2E2}" name="TOTAL COST PER TEACHER*" dataDxfId="17"/>
-[...3 lines deleted...]
-    <tableColumn id="9" xr3:uid="{C17B9D46-EA31-4E8F-BF5C-1E82760F6564}" name="ACTUAL WEIGHTED PUPIL UNITS" dataDxfId="13"/>
+    <tableColumn id="4" xr3:uid="{D7C70605-B1AF-448A-B420-0A74EBB7F2E2}" name="TOTAL COST PER TEACHER*" dataDxfId="9"/>
+    <tableColumn id="5" xr3:uid="{C2432190-B502-46FA-834E-B824DEB1442A}" name="STUDENT/ TEACHER RATIO*" dataDxfId="8"/>
+    <tableColumn id="6" xr3:uid="{7EB2D3AC-B6C3-47F5-B5D5-B8DC246ED3DD}" name=" AVG. DAILY MEMBERSHIP*" dataDxfId="7"/>
+    <tableColumn id="8" xr3:uid="{5661DA92-B79E-4298-AB01-AB4275E2B87D}" name="ACTUAL AVG. DAILY MEMBERSHIP" dataDxfId="6"/>
+    <tableColumn id="9" xr3:uid="{C17B9D46-EA31-4E8F-BF5C-1E82760F6564}" name="ACTUAL WEIGHTED PUPIL UNITS" dataDxfId="5"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{F3F396A1-D1C6-4687-87CB-1F2C812E1415}" name="Table6" displayName="Table6" ref="B3:E49" totalsRowShown="0" headerRowDxfId="12">
-  <autoFilter ref="B3:E49" xr:uid="{F3F396A1-D1C6-4687-87CB-1F2C812E1415}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{F3F396A1-D1C6-4687-87CB-1F2C812E1415}" name="Table6" displayName="Table6" ref="B3:E50" totalsRowShown="0" headerRowDxfId="4">
+  <autoFilter ref="B3:E50" xr:uid="{F3F396A1-D1C6-4687-87CB-1F2C812E1415}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{DA6E2B18-28BD-463A-AFD6-86A170906935}" name="FISCAL YEAR" dataDxfId="11"/>
-[...2 lines deleted...]
-    <tableColumn id="4" xr3:uid="{62DE710C-6B83-4996-8797-0F42D8D148CF}" name="SOUTHEASTERN AVG. TEACHER SALARY*" dataDxfId="8"/>
+    <tableColumn id="1" xr3:uid="{DA6E2B18-28BD-463A-AFD6-86A170906935}" name="FISCAL YEAR" dataDxfId="3"/>
+    <tableColumn id="2" xr3:uid="{68629423-9E13-4D95-A0CC-365B790E90D0}" name="STATE MINIMUM TEACHER SALARY*" dataDxfId="2"/>
+    <tableColumn id="3" xr3:uid="{91E82446-691D-4C6B-8B75-D1DD4657BB74}" name="SOUTH CAROLINA AVG. TEACHER SALARY" dataDxfId="1"/>
+    <tableColumn id="4" xr3:uid="{62DE710C-6B83-4996-8797-0F42D8D148CF}" name="SOUTHEASTERN AVG. TEACHER SALARY*" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -2244,60 +2270,60 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1F093E03-7F63-4E3A-8D1C-CE2386713D0C}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:H58"/>
+  <dimension ref="A1:H59"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <pane ySplit="4" topLeftCell="A25" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H40" sqref="H40"/>
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="I42" sqref="I42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="1.7109375" style="2" customWidth="1"/>
+    <col min="1" max="1" width="2.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.28515625" style="2" customWidth="1"/>
     <col min="3" max="5" width="24" style="2" customWidth="1"/>
     <col min="6" max="6" width="20.7109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="14.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="12.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="9" max="256" width="8.85546875" style="2"/>
     <col min="257" max="257" width="12.7109375" style="2" customWidth="1"/>
     <col min="258" max="261" width="22.7109375" style="2" customWidth="1"/>
     <col min="262" max="512" width="8.85546875" style="2"/>
     <col min="513" max="513" width="12.7109375" style="2" customWidth="1"/>
     <col min="514" max="517" width="22.7109375" style="2" customWidth="1"/>
     <col min="518" max="768" width="8.85546875" style="2"/>
     <col min="769" max="769" width="12.7109375" style="2" customWidth="1"/>
     <col min="770" max="773" width="22.7109375" style="2" customWidth="1"/>
     <col min="774" max="1024" width="8.85546875" style="2"/>
     <col min="1025" max="1025" width="12.7109375" style="2" customWidth="1"/>
     <col min="1026" max="1029" width="22.7109375" style="2" customWidth="1"/>
     <col min="1030" max="1280" width="8.85546875" style="2"/>
     <col min="1281" max="1281" width="12.7109375" style="2" customWidth="1"/>
     <col min="1282" max="1285" width="22.7109375" style="2" customWidth="1"/>
     <col min="1286" max="1536" width="8.85546875" style="2"/>
     <col min="1537" max="1537" width="12.7109375" style="2" customWidth="1"/>
     <col min="1538" max="1541" width="22.7109375" style="2" customWidth="1"/>
     <col min="1542" max="1792" width="8.85546875" style="2"/>
     <col min="1793" max="1793" width="12.7109375" style="2" customWidth="1"/>
@@ -2453,79 +2479,79 @@
     <col min="14593" max="14593" width="12.7109375" style="2" customWidth="1"/>
     <col min="14594" max="14597" width="22.7109375" style="2" customWidth="1"/>
     <col min="14598" max="14848" width="8.85546875" style="2"/>
     <col min="14849" max="14849" width="12.7109375" style="2" customWidth="1"/>
     <col min="14850" max="14853" width="22.7109375" style="2" customWidth="1"/>
     <col min="14854" max="15104" width="8.85546875" style="2"/>
     <col min="15105" max="15105" width="12.7109375" style="2" customWidth="1"/>
     <col min="15106" max="15109" width="22.7109375" style="2" customWidth="1"/>
     <col min="15110" max="15360" width="8.85546875" style="2"/>
     <col min="15361" max="15361" width="12.7109375" style="2" customWidth="1"/>
     <col min="15362" max="15365" width="22.7109375" style="2" customWidth="1"/>
     <col min="15366" max="15616" width="8.85546875" style="2"/>
     <col min="15617" max="15617" width="12.7109375" style="2" customWidth="1"/>
     <col min="15618" max="15621" width="22.7109375" style="2" customWidth="1"/>
     <col min="15622" max="15872" width="8.85546875" style="2"/>
     <col min="15873" max="15873" width="12.7109375" style="2" customWidth="1"/>
     <col min="15874" max="15877" width="22.7109375" style="2" customWidth="1"/>
     <col min="15878" max="16128" width="8.85546875" style="2"/>
     <col min="16129" max="16129" width="12.7109375" style="2" customWidth="1"/>
     <col min="16130" max="16133" width="22.7109375" style="2" customWidth="1"/>
     <col min="16134" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="16" customFormat="1" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="2"/>
-      <c r="B1" s="80" t="s">
+      <c r="B1" s="83" t="s">
         <v>52</v>
       </c>
-      <c r="C1" s="80"/>
-[...1 lines deleted...]
-      <c r="E1" s="80"/>
+      <c r="C1" s="83"/>
+      <c r="D1" s="83"/>
+      <c r="E1" s="83"/>
       <c r="F1" s="17"/>
     </row>
     <row r="2" spans="1:8" s="16" customFormat="1" ht="21" x14ac:dyDescent="0.35">
       <c r="A2" s="2"/>
-      <c r="B2" s="80" t="s">
+      <c r="B2" s="83" t="s">
         <v>53</v>
       </c>
-      <c r="C2" s="80"/>
-[...1 lines deleted...]
-      <c r="E2" s="80"/>
+      <c r="C2" s="83"/>
+      <c r="D2" s="83"/>
+      <c r="E2" s="83"/>
       <c r="F2" s="17"/>
     </row>
     <row r="3" spans="1:8" ht="10.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
     </row>
     <row r="4" spans="1:8" s="24" customFormat="1" ht="39.75" x14ac:dyDescent="0.3">
       <c r="A4" s="22"/>
       <c r="B4" s="25" t="s">
-        <v>49</v>
+        <v>122</v>
       </c>
       <c r="C4" s="25" t="s">
         <v>87</v>
       </c>
       <c r="D4" s="25" t="s">
         <v>74</v>
       </c>
       <c r="E4" s="25" t="s">
         <v>99</v>
       </c>
       <c r="F4" s="23"/>
     </row>
     <row r="5" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="5">
         <v>217265860</v>
       </c>
       <c r="D5" s="12" t="s">
         <v>50</v>
       </c>
       <c r="E5" s="6">
         <f>182578000+1404000</f>
         <v>183982000</v>
@@ -3216,198 +3242,222 @@
       <c r="F42" s="6"/>
       <c r="G42" s="13"/>
       <c r="H42" s="14"/>
     </row>
     <row r="43" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7">
         <v>3</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>47</v>
       </c>
       <c r="C43" s="5">
         <v>1004596000</v>
       </c>
       <c r="D43" s="5">
         <v>157920001</v>
       </c>
       <c r="E43" s="6">
         <v>1222942713</v>
       </c>
       <c r="F43" s="6"/>
       <c r="G43" s="13"/>
     </row>
     <row r="44" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>83</v>
       </c>
       <c r="C44" s="5">
         <v>1177370000</v>
       </c>
       <c r="D44" s="5">
         <v>263166300</v>
       </c>
       <c r="E44" s="6">
         <v>1268470095</v>
       </c>
       <c r="F44" s="6"/>
       <c r="G44" s="13"/>
     </row>
     <row r="45" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="7"/>
       <c r="B45" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C45" s="5">
         <v>1258557000</v>
       </c>
       <c r="D45" s="8">
         <v>0</v>
       </c>
-      <c r="E45" s="79" t="s">
-        <v>50</v>
+      <c r="E45" s="82">
+        <v>1324569670</v>
       </c>
       <c r="F45" s="6"/>
       <c r="G45" s="13"/>
     </row>
-    <row r="46" spans="1:8" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="F46" s="1"/>
+    <row r="46" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="7">
+        <v>3</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C46" s="5">
+        <v>1311066913</v>
+      </c>
+      <c r="D46" s="5">
+        <v>123984000</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="F46" s="6"/>
+      <c r="G46" s="13"/>
     </row>
     <row r="47" spans="1:8" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="7"/>
-      <c r="C47" s="1"/>
+      <c r="B47" s="4"/>
+      <c r="C47" s="5"/>
+      <c r="D47" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="E47" s="19">
+        <v>45979</v>
+      </c>
       <c r="F47" s="1"/>
+      <c r="G47" s="81"/>
     </row>
     <row r="48" spans="1:8" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="7"/>
-      <c r="B48" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="1"/>
-      <c r="D48" s="18"/>
-      <c r="E48" s="19"/>
       <c r="F48" s="1"/>
-    </row>
-    <row r="49" spans="1:6" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G48" s="81"/>
+    </row>
+    <row r="49" spans="1:7" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="7"/>
-      <c r="B49" s="1"/>
+      <c r="B49" s="1" t="s">
+        <v>117</v>
+      </c>
       <c r="C49" s="1"/>
       <c r="D49" s="18"/>
       <c r="E49" s="19"/>
       <c r="F49" s="1"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" s="7">
+      <c r="G49" s="81"/>
+    </row>
+    <row r="50" spans="1:7" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="7"/>
+      <c r="B50" s="1"/>
+      <c r="C50" s="1"/>
+      <c r="D50" s="18"/>
+      <c r="E50" s="19"/>
+      <c r="F50" s="1"/>
+      <c r="G50" s="81"/>
+    </row>
+    <row r="51" spans="1:7" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="7">
         <v>1</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="B51" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C50" s="1"/>
-[...5 lines deleted...]
-      <c r="A51" s="7">
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
+      <c r="F51" s="21"/>
+      <c r="G51" s="81"/>
+    </row>
+    <row r="52" spans="1:7" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="7">
         <v>2</v>
       </c>
-      <c r="B51" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="B52" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C52" s="21"/>
       <c r="D52" s="21"/>
       <c r="E52" s="21"/>
       <c r="F52" s="21"/>
     </row>
-    <row r="53" spans="1:6" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B53" s="1"/>
+    <row r="53" spans="1:7" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="7">
+        <v>3</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="C53" s="21"/>
       <c r="D53" s="21"/>
       <c r="E53" s="21"/>
       <c r="F53" s="21"/>
     </row>
-    <row r="54" spans="1:6" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:7" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="7"/>
       <c r="B54" s="1"/>
       <c r="C54" s="21"/>
       <c r="D54" s="21"/>
       <c r="E54" s="21"/>
       <c r="F54" s="21"/>
     </row>
-    <row r="55" spans="1:6" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:7" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="7"/>
+      <c r="B55" s="1"/>
       <c r="C55" s="21"/>
       <c r="D55" s="21"/>
       <c r="E55" s="21"/>
       <c r="F55" s="21"/>
     </row>
-    <row r="56" spans="1:6" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:7" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="7"/>
-      <c r="B56" s="1"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
-      <c r="F56" s="1"/>
-[...1 lines deleted...]
-    <row r="57" spans="1:6" s="20" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="F56" s="21"/>
+    </row>
+    <row r="57" spans="1:7" s="20" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="7"/>
       <c r="B57" s="1"/>
-      <c r="C57" s="1"/>
-[...7 lines deleted...]
-      <c r="E58" s="20"/>
+      <c r="C57" s="21"/>
+      <c r="D57" s="21"/>
+      <c r="E57" s="21"/>
+      <c r="F57" s="1"/>
+    </row>
+    <row r="58" spans="1:7" s="20" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A58" s="7"/>
+      <c r="B58" s="1"/>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="1"/>
+    </row>
+    <row r="59" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="B59" s="20"/>
+      <c r="C59" s="20"/>
+      <c r="D59" s="20"/>
+      <c r="E59" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B1:E1"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="65" fitToHeight="7" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5614D85B-9BBD-4355-9780-3AE2F9189251}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A1:H74"/>
   <sheetViews>
@@ -3444,51 +3494,51 @@
       </c>
       <c r="C3" s="48"/>
       <c r="D3" s="48"/>
       <c r="E3" s="48"/>
       <c r="F3" s="48"/>
       <c r="G3" s="48"/>
     </row>
     <row r="4" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="47" t="s">
         <v>104</v>
       </c>
       <c r="C4" s="49"/>
       <c r="D4" s="49"/>
       <c r="E4" s="49"/>
       <c r="F4" s="49"/>
       <c r="G4" s="49"/>
     </row>
     <row r="5" spans="1:8" ht="10.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
     </row>
-    <row r="6" spans="1:8" s="53" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" s="53" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="50"/>
       <c r="B6" s="51" t="s">
         <v>48</v>
       </c>
       <c r="C6" s="51" t="s">
         <v>100</v>
       </c>
       <c r="D6" s="51" t="s">
         <v>101</v>
       </c>
       <c r="E6" s="51" t="s">
         <v>97</v>
       </c>
       <c r="F6" s="51" t="s">
         <v>98</v>
       </c>
       <c r="G6" s="51" t="s">
         <v>102</v>
       </c>
       <c r="H6" s="52"/>
     </row>
     <row r="7" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="30">
         <v>1</v>
       </c>
@@ -4424,51 +4474,51 @@
         <v>-8.0000000000000002E-3</v>
       </c>
       <c r="E50" s="33">
         <v>752210.74</v>
       </c>
       <c r="F50" s="27">
         <v>1031074.02</v>
       </c>
       <c r="G50" s="27">
         <v>1858096266.01</v>
       </c>
     </row>
     <row r="51" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="30"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
     </row>
     <row r="52" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="34" t="s">
         <v>44</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G52" s="46" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="53" spans="1:8" s="37" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="30">
         <v>1</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>77</v>
       </c>
       <c r="C53" s="35"/>
       <c r="D53" s="35"/>
       <c r="E53" s="35"/>
       <c r="F53" s="35"/>
       <c r="G53" s="35"/>
       <c r="H53" s="36"/>
     </row>
     <row r="54" spans="1:8" s="37" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="30"/>
       <c r="B54" s="44" t="s">
         <v>78</v>
       </c>
       <c r="C54" s="38"/>
@@ -4648,54 +4698,54 @@
       <c r="C74" s="3"/>
       <c r="D74" s="3"/>
       <c r="E74" s="3"/>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="66" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{60FC104F-C2E8-4267-93A3-9E1D397F23F3}">
   <sheetPr codeName="Sheet5">
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
-  <dimension ref="A1:F18"/>
+  <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView showGridLines="0" showWhiteSpace="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C19" sqref="C19"/>
+      <selection activeCell="D23" sqref="D23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="28" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" style="9" customWidth="1"/>
     <col min="3" max="5" width="22.140625" style="9" customWidth="1"/>
     <col min="6" max="251" width="9.140625" style="9"/>
     <col min="252" max="252" width="12.7109375" style="9" customWidth="1"/>
     <col min="253" max="253" width="15.7109375" style="9" customWidth="1"/>
     <col min="254" max="254" width="2.140625" style="9" customWidth="1"/>
     <col min="255" max="255" width="15.7109375" style="9" customWidth="1"/>
     <col min="256" max="256" width="18.7109375" style="9" customWidth="1"/>
     <col min="257" max="257" width="2.140625" style="9" bestFit="1" customWidth="1"/>
     <col min="258" max="258" width="18.7109375" style="9" customWidth="1"/>
     <col min="259" max="259" width="2.42578125" style="9" bestFit="1" customWidth="1"/>
     <col min="260" max="260" width="20.7109375" style="9" customWidth="1"/>
     <col min="261" max="507" width="9.140625" style="9"/>
     <col min="508" max="508" width="12.7109375" style="9" customWidth="1"/>
     <col min="509" max="509" width="15.7109375" style="9" customWidth="1"/>
     <col min="510" max="510" width="2.140625" style="9" customWidth="1"/>
     <col min="511" max="511" width="15.7109375" style="9" customWidth="1"/>
     <col min="512" max="512" width="18.7109375" style="9" customWidth="1"/>
     <col min="513" max="513" width="2.140625" style="9" bestFit="1" customWidth="1"/>
     <col min="514" max="514" width="18.7109375" style="9" customWidth="1"/>
@@ -5294,65 +5344,65 @@
     <col min="15621" max="15867" width="9.140625" style="9"/>
     <col min="15868" max="15868" width="12.7109375" style="9" customWidth="1"/>
     <col min="15869" max="15869" width="15.7109375" style="9" customWidth="1"/>
     <col min="15870" max="15870" width="2.140625" style="9" customWidth="1"/>
     <col min="15871" max="15871" width="15.7109375" style="9" customWidth="1"/>
     <col min="15872" max="15872" width="18.7109375" style="9" customWidth="1"/>
     <col min="15873" max="15873" width="2.140625" style="9" bestFit="1" customWidth="1"/>
     <col min="15874" max="15874" width="18.7109375" style="9" customWidth="1"/>
     <col min="15875" max="15875" width="2.42578125" style="9" bestFit="1" customWidth="1"/>
     <col min="15876" max="15876" width="20.7109375" style="9" customWidth="1"/>
     <col min="15877" max="16123" width="9.140625" style="9"/>
     <col min="16124" max="16124" width="12.7109375" style="9" customWidth="1"/>
     <col min="16125" max="16125" width="15.7109375" style="9" customWidth="1"/>
     <col min="16126" max="16126" width="2.140625" style="9" customWidth="1"/>
     <col min="16127" max="16127" width="15.7109375" style="9" customWidth="1"/>
     <col min="16128" max="16128" width="18.7109375" style="9" customWidth="1"/>
     <col min="16129" max="16129" width="2.140625" style="9" bestFit="1" customWidth="1"/>
     <col min="16130" max="16130" width="18.7109375" style="9" customWidth="1"/>
     <col min="16131" max="16131" width="2.42578125" style="9" bestFit="1" customWidth="1"/>
     <col min="16132" max="16132" width="20.7109375" style="9" customWidth="1"/>
     <col min="16133" max="16384" width="9.140625" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="26" customFormat="1" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="28"/>
-      <c r="B1" s="80" t="s">
+      <c r="B1" s="83" t="s">
         <v>54</v>
       </c>
-      <c r="C1" s="80"/>
-[...1 lines deleted...]
-      <c r="E1" s="80"/>
+      <c r="C1" s="83"/>
+      <c r="D1" s="83"/>
+      <c r="E1" s="83"/>
     </row>
     <row r="2" spans="1:6" s="26" customFormat="1" ht="21" x14ac:dyDescent="0.35">
       <c r="A2" s="28"/>
-      <c r="B2" s="80" t="s">
+      <c r="B2" s="83" t="s">
         <v>76</v>
       </c>
-      <c r="C2" s="80"/>
-[...1 lines deleted...]
-      <c r="E2" s="80"/>
+      <c r="C2" s="83"/>
+      <c r="D2" s="83"/>
+      <c r="E2" s="83"/>
     </row>
     <row r="3" spans="1:6" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
     </row>
     <row r="4" spans="1:6" s="23" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
       <c r="A4" s="59"/>
       <c r="B4" s="60" t="s">
         <v>48</v>
       </c>
       <c r="C4" s="60" t="s">
         <v>90</v>
       </c>
       <c r="D4" s="60" t="s">
         <v>91</v>
       </c>
       <c r="E4" s="60" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="28">
         <v>1</v>
@@ -5386,172 +5436,196 @@
       </c>
       <c r="E6" s="6">
         <f>SUM(C6:D6)</f>
         <v>4101892845</v>
       </c>
       <c r="F6" s="54"/>
     </row>
     <row r="7" spans="1:6" s="57" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="28"/>
       <c r="B7" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C7" s="6">
         <v>738826434</v>
       </c>
       <c r="D7" s="6">
         <v>3667238424</v>
       </c>
       <c r="E7" s="6">
         <f>SUM(C7:D7)</f>
         <v>4406064858</v>
       </c>
     </row>
     <row r="8" spans="1:6" s="57" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="28"/>
-      <c r="B8" s="55"/>
-[...5 lines deleted...]
-        <v>45575</v>
+      <c r="B8" s="79" t="s">
+        <v>120</v>
+      </c>
+      <c r="C8" s="80">
+        <v>770826434</v>
+      </c>
+      <c r="D8" s="80">
+        <v>3760647982</v>
+      </c>
+      <c r="E8" s="80">
+        <f>SUM(C8:D8)</f>
+        <v>4531474416</v>
       </c>
     </row>
     <row r="9" spans="1:6" s="57" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="28"/>
-      <c r="B9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B9" s="55"/>
       <c r="C9" s="56"/>
-      <c r="D9" s="56"/>
-      <c r="E9" s="18"/>
+      <c r="D9" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" s="19">
+        <v>45979</v>
+      </c>
     </row>
     <row r="10" spans="1:6" s="57" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="28"/>
       <c r="B10" s="55"/>
       <c r="C10" s="56"/>
-      <c r="D10" s="56"/>
-      <c r="E10" s="18"/>
+      <c r="D10" s="18"/>
+      <c r="E10" s="19"/>
     </row>
     <row r="11" spans="1:6" s="57" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="28"/>
-      <c r="B11" s="21" t="s">
-        <v>106</v>
+      <c r="B11" s="1" t="s">
+        <v>115</v>
       </c>
       <c r="C11" s="56"/>
       <c r="D11" s="56"/>
-      <c r="E11" s="56"/>
+      <c r="E11" s="18"/>
     </row>
     <row r="12" spans="1:6" s="57" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="28">
-[...4 lines deleted...]
-      </c>
+      <c r="A12" s="28"/>
+      <c r="B12" s="55"/>
       <c r="C12" s="56"/>
       <c r="D12" s="56"/>
-      <c r="E12" s="56"/>
+      <c r="E12" s="18"/>
     </row>
     <row r="13" spans="1:6" s="57" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="28"/>
-      <c r="B13" s="1"/>
-[...2 lines deleted...]
-      <c r="E13" s="1"/>
+      <c r="B13" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" s="56"/>
+      <c r="D13" s="56"/>
+      <c r="E13" s="56"/>
     </row>
     <row r="14" spans="1:6" s="57" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="28"/>
-[...2 lines deleted...]
-      <c r="E14" s="1"/>
+      <c r="A14" s="28">
+        <v>1</v>
+      </c>
+      <c r="B14" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" s="56"/>
+      <c r="D14" s="56"/>
+      <c r="E14" s="56"/>
     </row>
     <row r="15" spans="1:6" s="57" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="28"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
     </row>
     <row r="16" spans="1:6" s="57" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="28"/>
-      <c r="B16" s="1"/>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
     </row>
-    <row r="17" spans="1:5" s="57" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:5" s="57" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="28"/>
       <c r="B17" s="1"/>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
     </row>
-    <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:5" s="57" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="28"/>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
+    </row>
+    <row r="19" spans="1:5" s="57" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="28"/>
+      <c r="B19" s="1"/>
+      <c r="C19" s="1"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="1"/>
+    </row>
+    <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B20" s="1"/>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="66" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{956A7B8B-B213-4044-939D-BAA454D79F58}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
-  <dimension ref="A1:I20"/>
+  <dimension ref="A1:I22"/>
   <sheetViews>
     <sheetView showGridLines="0" showWhiteSpace="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="D21" sqref="D21"/>
+      <selection activeCell="I10" sqref="I10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="28" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.85546875" style="9" customWidth="1"/>
     <col min="3" max="5" width="17" style="9" customWidth="1"/>
     <col min="6" max="6" width="16.7109375" style="9" customWidth="1"/>
     <col min="7" max="7" width="21.42578125" style="9" bestFit="1" customWidth="1"/>
-    <col min="8" max="9" width="17" style="9" customWidth="1"/>
+    <col min="8" max="8" width="17" style="9" customWidth="1"/>
+    <col min="9" max="9" width="18.140625" style="9" bestFit="1" customWidth="1"/>
     <col min="10" max="255" width="9.140625" style="9"/>
     <col min="256" max="256" width="12.7109375" style="9" customWidth="1"/>
     <col min="257" max="257" width="15.7109375" style="9" customWidth="1"/>
     <col min="258" max="258" width="2.140625" style="9" customWidth="1"/>
     <col min="259" max="259" width="15.7109375" style="9" customWidth="1"/>
     <col min="260" max="260" width="18.7109375" style="9" customWidth="1"/>
     <col min="261" max="261" width="2.140625" style="9" bestFit="1" customWidth="1"/>
     <col min="262" max="262" width="18.7109375" style="9" customWidth="1"/>
     <col min="263" max="263" width="2.42578125" style="9" bestFit="1" customWidth="1"/>
     <col min="264" max="264" width="20.7109375" style="9" customWidth="1"/>
     <col min="265" max="511" width="9.140625" style="9"/>
     <col min="512" max="512" width="12.7109375" style="9" customWidth="1"/>
     <col min="513" max="513" width="15.7109375" style="9" customWidth="1"/>
     <col min="514" max="514" width="2.140625" style="9" customWidth="1"/>
     <col min="515" max="515" width="15.7109375" style="9" customWidth="1"/>
     <col min="516" max="516" width="18.7109375" style="9" customWidth="1"/>
     <col min="517" max="517" width="2.140625" style="9" bestFit="1" customWidth="1"/>
     <col min="518" max="518" width="18.7109375" style="9" customWidth="1"/>
     <col min="519" max="519" width="2.42578125" style="9" bestFit="1" customWidth="1"/>
     <col min="520" max="520" width="20.7109375" style="9" customWidth="1"/>
     <col min="521" max="767" width="9.140625" style="9"/>
     <col min="768" max="768" width="12.7109375" style="9" customWidth="1"/>
     <col min="769" max="769" width="15.7109375" style="9" customWidth="1"/>
     <col min="770" max="770" width="2.140625" style="9" customWidth="1"/>
     <col min="771" max="771" width="15.7109375" style="9" customWidth="1"/>
@@ -6177,51 +6251,51 @@
       <c r="I1" s="41"/>
     </row>
     <row r="2" spans="1:9" s="26" customFormat="1" ht="21" x14ac:dyDescent="0.35">
       <c r="A2" s="28"/>
       <c r="B2" s="41" t="s">
         <v>79</v>
       </c>
       <c r="C2" s="41"/>
       <c r="D2" s="41"/>
       <c r="E2" s="41"/>
       <c r="F2" s="41"/>
       <c r="G2" s="41"/>
       <c r="H2" s="41"/>
       <c r="I2" s="41"/>
     </row>
     <row r="3" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
     </row>
-    <row r="4" spans="1:9" s="53" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:9" s="53" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="50"/>
       <c r="B4" s="51" t="s">
         <v>49</v>
       </c>
       <c r="C4" s="51" t="s">
         <v>110</v>
       </c>
       <c r="D4" s="51" t="s">
         <v>93</v>
       </c>
       <c r="E4" s="51" t="s">
         <v>94</v>
       </c>
       <c r="F4" s="51" t="s">
         <v>95</v>
       </c>
       <c r="G4" s="51" t="s">
         <v>96</v>
       </c>
       <c r="H4" s="51" t="s">
         <v>97</v>
       </c>
       <c r="I4" s="51" t="s">
         <v>98</v>
       </c>
@@ -6284,238 +6358,277 @@
         <f>1617.02+1303308.53</f>
         <v>1304925.55</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="28"/>
       <c r="B7" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C7" s="74">
         <v>57250</v>
       </c>
       <c r="D7" s="74">
         <f>E7-C7</f>
         <v>18641</v>
       </c>
       <c r="E7" s="75">
         <v>75891</v>
       </c>
       <c r="F7" s="61">
         <v>11.2</v>
       </c>
       <c r="G7" s="6">
         <v>769703</v>
       </c>
-      <c r="H7" s="6"/>
-      <c r="I7" s="6"/>
+      <c r="H7" s="6">
+        <v>765241.7100000002</v>
+      </c>
+      <c r="I7" s="6">
+        <v>1320377.909</v>
+      </c>
     </row>
     <row r="8" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="28"/>
-      <c r="B8" s="55"/>
-[...10 lines deleted...]
-      </c>
+      <c r="B8" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C8" s="74">
+        <v>58750</v>
+      </c>
+      <c r="D8" s="74">
+        <f>E8-C8</f>
+        <v>19129</v>
+      </c>
+      <c r="E8" s="75">
+        <v>77879</v>
+      </c>
+      <c r="F8" s="61">
+        <v>11.2</v>
+      </c>
+      <c r="G8" s="6">
+        <v>770504</v>
+      </c>
+      <c r="H8" s="6"/>
+      <c r="I8" s="6"/>
     </row>
     <row r="9" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="28"/>
-      <c r="B9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B9" s="55"/>
       <c r="C9" s="55"/>
       <c r="D9" s="55"/>
       <c r="E9" s="56"/>
       <c r="F9" s="62"/>
       <c r="G9" s="62"/>
-      <c r="H9" s="78"/>
-      <c r="I9" s="19"/>
+      <c r="H9" s="78" t="s">
+        <v>89</v>
+      </c>
+      <c r="I9" s="19">
+        <v>45979</v>
+      </c>
     </row>
     <row r="10" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="28"/>
-      <c r="B10" s="1"/>
+      <c r="B10" s="55"/>
       <c r="C10" s="55"/>
       <c r="D10" s="55"/>
       <c r="E10" s="56"/>
       <c r="F10" s="62"/>
       <c r="G10" s="62"/>
       <c r="H10" s="78"/>
       <c r="I10" s="19"/>
     </row>
     <row r="11" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="9" t="s">
-[...6 lines deleted...]
-      <c r="D11" s="21"/>
+      <c r="A11" s="28"/>
+      <c r="B11" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C11" s="55"/>
+      <c r="D11" s="55"/>
       <c r="E11" s="56"/>
       <c r="F11" s="62"/>
       <c r="G11" s="62"/>
-      <c r="H11" s="58"/>
-      <c r="I11" s="56"/>
+      <c r="H11" s="78"/>
+      <c r="I11" s="19"/>
     </row>
     <row r="12" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="28">
+      <c r="A12" s="28"/>
+      <c r="B12" s="1"/>
+      <c r="C12" s="55"/>
+      <c r="D12" s="55"/>
+      <c r="E12" s="56"/>
+      <c r="F12" s="62"/>
+      <c r="G12" s="62"/>
+      <c r="H12" s="78"/>
+      <c r="I12" s="19"/>
+    </row>
+    <row r="13" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="C13" s="21"/>
+      <c r="D13" s="21"/>
+      <c r="E13" s="56"/>
+      <c r="F13" s="62"/>
+      <c r="G13" s="62"/>
+      <c r="H13" s="58"/>
+      <c r="I13" s="56"/>
+    </row>
+    <row r="14" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="28">
         <v>1</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="B14" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C12" s="1"/>
-[...26 lines deleted...]
-      <c r="D14" s="63"/>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
     </row>
     <row r="15" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="28"/>
-      <c r="B15" s="63" t="s">
-[...3 lines deleted...]
-      <c r="D15" s="63"/>
+      <c r="B15" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" s="1"/>
+      <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
     </row>
     <row r="16" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="28"/>
-      <c r="B16" s="1"/>
-[...1 lines deleted...]
-      <c r="D16" s="1"/>
+      <c r="B16" s="63" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="63"/>
+      <c r="D16" s="63"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
     </row>
     <row r="17" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="28"/>
-      <c r="C17" s="1"/>
-      <c r="D17" s="1"/>
+      <c r="B17" s="63" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" s="63"/>
+      <c r="D17" s="63"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
     </row>
     <row r="18" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="28"/>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
     </row>
     <row r="19" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="28"/>
-      <c r="B19" s="1"/>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
     </row>
-    <row r="20" spans="1:9" s="29" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="28"/>
-      <c r="B20" s="9"/>
-[...6 lines deleted...]
-      <c r="I20" s="9"/>
+      <c r="B20" s="1"/>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1"/>
+      <c r="H20" s="1"/>
+      <c r="I20" s="1"/>
+    </row>
+    <row r="21" spans="1:9" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="28"/>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+    </row>
+    <row r="22" spans="1:9" s="29" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="28"/>
+      <c r="B22" s="9"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="9"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="9"/>
+      <c r="H22" s="9"/>
+      <c r="I22" s="9"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="66" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{607B3461-2842-474D-B61D-7F8D44077514}">
   <sheetPr codeName="Sheet6">
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:H68"/>
+  <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView showGridLines="0" showWhiteSpace="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A28" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="G45" sqref="G45"/>
+      <pane ySplit="3" topLeftCell="A24" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D51" sqref="D51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="65" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" style="9" customWidth="1"/>
     <col min="3" max="5" width="28" style="9" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="9"/>
     <col min="8" max="8" width="8.5703125" style="9" bestFit="1" customWidth="1"/>
     <col min="9" max="248" width="9.140625" style="9"/>
     <col min="249" max="249" width="12.7109375" style="9" customWidth="1"/>
     <col min="250" max="250" width="15.7109375" style="9" customWidth="1"/>
     <col min="251" max="251" width="2.140625" style="9" customWidth="1"/>
     <col min="252" max="252" width="15.7109375" style="9" customWidth="1"/>
     <col min="253" max="253" width="18.7109375" style="9" customWidth="1"/>
     <col min="254" max="254" width="2.140625" style="9" bestFit="1" customWidth="1"/>
     <col min="255" max="255" width="18.7109375" style="9" customWidth="1"/>
     <col min="256" max="256" width="2.42578125" style="9" bestFit="1" customWidth="1"/>
     <col min="257" max="257" width="20.7109375" style="9" customWidth="1"/>
     <col min="258" max="504" width="9.140625" style="9"/>
     <col min="505" max="505" width="12.7109375" style="9" customWidth="1"/>
     <col min="506" max="506" width="15.7109375" style="9" customWidth="1"/>
     <col min="507" max="507" width="2.140625" style="9" customWidth="1"/>
     <col min="508" max="508" width="15.7109375" style="9" customWidth="1"/>
     <col min="509" max="509" width="18.7109375" style="9" customWidth="1"/>
@@ -7790,282 +7903,308 @@
     </row>
     <row r="46" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C46" s="6">
         <v>36000</v>
       </c>
       <c r="D46" s="67">
         <v>54814</v>
       </c>
       <c r="E46" s="27">
         <v>53426</v>
       </c>
       <c r="F46" s="9"/>
       <c r="H46" s="68"/>
     </row>
     <row r="47" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="4" t="s">
         <v>47</v>
       </c>
       <c r="C47" s="6">
         <v>40000</v>
       </c>
       <c r="D47" s="6">
-        <v>57695</v>
+        <v>57520</v>
       </c>
       <c r="E47" s="27">
         <v>55897.801112363646</v>
       </c>
       <c r="F47" s="9"/>
       <c r="H47" s="68"/>
     </row>
     <row r="48" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="4" t="s">
         <v>83</v>
       </c>
       <c r="C48" s="6">
         <v>42500</v>
       </c>
       <c r="D48" s="6">
         <v>60763</v>
       </c>
       <c r="E48" s="27">
         <v>58048</v>
       </c>
       <c r="F48" s="9"/>
       <c r="H48" s="68"/>
     </row>
     <row r="49" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C49" s="6">
         <v>47000</v>
       </c>
-      <c r="D49" s="67"/>
+      <c r="D49" s="67">
+        <v>64050</v>
+      </c>
       <c r="E49" s="27">
         <v>59866</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B50" s="1"/>
-[...5 lines deleted...]
-        <v>45588</v>
+      <c r="B50" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C50" s="6">
+        <v>48500</v>
+      </c>
+      <c r="D50" s="67"/>
+      <c r="E50" s="27">
+        <v>61964</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B51" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B51" s="1"/>
       <c r="C51" s="1"/>
-      <c r="D51" s="18"/>
-      <c r="E51" s="19"/>
+      <c r="D51" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="E51" s="19">
+        <v>45979</v>
+      </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="1"/>
       <c r="C52" s="1"/>
       <c r="D52" s="18"/>
       <c r="E52" s="19"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B53" s="1" t="s">
-        <v>51</v>
+        <v>107</v>
       </c>
       <c r="C53" s="1"/>
-      <c r="D53" s="1"/>
-      <c r="E53" s="1"/>
+      <c r="D53" s="18"/>
+      <c r="E53" s="19"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="65">
-[...4 lines deleted...]
-      </c>
+      <c r="B54" s="1"/>
       <c r="C54" s="1"/>
-      <c r="D54" s="1"/>
-      <c r="E54" s="1"/>
+      <c r="D54" s="18"/>
+      <c r="E54" s="19"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="10" t="s">
+        <v>44</v>
+      </c>
       <c r="B55" s="1" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="65">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>111</v>
+        <v>75</v>
       </c>
       <c r="C56" s="1"/>
-      <c r="D56" s="70"/>
-      <c r="E56" s="70"/>
+      <c r="D56" s="1"/>
+      <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C57" s="1"/>
-      <c r="D57" s="70"/>
-      <c r="E57" s="70"/>
+      <c r="D57" s="1"/>
+      <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="65">
+        <v>2</v>
+      </c>
       <c r="B58" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="70"/>
       <c r="E58" s="70"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B59" s="1"/>
+      <c r="B59" s="1" t="s">
+        <v>69</v>
+      </c>
       <c r="C59" s="1"/>
       <c r="D59" s="70"/>
       <c r="E59" s="70"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B60" s="1" t="s">
+        <v>112</v>
+      </c>
       <c r="C60" s="1"/>
       <c r="D60" s="70"/>
       <c r="E60" s="70"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="1"/>
       <c r="C61" s="1"/>
       <c r="D61" s="70"/>
       <c r="E61" s="70"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
-    <row r="62" spans="1:8" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B62" s="1"/>
+    <row r="62" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C62" s="1"/>
       <c r="D62" s="70"/>
       <c r="E62" s="70"/>
-      <c r="F62" s="57"/>
-[...4 lines deleted...]
-      <c r="A63" s="65"/>
+      <c r="F62" s="1"/>
+      <c r="G62" s="1"/>
+      <c r="H62" s="1"/>
+    </row>
+    <row r="63" spans="1:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B63" s="1"/>
       <c r="C63" s="1"/>
-      <c r="D63" s="1"/>
-[...5 lines deleted...]
-    <row r="64" spans="1:8" s="29" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D63" s="70"/>
+      <c r="E63" s="70"/>
+      <c r="F63" s="1"/>
+      <c r="G63" s="1"/>
+      <c r="H63" s="1"/>
+    </row>
+    <row r="64" spans="1:8" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="65"/>
-      <c r="B64" s="71"/>
-[...2 lines deleted...]
-      <c r="E64" s="1"/>
+      <c r="B64" s="1"/>
+      <c r="C64" s="1"/>
+      <c r="D64" s="70"/>
+      <c r="E64" s="70"/>
       <c r="F64" s="57"/>
       <c r="G64" s="57"/>
       <c r="H64" s="57"/>
     </row>
-    <row r="65" spans="2:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" s="29" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="65"/>
       <c r="B65" s="1"/>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
-      <c r="G65" s="1"/>
-[...4 lines deleted...]
-      <c r="C66" s="1"/>
+      <c r="F65" s="57"/>
+      <c r="G65" s="57"/>
+      <c r="H65" s="57"/>
+    </row>
+    <row r="66" spans="1:8" s="29" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="65"/>
+      <c r="B66" s="71"/>
+      <c r="C66" s="71"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1"/>
-      <c r="G66" s="1"/>
-[...2 lines deleted...]
-    <row r="67" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="F66" s="57"/>
+      <c r="G66" s="57"/>
+      <c r="H66" s="57"/>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B67" s="1"/>
       <c r="C67" s="1"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
-    <row r="68" spans="2:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B68" s="1"/>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
+      <c r="G68" s="1"/>
+      <c r="H68" s="1"/>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B69" s="1"/>
+      <c r="C69" s="1"/>
+      <c r="D69" s="1"/>
+      <c r="E69" s="1"/>
+      <c r="G69" s="1"/>
+      <c r="H69" s="1"/>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B70" s="1"/>
+      <c r="C70" s="1"/>
+      <c r="D70" s="1"/>
+      <c r="E70" s="1"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="66" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>