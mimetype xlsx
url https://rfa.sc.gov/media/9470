--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -3,149 +3,152 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2024\Lottery - LJ!\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2025\Lottery\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{822F38C0-63E4-4E7E-93AA-7AD5CF28A74B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D4E385B1-6C12-425E-BC92-A83F65CD3E7E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{D2FB105C-AA63-422E-B628-AD1CB22DCA64}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" activeTab="1" xr2:uid="{D2FB105C-AA63-422E-B628-AD1CB22DCA64}"/>
   </bookViews>
   <sheets>
     <sheet name="ELA Receipts" sheetId="2" r:id="rId1"/>
     <sheet name="Distribution by Function" sheetId="7" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'ELA Receipts'!$B$1:$F$29</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'ELA Receipts'!$B$1:$F$30</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H27" i="2" l="1"/>
-[...2 lines deleted...]
-  <c r="F26" i="7"/>
+  <c r="F27" i="2" l="1"/>
+  <c r="H28" i="2" l="1"/>
+  <c r="F28" i="2" l="1"/>
+  <c r="C28" i="2"/>
+  <c r="D28" i="2"/>
+  <c r="E28" i="2"/>
+  <c r="G27" i="2"/>
   <c r="G26" i="7"/>
-  <c r="C26" i="7"/>
+  <c r="G27" i="7" s="1"/>
+  <c r="D27" i="7"/>
+  <c r="E27" i="7"/>
+  <c r="F27" i="7"/>
+  <c r="C27" i="7"/>
   <c r="G25" i="7"/>
   <c r="G7" i="2" l="1"/>
   <c r="G8" i="2"/>
   <c r="G9" i="2"/>
   <c r="G10" i="2"/>
   <c r="G11" i="2"/>
   <c r="G12" i="2"/>
   <c r="G13" i="2"/>
   <c r="G14" i="2"/>
   <c r="G15" i="2"/>
   <c r="G16" i="2"/>
   <c r="G17" i="2"/>
   <c r="G18" i="2"/>
   <c r="G19" i="2"/>
   <c r="G20" i="2"/>
   <c r="G21" i="2"/>
   <c r="G22" i="2"/>
   <c r="G23" i="2"/>
   <c r="G24" i="2"/>
   <c r="G6" i="2"/>
   <c r="F26" i="2" l="1"/>
   <c r="F25" i="2"/>
   <c r="G25" i="2" s="1"/>
   <c r="G26" i="2" l="1"/>
   <c r="G5" i="7"/>
   <c r="G6" i="7"/>
   <c r="G7" i="7"/>
   <c r="G8" i="7"/>
   <c r="G9" i="7"/>
   <c r="G10" i="7"/>
   <c r="G11" i="7"/>
   <c r="G12" i="7"/>
   <c r="G13" i="7"/>
   <c r="G14" i="7"/>
   <c r="G15" i="7"/>
   <c r="G16" i="7"/>
   <c r="G17" i="7"/>
   <c r="G18" i="7"/>
   <c r="G19" i="7"/>
   <c r="G20" i="7"/>
   <c r="G21" i="7"/>
   <c r="G22" i="7"/>
   <c r="G23" i="7"/>
   <c r="G24" i="7"/>
   <c r="G4" i="7"/>
-  <c r="E27" i="2" l="1"/>
-[...2 lines deleted...]
-  <c r="F27" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="45">
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Fiscal Year</t>
   </si>
   <si>
     <t>2001-02</t>
   </si>
   <si>
     <t>2002-03</t>
   </si>
   <si>
     <t>2003-04</t>
   </si>
   <si>
     <t>2004-05</t>
   </si>
   <si>
     <t>2005-06</t>
   </si>
   <si>
     <t>2006-07</t>
   </si>
   <si>
@@ -230,64 +233,70 @@
     <t>EDUCATION LOTTERY COLLECTIONS AND DISTRIBUTIONS</t>
   </si>
   <si>
     <t>The SC Education Lottery began operating in January of 2002, and the FY 01-02 receipts were first appropriated in FY 02-03. State law dictates the appropriate uses for Education Lottery Funds.</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
   <si>
     <t>DISTRIBUTION OF LOTTERY FUNDS BY FUNCTION</t>
   </si>
   <si>
     <t>K-12 Education</t>
   </si>
   <si>
     <t>Higher Education</t>
   </si>
   <si>
     <t>Other Agencies</t>
   </si>
   <si>
     <t>Scholarships</t>
   </si>
   <si>
     <t>2023-24</t>
+  </si>
+  <si>
+    <t>2024-25</t>
+  </si>
+  <si>
+    <t>Note: Figures include surplus from prior years</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="5">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
     <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -373,93 +382,107 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFE8EBF0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
@@ -471,70 +494,72 @@
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="43" fontId="14" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="5" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="5" fontId="13" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="164" fontId="13" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="5" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="164" fontId="20" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="5" fontId="20" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="2" applyFont="1"/>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="4" xr:uid="{B58E1BD2-BD1C-4DC7-A03F-3A2A6B20D765}"/>
     <cellStyle name="Comma 4" xfId="5" xr:uid="{8A717DEB-0BDC-4D3C-B95C-BD45391B6911}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{99EC14B1-61CF-4C27-9891-4A0F636B9512}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{F7F327C5-5AE2-4D30-AB81-D8364D2C4CA6}"/>
     <cellStyle name="Percent" xfId="6" builtinId="5"/>
   </cellStyles>
   <dxfs count="20">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
@@ -933,78 +958,78 @@
       <tableStyleElement type="headerRow" dxfId="18"/>
       <tableStyleElement type="firstRowStripe" dxfId="17"/>
     </tableStyle>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFE8EBF0"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D900CB97-4320-48DD-AE43-1D8841B18159}" name="Table1" displayName="Table1" ref="B3:H26" totalsRowShown="0" headerRowDxfId="16" dataDxfId="15">
-  <autoFilter ref="B3:H26" xr:uid="{D900CB97-4320-48DD-AE43-1D8841B18159}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D900CB97-4320-48DD-AE43-1D8841B18159}" name="Table1" displayName="Table1" ref="B3:H27" totalsRowShown="0" headerRowDxfId="16" dataDxfId="15">
+  <autoFilter ref="B3:H27" xr:uid="{D900CB97-4320-48DD-AE43-1D8841B18159}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{420DEB1B-1D7C-45D3-8090-F41E4F7AC1CF}" name="Fiscal Year" dataDxfId="14"/>
     <tableColumn id="2" xr3:uid="{417F3B11-C12B-43CA-A6E5-2BB69BAE00C3}" name="Lottery Proceeds" dataDxfId="13"/>
     <tableColumn id="3" xr3:uid="{160F057C-BE42-4DFC-AC8E-A82A3957D1F4}" name="Interest Earned" dataDxfId="12"/>
     <tableColumn id="4" xr3:uid="{C972EFDD-ED9F-4981-B1E3-24485B1704C7}" name="Unclaimed Prizes" dataDxfId="11"/>
     <tableColumn id="5" xr3:uid="{00A68816-9CB1-49B3-8885-42559767D8EA}" name="Total" dataDxfId="10"/>
     <tableColumn id="6" xr3:uid="{62D851D1-D531-40E3-AB55-3F2CA3373779}" name="YOY Change" dataDxfId="9" dataCellStyle="Percent">
       <calculatedColumnFormula>F4/F3-1</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="7" xr3:uid="{A11AFFD5-C170-4EB1-B219-1EDB1FA5A44F}" name="Distributions" dataDxfId="8"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{616790C7-70DF-44F6-B0D3-B63754F83374}" name="Table2" displayName="Table2" ref="B3:G26" totalsRowShown="0" headerRowDxfId="7" dataDxfId="6">
-  <autoFilter ref="B3:G26" xr:uid="{616790C7-70DF-44F6-B0D3-B63754F83374}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{616790C7-70DF-44F6-B0D3-B63754F83374}" name="Table2" displayName="Table2" ref="B3:G27" totalsRowShown="0" headerRowDxfId="7" dataDxfId="6">
+  <autoFilter ref="B3:G27" xr:uid="{616790C7-70DF-44F6-B0D3-B63754F83374}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="6">
     <tableColumn id="1" xr3:uid="{B6B9F13A-3735-4BE0-B982-0C6178428003}" name="Fiscal Year" dataDxfId="5"/>
     <tableColumn id="2" xr3:uid="{26319AA5-23A9-4179-9D51-D490164ABB90}" name="K-12 Education" dataDxfId="4"/>
     <tableColumn id="3" xr3:uid="{DAB994B7-3154-4B4E-8EE1-697205DC8942}" name="Higher Education" dataDxfId="3"/>
     <tableColumn id="4" xr3:uid="{C6BFAC58-19B7-47EC-81C6-73912F9D3304}" name="Other Agencies" dataDxfId="2"/>
     <tableColumn id="5" xr3:uid="{28C13948-C6B2-43C5-B4D7-D175BF2613C8}" name="Scholarships" dataDxfId="1"/>
     <tableColumn id="6" xr3:uid="{F96E77A7-57D9-4571-AD9F-E326487B2362}" name="Total" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1280,62 +1305,59 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{04DC3403-B810-4E83-B1C6-2D0540B311E7}">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="B1:K36"/>
+  <dimension ref="B1:K37"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="E22" sqref="E22"/>
+      <selection activeCell="J22" sqref="J22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="22" style="1" customWidth="1"/>
     <col min="3" max="6" width="22" style="13" customWidth="1"/>
     <col min="7" max="7" width="17.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="19" style="2" customWidth="1"/>
     <col min="9" max="9" width="12.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.140625" style="1" customWidth="1"/>
     <col min="12" max="257" width="8.85546875" style="1"/>
     <col min="258" max="258" width="20.7109375" style="1" customWidth="1"/>
     <col min="259" max="262" width="17.7109375" style="1" customWidth="1"/>
     <col min="263" max="513" width="8.85546875" style="1"/>
     <col min="514" max="514" width="20.7109375" style="1" customWidth="1"/>
     <col min="515" max="518" width="17.7109375" style="1" customWidth="1"/>
     <col min="519" max="769" width="8.85546875" style="1"/>
     <col min="770" max="770" width="20.7109375" style="1" customWidth="1"/>
     <col min="771" max="774" width="17.7109375" style="1" customWidth="1"/>
     <col min="775" max="1025" width="8.85546875" style="1"/>
     <col min="1026" max="1026" width="20.7109375" style="1" customWidth="1"/>
     <col min="1027" max="1030" width="17.7109375" style="1" customWidth="1"/>
     <col min="1031" max="1281" width="8.85546875" style="1"/>
@@ -1554,1287 +1576,1345 @@
       </c>
       <c r="G3" s="20" t="s">
         <v>32</v>
       </c>
       <c r="H3" s="20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="31">
         <v>80400000</v>
       </c>
       <c r="D4" s="31">
         <v>312689.32</v>
       </c>
       <c r="E4" s="31">
         <v>0</v>
       </c>
       <c r="F4" s="31">
         <v>80712689.319999993</v>
       </c>
       <c r="H4" s="7"/>
-      <c r="J4" s="41"/>
-      <c r="K4" s="41"/>
+      <c r="J4" s="40"/>
+      <c r="K4" s="40"/>
     </row>
     <row r="5" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="31">
         <v>213300000</v>
       </c>
       <c r="D5" s="31">
         <v>4096954.16</v>
       </c>
       <c r="E5" s="31">
         <v>7261823</v>
       </c>
       <c r="F5" s="31">
         <v>224658777.16</v>
       </c>
       <c r="H5" s="31">
         <v>273236658</v>
       </c>
-      <c r="J5" s="41"/>
-      <c r="K5" s="40"/>
+      <c r="J5" s="40"/>
+      <c r="K5" s="39"/>
     </row>
     <row r="6" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="31">
         <v>270500000</v>
       </c>
       <c r="D6" s="31">
         <v>4942833.1900000004</v>
       </c>
       <c r="E6" s="31">
         <v>16523130</v>
       </c>
       <c r="F6" s="31">
         <v>291965963.19</v>
       </c>
       <c r="G6" s="8">
         <f>F6/F5-1</f>
         <v>0.2995974022509007</v>
       </c>
       <c r="H6" s="31">
         <v>235191786</v>
       </c>
-      <c r="J6" s="41"/>
-      <c r="K6" s="40"/>
+      <c r="J6" s="40"/>
+      <c r="K6" s="39"/>
     </row>
     <row r="7" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="31">
         <v>266000000</v>
       </c>
       <c r="D7" s="31">
         <v>4244104.07</v>
       </c>
       <c r="E7" s="31">
         <v>14257005</v>
       </c>
       <c r="F7" s="31">
         <v>284501109.06999999</v>
       </c>
       <c r="G7" s="8">
         <f t="shared" ref="G7:G26" si="0">F7/F6-1</f>
         <v>-2.5567549170593451E-2</v>
       </c>
       <c r="H7" s="31">
         <v>353875340</v>
       </c>
-      <c r="J7" s="41"/>
-      <c r="K7" s="40"/>
+      <c r="J7" s="40"/>
+      <c r="K7" s="39"/>
     </row>
     <row r="8" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="31">
         <v>300000000</v>
       </c>
       <c r="D8" s="31">
         <v>3098054.5600000005</v>
       </c>
       <c r="E8" s="31">
         <v>22166426</v>
       </c>
       <c r="F8" s="31">
         <v>325264480.56</v>
       </c>
       <c r="G8" s="8">
         <f t="shared" si="0"/>
         <v>0.14328018482335825</v>
       </c>
       <c r="H8" s="31">
         <v>299166426</v>
       </c>
-      <c r="J8" s="41"/>
-      <c r="K8" s="40"/>
+      <c r="J8" s="40"/>
+      <c r="K8" s="39"/>
     </row>
     <row r="9" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B9" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="31">
         <v>257000000</v>
       </c>
       <c r="D9" s="31">
         <v>4550019.8299999991</v>
       </c>
       <c r="E9" s="31">
         <v>16416933</v>
       </c>
       <c r="F9" s="31">
         <v>277966952.83000004</v>
       </c>
       <c r="G9" s="8">
         <f t="shared" si="0"/>
         <v>-0.14541251983176562</v>
       </c>
       <c r="H9" s="31">
         <v>313420050</v>
       </c>
-      <c r="J9" s="41"/>
-      <c r="K9" s="40"/>
+      <c r="J9" s="40"/>
+      <c r="K9" s="39"/>
     </row>
     <row r="10" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="31">
         <v>252000000</v>
       </c>
       <c r="D10" s="31">
         <v>3712946.92</v>
       </c>
       <c r="E10" s="31">
         <v>14128271</v>
       </c>
       <c r="F10" s="31">
         <v>269841217.91999996</v>
       </c>
       <c r="G10" s="8">
         <f t="shared" si="0"/>
         <v>-2.9232737299421552E-2</v>
       </c>
       <c r="H10" s="31">
         <v>272128271</v>
       </c>
-      <c r="J10" s="41"/>
-      <c r="K10" s="40"/>
+      <c r="J10" s="40"/>
+      <c r="K10" s="39"/>
     </row>
     <row r="11" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="31">
         <v>241000000</v>
       </c>
       <c r="D11" s="31">
         <v>2551228.2899999996</v>
       </c>
       <c r="E11" s="31">
         <v>19437827</v>
       </c>
       <c r="F11" s="31">
         <v>262989055.28999999</v>
       </c>
       <c r="G11" s="8">
         <f t="shared" si="0"/>
         <v>-2.5393313456031907E-2</v>
       </c>
       <c r="H11" s="31">
         <v>271760556</v>
       </c>
-      <c r="J11" s="41"/>
-      <c r="K11" s="40"/>
+      <c r="J11" s="40"/>
+      <c r="K11" s="39"/>
     </row>
     <row r="12" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="31">
         <v>257000000</v>
       </c>
       <c r="D12" s="31">
         <v>2730452.7199999997</v>
       </c>
       <c r="E12" s="31">
         <v>15427686</v>
       </c>
       <c r="F12" s="31">
         <v>275158138.72000003</v>
       </c>
       <c r="G12" s="8">
         <f t="shared" si="0"/>
         <v>4.6272204813166518E-2</v>
       </c>
       <c r="H12" s="31">
         <v>262027686</v>
       </c>
-      <c r="J12" s="41"/>
-      <c r="K12" s="40"/>
+      <c r="J12" s="40"/>
+      <c r="K12" s="39"/>
     </row>
     <row r="13" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="31">
         <v>256922028</v>
       </c>
       <c r="D13" s="31">
         <v>2129205.79</v>
       </c>
       <c r="E13" s="31">
         <v>14209819</v>
       </c>
       <c r="F13" s="31">
         <v>273261052.78999996</v>
       </c>
       <c r="G13" s="8">
         <f t="shared" si="0"/>
         <v>-6.8945295924193184E-3</v>
       </c>
       <c r="H13" s="31">
         <v>261526119</v>
       </c>
-      <c r="J13" s="41"/>
-      <c r="K13" s="40"/>
+      <c r="J13" s="40"/>
+      <c r="K13" s="39"/>
     </row>
     <row r="14" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="31">
         <v>284084400</v>
       </c>
       <c r="D14" s="31">
         <v>1931308.74</v>
       </c>
       <c r="E14" s="31">
         <v>13671581</v>
       </c>
       <c r="F14" s="31">
         <v>299687289.74000001</v>
       </c>
       <c r="G14" s="8">
         <f t="shared" si="0"/>
         <v>9.6706927973041701E-2</v>
       </c>
       <c r="H14" s="31">
         <v>268486581</v>
       </c>
-      <c r="J14" s="41"/>
-      <c r="K14" s="40"/>
+      <c r="J14" s="40"/>
+      <c r="K14" s="39"/>
     </row>
     <row r="15" spans="2:11" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="31">
         <v>288200000</v>
       </c>
       <c r="D15" s="31">
         <v>2328666.4900000002</v>
       </c>
       <c r="E15" s="31">
         <v>12436933</v>
       </c>
       <c r="F15" s="31">
         <v>302965599.49000001</v>
       </c>
       <c r="G15" s="8">
         <f t="shared" si="0"/>
         <v>1.0939101731155088E-2</v>
       </c>
       <c r="H15" s="31">
         <v>301772050</v>
       </c>
-      <c r="J15" s="41"/>
-      <c r="K15" s="40"/>
+      <c r="J15" s="40"/>
+      <c r="K15" s="39"/>
     </row>
     <row r="16" spans="2:11" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B16" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="31">
         <v>309100000</v>
       </c>
       <c r="D16" s="31">
         <v>1624843.69</v>
       </c>
       <c r="E16" s="31">
         <v>14265255</v>
       </c>
       <c r="F16" s="31">
         <v>324990098.69</v>
       </c>
       <c r="G16" s="8">
         <f t="shared" si="0"/>
         <v>7.2696369611187306E-2</v>
       </c>
       <c r="H16" s="31">
         <v>327584375.79000002</v>
       </c>
-      <c r="J16" s="41"/>
-      <c r="K16" s="40"/>
+      <c r="J16" s="40"/>
+      <c r="K16" s="39"/>
     </row>
     <row r="17" spans="2:11" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="31">
         <v>334000000</v>
       </c>
       <c r="D17" s="31">
         <v>1318155.52</v>
       </c>
       <c r="E17" s="31">
         <v>14924184</v>
       </c>
       <c r="F17" s="31">
         <v>350242339.51999998</v>
       </c>
       <c r="G17" s="8">
         <f t="shared" si="0"/>
         <v>7.7701569776399415E-2</v>
       </c>
       <c r="H17" s="31">
         <v>360308283.76999998</v>
       </c>
-      <c r="J17" s="41"/>
-      <c r="K17" s="40"/>
+      <c r="J17" s="40"/>
+      <c r="K17" s="39"/>
     </row>
     <row r="18" spans="2:11" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B18" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="31">
         <v>388300000</v>
       </c>
       <c r="D18" s="31">
         <v>1558593.04</v>
       </c>
       <c r="E18" s="31">
         <v>16679169</v>
       </c>
       <c r="F18" s="31">
         <v>406537762.04000002</v>
       </c>
       <c r="G18" s="8">
         <f t="shared" si="0"/>
         <v>0.16073277319113322</v>
       </c>
       <c r="H18" s="31">
         <v>366322324.52000004</v>
       </c>
-      <c r="J18" s="41"/>
-      <c r="K18" s="40"/>
+      <c r="J18" s="40"/>
+      <c r="K18" s="39"/>
     </row>
     <row r="19" spans="2:11" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="31">
         <v>381700000</v>
       </c>
       <c r="D19" s="31">
         <v>1702770.19</v>
       </c>
       <c r="E19" s="31">
         <v>18554937</v>
       </c>
       <c r="F19" s="31">
         <v>401957707.19</v>
       </c>
       <c r="G19" s="8">
         <f t="shared" si="0"/>
         <v>-1.126600104014297E-2</v>
       </c>
       <c r="H19" s="31">
         <v>437223175</v>
       </c>
-      <c r="J19" s="41"/>
-      <c r="K19" s="40"/>
+      <c r="I19" s="44"/>
+      <c r="J19" s="40"/>
+      <c r="K19" s="39"/>
     </row>
     <row r="20" spans="2:11" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="31">
         <v>413000000</v>
       </c>
       <c r="D20" s="31">
         <v>1728830.11</v>
       </c>
       <c r="E20" s="31">
         <v>21799739</v>
       </c>
       <c r="F20" s="31">
         <v>436528569.11000001</v>
       </c>
       <c r="G20" s="8">
         <f t="shared" si="0"/>
         <v>8.6006217324895884E-2</v>
       </c>
       <c r="H20" s="31">
         <v>424515092</v>
       </c>
-      <c r="J20" s="41"/>
-      <c r="K20" s="40"/>
+      <c r="J20" s="40"/>
+      <c r="K20" s="39"/>
     </row>
     <row r="21" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="31">
         <v>466700000</v>
       </c>
       <c r="D21" s="31">
         <v>3032834.33</v>
       </c>
       <c r="E21" s="31">
         <v>20923191</v>
       </c>
       <c r="F21" s="31">
         <v>490656025.32999998</v>
       </c>
       <c r="G21" s="8">
         <f t="shared" si="0"/>
         <v>0.12399522058855328</v>
       </c>
       <c r="H21" s="31">
         <v>474344685</v>
       </c>
-      <c r="J21" s="41"/>
-      <c r="K21" s="40"/>
+      <c r="J21" s="40"/>
+      <c r="K21" s="39"/>
     </row>
     <row r="22" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B22" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="31">
         <v>471400000</v>
       </c>
       <c r="D22" s="31">
         <v>3798398.5199999996</v>
       </c>
       <c r="E22" s="31">
         <v>21401503</v>
       </c>
       <c r="F22" s="31">
         <v>496599901.51999998</v>
       </c>
       <c r="G22" s="8">
         <f t="shared" si="0"/>
         <v>1.211414083013107E-2</v>
       </c>
       <c r="H22" s="31">
         <v>527534337</v>
       </c>
       <c r="I22" s="10"/>
-      <c r="J22" s="41"/>
-      <c r="K22" s="40"/>
+      <c r="J22" s="40"/>
+      <c r="K22" s="39"/>
     </row>
     <row r="23" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C23" s="31">
         <v>575500000</v>
       </c>
       <c r="D23" s="31">
         <v>4428478.24</v>
       </c>
       <c r="E23" s="31">
         <v>32141376</v>
       </c>
       <c r="F23" s="31">
         <v>612069854.24000001</v>
       </c>
       <c r="G23" s="8">
         <f t="shared" si="0"/>
         <v>0.23252109468118687</v>
       </c>
       <c r="H23" s="31">
         <v>522241376</v>
       </c>
       <c r="I23" s="10"/>
-      <c r="J23" s="41"/>
-      <c r="K23" s="40"/>
+      <c r="J23" s="40"/>
+      <c r="K23" s="39"/>
     </row>
     <row r="24" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B24" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C24" s="31">
         <v>533500000</v>
       </c>
       <c r="D24" s="31">
         <v>4683300.3499999996</v>
       </c>
       <c r="E24" s="31">
         <v>30501385</v>
       </c>
       <c r="F24" s="31">
         <v>568684685.35000002</v>
       </c>
       <c r="G24" s="8">
         <f t="shared" si="0"/>
         <v>-7.0882708222692714E-2</v>
       </c>
       <c r="H24" s="31">
         <v>607701382</v>
       </c>
       <c r="I24" s="10"/>
-      <c r="J24" s="41"/>
-      <c r="K24" s="40"/>
+      <c r="J24" s="40"/>
+      <c r="K24" s="39"/>
     </row>
     <row r="25" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B25" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="31">
         <v>563500000</v>
       </c>
       <c r="D25" s="31">
         <v>7165449</v>
       </c>
       <c r="E25" s="31">
         <v>34758556</v>
       </c>
       <c r="F25" s="31">
         <f>SUM(C25:E25)</f>
         <v>605424005</v>
       </c>
       <c r="G25" s="8">
         <f t="shared" si="0"/>
         <v>6.4604025036103296E-2</v>
       </c>
       <c r="H25" s="31">
         <v>608285854</v>
       </c>
       <c r="I25" s="10"/>
-      <c r="J25" s="41"/>
-      <c r="K25" s="40"/>
+      <c r="J25" s="40"/>
+      <c r="K25" s="39"/>
     </row>
     <row r="26" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B26" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C26" s="31">
         <v>556500000</v>
       </c>
       <c r="D26" s="31">
         <v>10613885</v>
       </c>
       <c r="E26" s="31">
         <v>35541424</v>
       </c>
       <c r="F26" s="31">
         <f>SUM(C26:E26)</f>
         <v>602655309</v>
       </c>
       <c r="G26" s="8">
         <f t="shared" si="0"/>
         <v>-4.5731520011335069E-3</v>
       </c>
       <c r="H26" s="31">
         <v>624184409</v>
       </c>
       <c r="I26" s="10"/>
-      <c r="J26" s="41"/>
-[...3 lines deleted...]
-      <c r="B27" s="21" t="s">
+      <c r="J26" s="40"/>
+      <c r="K26" s="39"/>
+    </row>
+    <row r="27" spans="2:11" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B27" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C27" s="31">
+        <v>518000000</v>
+      </c>
+      <c r="D27" s="31">
+        <v>12915092</v>
+      </c>
+      <c r="E27" s="31">
+        <v>28841212</v>
+      </c>
+      <c r="F27" s="31">
+        <f>SUM(C27:E27)</f>
+        <v>559756304</v>
+      </c>
+      <c r="G27" s="8">
+        <f>F27/F26-1</f>
+        <v>-7.1183318821472441E-2</v>
+      </c>
+      <c r="H27" s="31">
+        <v>680665453</v>
+      </c>
+      <c r="I27" s="10"/>
+      <c r="J27" s="40"/>
+      <c r="K27" s="39"/>
+    </row>
+    <row r="28" spans="2:11" s="3" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="21" t="s">
         <v>22</v>
       </c>
-      <c r="C27" s="32">
-[...32 lines deleted...]
-      <c r="G29" s="24" t="s">
+      <c r="C28" s="43">
+        <f>SUM(C4:C27)</f>
+        <v>8477606428</v>
+      </c>
+      <c r="D28" s="43">
+        <f>SUM(D4:D27)</f>
+        <v>91199094.070000008</v>
+      </c>
+      <c r="E28" s="43">
+        <f>SUM(E4:E27)</f>
+        <v>456269365</v>
+      </c>
+      <c r="F28" s="43">
+        <f>SUM(F4:F27)</f>
+        <v>9025074887.0699997</v>
+      </c>
+      <c r="G28" s="42"/>
+      <c r="H28" s="43">
+        <f>SUM(H4:H27)</f>
+        <v>9073502270.0799999</v>
+      </c>
+    </row>
+    <row r="29" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B29" s="11"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="12"/>
+      <c r="E29" s="12"/>
+      <c r="F29" s="12"/>
+    </row>
+    <row r="30" spans="2:11" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="B30" s="22"/>
+      <c r="C30" s="23"/>
+      <c r="D30" s="23"/>
+      <c r="G30" s="24" t="s">
         <v>28</v>
       </c>
-      <c r="H29" s="42">
-[...8 lines deleted...]
-      <c r="H30" s="26"/>
+      <c r="H30" s="41">
+        <v>45982</v>
+      </c>
     </row>
     <row r="31" spans="2:11" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="B31" s="28" t="s">
+      <c r="C31" s="27"/>
+      <c r="D31" s="27"/>
+      <c r="E31" s="27"/>
+      <c r="F31" s="27"/>
+      <c r="H31" s="26"/>
+    </row>
+    <row r="32" spans="2:11" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="B32" s="28" t="s">
         <v>35</v>
       </c>
-      <c r="C31" s="29"/>
-[...5 lines deleted...]
-    <row r="32" spans="2:11" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="C32" s="29"/>
       <c r="D32" s="29"/>
       <c r="E32" s="29"/>
       <c r="F32" s="29"/>
       <c r="H32" s="26"/>
     </row>
     <row r="33" spans="2:8" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="B33" s="30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="29"/>
       <c r="D33" s="29"/>
       <c r="E33" s="29"/>
       <c r="F33" s="29"/>
       <c r="H33" s="26"/>
     </row>
     <row r="34" spans="2:8" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="B34" s="30" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C34" s="29"/>
       <c r="D34" s="29"/>
       <c r="E34" s="29"/>
       <c r="F34" s="29"/>
       <c r="H34" s="26"/>
     </row>
     <row r="35" spans="2:8" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="B35" s="30" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C35" s="29"/>
       <c r="D35" s="29"/>
       <c r="E35" s="29"/>
       <c r="F35" s="29"/>
       <c r="H35" s="26"/>
     </row>
     <row r="36" spans="2:8" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="B36" s="30" t="s">
+        <v>30</v>
+      </c>
       <c r="C36" s="29"/>
       <c r="D36" s="29"/>
       <c r="E36" s="29"/>
       <c r="F36" s="29"/>
       <c r="H36" s="26"/>
     </row>
+    <row r="37" spans="2:8" s="25" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="C37" s="29"/>
+      <c r="D37" s="29"/>
+      <c r="E37" s="29"/>
+      <c r="F37" s="29"/>
+      <c r="H37" s="26"/>
+    </row>
   </sheetData>
+  <phoneticPr fontId="19" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="1" right="1" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="91" orientation="landscape" horizontalDpi="4294967294" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01C2ABE1-8B41-486E-B4D0-8508F0DC624D}">
   <sheetPr>
-    <tabColor rgb="FF92D050"/>
+    <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:G28"/>
+  <dimension ref="B1:G31"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="J27" sqref="J27"/>
+      <selection activeCell="D35" sqref="D35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.85546875" customWidth="1"/>
     <col min="2" max="2" width="12" customWidth="1"/>
     <col min="3" max="6" width="17.42578125" customWidth="1"/>
-    <col min="7" max="7" width="18.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="18.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="21" x14ac:dyDescent="0.35">
       <c r="B1" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="C1" s="34"/>
-[...3 lines deleted...]
-      <c r="G1" s="34"/>
+      <c r="C1" s="33"/>
+      <c r="D1" s="33"/>
+      <c r="E1" s="33"/>
+      <c r="F1" s="33"/>
+      <c r="G1" s="33"/>
     </row>
     <row r="2" spans="2:7" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="3" spans="2:7" s="37" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="B3" s="38" t="s">
+    <row r="3" spans="2:7" s="36" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
+      <c r="B3" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="38" t="s">
+      <c r="C3" s="37" t="s">
         <v>38</v>
       </c>
-      <c r="D3" s="38" t="s">
+      <c r="D3" s="37" t="s">
         <v>39</v>
       </c>
-      <c r="E3" s="38" t="s">
+      <c r="E3" s="37" t="s">
         <v>40</v>
       </c>
-      <c r="F3" s="38" t="s">
+      <c r="F3" s="37" t="s">
         <v>41</v>
       </c>
-      <c r="G3" s="39" t="s">
+      <c r="G3" s="38" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B4" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="7">
+      <c r="C4" s="31">
         <v>85511931</v>
       </c>
-      <c r="D4" s="7">
+      <c r="D4" s="31">
         <v>57700000</v>
       </c>
-      <c r="E4" s="7">
+      <c r="E4" s="31">
         <v>21000000</v>
       </c>
-      <c r="F4" s="7">
+      <c r="F4" s="31">
         <v>109024727</v>
       </c>
-      <c r="G4" s="7">
+      <c r="G4" s="31">
         <f>SUM(C4:F4)</f>
         <v>273236658</v>
       </c>
     </row>
-    <row r="5" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B5" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="7">
+      <c r="C5" s="31">
         <v>80596288</v>
       </c>
-      <c r="D5" s="7">
+      <c r="D5" s="31">
         <v>48000000</v>
       </c>
-      <c r="E5" s="7">
+      <c r="E5" s="31">
         <v>1500000</v>
       </c>
-      <c r="F5" s="7">
+      <c r="F5" s="31">
         <v>105095498</v>
       </c>
-      <c r="G5" s="7">
-        <f t="shared" ref="G5:G25" si="0">SUM(C5:F5)</f>
+      <c r="G5" s="31">
+        <f t="shared" ref="G5:G26" si="0">SUM(C5:F5)</f>
         <v>235191786</v>
       </c>
     </row>
-    <row r="6" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="7">
+      <c r="C6" s="31">
         <v>113180900</v>
       </c>
-      <c r="D6" s="7">
+      <c r="D6" s="31">
         <v>57750000</v>
       </c>
-      <c r="E6" s="7">
+      <c r="E6" s="31">
         <v>8700000</v>
       </c>
-      <c r="F6" s="7">
+      <c r="F6" s="31">
         <v>174244440</v>
       </c>
-      <c r="G6" s="7">
+      <c r="G6" s="31">
         <f t="shared" si="0"/>
         <v>353875340</v>
       </c>
     </row>
-    <row r="7" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="C7" s="7">
+      <c r="C7" s="31">
         <v>61666426</v>
       </c>
-      <c r="D7" s="7">
+      <c r="D7" s="31">
         <v>49200000</v>
       </c>
-      <c r="E7" s="7"/>
-      <c r="F7" s="7">
+      <c r="E7" s="31"/>
+      <c r="F7" s="31">
         <v>188300000</v>
       </c>
-      <c r="G7" s="7">
+      <c r="G7" s="31">
         <f t="shared" si="0"/>
         <v>299166426</v>
       </c>
     </row>
-    <row r="8" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B8" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="C8" s="7">
+      <c r="C8" s="31">
         <v>59950000</v>
       </c>
-      <c r="D8" s="7">
+      <c r="D8" s="31">
         <v>61350000</v>
       </c>
-      <c r="E8" s="7">
+      <c r="E8" s="31">
         <v>5953117</v>
       </c>
-      <c r="F8" s="7">
+      <c r="F8" s="31">
         <v>186166933</v>
       </c>
-      <c r="G8" s="7">
+      <c r="G8" s="31">
         <f t="shared" si="0"/>
         <v>313420050</v>
       </c>
     </row>
-    <row r="9" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B9" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="7">
+      <c r="C9" s="31">
         <v>50314527</v>
       </c>
-      <c r="D9" s="7">
+      <c r="D9" s="31">
         <v>49450000</v>
       </c>
-      <c r="E9" s="7">
+      <c r="E9" s="31">
         <v>1500000</v>
       </c>
-      <c r="F9" s="7">
+      <c r="F9" s="31">
         <v>170863744</v>
       </c>
-      <c r="G9" s="7">
+      <c r="G9" s="31">
         <f t="shared" si="0"/>
         <v>272128271</v>
       </c>
     </row>
-    <row r="10" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="7">
+      <c r="C10" s="31">
         <v>49814527</v>
       </c>
-      <c r="D10" s="7">
+      <c r="D10" s="31">
         <v>24200000</v>
       </c>
-      <c r="E10" s="7"/>
-      <c r="F10" s="7">
+      <c r="E10" s="31"/>
+      <c r="F10" s="31">
         <v>197746029</v>
       </c>
-      <c r="G10" s="7">
+      <c r="G10" s="31">
         <f t="shared" si="0"/>
         <v>271760556</v>
       </c>
     </row>
-    <row r="11" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="7">
+      <c r="C11" s="31">
         <v>49814527</v>
       </c>
-      <c r="D11" s="7">
+      <c r="D11" s="31">
         <v>20757593</v>
       </c>
-      <c r="E11" s="7"/>
-      <c r="F11" s="7">
+      <c r="E11" s="31"/>
+      <c r="F11" s="31">
         <v>191455566</v>
       </c>
-      <c r="G11" s="7">
+      <c r="G11" s="31">
         <f t="shared" si="0"/>
         <v>262027686</v>
       </c>
     </row>
-    <row r="12" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="C12" s="7">
+      <c r="C12" s="31">
         <v>49814527</v>
       </c>
-      <c r="D12" s="7">
+      <c r="D12" s="31">
         <v>12331973</v>
       </c>
-      <c r="E12" s="7"/>
-      <c r="F12" s="7">
+      <c r="E12" s="31"/>
+      <c r="F12" s="31">
         <v>199379619</v>
       </c>
-      <c r="G12" s="7">
+      <c r="G12" s="31">
         <f t="shared" si="0"/>
         <v>261526119</v>
       </c>
     </row>
-    <row r="13" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="C13" s="7">
+      <c r="C13" s="31">
         <v>44041798</v>
       </c>
-      <c r="D13" s="7">
+      <c r="D13" s="31">
         <v>10908283</v>
       </c>
-      <c r="E13" s="7">
+      <c r="E13" s="31">
         <v>783000</v>
       </c>
-      <c r="F13" s="7">
+      <c r="F13" s="31">
         <v>212753500</v>
       </c>
-      <c r="G13" s="7">
+      <c r="G13" s="31">
         <f t="shared" si="0"/>
         <v>268486581</v>
       </c>
     </row>
-    <row r="14" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="C14" s="7">
+      <c r="C14" s="31">
         <v>44158798</v>
       </c>
-      <c r="D14" s="7">
+      <c r="D14" s="31">
         <v>35338749</v>
       </c>
-      <c r="E14" s="7">
+      <c r="E14" s="31">
         <v>783000</v>
       </c>
-      <c r="F14" s="7">
+      <c r="F14" s="31">
         <v>221491503</v>
       </c>
-      <c r="G14" s="7">
+      <c r="G14" s="31">
         <f t="shared" si="0"/>
         <v>301772050</v>
       </c>
     </row>
-    <row r="15" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="C15" s="7">
+      <c r="C15" s="31">
         <v>47901798.219999999</v>
       </c>
-      <c r="D15" s="7">
+      <c r="D15" s="31">
         <v>43455008.32</v>
       </c>
-      <c r="E15" s="7">
+      <c r="E15" s="31">
         <v>1399999.58</v>
       </c>
-      <c r="F15" s="7">
+      <c r="F15" s="31">
         <v>234827569.67000002</v>
       </c>
-      <c r="G15" s="7">
+      <c r="G15" s="31">
         <f t="shared" si="0"/>
         <v>327584375.79000002</v>
       </c>
     </row>
-    <row r="16" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B16" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="C16" s="7">
+      <c r="C16" s="31">
         <v>74092839.959999993</v>
       </c>
-      <c r="D16" s="7">
+      <c r="D16" s="31">
         <v>21170033.809999999</v>
       </c>
-      <c r="E16" s="7">
+      <c r="E16" s="31">
         <v>1474184</v>
       </c>
-      <c r="F16" s="7">
+      <c r="F16" s="31">
         <v>263571226</v>
       </c>
-      <c r="G16" s="7">
+      <c r="G16" s="31">
         <f t="shared" si="0"/>
         <v>360308283.76999998</v>
       </c>
     </row>
-    <row r="17" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B17" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="C17" s="7">
+      <c r="C17" s="31">
         <v>42229849.240000002</v>
       </c>
-      <c r="D17" s="7">
+      <c r="D17" s="31">
         <v>18783654.969999999</v>
       </c>
-      <c r="E17" s="7">
+      <c r="E17" s="31">
         <v>1650849.31</v>
       </c>
-      <c r="F17" s="7">
+      <c r="F17" s="31">
         <v>303657971</v>
       </c>
-      <c r="G17" s="7">
+      <c r="G17" s="31">
         <f t="shared" si="0"/>
         <v>366322324.51999998</v>
       </c>
     </row>
-    <row r="18" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B18" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="C18" s="7">
+      <c r="C18" s="31">
         <v>70783976</v>
       </c>
-      <c r="D18" s="7">
+      <c r="D18" s="31">
         <v>19595387</v>
       </c>
-      <c r="E18" s="7">
+      <c r="E18" s="31">
         <v>1750000</v>
       </c>
-      <c r="F18" s="7">
+      <c r="F18" s="31">
         <v>345093812</v>
       </c>
-      <c r="G18" s="7">
+      <c r="G18" s="31">
         <f t="shared" si="0"/>
         <v>437223175</v>
       </c>
     </row>
-    <row r="19" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B19" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="C19" s="7">
+      <c r="C19" s="31">
         <v>27119255</v>
       </c>
-      <c r="D19" s="7">
+      <c r="D19" s="31">
         <v>21972079</v>
       </c>
-      <c r="E19" s="7">
+      <c r="E19" s="31">
         <v>850000</v>
       </c>
-      <c r="F19" s="7">
+      <c r="F19" s="31">
         <v>374573758</v>
       </c>
-      <c r="G19" s="7">
+      <c r="G19" s="31">
         <f t="shared" si="0"/>
         <v>424515092</v>
       </c>
     </row>
-    <row r="20" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B20" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C20" s="7">
+      <c r="C20" s="31">
         <v>23991522</v>
       </c>
-      <c r="D20" s="7">
+      <c r="D20" s="31">
         <v>49339915</v>
       </c>
-      <c r="E20" s="7">
+      <c r="E20" s="31">
         <v>1400000</v>
       </c>
-      <c r="F20" s="7">
+      <c r="F20" s="31">
         <v>399613248</v>
       </c>
-      <c r="G20" s="7">
+      <c r="G20" s="31">
         <f t="shared" si="0"/>
         <v>474344685</v>
       </c>
     </row>
-    <row r="21" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B21" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="C21" s="7">
+      <c r="C21" s="31">
         <v>49633091</v>
       </c>
-      <c r="D21" s="7">
+      <c r="D21" s="31">
         <v>48100721</v>
       </c>
-      <c r="E21" s="7">
+      <c r="E21" s="31">
         <v>1600000</v>
       </c>
-      <c r="F21" s="7">
+      <c r="F21" s="31">
         <v>428200525</v>
       </c>
-      <c r="G21" s="7">
+      <c r="G21" s="31">
         <f t="shared" si="0"/>
         <v>527534337</v>
       </c>
     </row>
-    <row r="22" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B22" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="C22" s="7">
+      <c r="C22" s="31">
         <v>52754657</v>
       </c>
-      <c r="D22" s="7">
+      <c r="D22" s="31">
         <v>41186194</v>
       </c>
-      <c r="E22" s="7">
+      <c r="E22" s="31">
         <v>100000</v>
       </c>
-      <c r="F22" s="7">
+      <c r="F22" s="31">
         <v>428200525</v>
       </c>
-      <c r="G22" s="7">
+      <c r="G22" s="31">
         <f t="shared" si="0"/>
         <v>522241376</v>
       </c>
     </row>
-    <row r="23" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B23" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="C23" s="7">
+      <c r="C23" s="31">
         <v>78059321</v>
       </c>
-      <c r="D23" s="7">
+      <c r="D23" s="31">
         <v>42730000</v>
       </c>
-      <c r="E23" s="7">
+      <c r="E23" s="31">
         <v>1115382</v>
       </c>
-      <c r="F23" s="7">
+      <c r="F23" s="31">
         <v>485796679</v>
       </c>
-      <c r="G23" s="7">
+      <c r="G23" s="31">
         <f t="shared" si="0"/>
         <v>607701382</v>
       </c>
     </row>
-    <row r="24" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B24" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="C24" s="7">
+      <c r="C24" s="31">
         <v>17258557</v>
       </c>
-      <c r="D24" s="7">
+      <c r="D24" s="31">
         <v>65327525</v>
       </c>
-      <c r="E24" s="7">
+      <c r="E24" s="31">
         <v>100000</v>
       </c>
-      <c r="F24" s="7">
+      <c r="F24" s="31">
         <v>525599772</v>
       </c>
-      <c r="G24" s="7">
+      <c r="G24" s="31">
         <f t="shared" si="0"/>
         <v>608285854</v>
       </c>
     </row>
-    <row r="25" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B25" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="C25" s="7">
+      <c r="C25" s="31">
         <v>23941424</v>
       </c>
-      <c r="D25" s="7">
+      <c r="D25" s="31">
         <v>59400000</v>
       </c>
-      <c r="E25" s="7">
+      <c r="E25" s="31">
         <v>100000</v>
       </c>
-      <c r="F25" s="7">
+      <c r="F25" s="31">
         <v>540742985</v>
       </c>
-      <c r="G25" s="7">
+      <c r="G25" s="31">
         <f t="shared" si="0"/>
         <v>624184409</v>
       </c>
     </row>
-    <row r="26" spans="2:7" s="36" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B26" s="21" t="s">
+    <row r="26" spans="2:7" s="34" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B26" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C26" s="31">
+        <v>77141211</v>
+      </c>
+      <c r="D26" s="31">
+        <v>71700000</v>
+      </c>
+      <c r="E26" s="31">
+        <v>100000</v>
+      </c>
+      <c r="F26" s="31">
+        <v>540565452</v>
+      </c>
+      <c r="G26" s="31">
+        <f t="shared" si="0"/>
+        <v>689506663</v>
+      </c>
+    </row>
+    <row r="27" spans="2:7" s="35" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B27" s="21" t="s">
         <v>36</v>
       </c>
-      <c r="C26" s="33">
-[...7 lines deleted...]
-      <c r="E26" s="33">
+      <c r="C27" s="32">
+        <f>SUM(C4:C26)</f>
+        <v>1273771750.4200001</v>
+      </c>
+      <c r="D27" s="32">
+        <f t="shared" ref="D27:F27" si="1">SUM(D4:D26)</f>
+        <v>929747116.10000002</v>
+      </c>
+      <c r="E27" s="32">
         <f t="shared" si="1"/>
-        <v>51759531.890000001</v>
-[...1 lines deleted...]
-      <c r="F26" s="33">
+        <v>51859531.890000001</v>
+      </c>
+      <c r="F27" s="32">
         <f t="shared" si="1"/>
-        <v>6286399629.6700001</v>
-[...7 lines deleted...]
-      <c r="F28" s="24" t="s">
+        <v>6826965081.6700001</v>
+      </c>
+      <c r="G27" s="32">
+        <f>SUM(G4:G26)</f>
+        <v>9082343480.0799999</v>
+      </c>
+    </row>
+    <row r="29" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="F29" s="24" t="s">
         <v>28</v>
       </c>
-      <c r="G28" s="42">
-        <v>45615</v>
+      <c r="G29" s="41">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="31" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B31" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
+  <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="88" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
-    <tablePart r:id="rId1"/>
+    <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>