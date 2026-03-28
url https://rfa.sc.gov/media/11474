--- v0 (2026-03-02)
+++ v1 (2026-03-28)
@@ -1,134 +1,138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\BEA Forecasting\Revenues - Monthly Digest &amp; Monitor\FY 2025-26\M7 - FY26\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\BEA Forecasting\Revenues - Monthly Digest &amp; Monitor\FY 2025-26\M8 - FY26\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B105A292-290C-4DD3-A3D2-8CCCA2300F88}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5DFAC00-2228-4C84-BF4C-4FBBA8999E44}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="691" xr2:uid="{C49E13CB-001D-40BB-B76A-A9F4A06B5CF0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{BD2BC017-98CC-4C66-A108-E0158E5DB757}"/>
   </bookViews>
   <sheets>
-    <sheet name="January" sheetId="22" r:id="rId1"/>
-[...13 lines deleted...]
-    <sheet name="FY 2019-20" sheetId="3" r:id="rId15"/>
+    <sheet name="February" sheetId="23" r:id="rId1"/>
+    <sheet name="January" sheetId="22" r:id="rId2"/>
+    <sheet name="December" sheetId="21" r:id="rId3"/>
+    <sheet name="November" sheetId="20" r:id="rId4"/>
+    <sheet name="October" sheetId="1" r:id="rId5"/>
+    <sheet name="September" sheetId="16" r:id="rId6"/>
+    <sheet name="August" sheetId="17" r:id="rId7"/>
+    <sheet name="July" sheetId="18" r:id="rId8"/>
+    <sheet name="FY 2025-26 Detail" sheetId="5" r:id="rId9"/>
+    <sheet name="FY 2025-26" sheetId="14" r:id="rId10"/>
+    <sheet name="FY 2024-25" sheetId="12" r:id="rId11"/>
+    <sheet name="FY 2023-24" sheetId="10" r:id="rId12"/>
+    <sheet name="FY 2022-23" sheetId="9" r:id="rId13"/>
+    <sheet name="FY 2021-22" sheetId="8" r:id="rId14"/>
+    <sheet name="FY 2020-21" sheetId="4" r:id="rId15"/>
+    <sheet name="FY 2019-20" sheetId="3" r:id="rId16"/>
   </sheets>
   <definedNames>
     <definedName name="_2_16.174721">#REF!</definedName>
     <definedName name="_3_4.897862">#REF!</definedName>
     <definedName name="_4_4267_37">#REF!</definedName>
     <definedName name="_5_75853_2730">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="5">August!$A$1:$J$82</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="4">September!$A$1:$J$82</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="6">August!$A$1:$J$82</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">December!$A$1:$J$82</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">February!$A$1:$J$82</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">January!$A$1:$J$82</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="7">July!$A$1:$J$82</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">November!$A$1:$J$82</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">October!$A$1:$J$83</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">September!$A$1:$J$82</definedName>
     <definedName name="_xlnm.Print_Titles">#N/A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1097" uniqueCount="220">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1185" uniqueCount="221">
   <si>
     <t>General Fund Revenue</t>
   </si>
   <si>
     <t xml:space="preserve">    Sales and Use Tax</t>
   </si>
   <si>
     <t xml:space="preserve">    Individual Income Tax</t>
   </si>
   <si>
     <t xml:space="preserve">    Corporation Income Tax</t>
   </si>
   <si>
     <t xml:space="preserve">    Insurance Taxes</t>
   </si>
   <si>
     <t xml:space="preserve">    Admissions Tax    </t>
   </si>
   <si>
     <t xml:space="preserve">    Aircraft Tax</t>
   </si>
   <si>
     <t xml:space="preserve">    Alcoholic Liquor Tax  </t>
   </si>
   <si>
@@ -719,137 +723,135 @@
   <si>
     <t>Underground Petroleum Storage Tank Fee (Enviro. Impact)</t>
   </si>
   <si>
     <t>Lottery Unclaimed Prizes</t>
   </si>
   <si>
     <t>Lottery Proceeds</t>
   </si>
   <si>
     <t>FY 2023-24</t>
   </si>
   <si>
     <t>FY 2022-23</t>
   </si>
   <si>
     <t>FY 2021-22</t>
   </si>
   <si>
     <t>FY 2020-21</t>
   </si>
   <si>
     <t>FY 2019-20</t>
   </si>
   <si>
-    <t>(File generated on February 13, 2026)</t>
-[...1 lines deleted...]
-  <si>
     <t>FY  2025-26</t>
   </si>
   <si>
     <t>---</t>
+  </si>
+  <si>
+    <t>(File generated on March 26, 2026)</t>
+  </si>
+  <si>
+    <t>July - February</t>
   </si>
   <si>
     <t>July - January</t>
   </si>
   <si>
     <t>July - December</t>
   </si>
   <si>
     <t>July - November</t>
   </si>
   <si>
     <t>July - October</t>
   </si>
   <si>
     <t>July - September</t>
   </si>
   <si>
     <t>July - August</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="15">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="[$$-409]#,##0"/>
     <numFmt numFmtId="165" formatCode="[$$-409]#,##0_);\([$$-409]#,##0\)"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
     <numFmt numFmtId="167" formatCode="#,##0.0%;\(#,##0.0%\)"/>
     <numFmt numFmtId="168" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="169" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="170" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="171" formatCode="General_)"/>
     <numFmt numFmtId="172" formatCode="#,##0;[Red]\(#,##0\)"/>
     <numFmt numFmtId="173" formatCode="&quot;$&quot;#,##0.000000"/>
   </numFmts>
-  <fonts count="48" x14ac:knownFonts="1">
+  <fonts count="47" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Book Antiqua"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Book Antiqua"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Book Antiqua"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="Book Antiqua"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
-    </font>
-[...3 lines deleted...]
-      <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF333333"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1462,543 +1464,544 @@
       </left>
       <right style="thin">
         <color rgb="FFDDDDDD"/>
       </right>
       <top style="thin">
         <color rgb="FFCAC9D9"/>
       </top>
       <bottom style="thin">
         <color rgb="FFDDDDDD"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="174">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="30" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="31" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="29" fillId="22" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="29" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="4" fontId="28" fillId="22" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="32" fillId="23" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="31" fillId="23" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="23" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="23" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="22" borderId="4" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="32" fillId="22" borderId="4" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="24" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="24" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="25" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="25" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="26" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="26" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="27" borderId="5" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="27" borderId="5" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="28" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="28" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="29" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="29" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="30" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="30" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="31" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="31" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="32" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="32" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="33" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="33" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="34" borderId="5" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="34" borderId="5" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="4" fontId="34" fillId="35" borderId="5" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="33" fillId="35" borderId="5" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="4" fontId="34" fillId="35" borderId="5" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="33" fillId="35" borderId="5" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="36" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="36" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="37" borderId="5" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="37" borderId="5" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="36" borderId="5" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="36" borderId="5" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="38" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="28" fillId="38" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="35" borderId="4" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="28" fillId="35" borderId="4" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="39" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="28" fillId="39" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="36" borderId="4" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="28" fillId="36" borderId="4" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="40" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="28" fillId="40" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="40" borderId="4" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="28" fillId="40" borderId="4" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="37" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="28" fillId="37" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="37" borderId="4" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="28" fillId="37" borderId="4" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="41" borderId="6" applyNumberFormat="0">
+    <xf numFmtId="0" fontId="28" fillId="41" borderId="6" applyNumberFormat="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="35" borderId="7" applyBorder="0"/>
-    <xf numFmtId="4" fontId="36" fillId="42" borderId="4" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="34" fillId="35" borderId="7" applyBorder="0"/>
+    <xf numFmtId="4" fontId="35" fillId="42" borderId="4" applyNumberFormat="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="32" fillId="43" borderId="2" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="31" fillId="43" borderId="2" applyNumberFormat="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="36" fillId="38" borderId="4" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="35" fillId="38" borderId="4" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="42" borderId="4" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="35" fillId="42" borderId="4" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="0" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="0" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="32" fillId="44" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="31" fillId="44" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="29" fillId="24" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="28" fillId="24" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="36" borderId="4" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="35" fillId="36" borderId="4" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
-    <xf numFmtId="4" fontId="37" fillId="45" borderId="5" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="4" fontId="36" fillId="45" borderId="5" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="46" borderId="2"/>
-    <xf numFmtId="4" fontId="38" fillId="41" borderId="3" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="28" fillId="46" borderId="2"/>
+    <xf numFmtId="4" fontId="37" fillId="41" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...72 lines deleted...]
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="171" fontId="40" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="9" fontId="34" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...6 lines deleted...]
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="125">
+  <cellXfs count="126">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="5" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="5" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="37" fontId="8" fillId="3" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="37" fontId="7" fillId="3" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="37" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="49" fontId="10" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="5" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="37" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="37" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="5" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="37" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="165" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="37" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="16" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="15" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="37" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="37" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="37" fontId="0" fillId="5" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="37" fontId="19" fillId="4" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="37" fontId="18" fillId="4" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="37" fontId="20" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="37" fontId="19" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="37" fontId="20" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="37" fontId="19" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="5" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="5" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="5" fontId="4" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="168" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="7" fontId="4" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="170" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="170" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="170" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="170" fontId="8" fillId="3" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="170" fontId="7" fillId="3" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="170" fontId="0" fillId="5" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="5" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="5" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
     <xf numFmtId="6" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="37" fontId="7" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="37" fontId="6" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="168" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="168" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="168" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="6" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="16" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="15" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="17" fillId="0" borderId="9" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="9" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="16" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="15" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="16" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="15" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="5" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="5" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="172" fontId="42" fillId="6" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="172" fontId="41" fillId="6" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="173" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="37" fontId="8" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="37" fontId="7" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="37" fontId="7" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="37" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="37" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="169" fontId="24" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="169" fontId="23" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="169" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="6" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="5" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="5" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="7" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="7" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="7" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="7" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="6" fontId="26" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="167" fontId="16" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="25" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="5" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="15" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="5" fontId="45" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="5" fontId="44" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="172" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="172" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="169" fontId="0" fillId="5" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="6" fontId="25" fillId="0" borderId="0" xfId="166" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="166" applyFont="1"/>
+    <xf numFmtId="6" fontId="24" fillId="0" borderId="0" xfId="166" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="166" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="166" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="166" applyFont="1"/>
-    <xf numFmtId="0" fontId="13" fillId="47" borderId="0" xfId="166" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="47" borderId="0" xfId="166" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="47" borderId="0" xfId="166" applyFont="1" applyFill="1"/>
-    <xf numFmtId="49" fontId="10" fillId="47" borderId="0" xfId="166" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="47" borderId="0" xfId="166" applyFont="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="9" fillId="47" borderId="0" xfId="166" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="166" applyFont="1"/>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="166" applyFont="1"/>
-    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="166" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="166" applyFont="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="166" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="166" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="166" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="166" applyFont="1"/>
+    <xf numFmtId="3" fontId="15" fillId="0" borderId="0" xfId="166" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="166" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="166" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="166" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="166" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="5" fontId="4" fillId="0" borderId="0" xfId="166" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="5" fontId="3" fillId="0" borderId="0" xfId="166" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="166" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="166" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="166" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="166" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="174">
     <cellStyle name="Accent1 - 20%" xfId="9" xr:uid="{EF0EA3E2-A068-4BC3-A8B3-FDEDEAD9315F}"/>
     <cellStyle name="Accent1 - 40%" xfId="10" xr:uid="{3134F4A7-50B4-4E08-9D62-909286D3E6E4}"/>
     <cellStyle name="Accent1 - 60%" xfId="11" xr:uid="{D47B3A9A-044E-4427-9B58-D7EB6D44E1DF}"/>
     <cellStyle name="Accent2 - 20%" xfId="12" xr:uid="{B5E038BC-0BDA-415E-944B-28D34E4440E8}"/>
     <cellStyle name="Accent2 - 40%" xfId="13" xr:uid="{3C9FD16D-D8D5-4C3E-9214-60E328F85B09}"/>
     <cellStyle name="Accent2 - 60%" xfId="14" xr:uid="{C8AE6F32-B753-40F3-BDD6-A273BB1D5A5C}"/>
     <cellStyle name="Accent3 - 20%" xfId="15" xr:uid="{5916DC5C-4E52-4B82-A167-2B890CFB7408}"/>
     <cellStyle name="Accent3 - 40%" xfId="16" xr:uid="{94E0EF1F-E35B-469F-85C0-FA06BD80619C}"/>
     <cellStyle name="Accent3 - 60%" xfId="17" xr:uid="{1A95CE97-75FA-4CA6-9463-7B2B2BF79002}"/>
     <cellStyle name="Accent4 - 20%" xfId="18" xr:uid="{F6428943-AD44-40B8-B04D-E648162E30E8}"/>
     <cellStyle name="Accent4 - 40%" xfId="19" xr:uid="{C9D7BA2C-A0ED-43D0-A42D-467A89CC5109}"/>
     <cellStyle name="Accent4 - 60%" xfId="20" xr:uid="{CE7768B1-870A-4802-AF55-68494B4AE91C}"/>
     <cellStyle name="Accent5 - 20%" xfId="21" xr:uid="{1CF26F19-2001-4F60-8A4D-91849D12A1A4}"/>
     <cellStyle name="Accent5 - 40%" xfId="22" xr:uid="{D4E34A9C-C3AE-448B-851D-C3C9BE0F346B}"/>
     <cellStyle name="Accent5 - 60%" xfId="23" xr:uid="{1E86D5D0-1FDF-4066-8520-030419A4E7D7}"/>
     <cellStyle name="Accent6 - 20%" xfId="24" xr:uid="{95FD2ABC-952E-465C-92F2-DB5945F9CCB9}"/>
     <cellStyle name="Accent6 - 40%" xfId="25" xr:uid="{D87D0319-3703-4537-92FC-4D46FF512DF5}"/>
     <cellStyle name="Accent6 - 60%" xfId="26" xr:uid="{56CB9CCE-D841-43A6-A926-BBA59DC88572}"/>
     <cellStyle name="Comma" xfId="3" builtinId="3"/>
     <cellStyle name="Comma 10" xfId="69" xr:uid="{22AF286C-13D4-4FAF-AA8E-A6179A90FEF1}"/>
     <cellStyle name="Comma 2" xfId="4" xr:uid="{4165A002-BF64-4F9D-BD47-AD126C623746}"/>
@@ -2153,82 +2156,186 @@
     <cellStyle name="SAPBEXstdItemX" xfId="64" xr:uid="{7A83BE00-CAAF-41B4-B7C7-9616F5404775}"/>
     <cellStyle name="SAPBEXtitle" xfId="65" xr:uid="{DC7FBBF1-8B6A-4491-8940-37C79B7A4598}"/>
     <cellStyle name="SAPBEXunassignedItem" xfId="66" xr:uid="{6A98191D-D3FD-43BB-A611-54116E97A929}"/>
     <cellStyle name="SAPBEXundefined" xfId="67" xr:uid="{9E607734-80D8-4CCE-8C0A-22FA97062D16}"/>
     <cellStyle name="Sheet Title" xfId="68" xr:uid="{67615A12-A18B-451F-A94E-639090BEDA57}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF203764"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>181208</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>27853</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>905108</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C76985D3-F4CA-4A1E-9D04-7F8DE464CBC2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="181208" y="27853"/>
+          <a:ext cx="914400" cy="886547"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>124058</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="910590" cy="914400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4309F76D-6FE1-41B9-814B-DD5C000339B9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="124058" y="8705850"/>
+          <a:ext cx="910590" cy="914400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>181208</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>27853</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>905108</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>75478</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E1BD107-A809-4F90-877C-FF0E6240F216}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -2239,96 +2346,96 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="181208" y="27853"/>
           <a:ext cx="914400" cy="914400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>181208</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:colOff>133583</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="910590" cy="914400"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35C37804-F55C-45C7-B649-77F2F2BB0644}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="181208" y="9162328"/>
+          <a:off x="133583" y="8734425"/>
           <a:ext cx="910590" cy="914400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>181208</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>27853</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>905108</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>75478</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{966ECB81-D16C-4C31-8F69-0513B05B95EB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -2429,51 +2536,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="181208" y="9162328"/>
           <a:ext cx="910590" cy="914400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>181208</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>27853</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>905108</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>75478</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3D2D8FC-C1AE-40F5-8B2A-04BA0A1C0F90}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -2529,51 +2636,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="181208" y="9162328"/>
           <a:ext cx="910590" cy="914400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>181208</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>27853</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>905108</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>75478</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -2674,51 +2781,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="181208" y="9162328"/>
           <a:ext cx="910590" cy="914400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>181208</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>27853</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>905108</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>75478</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{223600D0-6B8B-4E9E-AB23-8D04418D599D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -2819,51 +2926,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="181208" y="9162328"/>
           <a:ext cx="910590" cy="914400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>181208</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>27853</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>905108</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>75478</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1A317EE-6C01-43BA-90AA-516BA3F318E6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -2919,51 +3026,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="181208" y="9162328"/>
           <a:ext cx="910590" cy="914400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>181208</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>27853</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>914633</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>75478</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48E60F8A-884A-4ACC-A98C-51AD74FAC501}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -3308,26055 +3415,27903 @@
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B079FD8-AB1E-47BD-B696-E93819DD0225}">
-  <sheetPr codeName="Sheet15">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C4C82EB-8614-499D-BC42-0A51555EDE4C}">
+  <sheetPr codeName="Sheet16">
     <tabColor theme="8"/>
   </sheetPr>
   <dimension ref="A1:O82"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B44" sqref="B44"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C56" sqref="C56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" style="107" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="107"/>
+    <col min="1" max="1" width="2.85546875" style="106" customWidth="1"/>
+    <col min="2" max="2" width="28.85546875" style="106" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15" style="106" customWidth="1"/>
+    <col min="4" max="4" width="2.28515625" style="106" customWidth="1"/>
+    <col min="5" max="5" width="15" style="106" customWidth="1"/>
+    <col min="6" max="6" width="2.28515625" style="106" customWidth="1"/>
+    <col min="7" max="7" width="14.5703125" style="106" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="2.85546875" style="106" customWidth="1"/>
+    <col min="9" max="9" width="11.7109375" style="106" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="3" style="106" customWidth="1"/>
+    <col min="11" max="15" width="9.140625" style="106" hidden="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="106"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A1" s="105"/>
-[...8 lines deleted...]
-      <c r="J1" s="105"/>
+      <c r="A1" s="104"/>
+      <c r="B1" s="104"/>
+      <c r="C1" s="104"/>
+      <c r="D1" s="104"/>
+      <c r="E1" s="104"/>
+      <c r="F1" s="104"/>
+      <c r="G1" s="104"/>
+      <c r="H1" s="104"/>
+      <c r="I1" s="105"/>
+      <c r="J1" s="104"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A2" s="108"/>
-[...7 lines deleted...]
-      <c r="I2" s="110" t="s">
+      <c r="A2" s="107"/>
+      <c r="B2" s="107"/>
+      <c r="C2" s="108"/>
+      <c r="D2" s="108"/>
+      <c r="E2" s="108"/>
+      <c r="F2" s="108"/>
+      <c r="G2" s="108"/>
+      <c r="H2" s="108"/>
+      <c r="I2" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="J2" s="109"/>
+      <c r="J2" s="108"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A3" s="111"/>
-[...8 lines deleted...]
-      <c r="J3" s="111"/>
+      <c r="A3" s="110"/>
+      <c r="B3" s="110"/>
+      <c r="C3" s="122"/>
+      <c r="D3" s="122"/>
+      <c r="E3" s="122"/>
+      <c r="F3" s="110"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="111"/>
+      <c r="I3" s="112"/>
+      <c r="J3" s="110"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A4" s="111"/>
-[...7 lines deleted...]
-      <c r="J4" s="105"/>
+      <c r="A4" s="110"/>
+      <c r="B4" s="110"/>
+      <c r="C4" s="104"/>
+      <c r="D4" s="113"/>
+      <c r="E4" s="104"/>
+      <c r="F4" s="104"/>
+      <c r="G4" s="104"/>
+      <c r="H4" s="104"/>
+      <c r="J4" s="104"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A5" s="111"/>
-[...9 lines deleted...]
-      <c r="I5" s="116" t="s">
+      <c r="A5" s="110"/>
+      <c r="B5" s="110"/>
+      <c r="C5" s="123" t="s">
+        <v>136</v>
+      </c>
+      <c r="D5" s="123"/>
+      <c r="E5" s="123"/>
+      <c r="F5" s="114"/>
+      <c r="G5" s="114"/>
+      <c r="H5" s="114"/>
+      <c r="I5" s="115" t="s">
         <v>164</v>
       </c>
-      <c r="J5" s="105"/>
+      <c r="J5" s="104"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A6" s="111"/>
-[...8 lines deleted...]
-      <c r="J6" s="111"/>
+      <c r="A6" s="110"/>
+      <c r="B6" s="110"/>
+      <c r="C6" s="110"/>
+      <c r="D6" s="110"/>
+      <c r="E6" s="104"/>
+      <c r="F6" s="110"/>
+      <c r="G6" s="110"/>
+      <c r="H6" s="110"/>
+      <c r="I6" s="110"/>
+      <c r="J6" s="110"/>
     </row>
     <row r="7" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="2"/>
-      <c r="B7" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="22" t="s">
+      <c r="B7" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D7" s="23"/>
-      <c r="E7" s="22" t="s">
+      <c r="D7" s="22"/>
+      <c r="E7" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="F7" s="23"/>
-      <c r="G7" s="22" t="s">
+      <c r="F7" s="22"/>
+      <c r="G7" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="H7" s="23"/>
-      <c r="I7" s="22" t="s">
+      <c r="H7" s="22"/>
+      <c r="I7" s="21" t="s">
         <v>129</v>
       </c>
       <c r="J7" s="2"/>
     </row>
     <row r="8" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
-      <c r="E8" s="24"/>
+      <c r="E8" s="23"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
     </row>
     <row r="9" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="2"/>
-      <c r="B9" s="49" t="s">
+      <c r="B9" s="48" t="s">
         <v>144</v>
       </c>
-      <c r="C9" s="24">
-[...12 lines deleted...]
-        <v>2.1959931790694442E-2</v>
+      <c r="C9" s="23">
+        <v>359618678.49000001</v>
+      </c>
+      <c r="D9" s="24"/>
+      <c r="E9" s="23">
+        <v>378424530.73000002</v>
+      </c>
+      <c r="F9" s="25"/>
+      <c r="G9" s="26">
+        <v>18805852.239999998</v>
+      </c>
+      <c r="H9" s="27"/>
+      <c r="I9" s="28">
+        <v>5.2293869492440637E-2</v>
       </c>
       <c r="J9" s="2"/>
     </row>
     <row r="10" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="2"/>
-      <c r="B10" s="49" t="s">
+      <c r="B10" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C10" s="24">
-[...12 lines deleted...]
-        <v>2.6990968582161656E-2</v>
+      <c r="C10" s="23">
+        <v>56884261.289999999</v>
+      </c>
+      <c r="D10" s="29"/>
+      <c r="E10" s="23">
+        <v>449742750.39999998</v>
+      </c>
+      <c r="F10" s="30"/>
+      <c r="G10" s="26">
+        <v>392858489.11000001</v>
+      </c>
+      <c r="H10" s="27"/>
+      <c r="I10" s="28">
+        <v>6.9062774166509984</v>
       </c>
       <c r="J10" s="2"/>
     </row>
     <row r="11" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="2"/>
-      <c r="B11" s="49" t="s">
+      <c r="B11" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="C11" s="24">
-[...12 lines deleted...]
-        <v>-0.3467515079816843</v>
+      <c r="C11" s="23">
+        <v>6266592.8799999999</v>
+      </c>
+      <c r="D11" s="29"/>
+      <c r="E11" s="23">
+        <v>-4444728.04</v>
+      </c>
+      <c r="F11" s="30"/>
+      <c r="G11" s="26">
+        <v>-10711320.92</v>
+      </c>
+      <c r="H11" s="27"/>
+      <c r="I11" s="28" t="s">
+        <v>212</v>
       </c>
       <c r="J11" s="2"/>
     </row>
     <row r="12" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="2"/>
-      <c r="B12" s="49" t="s">
+      <c r="B12" s="48" t="s">
         <v>147</v>
       </c>
-      <c r="C12" s="24">
-[...12 lines deleted...]
-        <v>0.20423580483597292</v>
+      <c r="C12" s="23">
+        <v>2548316.79</v>
+      </c>
+      <c r="D12" s="29"/>
+      <c r="E12" s="23">
+        <v>2213338.6</v>
+      </c>
+      <c r="F12" s="25"/>
+      <c r="G12" s="26">
+        <v>-334978.19</v>
+      </c>
+      <c r="H12" s="27"/>
+      <c r="I12" s="28">
+        <v>-0.13145076440829795</v>
       </c>
       <c r="J12" s="2"/>
     </row>
     <row r="13" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="2"/>
-      <c r="B13" s="49" t="s">
+      <c r="B13" s="48" t="s">
         <v>148</v>
       </c>
-      <c r="C13" s="24">
-[...12 lines deleted...]
-        <v>8.7847791224690663E-2</v>
+      <c r="C13" s="23">
+        <v>1873402.32</v>
+      </c>
+      <c r="D13" s="29"/>
+      <c r="E13" s="23">
+        <v>3008984.51</v>
+      </c>
+      <c r="F13" s="25"/>
+      <c r="G13" s="26">
+        <v>1135582.19</v>
+      </c>
+      <c r="H13" s="27"/>
+      <c r="I13" s="28">
+        <v>0.60616034146899089</v>
       </c>
       <c r="J13" s="2"/>
     </row>
     <row r="14" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="2"/>
-      <c r="B14" s="49" t="s">
+      <c r="B14" s="48" t="s">
         <v>150</v>
       </c>
-      <c r="C14" s="24">
-[...14 lines deleted...]
-      <c r="J14" s="7"/>
+      <c r="C14" s="23">
+        <v>7999450.8399999999</v>
+      </c>
+      <c r="D14" s="29"/>
+      <c r="E14" s="23">
+        <v>8348821.4299999997</v>
+      </c>
+      <c r="F14" s="25"/>
+      <c r="G14" s="26">
+        <v>349370.59</v>
+      </c>
+      <c r="H14" s="27"/>
+      <c r="I14" s="28">
+        <v>4.3674321773818248E-2</v>
+      </c>
+      <c r="J14" s="6"/>
     </row>
     <row r="15" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="2"/>
-      <c r="B15" s="49" t="s">
+      <c r="B15" s="48" t="s">
         <v>151</v>
       </c>
-      <c r="C15" s="24">
-[...14 lines deleted...]
-      <c r="J15" s="7"/>
+      <c r="C15" s="23">
+        <v>2197978.2000000002</v>
+      </c>
+      <c r="D15" s="29"/>
+      <c r="E15" s="23">
+        <v>-343901.15</v>
+      </c>
+      <c r="F15" s="25"/>
+      <c r="G15" s="26">
+        <v>-2541879.35</v>
+      </c>
+      <c r="H15" s="27"/>
+      <c r="I15" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J15" s="6"/>
     </row>
     <row r="16" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
-      <c r="B16" s="49" t="s">
+      <c r="B16" s="48" t="s">
         <v>152</v>
       </c>
-      <c r="C16" s="24">
-[...14 lines deleted...]
-      <c r="J16" s="7"/>
+      <c r="C16" s="23">
+        <v>7641859.2999999998</v>
+      </c>
+      <c r="D16" s="29"/>
+      <c r="E16" s="23">
+        <v>7807872.1299999999</v>
+      </c>
+      <c r="F16" s="25"/>
+      <c r="G16" s="26">
+        <v>166012.82999999999</v>
+      </c>
+      <c r="H16" s="27"/>
+      <c r="I16" s="28">
+        <v>2.1724141139316755E-2</v>
+      </c>
+      <c r="J16" s="6"/>
     </row>
     <row r="17" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="2"/>
-      <c r="B17" s="49" t="s">
+      <c r="B17" s="48" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="24">
-[...14 lines deleted...]
-      <c r="J17" s="7"/>
+      <c r="C17" s="23">
+        <v>1013476</v>
+      </c>
+      <c r="D17" s="29"/>
+      <c r="E17" s="23">
+        <v>1089698</v>
+      </c>
+      <c r="F17" s="25"/>
+      <c r="G17" s="26">
+        <v>76222</v>
+      </c>
+      <c r="H17" s="27"/>
+      <c r="I17" s="28">
+        <v>7.5208490383590787E-2</v>
+      </c>
+      <c r="J17" s="6"/>
     </row>
     <row r="18" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="2"/>
-      <c r="B18" s="49" t="s">
+      <c r="B18" s="48" t="s">
         <v>153</v>
       </c>
-      <c r="C18" s="24">
-[...14 lines deleted...]
-      <c r="J18" s="7"/>
+      <c r="C18" s="23">
+        <v>580623.28</v>
+      </c>
+      <c r="D18" s="29"/>
+      <c r="E18" s="23">
+        <v>227279.62</v>
+      </c>
+      <c r="F18" s="25"/>
+      <c r="G18" s="26">
+        <v>-353343.66</v>
+      </c>
+      <c r="H18" s="27"/>
+      <c r="I18" s="28">
+        <v>-0.60855923655007427</v>
+      </c>
+      <c r="J18" s="6"/>
     </row>
     <row r="19" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="2"/>
-      <c r="B19" s="49" t="s">
+      <c r="B19" s="48" t="s">
         <v>154</v>
       </c>
-      <c r="C19" s="24">
-[...14 lines deleted...]
-      <c r="J19" s="7"/>
+      <c r="C19" s="23">
+        <v>6306497.96</v>
+      </c>
+      <c r="D19" s="29"/>
+      <c r="E19" s="23">
+        <v>8756172.9900000002</v>
+      </c>
+      <c r="F19" s="25"/>
+      <c r="G19" s="26">
+        <v>2449675.0299999998</v>
+      </c>
+      <c r="H19" s="27"/>
+      <c r="I19" s="28">
+        <v>0.3884366641418846</v>
+      </c>
+      <c r="J19" s="6"/>
     </row>
     <row r="20" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="2"/>
-      <c r="B20" s="49" t="s">
+      <c r="B20" s="48" t="s">
         <v>143</v>
       </c>
-      <c r="C20" s="24">
-[...14 lines deleted...]
-      <c r="J20" s="7"/>
+      <c r="C20" s="23">
+        <v>8407809.0199999996</v>
+      </c>
+      <c r="D20" s="29"/>
+      <c r="E20" s="23">
+        <v>8543877.5999999996</v>
+      </c>
+      <c r="F20" s="25"/>
+      <c r="G20" s="26">
+        <v>136068.57999999999</v>
+      </c>
+      <c r="H20" s="27"/>
+      <c r="I20" s="28">
+        <v>1.6183595473723056E-2</v>
+      </c>
+      <c r="J20" s="6"/>
     </row>
     <row r="21" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="2"/>
-      <c r="B21" s="49" t="s">
+      <c r="B21" s="48" t="s">
         <v>70</v>
       </c>
-      <c r="C21" s="24">
-[...14 lines deleted...]
-      <c r="J21" s="7"/>
+      <c r="C21" s="23">
+        <v>41506350.759999998</v>
+      </c>
+      <c r="D21" s="29"/>
+      <c r="E21" s="23">
+        <v>59477432.520000003</v>
+      </c>
+      <c r="F21" s="25"/>
+      <c r="G21" s="26">
+        <v>17971081.760000002</v>
+      </c>
+      <c r="H21" s="27"/>
+      <c r="I21" s="28">
+        <v>0.43297185685904438</v>
+      </c>
+      <c r="J21" s="6"/>
     </row>
     <row r="22" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2"/>
-      <c r="B22" s="49" t="s">
+      <c r="B22" s="48" t="s">
         <v>155</v>
       </c>
-      <c r="C22" s="24">
-[...14 lines deleted...]
-      <c r="J22" s="7"/>
+      <c r="C22" s="23">
+        <v>369616.48</v>
+      </c>
+      <c r="D22" s="29"/>
+      <c r="E22" s="23">
+        <v>864107.02</v>
+      </c>
+      <c r="F22" s="25"/>
+      <c r="G22" s="26">
+        <v>494490.54</v>
+      </c>
+      <c r="H22" s="27"/>
+      <c r="I22" s="28">
+        <v>1.3378476522475404</v>
+      </c>
+      <c r="J22" s="6"/>
     </row>
     <row r="23" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="2"/>
-      <c r="B23" s="49" t="s">
+      <c r="B23" s="48" t="s">
         <v>156</v>
       </c>
-      <c r="C23" s="24">
-[...14 lines deleted...]
-      <c r="J23" s="7"/>
+      <c r="C23" s="23">
+        <v>943538.7</v>
+      </c>
+      <c r="D23" s="29"/>
+      <c r="E23" s="23">
+        <v>1832696.49</v>
+      </c>
+      <c r="F23" s="25"/>
+      <c r="G23" s="26">
+        <v>889157.79</v>
+      </c>
+      <c r="H23" s="27"/>
+      <c r="I23" s="28">
+        <v>0.94236493956209744</v>
+      </c>
+      <c r="J23" s="6"/>
     </row>
     <row r="24" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
-      <c r="B24" s="49" t="s">
+      <c r="B24" s="48" t="s">
         <v>73</v>
       </c>
-      <c r="C24" s="24">
-[...14 lines deleted...]
-      <c r="J24" s="7"/>
+      <c r="C24" s="23">
+        <v>0</v>
+      </c>
+      <c r="D24" s="29"/>
+      <c r="E24" s="23">
+        <v>0</v>
+      </c>
+      <c r="F24" s="25"/>
+      <c r="G24" s="26">
+        <v>0</v>
+      </c>
+      <c r="H24" s="27"/>
+      <c r="I24" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J24" s="6"/>
     </row>
     <row r="25" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="2"/>
-      <c r="B25" s="49" t="s">
+      <c r="B25" s="48" t="s">
         <v>157</v>
       </c>
-      <c r="C25" s="24">
+      <c r="C25" s="23">
         <v>282734</v>
       </c>
-      <c r="D25" s="30"/>
-      <c r="E25" s="24">
+      <c r="D25" s="29"/>
+      <c r="E25" s="23">
         <v>282734</v>
       </c>
-      <c r="F25" s="26"/>
-[...7 lines deleted...]
-      <c r="J25" s="7"/>
+      <c r="F25" s="25"/>
+      <c r="G25" s="26">
+        <v>0</v>
+      </c>
+      <c r="H25" s="27"/>
+      <c r="I25" s="28">
+        <v>0</v>
+      </c>
+      <c r="J25" s="6"/>
     </row>
     <row r="26" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2"/>
-      <c r="B26" s="49" t="s">
+      <c r="B26" s="48" t="s">
         <v>158</v>
       </c>
-      <c r="C26" s="24">
-[...14 lines deleted...]
-      <c r="J26" s="7"/>
+      <c r="C26" s="23">
+        <v>13725.1</v>
+      </c>
+      <c r="D26" s="29"/>
+      <c r="E26" s="23">
+        <v>60531.15</v>
+      </c>
+      <c r="F26" s="25"/>
+      <c r="G26" s="26">
+        <v>46806.05</v>
+      </c>
+      <c r="H26" s="27"/>
+      <c r="I26" s="28">
+        <v>3.4102520200217121</v>
+      </c>
+      <c r="J26" s="6"/>
     </row>
     <row r="27" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A27" s="2"/>
-      <c r="B27" s="49" t="s">
+      <c r="B27" s="48" t="s">
         <v>76</v>
       </c>
-      <c r="C27" s="24">
-[...14 lines deleted...]
-      <c r="J27" s="7"/>
+      <c r="C27" s="23">
+        <v>0</v>
+      </c>
+      <c r="D27" s="29"/>
+      <c r="E27" s="23">
+        <v>0</v>
+      </c>
+      <c r="F27" s="25"/>
+      <c r="G27" s="26">
+        <v>0</v>
+      </c>
+      <c r="H27" s="27"/>
+      <c r="I27" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J27" s="6"/>
     </row>
     <row r="28" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A28" s="2"/>
-      <c r="B28" s="49" t="s">
+      <c r="B28" s="48" t="s">
         <v>159</v>
       </c>
-      <c r="C28" s="24">
-[...14 lines deleted...]
-      <c r="J28" s="7"/>
+      <c r="C28" s="23">
+        <v>0</v>
+      </c>
+      <c r="D28" s="29"/>
+      <c r="E28" s="23">
+        <v>0</v>
+      </c>
+      <c r="F28" s="25"/>
+      <c r="G28" s="26">
+        <v>0</v>
+      </c>
+      <c r="H28" s="27"/>
+      <c r="I28" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J28" s="6"/>
     </row>
     <row r="29" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="2"/>
-      <c r="B29" s="49" t="s">
+      <c r="B29" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="C29" s="24">
-[...14 lines deleted...]
-      <c r="J29" s="7"/>
+      <c r="C29" s="23">
+        <v>0</v>
+      </c>
+      <c r="D29" s="29"/>
+      <c r="E29" s="23">
+        <v>0</v>
+      </c>
+      <c r="F29" s="25"/>
+      <c r="G29" s="26">
+        <v>0</v>
+      </c>
+      <c r="H29" s="27"/>
+      <c r="I29" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J29" s="6"/>
     </row>
     <row r="30" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A30" s="2"/>
-      <c r="B30" s="49" t="s">
+      <c r="B30" s="48" t="s">
         <v>160</v>
       </c>
-      <c r="C30" s="24">
-[...14 lines deleted...]
-      <c r="J30" s="7"/>
+      <c r="C30" s="23">
+        <v>-702300</v>
+      </c>
+      <c r="D30" s="29"/>
+      <c r="E30" s="23">
+        <v>0</v>
+      </c>
+      <c r="F30" s="25"/>
+      <c r="G30" s="26">
+        <v>702300</v>
+      </c>
+      <c r="H30" s="27"/>
+      <c r="I30" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J30" s="6"/>
     </row>
     <row r="31" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="2"/>
-      <c r="B31" s="49" t="s">
+      <c r="B31" s="48" t="s">
         <v>80</v>
       </c>
-      <c r="C31" s="24">
-[...14 lines deleted...]
-      <c r="J31" s="7"/>
+      <c r="C31" s="23">
+        <v>857259</v>
+      </c>
+      <c r="D31" s="29"/>
+      <c r="E31" s="23">
+        <v>825019</v>
+      </c>
+      <c r="F31" s="25"/>
+      <c r="G31" s="26">
+        <v>-32240</v>
+      </c>
+      <c r="H31" s="27"/>
+      <c r="I31" s="28">
+        <v>-3.7608237417163348E-2</v>
+      </c>
+      <c r="J31" s="6"/>
     </row>
     <row r="32" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2"/>
-      <c r="B32" s="49" t="s">
+      <c r="B32" s="48" t="s">
         <v>82</v>
       </c>
-      <c r="C32" s="24">
-[...14 lines deleted...]
-      <c r="J32" s="7"/>
+      <c r="C32" s="23">
+        <v>2020290.19</v>
+      </c>
+      <c r="D32" s="29"/>
+      <c r="E32" s="23">
+        <v>2056765.78</v>
+      </c>
+      <c r="F32" s="25"/>
+      <c r="G32" s="26">
+        <v>36475.589999999997</v>
+      </c>
+      <c r="H32" s="27"/>
+      <c r="I32" s="28">
+        <v>1.8054629072866035E-2</v>
+      </c>
+      <c r="J32" s="6"/>
     </row>
     <row r="33" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="2"/>
-      <c r="B33" s="49" t="s">
+      <c r="B33" s="48" t="s">
         <v>161</v>
       </c>
-      <c r="C33" s="24">
-[...14 lines deleted...]
-      <c r="J33" s="7"/>
+      <c r="C33" s="23">
+        <v>3750000</v>
+      </c>
+      <c r="D33" s="29"/>
+      <c r="E33" s="23">
+        <v>3750000</v>
+      </c>
+      <c r="F33" s="25"/>
+      <c r="G33" s="26">
+        <v>0</v>
+      </c>
+      <c r="H33" s="27"/>
+      <c r="I33" s="28">
+        <v>0</v>
+      </c>
+      <c r="J33" s="6"/>
     </row>
     <row r="34" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A34" s="2"/>
-      <c r="B34" s="49" t="s">
+      <c r="B34" s="48" t="s">
         <v>162</v>
       </c>
-      <c r="C34" s="24">
-[...14 lines deleted...]
-      <c r="J34" s="7"/>
+      <c r="C34" s="23">
+        <v>-405081.53</v>
+      </c>
+      <c r="D34" s="29"/>
+      <c r="E34" s="23">
+        <v>48858</v>
+      </c>
+      <c r="F34" s="25"/>
+      <c r="G34" s="26">
+        <v>453939.53</v>
+      </c>
+      <c r="H34" s="27"/>
+      <c r="I34" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J34" s="6"/>
     </row>
     <row r="35" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="2"/>
-      <c r="B35" s="49" t="s">
+      <c r="B35" s="48" t="s">
         <v>85</v>
       </c>
-      <c r="C35" s="24">
-[...14 lines deleted...]
-      <c r="J35" s="7"/>
+      <c r="C35" s="23">
+        <v>871528.95</v>
+      </c>
+      <c r="D35" s="29"/>
+      <c r="E35" s="23">
+        <v>1161993.7</v>
+      </c>
+      <c r="F35" s="30"/>
+      <c r="G35" s="26">
+        <v>290464.75</v>
+      </c>
+      <c r="H35" s="27"/>
+      <c r="I35" s="28">
+        <v>0.33328181467752738</v>
+      </c>
+      <c r="J35" s="6"/>
     </row>
     <row r="36" spans="1:13" s="1" customFormat="1" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
-      <c r="B36" s="67"/>
-[...6 lines deleted...]
-      <c r="I36" s="71"/>
+      <c r="B36" s="66"/>
+      <c r="C36" s="67"/>
+      <c r="D36" s="68"/>
+      <c r="E36" s="67"/>
+      <c r="F36" s="68"/>
+      <c r="G36" s="67"/>
+      <c r="H36" s="69"/>
+      <c r="I36" s="70"/>
       <c r="J36" s="2"/>
     </row>
     <row r="37" spans="1:13" s="1" customFormat="1" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A37" s="2"/>
-      <c r="B37" s="50" t="s">
+      <c r="B37" s="49" t="s">
         <v>163</v>
       </c>
-      <c r="C37" s="32">
-[...12 lines deleted...]
-        <v>1.4669914393696137E-2</v>
+      <c r="C37" s="31">
+        <v>510846608.01999974</v>
+      </c>
+      <c r="D37" s="32"/>
+      <c r="E37" s="31">
+        <v>933734834.48000002</v>
+      </c>
+      <c r="F37" s="32"/>
+      <c r="G37" s="95">
+        <v>422888226.45999998</v>
+      </c>
+      <c r="H37" s="96"/>
+      <c r="I37" s="97">
+        <v>0.82781840932463258</v>
       </c>
       <c r="J37" s="2"/>
     </row>
     <row r="38" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A38" s="2"/>
-      <c r="B38" s="72"/>
-[...6 lines deleted...]
-      <c r="I38" s="72"/>
+      <c r="B38" s="71"/>
+      <c r="C38" s="71"/>
+      <c r="D38" s="71"/>
+      <c r="E38" s="71"/>
+      <c r="F38" s="71"/>
+      <c r="G38" s="71"/>
+      <c r="H38" s="71"/>
+      <c r="I38" s="71"/>
       <c r="J38" s="2"/>
     </row>
     <row r="39" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="2"/>
-      <c r="B39" s="120" t="s">
+      <c r="B39" s="121" t="s">
         <v>142</v>
       </c>
-      <c r="C39" s="120"/>
-[...5 lines deleted...]
-      <c r="I39" s="120"/>
+      <c r="C39" s="121"/>
+      <c r="D39" s="121"/>
+      <c r="E39" s="121"/>
+      <c r="F39" s="121"/>
+      <c r="G39" s="121"/>
+      <c r="H39" s="121"/>
+      <c r="I39" s="121"/>
       <c r="J39" s="2"/>
     </row>
     <row r="40" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A40" s="2"/>
-      <c r="B40" s="120"/>
-[...6 lines deleted...]
-      <c r="I40" s="120"/>
+      <c r="B40" s="121"/>
+      <c r="C40" s="121"/>
+      <c r="D40" s="121"/>
+      <c r="E40" s="121"/>
+      <c r="F40" s="121"/>
+      <c r="G40" s="121"/>
+      <c r="H40" s="121"/>
+      <c r="I40" s="121"/>
       <c r="J40" s="2"/>
     </row>
     <row r="41" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="2"/>
-      <c r="B41" s="119" t="s">
-[...8 lines deleted...]
-      <c r="I41" s="46"/>
+      <c r="B41" s="118" t="s">
+        <v>213</v>
+      </c>
+      <c r="C41" s="34"/>
+      <c r="D41" s="34"/>
+      <c r="E41" s="34"/>
+      <c r="F41" s="34"/>
+      <c r="G41" s="34"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="45"/>
       <c r="J41" s="2"/>
     </row>
     <row r="42" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="3"/>
+      <c r="A42" s="14"/>
+      <c r="B42" s="14"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="14"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="14"/>
+      <c r="I42" s="11"/>
+      <c r="J42" s="14"/>
     </row>
     <row r="43" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="16"/>
-[...7 lines deleted...]
-      <c r="I43" s="13" t="s">
+      <c r="A43" s="15"/>
+      <c r="B43" s="15"/>
+      <c r="C43" s="16"/>
+      <c r="D43" s="16"/>
+      <c r="E43" s="16"/>
+      <c r="F43" s="16"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="16"/>
+      <c r="I43" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="J43" s="17"/>
+      <c r="J43" s="16"/>
     </row>
     <row r="44" spans="1:13" s="1" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
-      <c r="C44" s="123"/>
-[...1 lines deleted...]
-      <c r="E44" s="123"/>
+      <c r="C44" s="124"/>
+      <c r="D44" s="124"/>
+      <c r="E44" s="124"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
-      <c r="I44" s="18"/>
+      <c r="I44" s="17"/>
       <c r="J44" s="2"/>
     </row>
     <row r="45" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
-      <c r="C45" s="15"/>
-[...7 lines deleted...]
-        <v>185</v>
+      <c r="C45" s="14"/>
+      <c r="D45" s="18"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="14"/>
+      <c r="G45" s="14"/>
+      <c r="H45" s="14"/>
+      <c r="J45" s="14"/>
+      <c r="L45" s="98" t="s">
+        <v>186</v>
       </c>
       <c r="M45" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="46" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
-      <c r="C46" s="124" t="s">
+      <c r="C46" s="125" t="s">
         <v>214</v>
       </c>
-      <c r="D46" s="124"/>
-[...4 lines deleted...]
-      <c r="I46" s="14" t="s">
+      <c r="D46" s="125"/>
+      <c r="E46" s="125"/>
+      <c r="F46" s="19"/>
+      <c r="G46" s="19"/>
+      <c r="H46" s="19"/>
+      <c r="I46" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="J46" s="15"/>
+      <c r="J46" s="14"/>
     </row>
     <row r="47" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
-      <c r="E47" s="15"/>
+      <c r="E47" s="14"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
     </row>
     <row r="48" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="2"/>
-      <c r="B48" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="22" t="s">
+      <c r="B48" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D48" s="23"/>
-      <c r="E48" s="22" t="s">
+      <c r="D48" s="22"/>
+      <c r="E48" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="F48" s="23"/>
-      <c r="G48" s="22" t="s">
+      <c r="F48" s="22"/>
+      <c r="G48" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="H48" s="23"/>
-      <c r="I48" s="22" t="s">
+      <c r="H48" s="22"/>
+      <c r="I48" s="21" t="s">
         <v>129</v>
       </c>
       <c r="J48" s="2"/>
     </row>
     <row r="49" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
-      <c r="E49" s="24"/>
+      <c r="E49" s="23"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="2"/>
-      <c r="B50" s="49" t="s">
+      <c r="B50" s="48" t="s">
         <v>144</v>
       </c>
-      <c r="C50" s="24">
-[...12 lines deleted...]
-        <v>4.6644492021989947E-2</v>
+      <c r="C50" s="23">
+        <v>2883536751.6999998</v>
+      </c>
+      <c r="D50" s="24"/>
+      <c r="E50" s="23">
+        <v>3020069480.3699999</v>
+      </c>
+      <c r="F50" s="25"/>
+      <c r="G50" s="26">
+        <v>136532728.66999999</v>
+      </c>
+      <c r="H50" s="27"/>
+      <c r="I50" s="28">
+        <v>4.7349050983833241E-2</v>
       </c>
     </row>
     <row r="51" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A51" s="2"/>
-      <c r="B51" s="49" t="s">
+      <c r="B51" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C51" s="24">
-[...12 lines deleted...]
-        <v>4.7629113222801722E-2</v>
+      <c r="C51" s="23">
+        <v>4545016807.8699999</v>
+      </c>
+      <c r="D51" s="29"/>
+      <c r="E51" s="23">
+        <v>5151641070.1999998</v>
+      </c>
+      <c r="F51" s="30"/>
+      <c r="G51" s="26">
+        <v>606624262.33000004</v>
+      </c>
+      <c r="H51" s="25"/>
+      <c r="I51" s="28">
+        <v>0.13347019119480241</v>
       </c>
     </row>
     <row r="52" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="2"/>
-      <c r="B52" s="49" t="s">
+      <c r="B52" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="C52" s="24">
-[...12 lines deleted...]
-        <v>-0.22930594955094941</v>
+      <c r="C52" s="23">
+        <v>559319071.45000005</v>
+      </c>
+      <c r="D52" s="29"/>
+      <c r="E52" s="23">
+        <v>421789526.77999997</v>
+      </c>
+      <c r="F52" s="30"/>
+      <c r="G52" s="26">
+        <v>-137529544.66999999</v>
+      </c>
+      <c r="H52" s="25"/>
+      <c r="I52" s="28">
+        <v>-0.24588745796466971</v>
       </c>
     </row>
     <row r="53" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A53" s="2"/>
-      <c r="B53" s="49" t="s">
+      <c r="B53" s="48" t="s">
         <v>147</v>
       </c>
-      <c r="C53" s="24">
-[...12 lines deleted...]
-        <v>-7.334634985190569E-2</v>
+      <c r="C53" s="23">
+        <v>215242055.49000001</v>
+      </c>
+      <c r="D53" s="29"/>
+      <c r="E53" s="23">
+        <v>199306767.93000001</v>
+      </c>
+      <c r="F53" s="25"/>
+      <c r="G53" s="26">
+        <v>-15935287.560000001</v>
+      </c>
+      <c r="H53" s="25"/>
+      <c r="I53" s="28">
+        <v>-7.4034265858143766E-2</v>
       </c>
     </row>
     <row r="54" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="2"/>
-      <c r="B54" s="49" t="s">
+      <c r="B54" s="48" t="s">
         <v>148</v>
       </c>
-      <c r="C54" s="24">
-[...12 lines deleted...]
-        <v>4.0851981916216973E-2</v>
+      <c r="C54" s="23">
+        <v>14297681.050000001</v>
+      </c>
+      <c r="D54" s="29"/>
+      <c r="E54" s="23">
+        <v>15940819.65</v>
+      </c>
+      <c r="F54" s="25"/>
+      <c r="G54" s="26">
+        <v>1643138.6</v>
+      </c>
+      <c r="H54" s="25"/>
+      <c r="I54" s="28">
+        <v>0.11492343368507307</v>
       </c>
     </row>
     <row r="55" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="2"/>
-      <c r="B55" s="49" t="s">
+      <c r="B55" s="48" t="s">
         <v>150</v>
       </c>
-      <c r="C55" s="24">
-[...12 lines deleted...]
-        <v>3.406071050074444E-2</v>
+      <c r="C55" s="23">
+        <v>68978061.370000005</v>
+      </c>
+      <c r="D55" s="29"/>
+      <c r="E55" s="23">
+        <v>71404406.760000005</v>
+      </c>
+      <c r="F55" s="25"/>
+      <c r="G55" s="26">
+        <v>2426345.39</v>
+      </c>
+      <c r="H55" s="25"/>
+      <c r="I55" s="28">
+        <v>3.5175610068033158E-2</v>
       </c>
     </row>
     <row r="56" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="2"/>
-      <c r="B56" s="49" t="s">
+      <c r="B56" s="48" t="s">
         <v>151</v>
       </c>
-      <c r="C56" s="24">
-[...12 lines deleted...]
-        <v>-0.11257454799214428</v>
+      <c r="C56" s="23">
+        <v>36872419.799999997</v>
+      </c>
+      <c r="D56" s="29"/>
+      <c r="E56" s="23">
+        <v>30427080.859999999</v>
+      </c>
+      <c r="F56" s="25"/>
+      <c r="G56" s="26">
+        <v>-6445338.9400000004</v>
+      </c>
+      <c r="H56" s="25"/>
+      <c r="I56" s="28">
+        <v>-0.17480108370864245</v>
       </c>
     </row>
     <row r="57" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A57" s="2"/>
-      <c r="B57" s="49" t="s">
+      <c r="B57" s="48" t="s">
         <v>152</v>
       </c>
-      <c r="C57" s="24">
-[...12 lines deleted...]
-        <v>-3.6484526635004455E-2</v>
+      <c r="C57" s="23">
+        <v>65504076.100000001</v>
+      </c>
+      <c r="D57" s="29"/>
+      <c r="E57" s="23">
+        <v>63559013.340000004</v>
+      </c>
+      <c r="F57" s="25"/>
+      <c r="G57" s="26">
+        <v>-1945062.76</v>
+      </c>
+      <c r="H57" s="25"/>
+      <c r="I57" s="28">
+        <v>-2.9693766797513788E-2</v>
       </c>
     </row>
     <row r="58" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="2"/>
-      <c r="B58" s="49" t="s">
+      <c r="B58" s="48" t="s">
         <v>66</v>
       </c>
-      <c r="C58" s="24">
-[...12 lines deleted...]
-        <v>0.13052425892303976</v>
+      <c r="C58" s="23">
+        <v>7055881.5</v>
+      </c>
+      <c r="D58" s="29"/>
+      <c r="E58" s="23">
+        <v>7920784</v>
+      </c>
+      <c r="F58" s="25"/>
+      <c r="G58" s="26">
+        <v>864902.5</v>
+      </c>
+      <c r="H58" s="25"/>
+      <c r="I58" s="28">
+        <v>0.12257894353809662</v>
       </c>
     </row>
     <row r="59" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A59" s="2"/>
-      <c r="B59" s="49" t="s">
+      <c r="B59" s="48" t="s">
         <v>153</v>
       </c>
-      <c r="C59" s="24">
-[...12 lines deleted...]
-        <v>0.18706012941233152</v>
+      <c r="C59" s="23">
+        <v>4244351.42</v>
+      </c>
+      <c r="D59" s="29"/>
+      <c r="E59" s="23">
+        <v>4576345.22</v>
+      </c>
+      <c r="F59" s="25"/>
+      <c r="G59" s="26">
+        <v>331993.8</v>
+      </c>
+      <c r="H59" s="25"/>
+      <c r="I59" s="28">
+        <v>7.8220148886729346E-2</v>
       </c>
     </row>
     <row r="60" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="2"/>
-      <c r="B60" s="49" t="s">
+      <c r="B60" s="48" t="s">
         <v>154</v>
       </c>
-      <c r="C60" s="24">
-[...12 lines deleted...]
-        <v>8.8092395904167509E-2</v>
+      <c r="C60" s="23">
+        <v>165758656.06999999</v>
+      </c>
+      <c r="D60" s="29"/>
+      <c r="E60" s="23">
+        <v>182254853.74000001</v>
+      </c>
+      <c r="F60" s="25"/>
+      <c r="G60" s="26">
+        <v>16496197.67</v>
+      </c>
+      <c r="H60" s="25"/>
+      <c r="I60" s="28">
+        <v>9.951937389642973E-2</v>
       </c>
     </row>
     <row r="61" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A61" s="2"/>
-      <c r="B61" s="49" t="s">
+      <c r="B61" s="48" t="s">
         <v>143</v>
       </c>
-      <c r="C61" s="24">
-[...12 lines deleted...]
-        <v>9.3362864779420018E-2</v>
+      <c r="C61" s="23">
+        <v>72157742.829999998</v>
+      </c>
+      <c r="D61" s="29"/>
+      <c r="E61" s="23">
+        <v>78245687.859999999</v>
+      </c>
+      <c r="F61" s="25"/>
+      <c r="G61" s="26">
+        <v>6087945.0300000003</v>
+      </c>
+      <c r="H61" s="25"/>
+      <c r="I61" s="28">
+        <v>8.4369948272119411E-2</v>
       </c>
     </row>
     <row r="62" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="2"/>
-      <c r="B62" s="49" t="s">
+      <c r="B62" s="48" t="s">
         <v>70</v>
       </c>
-      <c r="C62" s="24">
-[...12 lines deleted...]
-        <v>0.21789175466257937</v>
+      <c r="C62" s="23">
+        <v>313925719.23000002</v>
+      </c>
+      <c r="D62" s="29"/>
+      <c r="E62" s="23">
+        <v>391254735.19</v>
+      </c>
+      <c r="F62" s="25"/>
+      <c r="G62" s="26">
+        <v>77329015.959999993</v>
+      </c>
+      <c r="H62" s="25"/>
+      <c r="I62" s="28">
+        <v>0.24632902378840882</v>
       </c>
     </row>
     <row r="63" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A63" s="2"/>
-      <c r="B63" s="49" t="s">
+      <c r="B63" s="48" t="s">
         <v>155</v>
       </c>
-      <c r="C63" s="24">
-[...12 lines deleted...]
-        <v>0.1510000332589132</v>
+      <c r="C63" s="23">
+        <v>5444947.6799999997</v>
+      </c>
+      <c r="D63" s="29"/>
+      <c r="E63" s="23">
+        <v>6705813.4000000004</v>
+      </c>
+      <c r="F63" s="25"/>
+      <c r="G63" s="26">
+        <v>1260865.72</v>
+      </c>
+      <c r="H63" s="25"/>
+      <c r="I63" s="28">
+        <v>0.2315661773264277</v>
       </c>
     </row>
     <row r="64" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="2"/>
-      <c r="B64" s="49" t="s">
+      <c r="B64" s="48" t="s">
         <v>156</v>
       </c>
-      <c r="C64" s="24">
-[...12 lines deleted...]
-        <v>-0.14633822344217595</v>
+      <c r="C64" s="23">
+        <v>6649925.6600000001</v>
+      </c>
+      <c r="D64" s="29"/>
+      <c r="E64" s="23">
+        <v>6704020.9199999999</v>
+      </c>
+      <c r="F64" s="25"/>
+      <c r="G64" s="26">
+        <v>54095.26</v>
+      </c>
+      <c r="H64" s="25"/>
+      <c r="I64" s="28">
+        <v>8.134716501477568E-3</v>
       </c>
     </row>
     <row r="65" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A65" s="2"/>
-      <c r="B65" s="49" t="s">
+      <c r="B65" s="48" t="s">
         <v>73</v>
       </c>
-      <c r="C65" s="24">
+      <c r="C65" s="23">
         <v>759424</v>
       </c>
-      <c r="D65" s="30"/>
-      <c r="E65" s="24">
+      <c r="D65" s="29"/>
+      <c r="E65" s="23">
         <v>1476790</v>
       </c>
-      <c r="F65" s="26"/>
-      <c r="G65" s="27">
+      <c r="F65" s="25"/>
+      <c r="G65" s="26">
         <v>717366</v>
       </c>
-      <c r="H65" s="26"/>
-      <c r="I65" s="29">
+      <c r="H65" s="25"/>
+      <c r="I65" s="28">
         <v>0.94461855300859598</v>
       </c>
     </row>
     <row r="66" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A66" s="2"/>
-      <c r="B66" s="49" t="s">
+      <c r="B66" s="48" t="s">
         <v>157</v>
       </c>
-      <c r="C66" s="24">
-[...11 lines deleted...]
-      <c r="I66" s="29">
+      <c r="C66" s="23">
+        <v>2261872</v>
+      </c>
+      <c r="D66" s="29"/>
+      <c r="E66" s="23">
+        <v>2261872</v>
+      </c>
+      <c r="F66" s="25"/>
+      <c r="G66" s="26">
+        <v>0</v>
+      </c>
+      <c r="H66" s="25"/>
+      <c r="I66" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A67" s="2"/>
-      <c r="B67" s="49" t="s">
+      <c r="B67" s="48" t="s">
         <v>158</v>
       </c>
-      <c r="C67" s="24">
-[...12 lines deleted...]
-        <v>7.9144609356583517E-2</v>
+      <c r="C67" s="23">
+        <v>7102646.6900000004</v>
+      </c>
+      <c r="D67" s="29"/>
+      <c r="E67" s="23">
+        <v>7710502.6699999999</v>
+      </c>
+      <c r="F67" s="25"/>
+      <c r="G67" s="26">
+        <v>607855.98</v>
+      </c>
+      <c r="H67" s="25"/>
+      <c r="I67" s="28">
+        <v>8.5581615773711261E-2</v>
       </c>
     </row>
     <row r="68" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="2"/>
-      <c r="B68" s="49" t="s">
+      <c r="B68" s="48" t="s">
         <v>76</v>
       </c>
-      <c r="C68" s="24">
+      <c r="C68" s="23">
         <v>9996000</v>
       </c>
-      <c r="D68" s="30"/>
-      <c r="E68" s="24">
+      <c r="D68" s="29"/>
+      <c r="E68" s="23">
         <v>11615000</v>
       </c>
-      <c r="F68" s="26"/>
-      <c r="G68" s="27">
+      <c r="F68" s="25"/>
+      <c r="G68" s="26">
         <v>1619000</v>
       </c>
-      <c r="H68" s="26"/>
-      <c r="I68" s="29">
+      <c r="H68" s="25"/>
+      <c r="I68" s="28">
         <v>0.16196478591436581</v>
       </c>
     </row>
     <row r="69" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A69" s="2"/>
-      <c r="B69" s="49" t="s">
+      <c r="B69" s="48" t="s">
         <v>159</v>
       </c>
-      <c r="C69" s="24">
+      <c r="C69" s="23">
         <v>4366750.0999999996</v>
       </c>
-      <c r="D69" s="30"/>
-      <c r="E69" s="24">
+      <c r="D69" s="29"/>
+      <c r="E69" s="23">
         <v>4454574.38</v>
       </c>
-      <c r="F69" s="26"/>
-      <c r="G69" s="27">
+      <c r="F69" s="25"/>
+      <c r="G69" s="26">
         <v>87824.28</v>
       </c>
-      <c r="H69" s="26"/>
-      <c r="I69" s="29">
+      <c r="H69" s="25"/>
+      <c r="I69" s="28">
         <v>2.0112046256093308E-2</v>
       </c>
     </row>
     <row r="70" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A70" s="2"/>
-      <c r="B70" s="49" t="s">
+      <c r="B70" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="C70" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C70" s="23">
+        <v>0</v>
+      </c>
+      <c r="D70" s="29"/>
+      <c r="E70" s="23">
+        <v>0</v>
+      </c>
+      <c r="F70" s="25"/>
+      <c r="G70" s="26">
+        <v>0</v>
+      </c>
+      <c r="H70" s="25"/>
+      <c r="I70" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="71" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A71" s="2"/>
-      <c r="B71" s="49" t="s">
+      <c r="B71" s="48" t="s">
         <v>160</v>
       </c>
-      <c r="C71" s="24">
-[...3 lines deleted...]
-      <c r="E71" s="24">
+      <c r="C71" s="23">
+        <v>-171477.94</v>
+      </c>
+      <c r="D71" s="29"/>
+      <c r="E71" s="23">
         <v>1040172.94</v>
       </c>
-      <c r="F71" s="26"/>
-[...5 lines deleted...]
-        <v>0.95955107818993013</v>
+      <c r="F71" s="25"/>
+      <c r="G71" s="26">
+        <v>1211650.8799999999</v>
+      </c>
+      <c r="H71" s="25"/>
+      <c r="I71" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="72" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A72" s="2"/>
-      <c r="B72" s="49" t="s">
+      <c r="B72" s="48" t="s">
         <v>80</v>
       </c>
-      <c r="C72" s="24">
-[...12 lines deleted...]
-        <v>4.2263317017809943E-2</v>
+      <c r="C72" s="23">
+        <v>32045961</v>
+      </c>
+      <c r="D72" s="29"/>
+      <c r="E72" s="23">
+        <v>33331859</v>
+      </c>
+      <c r="F72" s="25"/>
+      <c r="G72" s="26">
+        <v>1285898</v>
+      </c>
+      <c r="H72" s="25"/>
+      <c r="I72" s="28">
+        <v>4.0126679302892487E-2</v>
       </c>
     </row>
     <row r="73" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A73" s="2"/>
-      <c r="B73" s="49" t="s">
+      <c r="B73" s="48" t="s">
         <v>82</v>
       </c>
-      <c r="C73" s="24">
-[...12 lines deleted...]
-        <v>-5.2460788329011243E-2</v>
+      <c r="C73" s="23">
+        <v>15589465.810000001</v>
+      </c>
+      <c r="D73" s="29"/>
+      <c r="E73" s="23">
+        <v>14914091.75</v>
+      </c>
+      <c r="F73" s="25"/>
+      <c r="G73" s="26">
+        <v>-675374.06</v>
+      </c>
+      <c r="H73" s="25"/>
+      <c r="I73" s="28">
+        <v>-4.332246327303757E-2</v>
       </c>
     </row>
     <row r="74" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="2"/>
-      <c r="B74" s="49" t="s">
+      <c r="B74" s="48" t="s">
         <v>161</v>
       </c>
-      <c r="C74" s="24">
-[...11 lines deleted...]
-      <c r="I74" s="29">
+      <c r="C74" s="23">
+        <v>11250000</v>
+      </c>
+      <c r="D74" s="29"/>
+      <c r="E74" s="23">
+        <v>11250000</v>
+      </c>
+      <c r="F74" s="25"/>
+      <c r="G74" s="26">
+        <v>0</v>
+      </c>
+      <c r="H74" s="25"/>
+      <c r="I74" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A75" s="2"/>
-      <c r="B75" s="49" t="s">
+      <c r="B75" s="48" t="s">
         <v>162</v>
       </c>
-      <c r="C75" s="24">
-[...12 lines deleted...]
-        <v>0.61002025121956294</v>
+      <c r="C75" s="23">
+        <v>3547421.17</v>
+      </c>
+      <c r="D75" s="29"/>
+      <c r="E75" s="23">
+        <v>6412467.3899999997</v>
+      </c>
+      <c r="F75" s="25"/>
+      <c r="G75" s="26">
+        <v>2865046.22</v>
+      </c>
+      <c r="H75" s="25"/>
+      <c r="I75" s="28">
+        <v>0.80764196939152866</v>
       </c>
     </row>
     <row r="76" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A76" s="2"/>
-      <c r="B76" s="49" t="s">
+      <c r="B76" s="48" t="s">
         <v>85</v>
       </c>
-      <c r="C76" s="24">
-[...12 lines deleted...]
-        <v>0.57866259562670153</v>
+      <c r="C76" s="23">
+        <v>19448881.989999998</v>
+      </c>
+      <c r="D76" s="29"/>
+      <c r="E76" s="23">
+        <v>30489366.07</v>
+      </c>
+      <c r="F76" s="30"/>
+      <c r="G76" s="26">
+        <v>11040484.08</v>
+      </c>
+      <c r="H76" s="25"/>
+      <c r="I76" s="28">
+        <v>0.56766677311717251</v>
       </c>
     </row>
     <row r="77" spans="1:9" s="1" customFormat="1" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
-      <c r="B77" s="67"/>
-[...6 lines deleted...]
-      <c r="I77" s="71"/>
+      <c r="B77" s="66"/>
+      <c r="C77" s="67"/>
+      <c r="D77" s="68"/>
+      <c r="E77" s="67"/>
+      <c r="F77" s="68"/>
+      <c r="G77" s="67"/>
+      <c r="H77" s="69"/>
+      <c r="I77" s="70"/>
     </row>
     <row r="78" spans="1:9" s="1" customFormat="1" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A78" s="2"/>
-      <c r="B78" s="50" t="s">
+      <c r="B78" s="49" t="s">
         <v>32</v>
       </c>
-      <c r="C78" s="32">
-[...12 lines deleted...]
-        <v>3.3141258769375126E-2</v>
+      <c r="C78" s="31">
+        <v>9070201094.039999</v>
+      </c>
+      <c r="D78" s="32"/>
+      <c r="E78" s="31">
+        <v>9776757102.4200001</v>
+      </c>
+      <c r="F78" s="32"/>
+      <c r="G78" s="31">
+        <v>706556008.38000107</v>
+      </c>
+      <c r="H78" s="33"/>
+      <c r="I78" s="35">
+        <v>7.7898604568346075E-2</v>
       </c>
     </row>
     <row r="79" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A79" s="2"/>
-      <c r="B79" s="72"/>
-[...6 lines deleted...]
-      <c r="I79" s="72"/>
+      <c r="B79" s="71"/>
+      <c r="C79" s="71"/>
+      <c r="D79" s="71"/>
+      <c r="E79" s="71"/>
+      <c r="F79" s="71"/>
+      <c r="G79" s="71"/>
+      <c r="H79" s="71"/>
+      <c r="I79" s="71"/>
     </row>
     <row r="80" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="2"/>
-      <c r="B80" s="120" t="s">
+      <c r="B80" s="121" t="s">
         <v>142</v>
       </c>
-      <c r="C80" s="120"/>
-[...5 lines deleted...]
-      <c r="I80" s="120"/>
+      <c r="C80" s="121"/>
+      <c r="D80" s="121"/>
+      <c r="E80" s="121"/>
+      <c r="F80" s="121"/>
+      <c r="G80" s="121"/>
+      <c r="H80" s="121"/>
+      <c r="I80" s="121"/>
     </row>
     <row r="81" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A81" s="2"/>
-      <c r="B81" s="120"/>
-[...6 lines deleted...]
-      <c r="I81" s="120"/>
+      <c r="B81" s="121"/>
+      <c r="C81" s="121"/>
+      <c r="D81" s="121"/>
+      <c r="E81" s="121"/>
+      <c r="F81" s="121"/>
+      <c r="G81" s="121"/>
+      <c r="H81" s="121"/>
+      <c r="I81" s="121"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A82" s="111"/>
-[...9 lines deleted...]
-      <c r="I82" s="118"/>
+      <c r="A82" s="110"/>
+      <c r="B82" s="118" t="s">
+        <v>213</v>
+      </c>
+      <c r="C82" s="116"/>
+      <c r="D82" s="116"/>
+      <c r="E82" s="116"/>
+      <c r="F82" s="116"/>
+      <c r="G82" s="116"/>
+      <c r="H82" s="116"/>
+      <c r="I82" s="117"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B80:I81"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="B39:I40"/>
     <mergeCell ref="C44:E44"/>
     <mergeCell ref="C46:E46"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.25" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="99" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="41" max="9" man="1"/>
+    <brk id="42" max="9" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74C9BEE4-7609-42B8-B2C1-2CE485171B84}">
-[...1 lines deleted...]
-  <dimension ref="A1:O43"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{06342551-D0BF-499C-9618-FC1A479E77ED}">
+  <sheetPr codeName="Sheet13">
+    <tabColor theme="8"/>
+  </sheetPr>
+  <dimension ref="A1:S48"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="46.28515625" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="24.85546875" style="4" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="15" max="15" width="27.140625" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="24.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="25.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="25.42578125" style="3" customWidth="1"/>
+    <col min="5" max="6" width="25.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="35.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="27.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="9" max="11" width="23.140625" style="8" customWidth="1"/>
+    <col min="12" max="12" width="23.140625" style="3" customWidth="1"/>
+    <col min="13" max="13" width="34" style="3" customWidth="1"/>
+    <col min="14" max="14" width="23.140625" style="3" customWidth="1"/>
+    <col min="15" max="15" width="27.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="14.28515625" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="31.28515625" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="14.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B1" s="4" t="s">
+    <row r="1" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A1" s="3" t="s">
         <v>211</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B3" s="4" t="s">
+      <c r="B1" s="3" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="2" spans="1:19" ht="15.75" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B2" s="99" t="s">
+        <v>181</v>
+      </c>
+      <c r="C2" s="99" t="s">
+        <v>182</v>
+      </c>
+      <c r="D2" s="99" t="s">
+        <v>179</v>
+      </c>
+      <c r="E2" s="99" t="s">
+        <v>180</v>
+      </c>
+      <c r="F2" s="99" t="s">
+        <v>183</v>
+      </c>
+      <c r="G2" s="99" t="s">
+        <v>184</v>
+      </c>
+      <c r="H2" s="99" t="s">
+        <v>185</v>
+      </c>
+      <c r="I2" s="100" t="s">
+        <v>186</v>
+      </c>
+      <c r="J2" s="100" t="s">
+        <v>187</v>
+      </c>
+      <c r="K2" s="100" t="s">
+        <v>188</v>
+      </c>
+      <c r="L2" s="99" t="s">
+        <v>189</v>
+      </c>
+      <c r="M2" s="99" t="s">
+        <v>190</v>
+      </c>
+      <c r="N2" s="99" t="s">
+        <v>191</v>
+      </c>
+      <c r="O2" s="99" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="3" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="B3" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C3" s="4" t="s">
+      <c r="C3" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D3" s="4" t="s">
+      <c r="D3" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="E3" s="4" t="s">
+      <c r="E3" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="F3" s="4" t="s">
+      <c r="F3" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="H3" s="4" t="s">
+      <c r="H3" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="I3" s="4" t="s">
+      <c r="I3" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="J3" s="4" t="s">
+      <c r="J3" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="K3" s="4" t="s">
+      <c r="K3" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="L3" s="4" t="s">
+      <c r="L3" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="M3" s="4" t="s">
+      <c r="M3" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="N3" s="4" t="s">
+      <c r="N3" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="O3" s="4" t="s">
+      <c r="O3" s="3" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="4" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B4" s="66">
-[...43 lines deleted...]
-      <c r="A5" s="4" t="s">
+      <c r="B4" s="65">
+        <v>0</v>
+      </c>
+      <c r="C4" s="65">
+        <v>456410902.42000002</v>
+      </c>
+      <c r="D4" s="65">
+        <v>430670395.85000002</v>
+      </c>
+      <c r="E4" s="65">
+        <v>425240044.38</v>
+      </c>
+      <c r="F4" s="103">
+        <v>432398413.98000002</v>
+      </c>
+      <c r="G4" s="65">
+        <v>417991513.18000001</v>
+      </c>
+      <c r="H4" s="103">
+        <v>478933679.82999998</v>
+      </c>
+      <c r="I4" s="103">
+        <v>378424530.73000002</v>
+      </c>
+      <c r="J4" s="65"/>
+      <c r="K4" s="65"/>
+      <c r="L4" s="65"/>
+      <c r="M4" s="65"/>
+      <c r="N4" s="55"/>
+      <c r="O4" s="55">
+        <v>3020069480.3699999</v>
+      </c>
+      <c r="Q4" s="1"/>
+      <c r="R4" s="1"/>
+      <c r="S4" s="61"/>
+    </row>
+    <row r="5" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A5" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B5" s="66">
-[...43 lines deleted...]
-      <c r="A6" s="4" t="s">
+      <c r="B5" s="65">
+        <v>572201566.24000001</v>
+      </c>
+      <c r="C5" s="65">
+        <v>568078163.41999996</v>
+      </c>
+      <c r="D5" s="65">
+        <v>781295585.16999996</v>
+      </c>
+      <c r="E5" s="65">
+        <v>649289990.5</v>
+      </c>
+      <c r="F5" s="103">
+        <v>593800661.95000005</v>
+      </c>
+      <c r="G5" s="65">
+        <v>754899284.86000001</v>
+      </c>
+      <c r="H5" s="103">
+        <v>782333067.65999997</v>
+      </c>
+      <c r="I5" s="103">
+        <v>449742750.39999998</v>
+      </c>
+      <c r="J5" s="65"/>
+      <c r="K5" s="65"/>
+      <c r="L5" s="65"/>
+      <c r="M5" s="65"/>
+      <c r="N5" s="55"/>
+      <c r="O5" s="55">
+        <v>5151641070.1999998</v>
+      </c>
+      <c r="Q5" s="1"/>
+      <c r="R5" s="1"/>
+      <c r="S5" s="61"/>
+    </row>
+    <row r="6" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A6" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="B6" s="66">
-[...43 lines deleted...]
-      <c r="A7" s="4" t="s">
+      <c r="B6" s="65">
+        <v>36465530.939999998</v>
+      </c>
+      <c r="C6" s="65">
+        <v>25977085.510000002</v>
+      </c>
+      <c r="D6" s="65">
+        <v>222417444.38999999</v>
+      </c>
+      <c r="E6" s="65">
+        <v>-63880311.270000003</v>
+      </c>
+      <c r="F6" s="103">
+        <v>7301540.4299999997</v>
+      </c>
+      <c r="G6" s="65">
+        <v>176868231.03</v>
+      </c>
+      <c r="H6" s="103">
+        <v>21084733.789999999</v>
+      </c>
+      <c r="I6" s="103">
+        <v>-4444728.04</v>
+      </c>
+      <c r="J6" s="65"/>
+      <c r="K6" s="65"/>
+      <c r="L6" s="65"/>
+      <c r="M6" s="65"/>
+      <c r="N6" s="55"/>
+      <c r="O6" s="55">
+        <v>421789526.77999997</v>
+      </c>
+      <c r="Q6" s="1"/>
+      <c r="R6" s="1"/>
+      <c r="S6" s="61"/>
+    </row>
+    <row r="7" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A7" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B7" s="66">
-[...43 lines deleted...]
-      <c r="A8" s="4" t="s">
+      <c r="B7" s="65">
+        <v>4511157.16</v>
+      </c>
+      <c r="C7" s="65">
+        <v>3007502.86</v>
+      </c>
+      <c r="D7" s="65">
+        <v>96025971.060000002</v>
+      </c>
+      <c r="E7" s="65">
+        <v>2504105.48</v>
+      </c>
+      <c r="F7" s="103">
+        <v>2268325.38</v>
+      </c>
+      <c r="G7" s="65">
+        <v>87246212.390000001</v>
+      </c>
+      <c r="H7" s="103">
+        <v>1530155</v>
+      </c>
+      <c r="I7" s="103">
+        <v>2213338.6</v>
+      </c>
+      <c r="J7" s="65"/>
+      <c r="K7" s="65"/>
+      <c r="L7" s="65"/>
+      <c r="M7" s="65"/>
+      <c r="N7" s="55"/>
+      <c r="O7" s="55">
+        <v>199306767.93000001</v>
+      </c>
+      <c r="Q7" s="10"/>
+      <c r="R7" s="1"/>
+      <c r="S7" s="61"/>
+    </row>
+    <row r="8" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A8" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B8" s="66">
-[...43 lines deleted...]
-      <c r="A9" s="4" t="s">
+      <c r="B8" s="65">
+        <v>0</v>
+      </c>
+      <c r="C8" s="65">
+        <v>-5692885.7400000002</v>
+      </c>
+      <c r="D8" s="65">
+        <v>4851734.3600000003</v>
+      </c>
+      <c r="E8" s="65">
+        <v>4001978.69</v>
+      </c>
+      <c r="F8" s="103">
+        <v>3435188.96</v>
+      </c>
+      <c r="G8" s="65">
+        <v>3382799.44</v>
+      </c>
+      <c r="H8" s="103">
+        <v>2953019.43</v>
+      </c>
+      <c r="I8" s="103">
+        <v>3008984.51</v>
+      </c>
+      <c r="J8" s="65"/>
+      <c r="K8" s="65"/>
+      <c r="L8" s="65"/>
+      <c r="M8" s="65"/>
+      <c r="N8" s="55"/>
+      <c r="O8" s="55">
+        <v>15940819.65</v>
+      </c>
+      <c r="Q8" s="1"/>
+      <c r="R8" s="1"/>
+      <c r="S8" s="61"/>
+    </row>
+    <row r="9" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A9" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B9" s="66">
-[...43 lines deleted...]
-      <c r="A10" s="4" t="s">
+      <c r="B9" s="65">
+        <v>279721.33</v>
+      </c>
+      <c r="C9" s="65">
+        <v>11373882.18</v>
+      </c>
+      <c r="D9" s="55">
+        <v>8965911.8699999992</v>
+      </c>
+      <c r="E9" s="55">
+        <v>11290998.52</v>
+      </c>
+      <c r="F9" s="103">
+        <v>11095369.439999999</v>
+      </c>
+      <c r="G9" s="65">
+        <v>8559650.4499999993</v>
+      </c>
+      <c r="H9" s="103">
+        <v>11490051.539999999</v>
+      </c>
+      <c r="I9" s="103">
+        <v>8348821.4299999997</v>
+      </c>
+      <c r="J9" s="55"/>
+      <c r="K9" s="55"/>
+      <c r="L9" s="55"/>
+      <c r="M9" s="55"/>
+      <c r="N9" s="55"/>
+      <c r="O9" s="55">
+        <v>71404406.760000005</v>
+      </c>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="61"/>
+    </row>
+    <row r="10" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A10" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B10" s="66">
-[...43 lines deleted...]
-      <c r="A11" s="4" t="s">
+      <c r="B10" s="65">
+        <v>1097532.79</v>
+      </c>
+      <c r="C10" s="65">
+        <v>1308365.3500000001</v>
+      </c>
+      <c r="D10" s="65">
+        <v>16518963.43</v>
+      </c>
+      <c r="E10" s="65">
+        <v>766299.3</v>
+      </c>
+      <c r="F10" s="103">
+        <v>1465521.18</v>
+      </c>
+      <c r="G10" s="65">
+        <v>9408266.3800000008</v>
+      </c>
+      <c r="H10" s="103">
+        <v>206033.58</v>
+      </c>
+      <c r="I10" s="103">
+        <v>-343901.15</v>
+      </c>
+      <c r="J10" s="65"/>
+      <c r="K10" s="65"/>
+      <c r="L10" s="65"/>
+      <c r="M10" s="65"/>
+      <c r="N10" s="55"/>
+      <c r="O10" s="55">
+        <v>30427080.859999999</v>
+      </c>
+      <c r="Q10" s="1"/>
+      <c r="R10" s="1"/>
+      <c r="S10" s="61"/>
+    </row>
+    <row r="11" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A11" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B11" s="66">
-[...43 lines deleted...]
-      <c r="A12" s="4" t="s">
+      <c r="B11" s="65">
+        <v>580004.48</v>
+      </c>
+      <c r="C11" s="65">
+        <v>10052640.5</v>
+      </c>
+      <c r="D11" s="65">
+        <v>8565225.4600000009</v>
+      </c>
+      <c r="E11" s="65">
+        <v>9494515.5099999998</v>
+      </c>
+      <c r="F11" s="103">
+        <v>9682815.3300000001</v>
+      </c>
+      <c r="G11" s="65">
+        <v>7760304.1699999999</v>
+      </c>
+      <c r="H11" s="103">
+        <v>9615635.7599999998</v>
+      </c>
+      <c r="I11" s="103">
+        <v>7807872.1299999999</v>
+      </c>
+      <c r="J11" s="65"/>
+      <c r="K11" s="65"/>
+      <c r="L11" s="65"/>
+      <c r="M11" s="65"/>
+      <c r="N11" s="55"/>
+      <c r="O11" s="55">
+        <v>63559013.340000004</v>
+      </c>
+      <c r="Q11" s="1"/>
+      <c r="R11" s="1"/>
+      <c r="S11" s="61"/>
+    </row>
+    <row r="12" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A12" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B12" s="66">
-[...43 lines deleted...]
-      <c r="A13" s="4" t="s">
+      <c r="B12" s="65">
+        <v>431087</v>
+      </c>
+      <c r="C12" s="65">
+        <v>1203857</v>
+      </c>
+      <c r="D12" s="65">
+        <v>1260950</v>
+      </c>
+      <c r="E12" s="65">
+        <v>945482</v>
+      </c>
+      <c r="F12" s="103">
+        <v>670959</v>
+      </c>
+      <c r="G12" s="65">
+        <v>1288014</v>
+      </c>
+      <c r="H12" s="103">
+        <v>1030737</v>
+      </c>
+      <c r="I12" s="103">
+        <v>1089698</v>
+      </c>
+      <c r="J12" s="65"/>
+      <c r="K12" s="65"/>
+      <c r="L12" s="65"/>
+      <c r="M12" s="65"/>
+      <c r="N12" s="55"/>
+      <c r="O12" s="55">
+        <v>7920784</v>
+      </c>
+      <c r="Q12" s="1"/>
+      <c r="R12" s="1"/>
+      <c r="S12" s="61"/>
+    </row>
+    <row r="13" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A13" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B13" s="66">
-[...43 lines deleted...]
-      <c r="A14" s="4" t="s">
+      <c r="B13" s="65">
+        <v>557143.81000000006</v>
+      </c>
+      <c r="C13" s="65">
+        <v>647889.63</v>
+      </c>
+      <c r="D13" s="65">
+        <v>542964.24</v>
+      </c>
+      <c r="E13" s="65">
+        <v>507500.42</v>
+      </c>
+      <c r="F13" s="103">
+        <v>637219.41</v>
+      </c>
+      <c r="G13" s="65">
+        <v>581175.81000000006</v>
+      </c>
+      <c r="H13" s="103">
+        <v>875172.28</v>
+      </c>
+      <c r="I13" s="103">
+        <v>227279.62</v>
+      </c>
+      <c r="J13" s="65"/>
+      <c r="K13" s="65"/>
+      <c r="L13" s="65"/>
+      <c r="M13" s="65"/>
+      <c r="N13" s="55"/>
+      <c r="O13" s="55">
+        <v>4576345.22</v>
+      </c>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
+      <c r="S13" s="61"/>
+    </row>
+    <row r="14" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A14" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B14" s="66">
-[...43 lines deleted...]
-      <c r="A15" s="4" t="s">
+      <c r="B14" s="65">
+        <v>7043846.4199999999</v>
+      </c>
+      <c r="C14" s="65">
+        <v>4533946.76</v>
+      </c>
+      <c r="D14" s="65">
+        <v>10878973.210000001</v>
+      </c>
+      <c r="E14" s="65">
+        <v>100057499.58</v>
+      </c>
+      <c r="F14" s="103">
+        <v>5734530.5</v>
+      </c>
+      <c r="G14" s="65">
+        <v>31039178.59</v>
+      </c>
+      <c r="H14" s="103">
+        <v>14210705.689999999</v>
+      </c>
+      <c r="I14" s="103">
+        <v>8756172.9900000002</v>
+      </c>
+      <c r="J14" s="65"/>
+      <c r="K14" s="65"/>
+      <c r="L14" s="65"/>
+      <c r="M14" s="65"/>
+      <c r="N14" s="55"/>
+      <c r="O14" s="55">
+        <v>182254853.74000001</v>
+      </c>
+      <c r="Q14" s="1"/>
+      <c r="R14" s="1"/>
+      <c r="S14" s="61"/>
+    </row>
+    <row r="15" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A15" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="B15" s="66">
-[...43 lines deleted...]
-      <c r="A16" s="4" t="s">
+      <c r="B15" s="65">
+        <v>0</v>
+      </c>
+      <c r="C15" s="65">
+        <v>12294202.34</v>
+      </c>
+      <c r="D15" s="65">
+        <v>11033489.16</v>
+      </c>
+      <c r="E15" s="65">
+        <v>11470891.310000001</v>
+      </c>
+      <c r="F15" s="103">
+        <v>11845786.369999999</v>
+      </c>
+      <c r="G15" s="65">
+        <v>9527087.8000000007</v>
+      </c>
+      <c r="H15" s="103">
+        <v>13530353.279999999</v>
+      </c>
+      <c r="I15" s="103">
+        <v>8543877.5999999996</v>
+      </c>
+      <c r="J15" s="65"/>
+      <c r="K15" s="65"/>
+      <c r="L15" s="65"/>
+      <c r="M15" s="65"/>
+      <c r="N15" s="55"/>
+      <c r="O15" s="55">
+        <v>78245687.859999999</v>
+      </c>
+      <c r="Q15" s="1"/>
+      <c r="R15" s="1"/>
+      <c r="S15" s="61"/>
+    </row>
+    <row r="16" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A16" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B16" s="66">
-[...43 lines deleted...]
-      <c r="A17" s="4" t="s">
+      <c r="B16" s="65">
+        <v>42597369.840000004</v>
+      </c>
+      <c r="C16" s="65">
+        <v>42977278.310000002</v>
+      </c>
+      <c r="D16" s="65">
+        <v>90691663.629999995</v>
+      </c>
+      <c r="E16" s="65">
+        <v>47622117.810000002</v>
+      </c>
+      <c r="F16" s="103">
+        <v>18965168.370000001</v>
+      </c>
+      <c r="G16" s="65">
+        <v>54378099.899999999</v>
+      </c>
+      <c r="H16" s="103">
+        <v>34545604.810000002</v>
+      </c>
+      <c r="I16" s="103">
+        <v>59477432.520000003</v>
+      </c>
+      <c r="J16" s="65"/>
+      <c r="K16" s="65"/>
+      <c r="L16" s="65"/>
+      <c r="M16" s="65"/>
+      <c r="N16" s="55"/>
+      <c r="O16" s="55">
+        <v>391254735.19</v>
+      </c>
+      <c r="Q16" s="1"/>
+      <c r="R16" s="1"/>
+      <c r="S16" s="61"/>
+    </row>
+    <row r="17" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A17" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="B17" s="66">
-[...43 lines deleted...]
-      <c r="A18" s="4" t="s">
+      <c r="B17" s="65">
+        <v>825429.02</v>
+      </c>
+      <c r="C17" s="65">
+        <v>-570077.18999999994</v>
+      </c>
+      <c r="D17" s="65">
+        <v>1190105.46</v>
+      </c>
+      <c r="E17" s="65">
+        <v>2270821.29</v>
+      </c>
+      <c r="F17" s="103">
+        <v>325426.98</v>
+      </c>
+      <c r="G17" s="65">
+        <v>1104665.31</v>
+      </c>
+      <c r="H17" s="103">
+        <v>695335.51</v>
+      </c>
+      <c r="I17" s="103">
+        <v>864107.02</v>
+      </c>
+      <c r="J17" s="65"/>
+      <c r="K17" s="65"/>
+      <c r="L17" s="65"/>
+      <c r="M17" s="65"/>
+      <c r="N17" s="55"/>
+      <c r="O17" s="55">
+        <v>6705813.4000000004</v>
+      </c>
+      <c r="Q17" s="1"/>
+      <c r="R17" s="1"/>
+      <c r="S17" s="61"/>
+    </row>
+    <row r="18" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A18" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B18" s="66">
-[...43 lines deleted...]
-      <c r="A19" s="4" t="s">
+      <c r="B18" s="65">
+        <v>0</v>
+      </c>
+      <c r="C18" s="65">
+        <v>1024186.12</v>
+      </c>
+      <c r="D18" s="65">
+        <v>1034212.6</v>
+      </c>
+      <c r="E18" s="65">
+        <v>984261.61</v>
+      </c>
+      <c r="F18" s="103">
+        <v>1058755.46</v>
+      </c>
+      <c r="G18" s="103">
+        <v>0</v>
+      </c>
+      <c r="H18" s="103">
+        <v>769908.64</v>
+      </c>
+      <c r="I18" s="103">
+        <v>1832696.49</v>
+      </c>
+      <c r="J18" s="65"/>
+      <c r="K18" s="65"/>
+      <c r="L18" s="65"/>
+      <c r="M18" s="65"/>
+      <c r="N18" s="55"/>
+      <c r="O18" s="55">
+        <v>6704020.9199999999</v>
+      </c>
+      <c r="Q18" s="1"/>
+      <c r="R18" s="1"/>
+      <c r="S18" s="61"/>
+    </row>
+    <row r="19" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A19" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B19" s="66">
-[...43 lines deleted...]
-      <c r="A20" s="4" t="s">
+      <c r="B19" s="65">
+        <v>0</v>
+      </c>
+      <c r="C19" s="65">
+        <v>0</v>
+      </c>
+      <c r="D19" s="65">
+        <v>0</v>
+      </c>
+      <c r="E19" s="65">
+        <v>741200</v>
+      </c>
+      <c r="F19" s="103">
+        <v>0</v>
+      </c>
+      <c r="G19" s="103">
+        <v>0</v>
+      </c>
+      <c r="H19" s="103">
+        <v>735590</v>
+      </c>
+      <c r="I19" s="103">
+        <v>0</v>
+      </c>
+      <c r="J19" s="65"/>
+      <c r="K19" s="65"/>
+      <c r="L19" s="65"/>
+      <c r="M19" s="65"/>
+      <c r="N19" s="55"/>
+      <c r="O19" s="55">
+        <v>1476790</v>
+      </c>
+      <c r="Q19" s="1"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="61"/>
+    </row>
+    <row r="20" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A20" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B20" s="66">
+      <c r="B20" s="65">
         <v>282734</v>
       </c>
-      <c r="C20" s="66">
+      <c r="C20" s="65">
         <v>282734</v>
       </c>
-      <c r="D20" s="66">
+      <c r="D20" s="65">
         <v>282734</v>
       </c>
-      <c r="E20" s="66">
+      <c r="E20" s="65">
         <v>282734</v>
       </c>
-      <c r="F20" s="66">
+      <c r="F20" s="103">
         <v>282734</v>
       </c>
-      <c r="G20" s="66">
+      <c r="G20" s="103">
         <v>282734</v>
       </c>
-      <c r="H20" s="66">
+      <c r="H20" s="103">
         <v>282734</v>
       </c>
-      <c r="I20" s="66">
+      <c r="I20" s="103">
         <v>282734</v>
       </c>
-      <c r="J20" s="66">
-[...19 lines deleted...]
-      <c r="A21" s="4" t="s">
+      <c r="J20" s="65"/>
+      <c r="K20" s="65"/>
+      <c r="L20" s="65"/>
+      <c r="M20" s="65"/>
+      <c r="N20" s="55"/>
+      <c r="O20" s="55">
+        <v>2261872</v>
+      </c>
+      <c r="Q20" s="1"/>
+      <c r="R20" s="1"/>
+      <c r="S20" s="61"/>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A21" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B21" s="66">
-[...43 lines deleted...]
-      <c r="A22" s="4" t="s">
+      <c r="B21" s="65">
+        <v>0</v>
+      </c>
+      <c r="C21" s="65">
+        <v>9266.0499999999993</v>
+      </c>
+      <c r="D21" s="65">
+        <v>-6905.56</v>
+      </c>
+      <c r="E21" s="65">
+        <v>370712.22</v>
+      </c>
+      <c r="F21" s="103">
+        <v>338468.94</v>
+      </c>
+      <c r="G21" s="103">
+        <v>6562181.5099999998</v>
+      </c>
+      <c r="H21" s="103">
+        <v>376248.36</v>
+      </c>
+      <c r="I21" s="103">
+        <v>60531.15</v>
+      </c>
+      <c r="J21" s="55"/>
+      <c r="K21" s="65"/>
+      <c r="L21" s="55"/>
+      <c r="M21" s="55"/>
+      <c r="N21" s="55"/>
+      <c r="O21" s="55">
+        <v>7710502.6699999999</v>
+      </c>
+      <c r="Q21" s="1"/>
+      <c r="R21" s="1"/>
+      <c r="S21" s="61"/>
+    </row>
+    <row r="22" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A22" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B22" s="66">
-[...43 lines deleted...]
-      <c r="A23" s="4" t="s">
+      <c r="B22" s="65">
+        <v>0</v>
+      </c>
+      <c r="C22" s="65">
+        <v>0</v>
+      </c>
+      <c r="D22" s="65">
+        <v>0</v>
+      </c>
+      <c r="E22" s="65">
+        <v>0</v>
+      </c>
+      <c r="F22" s="103">
+        <v>0</v>
+      </c>
+      <c r="G22" s="103">
+        <v>0</v>
+      </c>
+      <c r="H22" s="103">
+        <v>11615000</v>
+      </c>
+      <c r="I22" s="103">
+        <v>0</v>
+      </c>
+      <c r="J22" s="65"/>
+      <c r="K22" s="65"/>
+      <c r="L22" s="65"/>
+      <c r="M22" s="65"/>
+      <c r="N22" s="55"/>
+      <c r="O22" s="55">
+        <v>11615000</v>
+      </c>
+      <c r="Q22" s="1"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="61"/>
+    </row>
+    <row r="23" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A23" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B23" s="66">
-[...43 lines deleted...]
-      <c r="A24" s="4" t="s">
+      <c r="B23" s="65">
+        <v>0</v>
+      </c>
+      <c r="C23" s="65">
+        <v>0</v>
+      </c>
+      <c r="D23" s="65">
+        <v>0</v>
+      </c>
+      <c r="E23" s="65">
+        <v>0</v>
+      </c>
+      <c r="F23" s="103">
+        <v>0</v>
+      </c>
+      <c r="G23" s="103">
+        <v>4454574.38</v>
+      </c>
+      <c r="H23" s="103">
+        <v>0</v>
+      </c>
+      <c r="I23" s="103">
+        <v>0</v>
+      </c>
+      <c r="J23" s="65"/>
+      <c r="K23" s="65"/>
+      <c r="L23" s="65"/>
+      <c r="M23" s="65"/>
+      <c r="N23" s="55"/>
+      <c r="O23" s="55">
+        <v>4454574.38</v>
+      </c>
+      <c r="Q23" s="1"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="61"/>
+    </row>
+    <row r="24" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A24" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B24" s="66">
-[...43 lines deleted...]
-      <c r="A25" s="4" t="s">
+      <c r="B24" s="65">
+        <v>0</v>
+      </c>
+      <c r="C24" s="65">
+        <v>0</v>
+      </c>
+      <c r="D24" s="65">
+        <v>0</v>
+      </c>
+      <c r="E24" s="65">
+        <v>0</v>
+      </c>
+      <c r="F24" s="103">
+        <v>0</v>
+      </c>
+      <c r="G24" s="103">
+        <v>0</v>
+      </c>
+      <c r="H24" s="103">
+        <v>0</v>
+      </c>
+      <c r="I24" s="103">
+        <v>0</v>
+      </c>
+      <c r="J24" s="55"/>
+      <c r="K24" s="55"/>
+      <c r="L24" s="55"/>
+      <c r="M24" s="65"/>
+      <c r="N24" s="55"/>
+      <c r="O24" s="55">
+        <v>0</v>
+      </c>
+      <c r="Q24" s="1"/>
+      <c r="R24" s="1"/>
+      <c r="S24" s="61"/>
+    </row>
+    <row r="25" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A25" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B25" s="66">
-[...43 lines deleted...]
-      <c r="A26" s="4" t="s">
+      <c r="B25" s="65">
+        <v>-315.20999999999998</v>
+      </c>
+      <c r="C25" s="65">
+        <v>60458.9</v>
+      </c>
+      <c r="D25" s="65">
+        <v>799187.95</v>
+      </c>
+      <c r="E25" s="65">
+        <v>-25679.46</v>
+      </c>
+      <c r="F25" s="103">
+        <v>-326379.24</v>
+      </c>
+      <c r="G25" s="103">
+        <v>515900</v>
+      </c>
+      <c r="H25" s="103">
+        <v>17000</v>
+      </c>
+      <c r="I25" s="103">
+        <v>0</v>
+      </c>
+      <c r="J25" s="55"/>
+      <c r="K25" s="55"/>
+      <c r="L25" s="55"/>
+      <c r="M25" s="55"/>
+      <c r="N25" s="55"/>
+      <c r="O25" s="55">
+        <v>1040172.94</v>
+      </c>
+      <c r="Q25" s="1"/>
+      <c r="R25" s="1"/>
+      <c r="S25" s="61"/>
+    </row>
+    <row r="26" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A26" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B26" s="66">
-[...43 lines deleted...]
-      <c r="A27" s="4" t="s">
+      <c r="B26" s="65">
+        <v>18392</v>
+      </c>
+      <c r="C26" s="65">
+        <v>34304</v>
+      </c>
+      <c r="D26" s="65">
+        <v>1273099</v>
+      </c>
+      <c r="E26" s="65">
+        <v>842208</v>
+      </c>
+      <c r="F26" s="103">
+        <v>745722</v>
+      </c>
+      <c r="G26" s="103">
+        <v>902445</v>
+      </c>
+      <c r="H26" s="103">
+        <v>28690670</v>
+      </c>
+      <c r="I26" s="103">
+        <v>825019</v>
+      </c>
+      <c r="J26" s="65"/>
+      <c r="K26" s="55"/>
+      <c r="L26" s="55"/>
+      <c r="M26" s="55"/>
+      <c r="N26" s="55"/>
+      <c r="O26" s="55">
+        <v>33331859</v>
+      </c>
+      <c r="Q26" s="1"/>
+      <c r="R26" s="1"/>
+      <c r="S26" s="61"/>
+    </row>
+    <row r="27" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A27" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B27" s="66">
-[...43 lines deleted...]
-      <c r="A28" s="4" t="s">
+      <c r="B27" s="65">
+        <v>30926.25</v>
+      </c>
+      <c r="C27" s="65">
+        <v>2276894.96</v>
+      </c>
+      <c r="D27" s="65">
+        <v>1965157.04</v>
+      </c>
+      <c r="E27" s="65">
+        <v>2335942.67</v>
+      </c>
+      <c r="F27" s="103">
+        <v>2097163.7200000002</v>
+      </c>
+      <c r="G27" s="103">
+        <v>2067748.61</v>
+      </c>
+      <c r="H27" s="103">
+        <v>2083492.72</v>
+      </c>
+      <c r="I27" s="103">
+        <v>2056765.78</v>
+      </c>
+      <c r="J27" s="65"/>
+      <c r="K27" s="65"/>
+      <c r="L27" s="65"/>
+      <c r="M27" s="65"/>
+      <c r="N27" s="55"/>
+      <c r="O27" s="55">
+        <v>14914091.75</v>
+      </c>
+      <c r="Q27" s="1"/>
+      <c r="R27" s="1"/>
+      <c r="S27" s="61"/>
+    </row>
+    <row r="28" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A28" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B28" s="66">
-[...2 lines deleted...]
-      <c r="C28" s="66">
+      <c r="B28" s="65">
+        <v>0</v>
+      </c>
+      <c r="C28" s="65">
         <v>3750000</v>
       </c>
-      <c r="D28" s="66">
-[...5 lines deleted...]
-      <c r="F28" s="66">
+      <c r="D28" s="65">
+        <v>0</v>
+      </c>
+      <c r="E28" s="65">
+        <v>0</v>
+      </c>
+      <c r="F28" s="103">
         <v>3750000</v>
       </c>
-      <c r="G28" s="66">
-[...5 lines deleted...]
-      <c r="I28" s="66">
+      <c r="G28" s="103">
+        <v>0</v>
+      </c>
+      <c r="H28" s="103">
+        <v>0</v>
+      </c>
+      <c r="I28" s="103">
         <v>3750000</v>
       </c>
-      <c r="J28" s="66">
-[...17 lines deleted...]
-      <c r="A29" s="4" t="s">
+      <c r="J28" s="65"/>
+      <c r="K28" s="65"/>
+      <c r="L28" s="65"/>
+      <c r="M28" s="65"/>
+      <c r="N28" s="55"/>
+      <c r="O28" s="55">
+        <v>11250000</v>
+      </c>
+      <c r="Q28" s="1"/>
+      <c r="R28" s="1"/>
+      <c r="S28" s="61"/>
+    </row>
+    <row r="29" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A29" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="B29" s="66">
-[...43 lines deleted...]
-      <c r="A30" s="4" t="s">
+      <c r="B29" s="65">
+        <v>-943948.17</v>
+      </c>
+      <c r="C29" s="65">
+        <v>586346.42000000004</v>
+      </c>
+      <c r="D29" s="65">
+        <v>4285565.33</v>
+      </c>
+      <c r="E29" s="65">
+        <v>-741238.71</v>
+      </c>
+      <c r="F29" s="103">
+        <v>-738805.84</v>
+      </c>
+      <c r="G29" s="103">
+        <v>3847036.63</v>
+      </c>
+      <c r="H29" s="103">
+        <v>68653.73</v>
+      </c>
+      <c r="I29" s="103">
+        <v>48858</v>
+      </c>
+      <c r="J29" s="65"/>
+      <c r="K29" s="65"/>
+      <c r="L29" s="65"/>
+      <c r="M29" s="65"/>
+      <c r="N29" s="55"/>
+      <c r="O29" s="55">
+        <v>6412467.3899999997</v>
+      </c>
+      <c r="Q29" s="1"/>
+      <c r="R29" s="1"/>
+      <c r="S29" s="61"/>
+    </row>
+    <row r="30" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A30" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B30" s="66">
-[...59 lines deleted...]
-      <c r="A32" s="8" t="s">
+      <c r="B30" s="65">
+        <v>150912.93</v>
+      </c>
+      <c r="C30" s="65">
+        <v>2236796.7000000002</v>
+      </c>
+      <c r="D30" s="65">
+        <v>26549699.219999999</v>
+      </c>
+      <c r="E30" s="65">
+        <v>163874.29</v>
+      </c>
+      <c r="F30" s="103">
+        <v>660891.47</v>
+      </c>
+      <c r="G30" s="65">
+        <v>-291408.24</v>
+      </c>
+      <c r="H30" s="103">
+        <v>-143394</v>
+      </c>
+      <c r="I30" s="103">
+        <v>1161993.7</v>
+      </c>
+      <c r="J30" s="65"/>
+      <c r="K30" s="65"/>
+      <c r="L30" s="65"/>
+      <c r="M30" s="65"/>
+      <c r="N30" s="55"/>
+      <c r="O30" s="55">
+        <v>30489366.07</v>
+      </c>
+      <c r="Q30" s="1"/>
+      <c r="R30" s="1"/>
+      <c r="S30" s="61"/>
+    </row>
+    <row r="31" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="B31" s="5"/>
+      <c r="C31" s="5"/>
+      <c r="D31" s="5"/>
+      <c r="E31" s="5"/>
+      <c r="F31" s="5"/>
+      <c r="G31" s="5"/>
+      <c r="H31" s="5"/>
+      <c r="I31" s="119"/>
+      <c r="J31" s="5"/>
+      <c r="K31" s="5"/>
+      <c r="L31" s="5"/>
+      <c r="M31" s="5"/>
+      <c r="N31" s="5"/>
+      <c r="O31" s="5"/>
+      <c r="P31" s="43"/>
+      <c r="Q31" s="1"/>
+    </row>
+    <row r="32" spans="1:19" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A32" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="B32" s="43">
-[...90 lines deleted...]
-      <c r="M43" s="47"/>
+      <c r="B32" s="42">
+        <v>666129090.83000004</v>
+      </c>
+      <c r="C32" s="42">
+        <v>1141863740.5</v>
+      </c>
+      <c r="D32" s="42">
+        <v>1721092126.8699999</v>
+      </c>
+      <c r="E32" s="42">
+        <v>1206535948.1400001</v>
+      </c>
+      <c r="F32" s="42">
+        <v>1107495477.79</v>
+      </c>
+      <c r="G32" s="42">
+        <v>1582375695.2</v>
+      </c>
+      <c r="H32" s="42">
+        <v>1417530188.6099999</v>
+      </c>
+      <c r="I32" s="120">
+        <v>933734834.48000002</v>
+      </c>
+      <c r="J32" s="42">
+        <v>0</v>
+      </c>
+      <c r="K32" s="42">
+        <v>0</v>
+      </c>
+      <c r="L32" s="42">
+        <v>0</v>
+      </c>
+      <c r="M32" s="42">
+        <v>0</v>
+      </c>
+      <c r="N32" s="42">
+        <v>0</v>
+      </c>
+      <c r="O32" s="42">
+        <v>9776757102.4200001</v>
+      </c>
+      <c r="P32" s="56"/>
+      <c r="Q32" s="1"/>
+    </row>
+    <row r="33" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A33" s="3"/>
+      <c r="B33" s="62"/>
+      <c r="C33" s="62"/>
+      <c r="D33" s="62"/>
+      <c r="E33" s="62"/>
+      <c r="F33" s="62"/>
+      <c r="G33" s="62"/>
+      <c r="H33" s="72"/>
+      <c r="I33" s="63"/>
+      <c r="J33" s="63"/>
+      <c r="K33" s="63"/>
+      <c r="L33" s="62"/>
+      <c r="M33" s="62"/>
+      <c r="N33" s="62"/>
+      <c r="O33" s="64"/>
+      <c r="Q33" s="1"/>
+    </row>
+    <row r="34" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A34" s="3"/>
+      <c r="B34" s="4"/>
+      <c r="C34" s="4"/>
+      <c r="D34" s="4"/>
+      <c r="E34" s="4"/>
+      <c r="F34" s="4"/>
+      <c r="G34" s="4"/>
+      <c r="H34" s="73"/>
+      <c r="I34" s="4"/>
+      <c r="J34" s="4"/>
+      <c r="K34" s="4"/>
+      <c r="L34" s="4"/>
+      <c r="M34" s="4"/>
+      <c r="N34" s="4"/>
+      <c r="O34" s="42"/>
+    </row>
+    <row r="35" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="B35" s="5"/>
+      <c r="C35" s="5"/>
+      <c r="D35" s="5"/>
+      <c r="E35" s="5"/>
+      <c r="F35" s="5"/>
+      <c r="G35" s="5"/>
+      <c r="H35" s="5"/>
+      <c r="I35" s="5"/>
+      <c r="J35" s="5"/>
+      <c r="K35" s="5"/>
+      <c r="L35" s="5"/>
+      <c r="M35" s="5"/>
+      <c r="N35" s="5"/>
+      <c r="O35" s="5"/>
+    </row>
+    <row r="36" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="B36" s="5"/>
+      <c r="C36" s="5"/>
+      <c r="D36" s="5"/>
+      <c r="E36" s="5"/>
+      <c r="F36" s="5"/>
+      <c r="G36" s="5"/>
+      <c r="H36" s="5"/>
+      <c r="I36" s="5"/>
+      <c r="J36" s="5"/>
+      <c r="K36" s="5"/>
+      <c r="L36" s="5"/>
+      <c r="M36" s="5"/>
+      <c r="N36" s="5"/>
+      <c r="O36" s="5"/>
+    </row>
+    <row r="37" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="B37" s="5"/>
+      <c r="C37" s="5"/>
+      <c r="D37" s="5"/>
+      <c r="E37" s="5"/>
+      <c r="F37" s="5"/>
+      <c r="G37" s="5"/>
+      <c r="H37" s="5"/>
+      <c r="I37" s="5"/>
+      <c r="J37" s="5"/>
+      <c r="K37" s="5"/>
+      <c r="L37" s="5"/>
+      <c r="M37" s="5"/>
+      <c r="N37" s="5"/>
+      <c r="O37" s="5"/>
+    </row>
+    <row r="39" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="O39" s="5"/>
+    </row>
+    <row r="40" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="O40" s="62"/>
+    </row>
+    <row r="41" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="O41" s="5"/>
+    </row>
+    <row r="42" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="C42" s="57"/>
+    </row>
+    <row r="48" spans="1:19" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A48"/>
+      <c r="I48" s="8"/>
+      <c r="J48" s="8"/>
+      <c r="K48" s="8"/>
+      <c r="L48" s="46"/>
+      <c r="M48" s="46"/>
+      <c r="P48"/>
+      <c r="Q48"/>
+      <c r="R48"/>
+      <c r="S48"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ABF5B73E-E61C-4765-AAA7-BE63008FC7AD}">
-[...1 lines deleted...]
-  <dimension ref="A1:O38"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74C9BEE4-7609-42B8-B2C1-2CE485171B84}">
+  <sheetPr codeName="Sheet12"/>
+  <dimension ref="A1:O43"/>
   <sheetViews>
-    <sheetView topLeftCell="B1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="46.28515625" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="24.85546875" style="4" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="15" max="15" width="27.140625" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="24.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="25.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="25.42578125" style="3" customWidth="1"/>
+    <col min="5" max="6" width="25.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="35.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="27.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="9" max="11" width="23.140625" style="8" customWidth="1"/>
+    <col min="12" max="12" width="23.140625" style="3" customWidth="1"/>
+    <col min="13" max="13" width="34" style="3" customWidth="1"/>
+    <col min="14" max="14" width="23.140625" style="3" customWidth="1"/>
+    <col min="15" max="15" width="27.140625" style="3" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A1" s="4" t="s">
-[...9 lines deleted...]
-      <c r="K2" s="4"/>
+      <c r="A1" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>213</v>
+      </c>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="B3" s="4" t="s">
+      <c r="B3" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C3" s="4" t="s">
+      <c r="C3" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D3" s="4" t="s">
+      <c r="D3" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="E3" s="4" t="s">
+      <c r="E3" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="F3" s="4" t="s">
+      <c r="F3" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="H3" s="4" t="s">
+      <c r="H3" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="I3" s="4" t="s">
+      <c r="I3" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="J3" s="4" t="s">
+      <c r="J3" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="K3" s="4" t="s">
+      <c r="K3" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="L3" s="4" t="s">
+      <c r="L3" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="M3" s="4" t="s">
+      <c r="M3" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="N3" s="4" t="s">
+      <c r="N3" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="O3" s="4" t="s">
+      <c r="O3" s="3" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B4" s="58">
-[...39 lines deleted...]
-        <v>4786379943.5600004</v>
+      <c r="B4" s="65">
+        <v>0</v>
+      </c>
+      <c r="C4" s="65">
+        <v>425791207.73000002</v>
+      </c>
+      <c r="D4" s="65">
+        <v>405224492.12</v>
+      </c>
+      <c r="E4" s="65">
+        <v>393489481.14999998</v>
+      </c>
+      <c r="F4" s="65">
+        <v>424143099.20999998</v>
+      </c>
+      <c r="G4" s="65">
+        <v>406627466.69</v>
+      </c>
+      <c r="H4" s="65">
+        <v>468642326.31</v>
+      </c>
+      <c r="I4" s="65">
+        <v>359618678.49000001</v>
+      </c>
+      <c r="J4" s="65">
+        <v>375476723.11000001</v>
+      </c>
+      <c r="K4" s="65">
+        <v>440061429.61000001</v>
+      </c>
+      <c r="L4" s="65">
+        <v>440677790.36000001</v>
+      </c>
+      <c r="M4" s="65">
+        <v>438913664.23000002</v>
+      </c>
+      <c r="N4" s="55">
+        <v>448774067.67000002</v>
+      </c>
+      <c r="O4" s="55">
+        <v>5027440426.6800003</v>
       </c>
     </row>
     <row r="5" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B5" s="58">
-[...39 lines deleted...]
-        <v>6113184870.6300001</v>
+      <c r="B5" s="65">
+        <v>592861011.5</v>
+      </c>
+      <c r="C5" s="65">
+        <v>558487906.54999995</v>
+      </c>
+      <c r="D5" s="65">
+        <v>706448113.83000004</v>
+      </c>
+      <c r="E5" s="65">
+        <v>578649291.96000004</v>
+      </c>
+      <c r="F5" s="65">
+        <v>571900993.67999995</v>
+      </c>
+      <c r="G5" s="65">
+        <v>718013128.24000001</v>
+      </c>
+      <c r="H5" s="65">
+        <v>761772100.82000005</v>
+      </c>
+      <c r="I5" s="65">
+        <v>56884261.289999999</v>
+      </c>
+      <c r="J5" s="65">
+        <v>253410180.22</v>
+      </c>
+      <c r="K5" s="65">
+        <v>591664666.17999995</v>
+      </c>
+      <c r="L5" s="65">
+        <v>638873752.73000002</v>
+      </c>
+      <c r="M5" s="65">
+        <v>684770559.33000004</v>
+      </c>
+      <c r="N5" s="55">
+        <v>8450970.8300000001</v>
+      </c>
+      <c r="O5" s="55">
+        <v>6722186937.1599998</v>
       </c>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A6" s="4" t="s">
+      <c r="A6" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="B6" s="58">
-[...39 lines deleted...]
-        <v>1293063733.54</v>
+      <c r="B6" s="65">
+        <v>73441862.5</v>
+      </c>
+      <c r="C6" s="65">
+        <v>15878932.210000001</v>
+      </c>
+      <c r="D6" s="65">
+        <v>250304942.03</v>
+      </c>
+      <c r="E6" s="65">
+        <v>-31559401.66</v>
+      </c>
+      <c r="F6" s="65">
+        <v>-1068335.49</v>
+      </c>
+      <c r="G6" s="65">
+        <v>213777735.83000001</v>
+      </c>
+      <c r="H6" s="65">
+        <v>32276743.149999999</v>
+      </c>
+      <c r="I6" s="65">
+        <v>6266592.8799999999</v>
+      </c>
+      <c r="J6" s="65">
+        <v>187514835.74000001</v>
+      </c>
+      <c r="K6" s="65">
+        <v>325913256.43000001</v>
+      </c>
+      <c r="L6" s="65">
+        <v>34997036.359999999</v>
+      </c>
+      <c r="M6" s="65">
+        <v>213861278.27000001</v>
+      </c>
+      <c r="N6" s="55">
+        <v>22981.78</v>
+      </c>
+      <c r="O6" s="55">
+        <v>1321628460.03</v>
       </c>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A7" s="4" t="s">
+      <c r="A7" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B7" s="58">
-[...39 lines deleted...]
-        <v>347790247.81999999</v>
+      <c r="B7" s="65">
+        <v>1296242.18</v>
+      </c>
+      <c r="C7" s="65">
+        <v>1877752.5</v>
+      </c>
+      <c r="D7" s="65">
+        <v>111446263.61</v>
+      </c>
+      <c r="E7" s="65">
+        <v>15963243</v>
+      </c>
+      <c r="F7" s="65">
+        <v>1809220.36</v>
+      </c>
+      <c r="G7" s="65">
+        <v>79030373.049999997</v>
+      </c>
+      <c r="H7" s="65">
+        <v>1270644</v>
+      </c>
+      <c r="I7" s="65">
+        <v>2548316.79</v>
+      </c>
+      <c r="J7" s="65">
+        <v>85880921.75</v>
+      </c>
+      <c r="K7" s="65">
+        <v>1152142.27</v>
+      </c>
+      <c r="L7" s="65">
+        <v>22099620.550000001</v>
+      </c>
+      <c r="M7" s="65">
+        <v>89425791.769999996</v>
+      </c>
+      <c r="N7" s="55">
+        <v>0</v>
+      </c>
+      <c r="O7" s="55">
+        <v>413800531.82999998</v>
       </c>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A8" s="4" t="s">
+      <c r="A8" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B8" s="6">
-[...39 lines deleted...]
-        <v>47019723.009999998</v>
+      <c r="B8" s="65">
+        <v>0</v>
+      </c>
+      <c r="C8" s="65">
+        <v>-6610965.8099999996</v>
+      </c>
+      <c r="D8" s="65">
+        <v>5255014.2</v>
+      </c>
+      <c r="E8" s="65">
+        <v>4351195.8499999996</v>
+      </c>
+      <c r="F8" s="65">
+        <v>3308012.6</v>
+      </c>
+      <c r="G8" s="65">
+        <v>3406469.86</v>
+      </c>
+      <c r="H8" s="65">
+        <v>2714552.03</v>
+      </c>
+      <c r="I8" s="65">
+        <v>1873402.32</v>
+      </c>
+      <c r="J8" s="65">
+        <v>2737796.15</v>
+      </c>
+      <c r="K8" s="65">
+        <v>4991604.59</v>
+      </c>
+      <c r="L8" s="65">
+        <v>7052231.3099999996</v>
+      </c>
+      <c r="M8" s="65">
+        <v>5196491.3600000003</v>
+      </c>
+      <c r="N8" s="55">
+        <v>5688588.1699999999</v>
+      </c>
+      <c r="O8" s="55">
+        <v>39964392.630000003</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A9" s="4" t="s">
-[...42 lines deleted...]
-        <v>0</v>
+      <c r="A9" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B9" s="65">
+        <v>658327.06999999995</v>
+      </c>
+      <c r="C9" s="65">
+        <v>11158685.380000001</v>
+      </c>
+      <c r="D9" s="55">
+        <v>8528576.3900000006</v>
+      </c>
+      <c r="E9" s="55">
+        <v>10696929.77</v>
+      </c>
+      <c r="F9" s="65">
+        <v>10909796.91</v>
+      </c>
+      <c r="G9" s="65">
+        <v>8219754.9500000002</v>
+      </c>
+      <c r="H9" s="65">
+        <v>10806540.060000001</v>
+      </c>
+      <c r="I9" s="55">
+        <v>7999450.8399999999</v>
+      </c>
+      <c r="J9" s="55">
+        <v>7106887.5099999998</v>
+      </c>
+      <c r="K9" s="55">
+        <v>11788211.869999999</v>
+      </c>
+      <c r="L9" s="55">
+        <v>12260798.779999999</v>
+      </c>
+      <c r="M9" s="55">
+        <v>9797333.25</v>
+      </c>
+      <c r="N9" s="55">
+        <v>11827947.93</v>
+      </c>
+      <c r="O9" s="55">
+        <v>121759240.70999999</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A10" s="4" t="s">
-[...42 lines deleted...]
-        <v>119042816.25</v>
+      <c r="A10" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B10" s="65">
+        <v>562.04</v>
+      </c>
+      <c r="C10" s="65">
+        <v>775462.99</v>
+      </c>
+      <c r="D10" s="65">
+        <v>19502278.219999999</v>
+      </c>
+      <c r="E10" s="65">
+        <v>2142349.71</v>
+      </c>
+      <c r="F10" s="65">
+        <v>797783.24</v>
+      </c>
+      <c r="G10" s="65">
+        <v>7119909.7599999998</v>
+      </c>
+      <c r="H10" s="65">
+        <v>4336095.6399999997</v>
+      </c>
+      <c r="I10" s="65">
+        <v>2197978.2000000002</v>
+      </c>
+      <c r="J10" s="65">
+        <v>8361213.0300000003</v>
+      </c>
+      <c r="K10" s="65">
+        <v>34009704.109999999</v>
+      </c>
+      <c r="L10" s="65">
+        <v>3806609.75</v>
+      </c>
+      <c r="M10" s="65">
+        <v>7823628.9000000004</v>
+      </c>
+      <c r="N10" s="55">
+        <v>0</v>
+      </c>
+      <c r="O10" s="55">
+        <v>90873575.590000004</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A11" s="4" t="s">
-[...42 lines deleted...]
-        <v>55024067.840000004</v>
+      <c r="A11" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B11" s="65">
+        <v>980862.18</v>
+      </c>
+      <c r="C11" s="65">
+        <v>10165645.92</v>
+      </c>
+      <c r="D11" s="65">
+        <v>9549997.8599999994</v>
+      </c>
+      <c r="E11" s="65">
+        <v>9191433.3100000005</v>
+      </c>
+      <c r="F11" s="65">
+        <v>9995887.6099999994</v>
+      </c>
+      <c r="G11" s="65">
+        <v>8844520.7300000004</v>
+      </c>
+      <c r="H11" s="65">
+        <v>9133869.1899999995</v>
+      </c>
+      <c r="I11" s="65">
+        <v>7641859.2999999998</v>
+      </c>
+      <c r="J11" s="65">
+        <v>7141288.2800000003</v>
+      </c>
+      <c r="K11" s="65">
+        <v>8872021.2799999993</v>
+      </c>
+      <c r="L11" s="65">
+        <v>10356274.140000001</v>
+      </c>
+      <c r="M11" s="65">
+        <v>9605480.3699999992</v>
+      </c>
+      <c r="N11" s="55">
+        <v>9192234.1600000001</v>
+      </c>
+      <c r="O11" s="55">
+        <v>110671374.33</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A12" s="4" t="s">
-[...42 lines deleted...]
-        <v>111485611.79000001</v>
+      <c r="A12" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" s="65">
+        <v>641092.5</v>
+      </c>
+      <c r="C12" s="65">
+        <v>813105</v>
+      </c>
+      <c r="D12" s="65">
+        <v>861036.5</v>
+      </c>
+      <c r="E12" s="65">
+        <v>865065</v>
+      </c>
+      <c r="F12" s="65">
+        <v>788783</v>
+      </c>
+      <c r="G12" s="65">
+        <v>1221277.5</v>
+      </c>
+      <c r="H12" s="65">
+        <v>852046</v>
+      </c>
+      <c r="I12" s="65">
+        <v>1013476</v>
+      </c>
+      <c r="J12" s="65">
+        <v>1060198</v>
+      </c>
+      <c r="K12" s="65">
+        <v>1263472</v>
+      </c>
+      <c r="L12" s="65">
+        <v>1018002.5</v>
+      </c>
+      <c r="M12" s="65">
+        <v>1379624</v>
+      </c>
+      <c r="N12" s="55">
+        <v>0</v>
+      </c>
+      <c r="O12" s="55">
+        <v>11777178</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A13" s="4" t="s">
-[...42 lines deleted...]
-        <v>-159838.54</v>
+      <c r="A13" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B13" s="65">
+        <v>515907.37</v>
+      </c>
+      <c r="C13" s="65">
+        <v>547084.44999999995</v>
+      </c>
+      <c r="D13" s="65">
+        <v>531515.96</v>
+      </c>
+      <c r="E13" s="65">
+        <v>525975.56000000006</v>
+      </c>
+      <c r="F13" s="65">
+        <v>595808.24</v>
+      </c>
+      <c r="G13" s="65">
+        <v>503831.29</v>
+      </c>
+      <c r="H13" s="65">
+        <v>443605.27</v>
+      </c>
+      <c r="I13" s="65">
+        <v>580623.28</v>
+      </c>
+      <c r="J13" s="65">
+        <v>733687.06</v>
+      </c>
+      <c r="K13" s="65">
+        <v>573814.38</v>
+      </c>
+      <c r="L13" s="65">
+        <v>737107.84</v>
+      </c>
+      <c r="M13" s="65">
+        <v>524565.06999999995</v>
+      </c>
+      <c r="N13" s="55">
+        <v>0</v>
+      </c>
+      <c r="O13" s="55">
+        <v>6813525.7699999996</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A14" s="4" t="s">
-[...42 lines deleted...]
-        <v>12052409.4</v>
+      <c r="A14" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B14" s="65">
+        <v>5356984.33</v>
+      </c>
+      <c r="C14" s="65">
+        <v>4045627.68</v>
+      </c>
+      <c r="D14" s="65">
+        <v>6603241.4199999999</v>
+      </c>
+      <c r="E14" s="65">
+        <v>74508808.739999995</v>
+      </c>
+      <c r="F14" s="65">
+        <v>42643495.020000003</v>
+      </c>
+      <c r="G14" s="65">
+        <v>16908823.969999999</v>
+      </c>
+      <c r="H14" s="65">
+        <v>9385176.9499999993</v>
+      </c>
+      <c r="I14" s="65">
+        <v>6306497.96</v>
+      </c>
+      <c r="J14" s="65">
+        <v>11604836.67</v>
+      </c>
+      <c r="K14" s="65">
+        <v>12553916.01</v>
+      </c>
+      <c r="L14" s="65">
+        <v>3697831.15</v>
+      </c>
+      <c r="M14" s="65">
+        <v>5480579.8899999997</v>
+      </c>
+      <c r="N14" s="55">
+        <v>37.409999999999997</v>
+      </c>
+      <c r="O14" s="55">
+        <v>199095857.19999999</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A15" s="4" t="s">
-[...42 lines deleted...]
-        <v>6743555.3300000001</v>
+      <c r="A15" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B15" s="65">
+        <v>0</v>
+      </c>
+      <c r="C15" s="65">
+        <v>11773334.17</v>
+      </c>
+      <c r="D15" s="65">
+        <v>11326269.77</v>
+      </c>
+      <c r="E15" s="65">
+        <v>8631049.3499999996</v>
+      </c>
+      <c r="F15" s="65">
+        <v>11618320.960000001</v>
+      </c>
+      <c r="G15" s="65">
+        <v>9168047.7400000002</v>
+      </c>
+      <c r="H15" s="65">
+        <v>11232911.82</v>
+      </c>
+      <c r="I15" s="65">
+        <v>8407809.0199999996</v>
+      </c>
+      <c r="J15" s="65">
+        <v>8122210.7000000002</v>
+      </c>
+      <c r="K15" s="65">
+        <v>10875735.32</v>
+      </c>
+      <c r="L15" s="65">
+        <v>11469183.73</v>
+      </c>
+      <c r="M15" s="65">
+        <v>11867140.4</v>
+      </c>
+      <c r="N15" s="55">
+        <v>12191880.539999999</v>
+      </c>
+      <c r="O15" s="55">
+        <v>126683893.52</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A16" s="4" t="s">
-[...42 lines deleted...]
-        <v>188147592.09</v>
+      <c r="A16" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B16" s="65">
+        <v>36402244.640000001</v>
+      </c>
+      <c r="C16" s="65">
+        <v>38290657.560000002</v>
+      </c>
+      <c r="D16" s="65">
+        <v>45985316.719999999</v>
+      </c>
+      <c r="E16" s="65">
+        <v>43149007.409999996</v>
+      </c>
+      <c r="F16" s="65">
+        <v>30656914.289999999</v>
+      </c>
+      <c r="G16" s="65">
+        <v>36807422.490000002</v>
+      </c>
+      <c r="H16" s="65">
+        <v>41127805.359999999</v>
+      </c>
+      <c r="I16" s="65">
+        <v>41506350.759999998</v>
+      </c>
+      <c r="J16" s="65">
+        <v>47593945.240000002</v>
+      </c>
+      <c r="K16" s="65">
+        <v>44295798.57</v>
+      </c>
+      <c r="L16" s="65">
+        <v>19560570.359999999</v>
+      </c>
+      <c r="M16" s="65">
+        <v>52116876.649999999</v>
+      </c>
+      <c r="N16" s="55">
+        <v>19103.27</v>
+      </c>
+      <c r="O16" s="55">
+        <v>477512013.31999999</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A17" s="4" t="s">
-[...42 lines deleted...]
-        <v>117212464.59</v>
+      <c r="A17" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B17" s="65">
+        <v>655852.72</v>
+      </c>
+      <c r="C17" s="65">
+        <v>601957.65</v>
+      </c>
+      <c r="D17" s="65">
+        <v>590831.91</v>
+      </c>
+      <c r="E17" s="65">
+        <v>877170.11</v>
+      </c>
+      <c r="F17" s="65">
+        <v>426982.21</v>
+      </c>
+      <c r="G17" s="65">
+        <v>491963.7</v>
+      </c>
+      <c r="H17" s="65">
+        <v>1430572.9</v>
+      </c>
+      <c r="I17" s="65">
+        <v>369616.48</v>
+      </c>
+      <c r="J17" s="65">
+        <v>3996363.33</v>
+      </c>
+      <c r="K17" s="65">
+        <v>683360.93</v>
+      </c>
+      <c r="L17" s="65">
+        <v>2506835.98</v>
+      </c>
+      <c r="M17" s="65">
+        <v>2505300.65</v>
+      </c>
+      <c r="N17" s="55">
+        <v>635833.1</v>
+      </c>
+      <c r="O17" s="55">
+        <v>15772641.67</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A18" s="4" t="s">
-[...42 lines deleted...]
-        <v>322890728.63999999</v>
+      <c r="A18" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B18" s="65">
+        <v>0</v>
+      </c>
+      <c r="C18" s="65">
+        <v>1077560.1599999999</v>
+      </c>
+      <c r="D18" s="65">
+        <v>1041629.53</v>
+      </c>
+      <c r="E18" s="65">
+        <v>909022.6</v>
+      </c>
+      <c r="F18" s="65">
+        <v>983912.29</v>
+      </c>
+      <c r="G18" s="65">
+        <v>844828.19</v>
+      </c>
+      <c r="H18" s="65">
+        <v>849434.19</v>
+      </c>
+      <c r="I18" s="65">
+        <v>943538.7</v>
+      </c>
+      <c r="J18" s="65">
+        <v>948798.67</v>
+      </c>
+      <c r="K18" s="65">
+        <v>1037860.12</v>
+      </c>
+      <c r="L18" s="65">
+        <v>1110077.67</v>
+      </c>
+      <c r="M18" s="65">
+        <v>2002287.22</v>
+      </c>
+      <c r="N18" s="55">
+        <v>350</v>
+      </c>
+      <c r="O18" s="55">
+        <v>11749299.34</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A19" s="4" t="s">
-[...42 lines deleted...]
-        <v>17263306.190000001</v>
+      <c r="A19" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B19" s="65">
+        <v>0</v>
+      </c>
+      <c r="C19" s="65">
+        <v>0</v>
+      </c>
+      <c r="D19" s="65">
+        <v>0</v>
+      </c>
+      <c r="E19" s="65">
+        <v>0</v>
+      </c>
+      <c r="F19" s="65">
+        <v>759424</v>
+      </c>
+      <c r="G19" s="65">
+        <v>0</v>
+      </c>
+      <c r="H19" s="65">
+        <v>0</v>
+      </c>
+      <c r="I19" s="65">
+        <v>0</v>
+      </c>
+      <c r="J19" s="65">
+        <v>751383</v>
+      </c>
+      <c r="K19" s="65">
+        <v>731416.5</v>
+      </c>
+      <c r="L19" s="65">
+        <v>0</v>
+      </c>
+      <c r="M19" s="65">
+        <v>0</v>
+      </c>
+      <c r="N19" s="55">
+        <v>738225</v>
+      </c>
+      <c r="O19" s="55">
+        <v>2980448.5</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A20" s="4" t="s">
-[...42 lines deleted...]
-        <v>11694639.689999999</v>
+      <c r="A20" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" s="65">
+        <v>282734</v>
+      </c>
+      <c r="C20" s="65">
+        <v>282734</v>
+      </c>
+      <c r="D20" s="65">
+        <v>282734</v>
+      </c>
+      <c r="E20" s="65">
+        <v>282734</v>
+      </c>
+      <c r="F20" s="65">
+        <v>282734</v>
+      </c>
+      <c r="G20" s="65">
+        <v>282734</v>
+      </c>
+      <c r="H20" s="65">
+        <v>282734</v>
+      </c>
+      <c r="I20" s="65">
+        <v>282734</v>
+      </c>
+      <c r="J20" s="65">
+        <v>282734</v>
+      </c>
+      <c r="K20" s="65">
+        <v>282734</v>
+      </c>
+      <c r="L20" s="65">
+        <v>282734</v>
+      </c>
+      <c r="M20" s="65">
+        <v>282734</v>
+      </c>
+      <c r="N20" s="55">
+        <v>0</v>
+      </c>
+      <c r="O20" s="55">
+        <v>3392808</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A21" s="4" t="s">
-[...42 lines deleted...]
-        <v>3057067.5</v>
+      <c r="A21" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B21" s="65">
+        <v>4769.53</v>
+      </c>
+      <c r="C21" s="65">
+        <v>0</v>
+      </c>
+      <c r="D21" s="65">
+        <v>10453.69</v>
+      </c>
+      <c r="E21" s="65">
+        <v>1270203.92</v>
+      </c>
+      <c r="F21" s="65">
+        <v>227526.39</v>
+      </c>
+      <c r="G21" s="65">
+        <v>5133925.93</v>
+      </c>
+      <c r="H21" s="65">
+        <v>442042.13</v>
+      </c>
+      <c r="I21" s="55">
+        <v>13725.1</v>
+      </c>
+      <c r="J21" s="55">
+        <v>8865.4</v>
+      </c>
+      <c r="K21" s="65">
+        <v>0</v>
+      </c>
+      <c r="L21" s="55">
+        <v>32005.53</v>
+      </c>
+      <c r="M21" s="55">
+        <v>3734.8</v>
+      </c>
+      <c r="N21" s="55">
+        <v>0</v>
+      </c>
+      <c r="O21" s="55">
+        <v>7147252.4199999999</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A22" s="4" t="s">
-[...42 lines deleted...]
-        <v>3392808</v>
+      <c r="A22" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B22" s="65">
+        <v>0</v>
+      </c>
+      <c r="C22" s="65">
+        <v>0</v>
+      </c>
+      <c r="D22" s="65">
+        <v>0</v>
+      </c>
+      <c r="E22" s="65">
+        <v>0</v>
+      </c>
+      <c r="F22" s="65">
+        <v>0</v>
+      </c>
+      <c r="G22" s="65">
+        <v>0</v>
+      </c>
+      <c r="H22" s="65">
+        <v>9996000</v>
+      </c>
+      <c r="I22" s="65">
+        <v>0</v>
+      </c>
+      <c r="J22" s="65">
+        <v>0</v>
+      </c>
+      <c r="K22" s="65">
+        <v>0</v>
+      </c>
+      <c r="L22" s="65">
+        <v>0</v>
+      </c>
+      <c r="M22" s="65">
+        <v>10869000</v>
+      </c>
+      <c r="N22" s="55">
+        <v>0</v>
+      </c>
+      <c r="O22" s="55">
+        <v>20865000</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A23" s="4" t="s">
-[...42 lines deleted...]
-        <v>6435646.3200000003</v>
+      <c r="A23" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B23" s="65">
+        <v>0</v>
+      </c>
+      <c r="C23" s="65">
+        <v>0</v>
+      </c>
+      <c r="D23" s="65">
+        <v>0</v>
+      </c>
+      <c r="E23" s="65">
+        <v>0</v>
+      </c>
+      <c r="F23" s="65">
+        <v>0</v>
+      </c>
+      <c r="G23" s="65">
+        <v>4366750.0999999996</v>
+      </c>
+      <c r="H23" s="65">
+        <v>0</v>
+      </c>
+      <c r="I23" s="65">
+        <v>0</v>
+      </c>
+      <c r="J23" s="65">
+        <v>0</v>
+      </c>
+      <c r="K23" s="65">
+        <v>0</v>
+      </c>
+      <c r="L23" s="65">
+        <v>0</v>
+      </c>
+      <c r="M23" s="65">
+        <v>0</v>
+      </c>
+      <c r="N23" s="55">
+        <v>0</v>
+      </c>
+      <c r="O23" s="55">
+        <v>4366750.0999999996</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A24" s="4" t="s">
-[...42 lines deleted...]
-        <v>19420000</v>
+      <c r="A24" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B24" s="65">
+        <v>0</v>
+      </c>
+      <c r="C24" s="65">
+        <v>0</v>
+      </c>
+      <c r="D24" s="65">
+        <v>0</v>
+      </c>
+      <c r="E24" s="65">
+        <v>0</v>
+      </c>
+      <c r="F24" s="65">
+        <v>0</v>
+      </c>
+      <c r="G24" s="65">
+        <v>0</v>
+      </c>
+      <c r="H24" s="65">
+        <v>0</v>
+      </c>
+      <c r="I24" s="8">
+        <v>0</v>
+      </c>
+      <c r="J24" s="55">
+        <v>4461000</v>
+      </c>
+      <c r="K24" s="55">
+        <v>0</v>
+      </c>
+      <c r="L24" s="55">
+        <v>0</v>
+      </c>
+      <c r="M24" s="65">
+        <v>0</v>
+      </c>
+      <c r="N24" s="55">
+        <v>0</v>
+      </c>
+      <c r="O24" s="55">
+        <v>4461000</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A25" s="4" t="s">
-[...42 lines deleted...]
-        <v>4169474</v>
+      <c r="A25" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B25" s="65">
+        <v>0</v>
+      </c>
+      <c r="C25" s="65">
+        <v>28248.45</v>
+      </c>
+      <c r="D25" s="65">
+        <v>229000</v>
+      </c>
+      <c r="E25" s="65">
+        <v>-41.09</v>
+      </c>
+      <c r="F25" s="65">
+        <v>880.83</v>
+      </c>
+      <c r="G25" s="65">
+        <v>257500</v>
+      </c>
+      <c r="H25" s="65">
+        <v>15233.87</v>
+      </c>
+      <c r="I25" s="55">
+        <v>-702300</v>
+      </c>
+      <c r="J25" s="55">
+        <v>73940</v>
+      </c>
+      <c r="K25" s="55">
+        <v>342675.64</v>
+      </c>
+      <c r="L25" s="55">
+        <v>0</v>
+      </c>
+      <c r="M25" s="55">
+        <v>485715.21</v>
+      </c>
+      <c r="N25" s="55">
+        <v>0</v>
+      </c>
+      <c r="O25" s="55">
+        <v>730852.91</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A26" s="4" t="s">
-[...42 lines deleted...]
-        <v>4461000</v>
+      <c r="A26" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B26" s="65">
+        <v>18146</v>
+      </c>
+      <c r="C26" s="65">
+        <v>10686</v>
+      </c>
+      <c r="D26" s="65">
+        <v>967700</v>
+      </c>
+      <c r="E26" s="65">
+        <v>1016223</v>
+      </c>
+      <c r="F26" s="65">
+        <v>738905</v>
+      </c>
+      <c r="G26" s="65">
+        <v>852994</v>
+      </c>
+      <c r="H26" s="65">
+        <v>27584048</v>
+      </c>
+      <c r="I26" s="55">
+        <v>857259</v>
+      </c>
+      <c r="J26" s="65">
+        <v>846314</v>
+      </c>
+      <c r="K26" s="55">
+        <v>797722</v>
+      </c>
+      <c r="L26" s="55">
+        <v>868724</v>
+      </c>
+      <c r="M26" s="55">
+        <v>910950</v>
+      </c>
+      <c r="N26" s="55">
+        <v>0</v>
+      </c>
+      <c r="O26" s="55">
+        <v>35469671</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A27" s="4" t="s">
-[...42 lines deleted...]
-        <v>3073094.21</v>
+      <c r="A27" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B27" s="65">
+        <v>19079.169999999998</v>
+      </c>
+      <c r="C27" s="65">
+        <v>2306753.4300000002</v>
+      </c>
+      <c r="D27" s="65">
+        <v>2241651.5499999998</v>
+      </c>
+      <c r="E27" s="65">
+        <v>2362525.98</v>
+      </c>
+      <c r="F27" s="65">
+        <v>2239123.2400000002</v>
+      </c>
+      <c r="G27" s="65">
+        <v>2276377.69</v>
+      </c>
+      <c r="H27" s="65">
+        <v>2123664.56</v>
+      </c>
+      <c r="I27" s="55">
+        <v>2020290.19</v>
+      </c>
+      <c r="J27" s="65">
+        <v>2039994.33</v>
+      </c>
+      <c r="K27" s="65">
+        <v>2068063.93</v>
+      </c>
+      <c r="L27" s="65">
+        <v>2312494.39</v>
+      </c>
+      <c r="M27" s="65">
+        <v>2656988.84</v>
+      </c>
+      <c r="N27" s="55">
+        <v>1905096.99</v>
+      </c>
+      <c r="O27" s="55">
+        <v>26572104.289999999</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A28" s="4" t="s">
-[...42 lines deleted...]
-        <v>34446267</v>
+      <c r="A28" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B28" s="65">
+        <v>0</v>
+      </c>
+      <c r="C28" s="65">
+        <v>3750000</v>
+      </c>
+      <c r="D28" s="65">
+        <v>0</v>
+      </c>
+      <c r="E28" s="65">
+        <v>0</v>
+      </c>
+      <c r="F28" s="65">
+        <v>3750000</v>
+      </c>
+      <c r="G28" s="65">
+        <v>0</v>
+      </c>
+      <c r="H28" s="65">
+        <v>0</v>
+      </c>
+      <c r="I28" s="65">
+        <v>3750000</v>
+      </c>
+      <c r="J28" s="65">
+        <v>0</v>
+      </c>
+      <c r="K28" s="65"/>
+      <c r="L28" s="65">
+        <v>3750000</v>
+      </c>
+      <c r="M28" s="65">
+        <v>0</v>
+      </c>
+      <c r="N28" s="55">
+        <v>0</v>
+      </c>
+      <c r="O28" s="55">
+        <v>15000000</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A29" s="4" t="s">
-[...42 lines deleted...]
-        <v>-76356.25</v>
+      <c r="A29" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B29" s="65">
+        <v>-799800</v>
+      </c>
+      <c r="C29" s="65">
+        <v>-592174.81999999995</v>
+      </c>
+      <c r="D29" s="65">
+        <v>4496776.8499999996</v>
+      </c>
+      <c r="E29" s="65">
+        <v>-820180.26</v>
+      </c>
+      <c r="F29" s="65">
+        <v>-782986.03</v>
+      </c>
+      <c r="G29" s="65">
+        <v>3394254.1</v>
+      </c>
+      <c r="H29" s="65">
+        <v>-943387.14</v>
+      </c>
+      <c r="I29" s="65">
+        <v>-405081.53</v>
+      </c>
+      <c r="J29" s="65">
+        <v>6662803.9800000004</v>
+      </c>
+      <c r="K29" s="65">
+        <v>585724.06000000006</v>
+      </c>
+      <c r="L29" s="65">
+        <v>-898329.89</v>
+      </c>
+      <c r="M29" s="65">
+        <v>3915141.47</v>
+      </c>
+      <c r="N29" s="55">
+        <v>0</v>
+      </c>
+      <c r="O29" s="55">
+        <v>13812760.789999999</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A30" s="4" t="s">
-[...42 lines deleted...]
-        <v>27642434.27</v>
+      <c r="A30" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B30" s="65">
+        <v>205577.43</v>
+      </c>
+      <c r="C30" s="65">
+        <v>15279869.33</v>
+      </c>
+      <c r="D30" s="65">
+        <v>735488.96</v>
+      </c>
+      <c r="E30" s="65">
+        <v>258572.96</v>
+      </c>
+      <c r="F30" s="65">
+        <v>760756.31</v>
+      </c>
+      <c r="G30" s="65">
+        <v>76054.039999999994</v>
+      </c>
+      <c r="H30" s="65">
+        <v>1261034.01</v>
+      </c>
+      <c r="I30" s="65">
+        <v>871528.95</v>
+      </c>
+      <c r="J30" s="65">
+        <v>577269.48</v>
+      </c>
+      <c r="K30" s="65">
+        <v>-210921.89</v>
+      </c>
+      <c r="L30" s="65">
+        <v>1134906.1200000001</v>
+      </c>
+      <c r="M30" s="65">
+        <v>5040415.03</v>
+      </c>
+      <c r="N30" s="55">
+        <v>39700.21</v>
+      </c>
+      <c r="O30" s="55">
+        <v>26030250.940000001</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A31" s="4" t="s">
-[...89 lines deleted...]
-        <v>15000000</v>
+      <c r="B31" s="5"/>
+      <c r="C31" s="5"/>
+      <c r="D31" s="5"/>
+      <c r="E31" s="5"/>
+      <c r="F31" s="5"/>
+      <c r="G31" s="5"/>
+      <c r="H31" s="5"/>
+      <c r="I31" s="5"/>
+      <c r="J31" s="5"/>
+      <c r="K31" s="5"/>
+      <c r="L31" s="5"/>
+      <c r="M31" s="5"/>
+      <c r="N31" s="5"/>
+      <c r="O31" s="5"/>
+    </row>
+    <row r="32" spans="1:15" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A32" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B32" s="42">
+        <v>712541455.15999997</v>
+      </c>
+      <c r="C32" s="42">
+        <v>1095740070.53</v>
+      </c>
+      <c r="D32" s="42">
+        <v>1592163325.1199999</v>
+      </c>
+      <c r="E32" s="42">
+        <v>1116760660.3699999</v>
+      </c>
+      <c r="F32" s="42">
+        <v>1117487037.8699999</v>
+      </c>
+      <c r="G32" s="42">
+        <v>1527626143.8499999</v>
+      </c>
+      <c r="H32" s="42">
+        <v>1397035793.1199999</v>
+      </c>
+      <c r="I32" s="42">
+        <v>510846608.01999998</v>
+      </c>
+      <c r="J32" s="42">
+        <v>1017394189.65</v>
+      </c>
+      <c r="K32" s="42">
+        <v>1494334407.9100001</v>
+      </c>
+      <c r="L32" s="42">
+        <v>1217706257.3599999</v>
+      </c>
+      <c r="M32" s="42">
+        <v>1559435280.71</v>
+      </c>
+      <c r="N32" s="42">
+        <v>499487017.06</v>
+      </c>
+      <c r="O32" s="42">
+        <v>14858558246.73</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A33" s="4" t="s">
-[...90 lines deleted...]
-      </c>
+      <c r="A33" s="3"/>
+      <c r="B33" s="62"/>
+      <c r="C33" s="62"/>
+      <c r="D33" s="62"/>
+      <c r="E33" s="62"/>
+      <c r="F33" s="62"/>
+      <c r="G33" s="62"/>
+      <c r="H33" s="72"/>
+      <c r="I33" s="63"/>
+      <c r="J33" s="63"/>
+      <c r="K33" s="63"/>
+      <c r="L33" s="62"/>
+      <c r="M33" s="62"/>
+      <c r="N33" s="62"/>
+      <c r="O33" s="64"/>
+    </row>
+    <row r="34" spans="1:15" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="B34" s="4"/>
+      <c r="C34" s="4"/>
+      <c r="D34" s="4"/>
+      <c r="E34" s="4"/>
+      <c r="F34" s="4"/>
+      <c r="G34" s="4"/>
+      <c r="H34" s="73"/>
+      <c r="I34" s="4"/>
+      <c r="J34" s="4"/>
+      <c r="K34" s="4"/>
+      <c r="L34" s="4"/>
+      <c r="M34" s="4"/>
+      <c r="N34" s="4"/>
+      <c r="O34" s="42"/>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="B35" s="6"/>
-[...63 lines deleted...]
-      <c r="M38" s="47"/>
+      <c r="O35" s="62"/>
+    </row>
+    <row r="36" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="O36" s="5"/>
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="C37" s="57"/>
+    </row>
+    <row r="43" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A43"/>
+      <c r="I43" s="8"/>
+      <c r="J43" s="8"/>
+      <c r="K43" s="8"/>
+      <c r="L43" s="46"/>
+      <c r="M43" s="46"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E89BD3B4-6B9A-489C-BD7F-D2D415845FE9}">
-[...1 lines deleted...]
-  <dimension ref="A1:Q38"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ABF5B73E-E61C-4765-AAA7-BE63008FC7AD}">
+  <sheetPr codeName="Sheet10"/>
+  <dimension ref="A1:O38"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="46.28515625" bestFit="1" customWidth="1"/>
-    <col min="2" max="6" width="24.7109375" style="4" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="17" max="17" width="17.7109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="24.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="25.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="25.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="9" max="11" width="23.140625" style="8" customWidth="1"/>
+    <col min="12" max="12" width="23.140625" style="3" customWidth="1"/>
+    <col min="13" max="13" width="34" style="3" customWidth="1"/>
+    <col min="14" max="14" width="23.140625" style="3" customWidth="1"/>
+    <col min="15" max="15" width="27.140625" style="3" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-      <c r="B3" s="4" t="s">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A1" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+    </row>
+    <row r="3" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="B3" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C3" s="4" t="s">
+      <c r="C3" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D3" s="4" t="s">
+      <c r="D3" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="E3" s="4" t="s">
+      <c r="E3" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="F3" s="4" t="s">
+      <c r="F3" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="H3" s="4" t="s">
+      <c r="H3" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="I3" s="4" t="s">
+      <c r="I3" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="J3" s="4" t="s">
+      <c r="J3" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="K3" s="4" t="s">
+      <c r="K3" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="L3" s="4" t="s">
+      <c r="L3" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="M3" s="4" t="s">
+      <c r="M3" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="N3" s="4" t="s">
+      <c r="N3" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="O3" s="4" t="s">
+      <c r="O3" s="3" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="4" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
-[...885 lines deleted...]
-      <c r="B22" s="6">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B4" s="57">
+        <v>187.92</v>
+      </c>
+      <c r="C4" s="57">
+        <v>416553527.39999998</v>
+      </c>
+      <c r="D4" s="57">
+        <v>396094881.66000003</v>
+      </c>
+      <c r="E4" s="57">
+        <v>386996469.57999998</v>
+      </c>
+      <c r="F4" s="57">
+        <v>389572894.70999998</v>
+      </c>
+      <c r="G4" s="57">
+        <v>386190713.95999998</v>
+      </c>
+      <c r="H4" s="57">
+        <v>433721858.88999999</v>
+      </c>
+      <c r="I4" s="57">
+        <v>351121578.29000002</v>
+      </c>
+      <c r="J4" s="57">
+        <v>360969761.44999999</v>
+      </c>
+      <c r="K4" s="57">
+        <v>414694680.48000002</v>
+      </c>
+      <c r="L4" s="57">
+        <v>412916992.76999998</v>
+      </c>
+      <c r="M4" s="57">
+        <v>420075085.51999998</v>
+      </c>
+      <c r="N4" s="5">
+        <v>417471310.93000001</v>
+      </c>
+      <c r="O4" s="55">
+        <v>4786379943.5600004</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A5" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B5" s="57">
+        <v>531952206.82999998</v>
+      </c>
+      <c r="C5" s="57">
+        <v>514615305.57999998</v>
+      </c>
+      <c r="D5" s="57">
+        <v>608378189.13</v>
+      </c>
+      <c r="E5" s="57">
+        <v>529234362.27999997</v>
+      </c>
+      <c r="F5" s="57">
+        <v>525584163.49000001</v>
+      </c>
+      <c r="G5" s="57">
+        <v>625304662.17999995</v>
+      </c>
+      <c r="H5" s="57">
+        <v>718279823.37</v>
+      </c>
+      <c r="I5" s="57">
+        <v>36596935.990000002</v>
+      </c>
+      <c r="J5" s="57">
+        <v>251901684.09999999</v>
+      </c>
+      <c r="K5" s="57">
+        <v>627673464.32000005</v>
+      </c>
+      <c r="L5" s="57">
+        <v>514336334.39999998</v>
+      </c>
+      <c r="M5" s="57">
+        <v>629327738.96000004</v>
+      </c>
+      <c r="N5" s="5">
+        <v>0</v>
+      </c>
+      <c r="O5" s="55">
+        <v>6113184870.6300001</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A6" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B6" s="57">
+        <v>41260866.759999998</v>
+      </c>
+      <c r="C6" s="57">
+        <v>12127497.25</v>
+      </c>
+      <c r="D6" s="57">
+        <v>216275049.37</v>
+      </c>
+      <c r="E6" s="57">
+        <v>-14197508.77</v>
+      </c>
+      <c r="F6" s="57">
+        <v>-18299819.850000001</v>
+      </c>
+      <c r="G6" s="57">
+        <v>153490859.41</v>
+      </c>
+      <c r="H6" s="57">
+        <v>37689960.439999998</v>
+      </c>
+      <c r="I6" s="57">
+        <v>40938214.82</v>
+      </c>
+      <c r="J6" s="57">
+        <v>188021047.94999999</v>
+      </c>
+      <c r="K6" s="57">
+        <v>327164464.64999998</v>
+      </c>
+      <c r="L6" s="57">
+        <v>45461334.729999997</v>
+      </c>
+      <c r="M6" s="57">
+        <v>263131766.78</v>
+      </c>
+      <c r="N6" s="5">
+        <v>0</v>
+      </c>
+      <c r="O6" s="55">
+        <v>1293063733.54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A7" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B7" s="57">
+        <v>4123100.27</v>
+      </c>
+      <c r="C7" s="57">
+        <v>4141859.61</v>
+      </c>
+      <c r="D7" s="57">
+        <v>79006929.079999998</v>
+      </c>
+      <c r="E7" s="57">
+        <v>1912575.66</v>
+      </c>
+      <c r="F7" s="57">
+        <v>2378116.83</v>
+      </c>
+      <c r="G7" s="57">
+        <v>75097401.629999995</v>
+      </c>
+      <c r="H7" s="57">
+        <v>-13295392.5</v>
+      </c>
+      <c r="I7" s="57">
+        <v>3760361.78</v>
+      </c>
+      <c r="J7" s="57">
+        <v>100509633.66</v>
+      </c>
+      <c r="K7" s="57">
+        <v>1613657.14</v>
+      </c>
+      <c r="L7" s="57">
+        <v>1367491.86</v>
+      </c>
+      <c r="M7" s="57">
+        <v>87174512.799999997</v>
+      </c>
+      <c r="N7" s="5">
+        <v>0</v>
+      </c>
+      <c r="O7" s="55">
+        <v>347790247.81999999</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A8" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B8" s="5">
+        <v>0</v>
+      </c>
+      <c r="C8" s="57">
+        <v>-6243612.8399999999</v>
+      </c>
+      <c r="D8" s="57">
+        <v>5821192.7300000004</v>
+      </c>
+      <c r="E8" s="57">
+        <v>4795082.55</v>
+      </c>
+      <c r="F8" s="57">
+        <v>3723016.7</v>
+      </c>
+      <c r="G8" s="57">
+        <v>4445486.7300000004</v>
+      </c>
+      <c r="H8" s="57">
+        <v>2630874.54</v>
+      </c>
+      <c r="I8" s="57">
+        <v>2905507.97</v>
+      </c>
+      <c r="J8" s="57">
+        <v>3915258.11</v>
+      </c>
+      <c r="K8" s="57">
+        <v>5639203.0599999996</v>
+      </c>
+      <c r="L8" s="57">
+        <v>7187825.0300000003</v>
+      </c>
+      <c r="M8" s="57">
+        <v>6094799.71</v>
+      </c>
+      <c r="N8" s="5">
+        <v>6105088.7199999997</v>
+      </c>
+      <c r="O8" s="55">
+        <v>47019723.009999998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A9" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B9" s="5">
+        <v>0</v>
+      </c>
+      <c r="C9" s="5">
+        <v>0</v>
+      </c>
+      <c r="D9" s="5">
+        <v>0</v>
+      </c>
+      <c r="E9" s="5">
+        <v>0</v>
+      </c>
+      <c r="F9" s="5">
+        <v>0</v>
+      </c>
+      <c r="G9" s="5">
+        <v>0</v>
+      </c>
+      <c r="H9" s="5">
+        <v>0</v>
+      </c>
+      <c r="I9" s="5">
+        <v>0</v>
+      </c>
+      <c r="J9" s="5">
+        <v>0</v>
+      </c>
+      <c r="K9" s="5">
+        <v>0</v>
+      </c>
+      <c r="L9" s="5">
+        <v>0</v>
+      </c>
+      <c r="M9" s="5">
+        <v>0</v>
+      </c>
+      <c r="N9" s="5">
+        <v>0</v>
+      </c>
+      <c r="O9" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A10" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B10" s="57">
+        <v>169318.96</v>
+      </c>
+      <c r="C10" s="57">
+        <v>10526150.640000001</v>
+      </c>
+      <c r="D10" s="57">
+        <v>9313192.8000000007</v>
+      </c>
+      <c r="E10" s="57">
+        <v>11005144.199999999</v>
+      </c>
+      <c r="F10" s="57">
+        <v>10278040.65</v>
+      </c>
+      <c r="G10" s="57">
+        <v>8270613.8300000001</v>
+      </c>
+      <c r="H10" s="57">
+        <v>11478277.810000001</v>
+      </c>
+      <c r="I10" s="57">
+        <v>8546796.4199999999</v>
+      </c>
+      <c r="J10" s="57">
+        <v>7357592.6799999997</v>
+      </c>
+      <c r="K10" s="57">
+        <v>10675132.529999999</v>
+      </c>
+      <c r="L10" s="57">
+        <v>10474441.390000001</v>
+      </c>
+      <c r="M10" s="57">
+        <v>9949051.9000000004</v>
+      </c>
+      <c r="N10" s="5">
+        <v>10999062.439999999</v>
+      </c>
+      <c r="O10" s="55">
+        <v>119042816.25</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A11" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B11" s="57">
+        <v>3579082.94</v>
+      </c>
+      <c r="C11" s="57">
+        <v>-1459290.18</v>
+      </c>
+      <c r="D11" s="57">
+        <v>17380919.23</v>
+      </c>
+      <c r="E11" s="57">
+        <v>757273.59999999998</v>
+      </c>
+      <c r="F11" s="57">
+        <v>347200.04</v>
+      </c>
+      <c r="G11" s="57">
+        <v>4768451.26</v>
+      </c>
+      <c r="H11" s="57">
+        <v>2020290.5</v>
+      </c>
+      <c r="I11" s="57">
+        <v>539458.69999999995</v>
+      </c>
+      <c r="J11" s="57">
+        <v>4992224.67</v>
+      </c>
+      <c r="K11" s="57">
+        <v>13486145.380000001</v>
+      </c>
+      <c r="L11" s="57">
+        <v>-1131470.24</v>
+      </c>
+      <c r="M11" s="57">
+        <v>9743781.9399999995</v>
+      </c>
+      <c r="N11" s="5">
+        <v>0</v>
+      </c>
+      <c r="O11" s="55">
+        <v>55024067.840000004</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A12" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B12" s="57">
+        <v>494447.88</v>
+      </c>
+      <c r="C12" s="57">
+        <v>9712394.75</v>
+      </c>
+      <c r="D12" s="57">
+        <v>10085533.529999999</v>
+      </c>
+      <c r="E12" s="57">
+        <v>9432361.8800000008</v>
+      </c>
+      <c r="F12" s="57">
+        <v>9645358</v>
+      </c>
+      <c r="G12" s="57">
+        <v>8940584.3800000008</v>
+      </c>
+      <c r="H12" s="57">
+        <v>9250575.5099999998</v>
+      </c>
+      <c r="I12" s="57">
+        <v>8121942.9500000002</v>
+      </c>
+      <c r="J12" s="57">
+        <v>7952917.9699999997</v>
+      </c>
+      <c r="K12" s="57">
+        <v>8775331.0299999993</v>
+      </c>
+      <c r="L12" s="57">
+        <v>9655791.2599999998</v>
+      </c>
+      <c r="M12" s="57">
+        <v>10397786.93</v>
+      </c>
+      <c r="N12" s="5">
+        <v>9020585.7200000007</v>
+      </c>
+      <c r="O12" s="55">
+        <v>111485611.79000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A13" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B13" s="57">
+        <v>3000</v>
+      </c>
+      <c r="C13" s="57">
+        <v>-5396.95</v>
+      </c>
+      <c r="D13" s="57">
+        <v>-46315.89</v>
+      </c>
+      <c r="E13" s="57">
+        <v>65797.3</v>
+      </c>
+      <c r="F13" s="57">
+        <v>-122861.73</v>
+      </c>
+      <c r="G13" s="57">
+        <v>66900.009999999995</v>
+      </c>
+      <c r="H13" s="57">
+        <v>-96851.21</v>
+      </c>
+      <c r="I13" s="57">
+        <v>85513.02</v>
+      </c>
+      <c r="J13" s="57">
+        <v>10730.34</v>
+      </c>
+      <c r="K13" s="57">
+        <v>149857.03</v>
+      </c>
+      <c r="L13" s="57">
+        <v>-162613.79</v>
+      </c>
+      <c r="M13" s="57">
+        <v>100912.13</v>
+      </c>
+      <c r="N13" s="5">
+        <v>-208508.79999999999</v>
+      </c>
+      <c r="O13" s="55">
+        <v>-159838.54</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A14" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" s="57">
+        <v>412093</v>
+      </c>
+      <c r="C14" s="57">
+        <v>1004475</v>
+      </c>
+      <c r="D14" s="57">
+        <v>1063711</v>
+      </c>
+      <c r="E14" s="57">
+        <v>1118668</v>
+      </c>
+      <c r="F14" s="57">
+        <v>525025</v>
+      </c>
+      <c r="G14" s="57">
+        <v>861137</v>
+      </c>
+      <c r="H14" s="57">
+        <v>1380013.52</v>
+      </c>
+      <c r="I14" s="57">
+        <v>1120630</v>
+      </c>
+      <c r="J14" s="57">
+        <v>1094029</v>
+      </c>
+      <c r="K14" s="57">
+        <v>1039226</v>
+      </c>
+      <c r="L14" s="57">
+        <v>1035731.38</v>
+      </c>
+      <c r="M14" s="57">
+        <v>1483796</v>
+      </c>
+      <c r="N14" s="5">
+        <v>-86125.5</v>
+      </c>
+      <c r="O14" s="55">
+        <v>12052409.4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A15" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B15" s="57">
+        <v>584505.05000000005</v>
+      </c>
+      <c r="C15" s="57">
+        <v>494429.6</v>
+      </c>
+      <c r="D15" s="57">
+        <v>528065.51</v>
+      </c>
+      <c r="E15" s="57">
+        <v>554760.87</v>
+      </c>
+      <c r="F15" s="57">
+        <v>564468.91</v>
+      </c>
+      <c r="G15" s="57">
+        <v>454490.35</v>
+      </c>
+      <c r="H15" s="57">
+        <v>469691.08</v>
+      </c>
+      <c r="I15" s="57">
+        <v>562058.71</v>
+      </c>
+      <c r="J15" s="57">
+        <v>544568.64</v>
+      </c>
+      <c r="K15" s="57">
+        <v>678714.88</v>
+      </c>
+      <c r="L15" s="57">
+        <v>777286.87</v>
+      </c>
+      <c r="M15" s="57">
+        <v>530514.86</v>
+      </c>
+      <c r="N15" s="5">
+        <v>0</v>
+      </c>
+      <c r="O15" s="55">
+        <v>6743555.3300000001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A16" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B16" s="57">
+        <v>5643276.4100000001</v>
+      </c>
+      <c r="C16" s="57">
+        <v>7358959.0199999996</v>
+      </c>
+      <c r="D16" s="57">
+        <v>10014333.73</v>
+      </c>
+      <c r="E16" s="57">
+        <v>72228554.340000004</v>
+      </c>
+      <c r="F16" s="57">
+        <v>30162810.82</v>
+      </c>
+      <c r="G16" s="57">
+        <v>30418868.07</v>
+      </c>
+      <c r="H16" s="57">
+        <v>7134206.21</v>
+      </c>
+      <c r="I16" s="57">
+        <v>6803246.3700000001</v>
+      </c>
+      <c r="J16" s="57">
+        <v>5515712.5199999996</v>
+      </c>
+      <c r="K16" s="57">
+        <v>6553740.0499999998</v>
+      </c>
+      <c r="L16" s="57">
+        <v>3447076.12</v>
+      </c>
+      <c r="M16" s="57">
+        <v>2866808.43</v>
+      </c>
+      <c r="N16" s="5">
+        <v>0</v>
+      </c>
+      <c r="O16" s="55">
+        <v>188147592.09</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A17" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B17" s="5">
+        <v>0</v>
+      </c>
+      <c r="C17" s="57">
+        <v>9703055.9199999999</v>
+      </c>
+      <c r="D17" s="57">
+        <v>10696990.27</v>
+      </c>
+      <c r="E17" s="57">
+        <v>10045506.859999999</v>
+      </c>
+      <c r="F17" s="57">
+        <v>9583361.1099999994</v>
+      </c>
+      <c r="G17" s="57">
+        <v>8716642.4700000007</v>
+      </c>
+      <c r="H17" s="57">
+        <v>9217845.4000000004</v>
+      </c>
+      <c r="I17" s="57">
+        <v>7454726.4800000004</v>
+      </c>
+      <c r="J17" s="57">
+        <v>8538832.3900000006</v>
+      </c>
+      <c r="K17" s="57">
+        <v>9196899.5399999991</v>
+      </c>
+      <c r="L17" s="57">
+        <v>11226578.65</v>
+      </c>
+      <c r="M17" s="57">
+        <v>11872757.539999999</v>
+      </c>
+      <c r="N17" s="5">
+        <v>10959267.960000001</v>
+      </c>
+      <c r="O17" s="55">
+        <v>117212464.59</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A18" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B18" s="57">
+        <v>19271083.77</v>
+      </c>
+      <c r="C18" s="57">
+        <v>17937519.170000002</v>
+      </c>
+      <c r="D18" s="57">
+        <v>21429043.859999999</v>
+      </c>
+      <c r="E18" s="57">
+        <v>36981676.890000001</v>
+      </c>
+      <c r="F18" s="57">
+        <v>15382856.109999999</v>
+      </c>
+      <c r="G18" s="57">
+        <v>20413376.43</v>
+      </c>
+      <c r="H18" s="57">
+        <v>34136370.109999999</v>
+      </c>
+      <c r="I18" s="57">
+        <v>37485201.649999999</v>
+      </c>
+      <c r="J18" s="57">
+        <v>19087252.829999998</v>
+      </c>
+      <c r="K18" s="57">
+        <v>52204113.880000003</v>
+      </c>
+      <c r="L18" s="57">
+        <v>19723017.420000002</v>
+      </c>
+      <c r="M18" s="57">
+        <v>28805112.050000001</v>
+      </c>
+      <c r="N18" s="5">
+        <v>34104.47</v>
+      </c>
+      <c r="O18" s="55">
+        <v>322890728.63999999</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A19" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B19" s="57">
+        <v>1582155.48</v>
+      </c>
+      <c r="C19" s="57">
+        <v>745963.4</v>
+      </c>
+      <c r="D19" s="57">
+        <v>740653.77</v>
+      </c>
+      <c r="E19" s="57">
+        <v>1351430.72</v>
+      </c>
+      <c r="F19" s="57">
+        <v>796119.96</v>
+      </c>
+      <c r="G19" s="57">
+        <v>1444480.22</v>
+      </c>
+      <c r="H19" s="57">
+        <v>1244399.31</v>
+      </c>
+      <c r="I19" s="57">
+        <v>798069</v>
+      </c>
+      <c r="J19" s="57">
+        <v>796055.92</v>
+      </c>
+      <c r="K19" s="57">
+        <v>1801478.07</v>
+      </c>
+      <c r="L19" s="57">
+        <v>2870289.19</v>
+      </c>
+      <c r="M19" s="57">
+        <v>2050249.86</v>
+      </c>
+      <c r="N19" s="5">
+        <v>1041961.29</v>
+      </c>
+      <c r="O19" s="55">
+        <v>17263306.190000001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A20" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B20" s="5">
+        <v>0</v>
+      </c>
+      <c r="C20" s="57">
+        <v>951383.18</v>
+      </c>
+      <c r="D20" s="57">
+        <v>1069322.6100000001</v>
+      </c>
+      <c r="E20" s="57">
+        <v>957164.16</v>
+      </c>
+      <c r="F20" s="57">
+        <v>917462.03</v>
+      </c>
+      <c r="G20" s="57">
+        <v>874117.31</v>
+      </c>
+      <c r="H20" s="57">
+        <v>833235.92</v>
+      </c>
+      <c r="I20" s="57">
+        <v>1003495.26</v>
+      </c>
+      <c r="J20" s="57">
+        <v>937890.69</v>
+      </c>
+      <c r="K20" s="57">
+        <v>1035369.29</v>
+      </c>
+      <c r="L20" s="57">
+        <v>1098792.44</v>
+      </c>
+      <c r="M20" s="57">
+        <v>2009606.8</v>
+      </c>
+      <c r="N20" s="5">
+        <v>6800</v>
+      </c>
+      <c r="O20" s="55">
+        <v>11694639.689999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A21" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B21" s="5">
+        <v>0</v>
+      </c>
+      <c r="C21" s="5">
+        <v>0</v>
+      </c>
+      <c r="D21" s="57">
+        <v>0</v>
+      </c>
+      <c r="E21" s="57">
+        <v>778311</v>
+      </c>
+      <c r="F21" s="5">
+        <v>0</v>
+      </c>
+      <c r="G21" s="5">
+        <v>0</v>
+      </c>
+      <c r="H21" s="57">
+        <v>768510.5</v>
+      </c>
+      <c r="I21" s="5">
+        <v>0</v>
+      </c>
+      <c r="J21" s="5">
+        <v>0</v>
+      </c>
+      <c r="K21" s="57">
+        <v>756364</v>
+      </c>
+      <c r="L21" s="5">
+        <v>0</v>
+      </c>
+      <c r="M21" s="5">
+        <v>0</v>
+      </c>
+      <c r="N21" s="5">
+        <v>753882</v>
+      </c>
+      <c r="O21" s="55">
+        <v>3057067.5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A22" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" s="57">
         <v>282734</v>
       </c>
-      <c r="C22" s="6">
+      <c r="C22" s="57">
         <v>282734</v>
       </c>
-      <c r="D22" s="6">
+      <c r="D22" s="57">
         <v>282734</v>
       </c>
-      <c r="E22" s="6">
+      <c r="E22" s="57">
         <v>282734</v>
       </c>
-      <c r="F22" s="6">
+      <c r="F22" s="57">
         <v>282734</v>
       </c>
-      <c r="G22" s="6">
+      <c r="G22" s="57">
         <v>282734</v>
       </c>
-      <c r="H22" s="6">
+      <c r="H22" s="57">
         <v>282734</v>
       </c>
-      <c r="I22" s="6">
+      <c r="I22" s="57">
         <v>282734</v>
       </c>
-      <c r="J22" s="9">
+      <c r="J22" s="57">
         <v>282734</v>
       </c>
-      <c r="K22" s="9">
+      <c r="K22" s="57">
         <v>282734</v>
       </c>
-      <c r="L22" s="9">
+      <c r="L22" s="57">
         <v>282734</v>
       </c>
-      <c r="M22" s="9">
+      <c r="M22" s="57">
         <v>282734</v>
       </c>
-      <c r="N22" s="9">
-[...2 lines deleted...]
-      <c r="O22" s="56">
+      <c r="N22" s="5">
+        <v>0</v>
+      </c>
+      <c r="O22" s="55">
         <v>3392808</v>
       </c>
-      <c r="P22" s="88"/>
-[...174 lines deleted...]
-      <c r="I26" s="6">
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A23" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B23" s="57">
+        <v>3728.33</v>
+      </c>
+      <c r="C23" s="57">
+        <v>2082.52</v>
+      </c>
+      <c r="D23" s="57">
+        <v>7065.07</v>
+      </c>
+      <c r="E23" s="57">
+        <v>1297682.03</v>
+      </c>
+      <c r="F23" s="57">
+        <v>377772.3</v>
+      </c>
+      <c r="G23" s="57">
+        <v>3529069</v>
+      </c>
+      <c r="H23" s="57">
+        <v>1200677.67</v>
+      </c>
+      <c r="I23" s="57">
+        <v>4049.48</v>
+      </c>
+      <c r="J23" s="57">
+        <v>14543.32</v>
+      </c>
+      <c r="K23" s="57">
+        <v>-4191.67</v>
+      </c>
+      <c r="L23" s="57">
+        <v>11772.9</v>
+      </c>
+      <c r="M23" s="57">
+        <v>-8604.6299999999992</v>
+      </c>
+      <c r="N23" s="5">
+        <v>0</v>
+      </c>
+      <c r="O23" s="55">
+        <v>6435646.3200000003</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A24" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B24" s="5">
+        <v>0</v>
+      </c>
+      <c r="C24" s="5">
+        <v>0</v>
+      </c>
+      <c r="D24" s="57">
+        <v>0</v>
+      </c>
+      <c r="E24" s="5">
+        <v>0</v>
+      </c>
+      <c r="F24" s="5">
+        <v>0</v>
+      </c>
+      <c r="G24" s="5">
+        <v>0</v>
+      </c>
+      <c r="H24" s="57">
+        <v>10005000</v>
+      </c>
+      <c r="I24" s="5">
+        <v>0</v>
+      </c>
+      <c r="J24" s="5">
+        <v>0</v>
+      </c>
+      <c r="K24" s="5">
+        <v>0</v>
+      </c>
+      <c r="L24" s="5">
+        <v>0</v>
+      </c>
+      <c r="M24" s="57">
+        <v>9415000</v>
+      </c>
+      <c r="N24" s="5">
+        <v>0</v>
+      </c>
+      <c r="O24" s="55">
+        <v>19420000</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A25" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B25" s="5">
+        <v>0</v>
+      </c>
+      <c r="C25" s="5">
+        <v>0</v>
+      </c>
+      <c r="D25" s="57">
+        <v>0</v>
+      </c>
+      <c r="E25" s="5">
+        <v>0</v>
+      </c>
+      <c r="F25" s="5">
+        <v>0</v>
+      </c>
+      <c r="G25" s="57">
+        <v>4169474</v>
+      </c>
+      <c r="H25" s="5">
+        <v>0</v>
+      </c>
+      <c r="I25" s="5">
+        <v>0</v>
+      </c>
+      <c r="J25" s="5">
+        <v>0</v>
+      </c>
+      <c r="K25" s="5">
+        <v>0</v>
+      </c>
+      <c r="L25" s="5">
+        <v>0</v>
+      </c>
+      <c r="M25" s="5">
+        <v>0</v>
+      </c>
+      <c r="N25" s="5">
+        <v>0</v>
+      </c>
+      <c r="O25" s="55">
+        <v>4169474</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A26" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B26" s="5">
+        <v>0</v>
+      </c>
+      <c r="C26" s="5">
+        <v>0</v>
+      </c>
+      <c r="D26" s="57">
+        <v>0</v>
+      </c>
+      <c r="E26" s="5">
+        <v>0</v>
+      </c>
+      <c r="F26" s="5">
+        <v>0</v>
+      </c>
+      <c r="G26" s="5">
+        <v>0</v>
+      </c>
+      <c r="H26" s="5">
+        <v>0</v>
+      </c>
+      <c r="I26" s="5">
+        <v>0</v>
+      </c>
+      <c r="J26" s="57">
         <v>4461000</v>
       </c>
-      <c r="J26" s="9">
-[...14 lines deleted...]
-      <c r="O26" s="56">
+      <c r="K26" s="5">
+        <v>0</v>
+      </c>
+      <c r="L26" s="5">
+        <v>0</v>
+      </c>
+      <c r="M26" s="5">
+        <v>0</v>
+      </c>
+      <c r="N26" s="5">
+        <v>0</v>
+      </c>
+      <c r="O26" s="55">
         <v>4461000</v>
       </c>
-      <c r="P26" s="88"/>
-[...254 lines deleted...]
-      <c r="C32" s="6">
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A27" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B27" s="57">
+        <v>-400027.63</v>
+      </c>
+      <c r="C27" s="57">
+        <v>11793.26</v>
+      </c>
+      <c r="D27" s="57">
+        <v>1195221</v>
+      </c>
+      <c r="E27" s="57">
+        <v>-130254</v>
+      </c>
+      <c r="F27" s="57">
+        <v>-1.1399999999999999</v>
+      </c>
+      <c r="G27" s="57">
+        <v>681766.18</v>
+      </c>
+      <c r="H27" s="5">
+        <v>0</v>
+      </c>
+      <c r="I27" s="57">
+        <v>39779.56</v>
+      </c>
+      <c r="J27" s="57">
+        <v>327430.98</v>
+      </c>
+      <c r="K27" s="57">
+        <v>1445687.59</v>
+      </c>
+      <c r="L27" s="57">
+        <v>-330201.59000000003</v>
+      </c>
+      <c r="M27" s="57">
+        <v>231900</v>
+      </c>
+      <c r="N27" s="5">
+        <v>0</v>
+      </c>
+      <c r="O27" s="55">
+        <v>3073094.21</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A28" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B28" s="57">
+        <v>13249</v>
+      </c>
+      <c r="C28" s="57">
+        <v>66668</v>
+      </c>
+      <c r="D28" s="57">
+        <v>947457</v>
+      </c>
+      <c r="E28" s="57">
+        <v>904464</v>
+      </c>
+      <c r="F28" s="57">
+        <v>791253</v>
+      </c>
+      <c r="G28" s="57">
+        <v>26314340</v>
+      </c>
+      <c r="H28" s="57">
+        <v>1181709</v>
+      </c>
+      <c r="I28" s="57">
+        <v>879848</v>
+      </c>
+      <c r="J28" s="57">
+        <v>731117</v>
+      </c>
+      <c r="K28" s="57">
+        <v>847709</v>
+      </c>
+      <c r="L28" s="57">
+        <v>944649</v>
+      </c>
+      <c r="M28" s="57">
+        <v>823804</v>
+      </c>
+      <c r="N28" s="5">
+        <v>0</v>
+      </c>
+      <c r="O28" s="55">
+        <v>34446267</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A29" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B29" s="57">
+        <v>19647.32</v>
+      </c>
+      <c r="C29" s="57">
+        <v>-97950.83</v>
+      </c>
+      <c r="D29" s="57">
+        <v>-35</v>
+      </c>
+      <c r="E29" s="57">
+        <v>3900</v>
+      </c>
+      <c r="F29" s="57">
+        <v>187.68</v>
+      </c>
+      <c r="G29" s="57">
+        <v>-78.87</v>
+      </c>
+      <c r="H29" s="57">
+        <v>-3849.76</v>
+      </c>
+      <c r="I29" s="57">
+        <v>810.28</v>
+      </c>
+      <c r="J29" s="57">
+        <v>-23.98</v>
+      </c>
+      <c r="K29" s="57">
+        <v>-1053.8800000000001</v>
+      </c>
+      <c r="L29" s="57">
+        <v>2138.5700000000002</v>
+      </c>
+      <c r="M29" s="57">
+        <v>-47.78</v>
+      </c>
+      <c r="N29" s="5">
+        <v>0</v>
+      </c>
+      <c r="O29" s="55">
+        <v>-76356.25</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A30" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B30" s="57">
+        <v>39060.51</v>
+      </c>
+      <c r="C30" s="57">
+        <v>2558274.04</v>
+      </c>
+      <c r="D30" s="57">
+        <v>2674117.5299999998</v>
+      </c>
+      <c r="E30" s="57">
+        <v>2116724.3199999998</v>
+      </c>
+      <c r="F30" s="57">
+        <v>2447748.6800000002</v>
+      </c>
+      <c r="G30" s="57">
+        <v>2065473.34</v>
+      </c>
+      <c r="H30" s="57">
+        <v>2282213.33</v>
+      </c>
+      <c r="I30" s="57">
+        <v>2098074.4300000002</v>
+      </c>
+      <c r="J30" s="57">
+        <v>2263020.4900000002</v>
+      </c>
+      <c r="K30" s="57">
+        <v>1971149.18</v>
+      </c>
+      <c r="L30" s="57">
+        <v>2734060.37</v>
+      </c>
+      <c r="M30" s="57">
+        <v>2162453.46</v>
+      </c>
+      <c r="N30" s="5">
+        <v>2230064.59</v>
+      </c>
+      <c r="O30" s="55">
+        <v>27642434.27</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A31" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B31" s="57">
+        <v>-75991.89</v>
+      </c>
+      <c r="C31" s="57">
+        <v>11021526.76</v>
+      </c>
+      <c r="D31" s="57">
+        <v>-239620.46</v>
+      </c>
+      <c r="E31" s="5">
+        <v>0</v>
+      </c>
+      <c r="F31" s="57">
+        <v>-262393.13</v>
+      </c>
+      <c r="G31" s="57">
+        <v>-274982.46999999997</v>
+      </c>
+      <c r="H31" s="5">
+        <v>0</v>
+      </c>
+      <c r="I31" s="57">
+        <v>-220262.35</v>
+      </c>
+      <c r="J31" s="57">
+        <v>-36656.85</v>
+      </c>
+      <c r="K31" s="57">
+        <v>-412337.9</v>
+      </c>
+      <c r="L31" s="57">
+        <v>-97671.67</v>
+      </c>
+      <c r="M31" s="57">
+        <v>-226567.8</v>
+      </c>
+      <c r="N31" s="5">
+        <v>0</v>
+      </c>
+      <c r="O31" s="55">
+        <v>9175042.2400000002</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A32" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B32" s="5">
+        <v>0</v>
+      </c>
+      <c r="C32" s="57">
         <v>3750000</v>
       </c>
-      <c r="D32" s="6">
-[...5 lines deleted...]
-      <c r="F32" s="6">
+      <c r="D32" s="57">
+        <v>0</v>
+      </c>
+      <c r="E32" s="5">
+        <v>0</v>
+      </c>
+      <c r="F32" s="57">
         <v>3750000</v>
       </c>
-      <c r="G32" s="6">
-[...5 lines deleted...]
-      <c r="I32" s="6">
+      <c r="G32" s="5">
+        <v>0</v>
+      </c>
+      <c r="H32" s="5">
+        <v>0</v>
+      </c>
+      <c r="I32" s="57">
         <v>3750000</v>
       </c>
-      <c r="J32" s="9">
-[...5 lines deleted...]
-      <c r="L32" s="9">
+      <c r="J32" s="5">
+        <v>0</v>
+      </c>
+      <c r="K32" s="5">
+        <v>0</v>
+      </c>
+      <c r="L32" s="57">
         <v>3750000</v>
       </c>
-      <c r="M32" s="9">
-[...5 lines deleted...]
-      <c r="O32" s="56">
+      <c r="M32" s="5">
+        <v>0</v>
+      </c>
+      <c r="N32" s="5">
+        <v>0</v>
+      </c>
+      <c r="O32" s="55">
         <v>15000000</v>
       </c>
-      <c r="P32" s="88"/>
-[...9 lines deleted...]
-      <c r="C33" s="6">
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A33" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B33" s="57">
+        <v>-799725</v>
+      </c>
+      <c r="C33" s="57">
+        <v>-799000</v>
+      </c>
+      <c r="D33" s="57">
+        <v>3455714.95</v>
+      </c>
+      <c r="E33" s="57">
+        <v>-799475</v>
+      </c>
+      <c r="F33" s="57">
+        <v>-799800</v>
+      </c>
+      <c r="G33" s="57">
+        <v>3520805.19</v>
+      </c>
+      <c r="H33" s="57">
+        <v>-2003533.11</v>
+      </c>
+      <c r="I33" s="57">
+        <v>-994075</v>
+      </c>
+      <c r="J33" s="57">
+        <v>5498379.4000000004</v>
+      </c>
+      <c r="K33" s="57">
         <v>-1000000</v>
       </c>
-      <c r="D33" s="6">
-[...106 lines deleted...]
-      <c r="A36" s="8" t="s">
+      <c r="L33" s="57">
+        <v>-599750</v>
+      </c>
+      <c r="M33" s="57">
+        <v>4795960.71</v>
+      </c>
+      <c r="N33" s="5">
+        <v>2732407.98</v>
+      </c>
+      <c r="O33" s="55">
+        <v>12207910.119999999</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A34" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B34" s="57">
+        <v>814065.74</v>
+      </c>
+      <c r="C34" s="57">
+        <v>-485588.69</v>
+      </c>
+      <c r="D34" s="57">
+        <v>1170092.56</v>
+      </c>
+      <c r="E34" s="57">
+        <v>1254683.6499999999</v>
+      </c>
+      <c r="F34" s="57">
+        <v>-2645746.17</v>
+      </c>
+      <c r="G34" s="57">
+        <v>-11420390.25</v>
+      </c>
+      <c r="H34" s="57">
+        <v>17048218.030000001</v>
+      </c>
+      <c r="I34" s="57">
+        <v>769656.58</v>
+      </c>
+      <c r="J34" s="57">
+        <v>-97205.59</v>
+      </c>
+      <c r="K34" s="57">
+        <v>1500976.43</v>
+      </c>
+      <c r="L34" s="57">
+        <v>5997811.5199999996</v>
+      </c>
+      <c r="M34" s="57">
+        <v>1462897.64</v>
+      </c>
+      <c r="N34" s="5">
+        <v>1070901.97</v>
+      </c>
+      <c r="O34" s="55">
+        <v>16440373.42</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="B35" s="5"/>
+      <c r="C35" s="5"/>
+      <c r="D35" s="5"/>
+      <c r="E35" s="5"/>
+      <c r="F35" s="5"/>
+      <c r="G35" s="5"/>
+      <c r="H35" s="5"/>
+      <c r="I35" s="5"/>
+      <c r="J35" s="5"/>
+      <c r="K35" s="5"/>
+      <c r="L35" s="5"/>
+      <c r="M35" s="5"/>
+      <c r="N35" s="5"/>
+      <c r="O35" s="5"/>
+    </row>
+    <row r="36" spans="1:15" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A36" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="B36" s="43">
-[...44 lines deleted...]
-      <c r="M38" s="47"/>
+      <c r="B36" s="42">
+        <v>608972065.64999998</v>
+      </c>
+      <c r="C36" s="42">
+        <v>1014474759.61</v>
+      </c>
+      <c r="D36" s="42">
+        <v>1397344439.04</v>
+      </c>
+      <c r="E36" s="42">
+        <v>1058948090.12</v>
+      </c>
+      <c r="F36" s="42">
+        <v>984979968</v>
+      </c>
+      <c r="G36" s="42">
+        <v>1358626995.3599999</v>
+      </c>
+      <c r="H36" s="42">
+        <v>1286856858.5599999</v>
+      </c>
+      <c r="I36" s="42">
+        <v>514454352.38999999</v>
+      </c>
+      <c r="J36" s="42">
+        <v>975589531.69000006</v>
+      </c>
+      <c r="K36" s="42">
+        <v>1487768514.0799999</v>
+      </c>
+      <c r="L36" s="42">
+        <v>1052980442.58</v>
+      </c>
+      <c r="M36" s="42">
+        <v>1504553811.8099999</v>
+      </c>
+      <c r="N36" s="42">
+        <v>462130803.76999998</v>
+      </c>
+      <c r="O36" s="42">
+        <v>13707680632.66</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="L38" s="46"/>
+      <c r="M38" s="46"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E89BD3B4-6B9A-489C-BD7F-D2D415845FE9}">
+  <sheetPr codeName="Sheet9"/>
+  <dimension ref="A1:Q38"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="46.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="6" width="24.7109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="23.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="9" max="11" width="23.140625" style="8" customWidth="1"/>
+    <col min="12" max="14" width="23.140625" style="3" customWidth="1"/>
+    <col min="15" max="15" width="24.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="27.140625" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="17.7109375" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="A1" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="B3" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="J3" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="K3" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="L3" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M3" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="N3" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="O3" s="3" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="5">
+        <v>0</v>
+      </c>
+      <c r="C4" s="5">
+        <v>398692644.80000001</v>
+      </c>
+      <c r="D4" s="5">
+        <v>390398086.79000002</v>
+      </c>
+      <c r="E4" s="5">
+        <v>377018100.11000001</v>
+      </c>
+      <c r="F4" s="5">
+        <v>381217980.70999998</v>
+      </c>
+      <c r="G4" s="5">
+        <v>374756326.72000003</v>
+      </c>
+      <c r="H4" s="5">
+        <v>427424369.76999998</v>
+      </c>
+      <c r="I4" s="5">
+        <v>345076072.31999999</v>
+      </c>
+      <c r="J4" s="8">
+        <v>338435772.43000001</v>
+      </c>
+      <c r="K4" s="8">
+        <v>415067095.29000002</v>
+      </c>
+      <c r="L4" s="8">
+        <v>401564500.56</v>
+      </c>
+      <c r="M4" s="8">
+        <v>388924921.66000003</v>
+      </c>
+      <c r="N4" s="8">
+        <v>421502913.41000003</v>
+      </c>
+      <c r="O4" s="55">
+        <v>4660078784.5699997</v>
+      </c>
+      <c r="P4" s="87"/>
+      <c r="Q4" s="88"/>
+    </row>
+    <row r="5" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A5" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B5" s="5">
+        <v>553692201.96000004</v>
+      </c>
+      <c r="C5" s="5">
+        <v>609321654.57000005</v>
+      </c>
+      <c r="D5" s="5">
+        <v>706921653.95000005</v>
+      </c>
+      <c r="E5" s="5">
+        <v>620465406.84000003</v>
+      </c>
+      <c r="F5" s="5">
+        <v>638846959.37</v>
+      </c>
+      <c r="G5" s="5">
+        <v>656243966.70000005</v>
+      </c>
+      <c r="H5" s="5">
+        <v>764668591.50999999</v>
+      </c>
+      <c r="I5" s="5">
+        <v>-126123875.76000001</v>
+      </c>
+      <c r="J5" s="8">
+        <v>45786349.140000001</v>
+      </c>
+      <c r="K5" s="8">
+        <v>294705768.01999998</v>
+      </c>
+      <c r="L5" s="8">
+        <v>411538128.13999999</v>
+      </c>
+      <c r="M5" s="8">
+        <v>582145056.30999994</v>
+      </c>
+      <c r="N5" s="8">
+        <v>0</v>
+      </c>
+      <c r="O5" s="55">
+        <v>5758211860.75</v>
+      </c>
+      <c r="P5" s="87"/>
+      <c r="Q5" s="88"/>
+    </row>
+    <row r="6" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A6" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="5">
+        <v>33694560.32</v>
+      </c>
+      <c r="C6" s="5">
+        <v>25422936.960000001</v>
+      </c>
+      <c r="D6" s="5">
+        <v>225682325.31</v>
+      </c>
+      <c r="E6" s="5">
+        <v>-3867068.12</v>
+      </c>
+      <c r="F6" s="5">
+        <v>-12197500.439999999</v>
+      </c>
+      <c r="G6" s="5">
+        <v>173589006.25</v>
+      </c>
+      <c r="H6" s="5">
+        <v>53283172.079999998</v>
+      </c>
+      <c r="I6" s="5">
+        <v>8904448.2100000009</v>
+      </c>
+      <c r="J6" s="8">
+        <v>195622057.83000001</v>
+      </c>
+      <c r="K6" s="8">
+        <v>329604583.18000001</v>
+      </c>
+      <c r="L6" s="8">
+        <v>23180917.48</v>
+      </c>
+      <c r="M6" s="8">
+        <v>209302404.25</v>
+      </c>
+      <c r="N6" s="8">
+        <v>0</v>
+      </c>
+      <c r="O6" s="55">
+        <v>1262221843.3099999</v>
+      </c>
+      <c r="P6" s="87"/>
+      <c r="Q6" s="88"/>
+    </row>
+    <row r="7" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A7" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="5">
+        <v>1376249</v>
+      </c>
+      <c r="C7" s="5">
+        <v>1896614</v>
+      </c>
+      <c r="D7" s="5">
+        <v>109630976.95999999</v>
+      </c>
+      <c r="E7" s="5">
+        <v>7527057.7999999998</v>
+      </c>
+      <c r="F7" s="5">
+        <v>2142255.5099999998</v>
+      </c>
+      <c r="G7" s="5">
+        <v>65080906.969999999</v>
+      </c>
+      <c r="H7" s="5">
+        <v>1303124.83</v>
+      </c>
+      <c r="I7" s="5">
+        <v>2506156.61</v>
+      </c>
+      <c r="J7" s="8">
+        <v>94541431.140000001</v>
+      </c>
+      <c r="K7" s="8">
+        <v>1291179.22</v>
+      </c>
+      <c r="L7" s="8">
+        <v>1579461</v>
+      </c>
+      <c r="M7" s="8">
+        <v>77370451.980000004</v>
+      </c>
+      <c r="N7" s="8">
+        <v>0</v>
+      </c>
+      <c r="O7" s="55">
+        <v>366245865.01999998</v>
+      </c>
+      <c r="P7" s="87"/>
+      <c r="Q7" s="88"/>
+    </row>
+    <row r="8" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A8" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="5">
+        <v>0</v>
+      </c>
+      <c r="C8" s="5">
+        <v>-6916235.7400000002</v>
+      </c>
+      <c r="D8" s="5">
+        <v>5091240.87</v>
+      </c>
+      <c r="E8" s="5">
+        <v>4390159.2300000004</v>
+      </c>
+      <c r="F8" s="5">
+        <v>4815885.22</v>
+      </c>
+      <c r="G8" s="5">
+        <v>3971961.59</v>
+      </c>
+      <c r="H8" s="5">
+        <v>3520074.24</v>
+      </c>
+      <c r="I8" s="5">
+        <v>3117037.78</v>
+      </c>
+      <c r="J8" s="8">
+        <v>3627191.67</v>
+      </c>
+      <c r="K8" s="8">
+        <v>4548880.1399999997</v>
+      </c>
+      <c r="L8" s="8">
+        <v>7166599.8499999996</v>
+      </c>
+      <c r="M8" s="8">
+        <v>5430723.5800000001</v>
+      </c>
+      <c r="N8" s="8">
+        <v>6617246.5499999998</v>
+      </c>
+      <c r="O8" s="55">
+        <v>45380764.979999997</v>
+      </c>
+      <c r="P8" s="87"/>
+      <c r="Q8" s="88"/>
+    </row>
+    <row r="9" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A9" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" s="5">
+        <v>0</v>
+      </c>
+      <c r="C9" s="5">
+        <v>0</v>
+      </c>
+      <c r="D9" s="5">
+        <v>0</v>
+      </c>
+      <c r="E9" s="5">
+        <v>0</v>
+      </c>
+      <c r="F9" s="5">
+        <v>0</v>
+      </c>
+      <c r="G9" s="5">
+        <v>0</v>
+      </c>
+      <c r="H9" s="5">
+        <v>0</v>
+      </c>
+      <c r="I9" s="5">
+        <v>0</v>
+      </c>
+      <c r="J9" s="8">
+        <v>0</v>
+      </c>
+      <c r="K9" s="8">
+        <v>0</v>
+      </c>
+      <c r="L9" s="8">
+        <v>0</v>
+      </c>
+      <c r="M9" s="8">
+        <v>0</v>
+      </c>
+      <c r="N9" s="8">
+        <v>0</v>
+      </c>
+      <c r="O9" s="55">
+        <v>0</v>
+      </c>
+      <c r="P9" s="87"/>
+      <c r="Q9" s="88"/>
+    </row>
+    <row r="10" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A10" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="5">
+        <v>627204.61</v>
+      </c>
+      <c r="C10" s="5">
+        <v>10015258.689999999</v>
+      </c>
+      <c r="D10" s="5">
+        <v>9014169.2699999996</v>
+      </c>
+      <c r="E10" s="5">
+        <v>10348971.92</v>
+      </c>
+      <c r="F10" s="5">
+        <v>10237714.439999999</v>
+      </c>
+      <c r="G10" s="5">
+        <v>7376366.4299999997</v>
+      </c>
+      <c r="H10" s="5">
+        <v>11314302.75</v>
+      </c>
+      <c r="I10" s="5">
+        <v>7546761.9699999997</v>
+      </c>
+      <c r="J10" s="8">
+        <v>7338615.2000000002</v>
+      </c>
+      <c r="K10" s="8">
+        <v>11434358.289999999</v>
+      </c>
+      <c r="L10" s="8">
+        <v>11266482.92</v>
+      </c>
+      <c r="M10" s="8">
+        <v>9988308.6300000008</v>
+      </c>
+      <c r="N10" s="8">
+        <v>11560216.5</v>
+      </c>
+      <c r="O10" s="55">
+        <v>118068731.62</v>
+      </c>
+      <c r="P10" s="87"/>
+      <c r="Q10" s="88"/>
+    </row>
+    <row r="11" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A11" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="5">
+        <v>2159236.6</v>
+      </c>
+      <c r="C11" s="5">
+        <v>-2007842.45</v>
+      </c>
+      <c r="D11" s="5">
+        <v>12784340.82</v>
+      </c>
+      <c r="E11" s="5">
+        <v>2216515.48</v>
+      </c>
+      <c r="F11" s="5">
+        <v>780257.2</v>
+      </c>
+      <c r="G11" s="5">
+        <v>14141945.189999999</v>
+      </c>
+      <c r="H11" s="5">
+        <v>684642.86</v>
+      </c>
+      <c r="I11" s="5">
+        <v>8277259.6200000001</v>
+      </c>
+      <c r="J11" s="8">
+        <v>19114646.27</v>
+      </c>
+      <c r="K11" s="8">
+        <v>19401666.719999999</v>
+      </c>
+      <c r="L11" s="8">
+        <v>-800893.7</v>
+      </c>
+      <c r="M11" s="8">
+        <v>18279950.98</v>
+      </c>
+      <c r="N11" s="8">
+        <v>0</v>
+      </c>
+      <c r="O11" s="55">
+        <v>95031725.590000004</v>
+      </c>
+      <c r="P11" s="87"/>
+      <c r="Q11" s="88"/>
+    </row>
+    <row r="12" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A12" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" s="5">
+        <v>679397.23</v>
+      </c>
+      <c r="C12" s="5">
+        <v>9750648.1799999997</v>
+      </c>
+      <c r="D12" s="5">
+        <v>10373011.67</v>
+      </c>
+      <c r="E12" s="5">
+        <v>10062872.01</v>
+      </c>
+      <c r="F12" s="5">
+        <v>9645170.5399999991</v>
+      </c>
+      <c r="G12" s="5">
+        <v>8199293.96</v>
+      </c>
+      <c r="H12" s="5">
+        <v>9152707.9499999993</v>
+      </c>
+      <c r="I12" s="5">
+        <v>7735733.9199999999</v>
+      </c>
+      <c r="J12" s="8">
+        <v>7567077.5</v>
+      </c>
+      <c r="K12" s="8">
+        <v>10088563.140000001</v>
+      </c>
+      <c r="L12" s="8">
+        <v>9645745.1300000008</v>
+      </c>
+      <c r="M12" s="8">
+        <v>10334669.35</v>
+      </c>
+      <c r="N12" s="8">
+        <v>10125658.550000001</v>
+      </c>
+      <c r="O12" s="55">
+        <v>113360549.13</v>
+      </c>
+      <c r="P12" s="87"/>
+      <c r="Q12" s="88"/>
+    </row>
+    <row r="13" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A13" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" s="5">
+        <v>6000</v>
+      </c>
+      <c r="C13" s="5">
+        <v>10388.91</v>
+      </c>
+      <c r="D13" s="5">
+        <v>87492</v>
+      </c>
+      <c r="E13" s="5">
+        <v>50997.57</v>
+      </c>
+      <c r="F13" s="5">
+        <v>40265.660000000003</v>
+      </c>
+      <c r="G13" s="5">
+        <v>-44422.85</v>
+      </c>
+      <c r="H13" s="5">
+        <v>100656.16</v>
+      </c>
+      <c r="I13" s="5">
+        <v>-61453.91</v>
+      </c>
+      <c r="J13" s="8">
+        <v>108842.53</v>
+      </c>
+      <c r="K13" s="8">
+        <v>32841.26</v>
+      </c>
+      <c r="L13" s="8">
+        <v>2381.41</v>
+      </c>
+      <c r="M13" s="8">
+        <v>63799.34</v>
+      </c>
+      <c r="N13" s="8">
+        <v>-113594.85</v>
+      </c>
+      <c r="O13" s="55">
+        <v>284193.23</v>
+      </c>
+      <c r="P13" s="87"/>
+      <c r="Q13" s="88"/>
+    </row>
+    <row r="14" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A14" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" s="5">
+        <v>507323</v>
+      </c>
+      <c r="C14" s="5">
+        <v>980573</v>
+      </c>
+      <c r="D14" s="5">
+        <v>1045235</v>
+      </c>
+      <c r="E14" s="5">
+        <v>968179</v>
+      </c>
+      <c r="F14" s="5">
+        <v>1009000</v>
+      </c>
+      <c r="G14" s="5">
+        <v>433383</v>
+      </c>
+      <c r="H14" s="5">
+        <v>1443099</v>
+      </c>
+      <c r="I14" s="5">
+        <v>1227655</v>
+      </c>
+      <c r="J14" s="8">
+        <v>1136399</v>
+      </c>
+      <c r="K14" s="8">
+        <v>1143572.5</v>
+      </c>
+      <c r="L14" s="8">
+        <v>1117705</v>
+      </c>
+      <c r="M14" s="8">
+        <v>1596225</v>
+      </c>
+      <c r="N14" s="8">
+        <v>0</v>
+      </c>
+      <c r="O14" s="55">
+        <v>12608348.5</v>
+      </c>
+      <c r="P14" s="87"/>
+      <c r="Q14" s="88"/>
+    </row>
+    <row r="15" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A15" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B15" s="5">
+        <v>572073.79</v>
+      </c>
+      <c r="C15" s="5">
+        <v>495500.45</v>
+      </c>
+      <c r="D15" s="5">
+        <v>408744.17</v>
+      </c>
+      <c r="E15" s="5">
+        <v>595881.64</v>
+      </c>
+      <c r="F15" s="5">
+        <v>392718.9</v>
+      </c>
+      <c r="G15" s="5">
+        <v>516690.34</v>
+      </c>
+      <c r="H15" s="5">
+        <v>447955.03</v>
+      </c>
+      <c r="I15" s="5">
+        <v>492398.06</v>
+      </c>
+      <c r="J15" s="8">
+        <v>605117.19999999995</v>
+      </c>
+      <c r="K15" s="8">
+        <v>607643.47</v>
+      </c>
+      <c r="L15" s="8">
+        <v>646024.37</v>
+      </c>
+      <c r="M15" s="8">
+        <v>590831.75</v>
+      </c>
+      <c r="N15" s="8">
+        <v>0</v>
+      </c>
+      <c r="O15" s="55">
+        <v>6371579.1699999999</v>
+      </c>
+      <c r="P15" s="87"/>
+      <c r="Q15" s="88"/>
+    </row>
+    <row r="16" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A16" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B16" s="5">
+        <v>6176123.96</v>
+      </c>
+      <c r="C16" s="5">
+        <v>4404399.5</v>
+      </c>
+      <c r="D16" s="5">
+        <v>9503073.4499999993</v>
+      </c>
+      <c r="E16" s="5">
+        <v>50764064.740000002</v>
+      </c>
+      <c r="F16" s="5">
+        <v>38446561.560000002</v>
+      </c>
+      <c r="G16" s="5">
+        <v>22982847.670000002</v>
+      </c>
+      <c r="H16" s="5">
+        <v>9684976.2400000002</v>
+      </c>
+      <c r="I16" s="5">
+        <v>5351763.29</v>
+      </c>
+      <c r="J16" s="8">
+        <v>9109029.2200000007</v>
+      </c>
+      <c r="K16" s="8">
+        <v>7554772.9900000002</v>
+      </c>
+      <c r="L16" s="8">
+        <v>1077965.3</v>
+      </c>
+      <c r="M16" s="8">
+        <v>5090037.2300000004</v>
+      </c>
+      <c r="N16" s="8">
+        <v>0</v>
+      </c>
+      <c r="O16" s="55">
+        <v>170145615.15000001</v>
+      </c>
+      <c r="P16" s="87"/>
+      <c r="Q16" s="88"/>
+    </row>
+    <row r="17" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="5">
+        <v>0</v>
+      </c>
+      <c r="C17" s="5">
+        <v>10820203.6</v>
+      </c>
+      <c r="D17" s="5">
+        <v>14125503.48</v>
+      </c>
+      <c r="E17" s="5">
+        <v>10967854.67</v>
+      </c>
+      <c r="F17" s="5">
+        <v>10822626.4</v>
+      </c>
+      <c r="G17" s="5">
+        <v>9034914.1899999995</v>
+      </c>
+      <c r="H17" s="5">
+        <v>8471398.4700000007</v>
+      </c>
+      <c r="I17" s="5">
+        <v>9147552.1199999992</v>
+      </c>
+      <c r="J17" s="8">
+        <v>6564213.9500000002</v>
+      </c>
+      <c r="K17" s="8">
+        <v>11106131.300000001</v>
+      </c>
+      <c r="L17" s="8">
+        <v>8854301.4299999997</v>
+      </c>
+      <c r="M17" s="8">
+        <v>11125633.6</v>
+      </c>
+      <c r="N17" s="8">
+        <v>12177863.939999999</v>
+      </c>
+      <c r="O17" s="55">
+        <v>123218197.15000001</v>
+      </c>
+      <c r="P17" s="87"/>
+      <c r="Q17" s="88"/>
+    </row>
+    <row r="18" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A18" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18" s="5">
+        <v>10958482.43</v>
+      </c>
+      <c r="C18" s="5">
+        <v>14838261.710000001</v>
+      </c>
+      <c r="D18" s="5">
+        <v>19256913.050000001</v>
+      </c>
+      <c r="E18" s="5">
+        <v>16047743.060000001</v>
+      </c>
+      <c r="F18" s="5">
+        <v>13429072.92</v>
+      </c>
+      <c r="G18" s="5">
+        <v>7627434.0800000001</v>
+      </c>
+      <c r="H18" s="5">
+        <v>11088758.550000001</v>
+      </c>
+      <c r="I18" s="5">
+        <v>15174030.449999999</v>
+      </c>
+      <c r="J18" s="8">
+        <v>15600363.68</v>
+      </c>
+      <c r="K18" s="8">
+        <v>16036720.26</v>
+      </c>
+      <c r="L18" s="8">
+        <v>18227771</v>
+      </c>
+      <c r="M18" s="8">
+        <v>22226984.960000001</v>
+      </c>
+      <c r="N18" s="8">
+        <v>14294.47</v>
+      </c>
+      <c r="O18" s="55">
+        <v>180526830.62</v>
+      </c>
+      <c r="P18" s="87"/>
+      <c r="Q18" s="88"/>
+    </row>
+    <row r="19" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A19" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" s="5">
+        <v>123917.54</v>
+      </c>
+      <c r="C19" s="5">
+        <v>1768777.8</v>
+      </c>
+      <c r="D19" s="5">
+        <v>1808949.63</v>
+      </c>
+      <c r="E19" s="5">
+        <v>1651552.22</v>
+      </c>
+      <c r="F19" s="5">
+        <v>1156653.51</v>
+      </c>
+      <c r="G19" s="5">
+        <v>1216313.5900000001</v>
+      </c>
+      <c r="H19" s="5">
+        <v>1130759.42</v>
+      </c>
+      <c r="I19" s="5">
+        <v>1384645.09</v>
+      </c>
+      <c r="J19" s="8">
+        <v>1473963.74</v>
+      </c>
+      <c r="K19" s="8">
+        <v>1151316.53</v>
+      </c>
+      <c r="L19" s="8">
+        <v>1056619.1100000001</v>
+      </c>
+      <c r="M19" s="8">
+        <v>2154837.6800000002</v>
+      </c>
+      <c r="N19" s="8">
+        <v>2420905.41</v>
+      </c>
+      <c r="O19" s="55">
+        <v>18499211.27</v>
+      </c>
+      <c r="P19" s="87"/>
+      <c r="Q19" s="88"/>
+    </row>
+    <row r="20" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A20" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B20" s="5">
+        <v>-713255.56</v>
+      </c>
+      <c r="C20" s="5">
+        <v>1161544.05</v>
+      </c>
+      <c r="D20" s="5">
+        <v>2373518.63</v>
+      </c>
+      <c r="E20" s="5">
+        <v>49867.32</v>
+      </c>
+      <c r="F20" s="5">
+        <v>1844577.1</v>
+      </c>
+      <c r="G20" s="5">
+        <v>810473.24</v>
+      </c>
+      <c r="H20" s="5">
+        <v>-606538.37</v>
+      </c>
+      <c r="I20" s="5">
+        <v>1533978.59</v>
+      </c>
+      <c r="J20" s="8">
+        <v>619008.80000000005</v>
+      </c>
+      <c r="K20" s="8">
+        <v>1339819.3600000001</v>
+      </c>
+      <c r="L20" s="8">
+        <v>640751.26</v>
+      </c>
+      <c r="M20" s="8">
+        <v>1887169.48</v>
+      </c>
+      <c r="N20" s="8">
+        <v>6809.6</v>
+      </c>
+      <c r="O20" s="55">
+        <v>10947723.5</v>
+      </c>
+      <c r="P20" s="87"/>
+      <c r="Q20" s="88"/>
+    </row>
+    <row r="21" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A21" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B21" s="5">
+        <v>0</v>
+      </c>
+      <c r="C21" s="5">
+        <v>0</v>
+      </c>
+      <c r="D21" s="5">
+        <v>0</v>
+      </c>
+      <c r="E21" s="5">
+        <v>802051.5</v>
+      </c>
+      <c r="F21" s="5">
+        <v>0</v>
+      </c>
+      <c r="G21" s="5">
+        <v>0</v>
+      </c>
+      <c r="H21" s="5">
+        <v>792676</v>
+      </c>
+      <c r="I21" s="5">
+        <v>0</v>
+      </c>
+      <c r="J21" s="8">
+        <v>0</v>
+      </c>
+      <c r="K21" s="8">
+        <v>766589.5</v>
+      </c>
+      <c r="L21" s="8">
+        <v>0</v>
+      </c>
+      <c r="M21" s="8">
+        <v>0</v>
+      </c>
+      <c r="N21" s="8">
+        <v>768026</v>
+      </c>
+      <c r="O21" s="55">
+        <v>3129343</v>
+      </c>
+      <c r="P21" s="87"/>
+      <c r="Q21" s="88"/>
+    </row>
+    <row r="22" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A22" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B22" s="5">
+        <v>282734</v>
+      </c>
+      <c r="C22" s="5">
+        <v>282734</v>
+      </c>
+      <c r="D22" s="5">
+        <v>282734</v>
+      </c>
+      <c r="E22" s="5">
+        <v>282734</v>
+      </c>
+      <c r="F22" s="5">
+        <v>282734</v>
+      </c>
+      <c r="G22" s="5">
+        <v>282734</v>
+      </c>
+      <c r="H22" s="5">
+        <v>282734</v>
+      </c>
+      <c r="I22" s="5">
+        <v>282734</v>
+      </c>
+      <c r="J22" s="8">
+        <v>282734</v>
+      </c>
+      <c r="K22" s="8">
+        <v>282734</v>
+      </c>
+      <c r="L22" s="8">
+        <v>282734</v>
+      </c>
+      <c r="M22" s="8">
+        <v>282734</v>
+      </c>
+      <c r="N22" s="8">
+        <v>0</v>
+      </c>
+      <c r="O22" s="55">
+        <v>3392808</v>
+      </c>
+      <c r="P22" s="87"/>
+      <c r="Q22" s="88"/>
+    </row>
+    <row r="23" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A23" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B23" s="5">
+        <v>-1184.46</v>
+      </c>
+      <c r="C23" s="5">
+        <v>0</v>
+      </c>
+      <c r="D23" s="5">
+        <v>81754.22</v>
+      </c>
+      <c r="E23" s="5">
+        <v>469903.75</v>
+      </c>
+      <c r="F23" s="5">
+        <v>1258678.98</v>
+      </c>
+      <c r="G23" s="5">
+        <v>3548944.11</v>
+      </c>
+      <c r="H23" s="5">
+        <v>1114290.2</v>
+      </c>
+      <c r="I23" s="5">
+        <v>118260.76</v>
+      </c>
+      <c r="J23" s="8">
+        <v>25807.13</v>
+      </c>
+      <c r="K23" s="8">
+        <v>471.89</v>
+      </c>
+      <c r="L23" s="8">
+        <v>3514.39</v>
+      </c>
+      <c r="M23" s="8">
+        <v>240.3</v>
+      </c>
+      <c r="N23" s="8">
+        <v>0</v>
+      </c>
+      <c r="O23" s="55">
+        <v>6620681.2699999996</v>
+      </c>
+      <c r="P23" s="87"/>
+      <c r="Q23" s="88"/>
+    </row>
+    <row r="24" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A24" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B24" s="5">
+        <v>0</v>
+      </c>
+      <c r="C24" s="5">
+        <v>0</v>
+      </c>
+      <c r="D24" s="5">
+        <v>0</v>
+      </c>
+      <c r="E24" s="5">
+        <v>0</v>
+      </c>
+      <c r="F24" s="5">
+        <v>0</v>
+      </c>
+      <c r="G24" s="5">
+        <v>0</v>
+      </c>
+      <c r="H24" s="5">
+        <v>9445000</v>
+      </c>
+      <c r="I24" s="5">
+        <v>0</v>
+      </c>
+      <c r="J24" s="8">
+        <v>0</v>
+      </c>
+      <c r="K24" s="8">
+        <v>0</v>
+      </c>
+      <c r="L24" s="8">
+        <v>0</v>
+      </c>
+      <c r="M24" s="8">
+        <v>9516000</v>
+      </c>
+      <c r="N24" s="8">
+        <v>0</v>
+      </c>
+      <c r="O24" s="55">
+        <v>18961000</v>
+      </c>
+      <c r="P24" s="87"/>
+      <c r="Q24" s="88"/>
+    </row>
+    <row r="25" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A25" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B25" s="5">
+        <v>0</v>
+      </c>
+      <c r="C25" s="5">
+        <v>0</v>
+      </c>
+      <c r="D25" s="5">
+        <v>0</v>
+      </c>
+      <c r="E25" s="5">
+        <v>0</v>
+      </c>
+      <c r="F25" s="5">
+        <v>0</v>
+      </c>
+      <c r="G25" s="5">
+        <v>3845626.73</v>
+      </c>
+      <c r="H25" s="5">
+        <v>0</v>
+      </c>
+      <c r="I25" s="5">
+        <v>0</v>
+      </c>
+      <c r="J25" s="8">
+        <v>0</v>
+      </c>
+      <c r="K25" s="8">
+        <v>0</v>
+      </c>
+      <c r="L25" s="8">
+        <v>0</v>
+      </c>
+      <c r="M25" s="8">
+        <v>0</v>
+      </c>
+      <c r="N25" s="8">
+        <v>0</v>
+      </c>
+      <c r="O25" s="55">
+        <v>3845626.73</v>
+      </c>
+      <c r="P25" s="87"/>
+      <c r="Q25" s="88"/>
+    </row>
+    <row r="26" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A26" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B26" s="5">
+        <v>0</v>
+      </c>
+      <c r="C26" s="5">
+        <v>0</v>
+      </c>
+      <c r="D26" s="5">
+        <v>0</v>
+      </c>
+      <c r="E26" s="5">
+        <v>0</v>
+      </c>
+      <c r="F26" s="5">
+        <v>0</v>
+      </c>
+      <c r="G26" s="5">
+        <v>0</v>
+      </c>
+      <c r="H26" s="5">
+        <v>0</v>
+      </c>
+      <c r="I26" s="5">
+        <v>4461000</v>
+      </c>
+      <c r="J26" s="8">
+        <v>0</v>
+      </c>
+      <c r="K26" s="8">
+        <v>0</v>
+      </c>
+      <c r="L26" s="8">
+        <v>0</v>
+      </c>
+      <c r="M26" s="8">
+        <v>0</v>
+      </c>
+      <c r="N26" s="8">
+        <v>0</v>
+      </c>
+      <c r="O26" s="55">
+        <v>4461000</v>
+      </c>
+      <c r="P26" s="87"/>
+      <c r="Q26" s="88"/>
+    </row>
+    <row r="27" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A27" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" s="5">
+        <v>-3200</v>
+      </c>
+      <c r="C27" s="5">
+        <v>-915067.56</v>
+      </c>
+      <c r="D27" s="5">
+        <v>151873.10999999999</v>
+      </c>
+      <c r="E27" s="5">
+        <v>-181579.55</v>
+      </c>
+      <c r="F27" s="5">
+        <v>-203279</v>
+      </c>
+      <c r="G27" s="5">
+        <v>524000</v>
+      </c>
+      <c r="H27" s="5">
+        <v>-565</v>
+      </c>
+      <c r="I27" s="5">
+        <v>40000</v>
+      </c>
+      <c r="J27" s="8">
+        <v>14787</v>
+      </c>
+      <c r="K27" s="8">
+        <v>1829465.04</v>
+      </c>
+      <c r="L27" s="8">
+        <v>64710.25</v>
+      </c>
+      <c r="M27" s="8">
+        <v>-1647333.78</v>
+      </c>
+      <c r="N27" s="8">
+        <v>0</v>
+      </c>
+      <c r="O27" s="55">
+        <v>-326189.49</v>
+      </c>
+      <c r="P27" s="87"/>
+      <c r="Q27" s="88"/>
+    </row>
+    <row r="28" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A28" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B28" s="5">
+        <v>14558</v>
+      </c>
+      <c r="C28" s="5">
+        <v>13220</v>
+      </c>
+      <c r="D28" s="5">
+        <v>949892</v>
+      </c>
+      <c r="E28" s="5">
+        <v>1046387</v>
+      </c>
+      <c r="F28" s="5">
+        <v>809103</v>
+      </c>
+      <c r="G28" s="5">
+        <v>25385090</v>
+      </c>
+      <c r="H28" s="5">
+        <v>961488</v>
+      </c>
+      <c r="I28" s="5">
+        <v>1216758.02</v>
+      </c>
+      <c r="J28" s="8">
+        <v>927544.1</v>
+      </c>
+      <c r="K28" s="8">
+        <v>723364.34</v>
+      </c>
+      <c r="L28" s="8">
+        <v>1199182.75</v>
+      </c>
+      <c r="M28" s="8">
+        <v>876774.75</v>
+      </c>
+      <c r="N28" s="8">
+        <v>0</v>
+      </c>
+      <c r="O28" s="55">
+        <v>34123361.960000001</v>
+      </c>
+      <c r="P28" s="87"/>
+      <c r="Q28" s="88"/>
+    </row>
+    <row r="29" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A29" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B29" s="5">
+        <v>37179.5</v>
+      </c>
+      <c r="C29" s="5">
+        <v>-37963.449999999997</v>
+      </c>
+      <c r="D29" s="5">
+        <v>487.5</v>
+      </c>
+      <c r="E29" s="5">
+        <v>-56.93</v>
+      </c>
+      <c r="F29" s="5">
+        <v>1317.6</v>
+      </c>
+      <c r="G29" s="5">
+        <v>10200.58</v>
+      </c>
+      <c r="H29" s="5">
+        <v>-11483.18</v>
+      </c>
+      <c r="I29" s="5">
+        <v>19128.310000000001</v>
+      </c>
+      <c r="J29" s="8">
+        <v>12430.37</v>
+      </c>
+      <c r="K29" s="8">
+        <v>46273.95</v>
+      </c>
+      <c r="L29" s="8">
+        <v>-56.53</v>
+      </c>
+      <c r="M29" s="8">
+        <v>0</v>
+      </c>
+      <c r="N29" s="8">
+        <v>0</v>
+      </c>
+      <c r="O29" s="55">
+        <v>77457.72</v>
+      </c>
+      <c r="P29" s="87"/>
+      <c r="Q29" s="88"/>
+    </row>
+    <row r="30" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A30" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="5">
+        <v>42121.51</v>
+      </c>
+      <c r="C30" s="5">
+        <v>2537479.5099999998</v>
+      </c>
+      <c r="D30" s="5">
+        <v>2445457.2799999998</v>
+      </c>
+      <c r="E30" s="5">
+        <v>2198802.38</v>
+      </c>
+      <c r="F30" s="5">
+        <v>2108204.9900000002</v>
+      </c>
+      <c r="G30" s="5">
+        <v>2389473.4</v>
+      </c>
+      <c r="H30" s="5">
+        <v>2557867.66</v>
+      </c>
+      <c r="I30" s="5">
+        <v>1755619.35</v>
+      </c>
+      <c r="J30" s="8">
+        <v>1973348.93</v>
+      </c>
+      <c r="K30" s="8">
+        <v>2531947.71</v>
+      </c>
+      <c r="L30" s="8">
+        <v>2236416.71</v>
+      </c>
+      <c r="M30" s="8">
+        <v>2892347.4</v>
+      </c>
+      <c r="N30" s="8">
+        <v>2096389.96</v>
+      </c>
+      <c r="O30" s="55">
+        <v>27765476.789999999</v>
+      </c>
+      <c r="P30" s="87"/>
+      <c r="Q30" s="88"/>
+    </row>
+    <row r="31" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A31" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B31" s="5">
+        <v>-43266.26</v>
+      </c>
+      <c r="C31" s="5">
+        <v>11000986.16</v>
+      </c>
+      <c r="D31" s="5">
+        <v>-161415.72</v>
+      </c>
+      <c r="E31" s="5">
+        <v>-774547.31</v>
+      </c>
+      <c r="F31" s="5">
+        <v>-39604.04</v>
+      </c>
+      <c r="G31" s="5">
+        <v>-130604.37</v>
+      </c>
+      <c r="H31" s="5">
+        <v>-143285.98000000001</v>
+      </c>
+      <c r="I31" s="5">
+        <v>-5787</v>
+      </c>
+      <c r="J31" s="5">
+        <v>-69787.600000000006</v>
+      </c>
+      <c r="K31" s="5">
+        <v>-41961.26</v>
+      </c>
+      <c r="L31" s="5">
+        <v>-229483.19</v>
+      </c>
+      <c r="M31" s="5">
+        <v>-145952.85999999999</v>
+      </c>
+      <c r="N31" s="5">
+        <v>0</v>
+      </c>
+      <c r="O31" s="55">
+        <v>9215290.5700000003</v>
+      </c>
+      <c r="P31" s="87"/>
+      <c r="Q31" s="88"/>
+    </row>
+    <row r="32" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A32" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B32" s="5">
+        <v>0</v>
+      </c>
+      <c r="C32" s="5">
+        <v>3750000</v>
+      </c>
+      <c r="D32" s="5">
+        <v>0</v>
+      </c>
+      <c r="E32" s="5">
+        <v>0</v>
+      </c>
+      <c r="F32" s="5">
+        <v>3750000</v>
+      </c>
+      <c r="G32" s="5">
+        <v>0</v>
+      </c>
+      <c r="H32" s="5">
+        <v>0</v>
+      </c>
+      <c r="I32" s="5">
+        <v>3750000</v>
+      </c>
+      <c r="J32" s="8">
+        <v>0</v>
+      </c>
+      <c r="K32" s="8">
+        <v>0</v>
+      </c>
+      <c r="L32" s="8">
+        <v>3750000</v>
+      </c>
+      <c r="M32" s="8">
+        <v>0</v>
+      </c>
+      <c r="N32" s="8">
+        <v>0</v>
+      </c>
+      <c r="O32" s="55">
+        <v>15000000</v>
+      </c>
+      <c r="P32" s="87"/>
+      <c r="Q32" s="88"/>
+    </row>
+    <row r="33" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A33" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B33" s="5">
+        <v>-800000</v>
+      </c>
+      <c r="C33" s="5">
+        <v>-1000000</v>
+      </c>
+      <c r="D33" s="5">
+        <v>3100634.48</v>
+      </c>
+      <c r="E33" s="5">
+        <v>-800000</v>
+      </c>
+      <c r="F33" s="5">
+        <v>-1000000</v>
+      </c>
+      <c r="G33" s="5">
+        <v>2938419.19</v>
+      </c>
+      <c r="H33" s="5">
+        <v>-799125</v>
+      </c>
+      <c r="I33" s="5">
+        <v>-799850</v>
+      </c>
+      <c r="J33" s="8">
+        <v>5134956.4400000004</v>
+      </c>
+      <c r="K33" s="8">
+        <v>-799700</v>
+      </c>
+      <c r="L33" s="8">
+        <v>-799725</v>
+      </c>
+      <c r="M33" s="8">
+        <v>3677723.14</v>
+      </c>
+      <c r="N33" s="8">
+        <v>2585127.9300000002</v>
+      </c>
+      <c r="O33" s="55">
+        <v>10638461.18</v>
+      </c>
+      <c r="P33" s="87"/>
+      <c r="Q33" s="88"/>
+    </row>
+    <row r="34" spans="1:17" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A34" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B34" s="5">
+        <v>806908.82</v>
+      </c>
+      <c r="C34" s="5">
+        <v>1204469.58</v>
+      </c>
+      <c r="D34" s="5">
+        <v>1300068.6299999999</v>
+      </c>
+      <c r="E34" s="5">
+        <v>546311.52</v>
+      </c>
+      <c r="F34" s="5">
+        <v>304764.28999999998</v>
+      </c>
+      <c r="G34" s="5">
+        <v>3411676.88</v>
+      </c>
+      <c r="H34" s="5">
+        <v>753644.2</v>
+      </c>
+      <c r="I34" s="5">
+        <v>1177181.5</v>
+      </c>
+      <c r="J34" s="5">
+        <v>778638.94</v>
+      </c>
+      <c r="K34" s="5">
+        <v>1659738.2</v>
+      </c>
+      <c r="L34" s="5">
+        <v>1677795.45</v>
+      </c>
+      <c r="M34" s="5">
+        <v>1042787.12</v>
+      </c>
+      <c r="N34" s="5">
+        <v>1431902.89</v>
+      </c>
+      <c r="O34" s="55">
+        <v>16095888.02</v>
+      </c>
+      <c r="P34" s="87"/>
+      <c r="Q34" s="88"/>
+    </row>
+    <row r="35" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="B35" s="5"/>
+      <c r="C35" s="5"/>
+      <c r="D35" s="5"/>
+      <c r="E35" s="5"/>
+      <c r="F35" s="5"/>
+      <c r="G35" s="5"/>
+      <c r="H35" s="5"/>
+      <c r="I35" s="5"/>
+      <c r="J35" s="5"/>
+      <c r="K35" s="5"/>
+      <c r="L35" s="5"/>
+      <c r="M35" s="5"/>
+      <c r="N35" s="5"/>
+      <c r="O35" s="5"/>
+      <c r="P35" s="88"/>
+      <c r="Q35" s="88"/>
+    </row>
+    <row r="36" spans="1:17" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A36" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B36" s="42">
+        <v>610195365.99000001</v>
+      </c>
+      <c r="C36" s="42">
+        <v>1097491186.27</v>
+      </c>
+      <c r="D36" s="42">
+        <v>1526656720.55</v>
+      </c>
+      <c r="E36" s="42">
+        <v>1112848161.8499999</v>
+      </c>
+      <c r="F36" s="42">
+        <v>1109902118.4200001</v>
+      </c>
+      <c r="G36" s="42">
+        <v>1388142967.5899999</v>
+      </c>
+      <c r="H36" s="42">
+        <v>1318065291.3900001</v>
+      </c>
+      <c r="I36" s="42">
+        <v>303305208.30000001</v>
+      </c>
+      <c r="J36" s="42">
+        <v>756330538.61000001</v>
+      </c>
+      <c r="K36" s="42">
+        <v>1132113835.04</v>
+      </c>
+      <c r="L36" s="42">
+        <v>904949549.09000003</v>
+      </c>
+      <c r="M36" s="42">
+        <v>1363007325.8499999</v>
+      </c>
+      <c r="N36" s="42">
+        <v>471193760.36000001</v>
+      </c>
+      <c r="O36" s="42">
+        <v>13094202029.309999</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="L38" s="46"/>
+      <c r="M38" s="46"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0CCCFA47-8206-426F-A387-C157A7F366D1}">
   <sheetPr codeName="Sheet7"/>
   <dimension ref="A1:W38"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="46.28515625" bestFit="1" customWidth="1"/>
-    <col min="2" max="6" width="24.7109375" style="4" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="15" max="15" width="24.85546875" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="6" width="24.7109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="23.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="9" max="11" width="23.140625" style="8" customWidth="1"/>
+    <col min="12" max="14" width="23.140625" style="3" customWidth="1"/>
+    <col min="15" max="15" width="24.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="14.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="48.28515625" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="27.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="17.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" x14ac:dyDescent="0.35">
-      <c r="A1" s="4" t="s">
+      <c r="A1" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B1" s="4" t="s">
-        <v>211</v>
+      <c r="B1" s="3" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="3" spans="1:23" x14ac:dyDescent="0.35">
-      <c r="B3" s="4" t="s">
+      <c r="B3" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C3" s="4" t="s">
+      <c r="C3" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D3" s="4" t="s">
+      <c r="D3" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="E3" s="4" t="s">
+      <c r="E3" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="F3" s="4" t="s">
+      <c r="F3" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="H3" s="4" t="s">
+      <c r="H3" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="I3" s="4" t="s">
+      <c r="I3" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="J3" s="4" t="s">
+      <c r="J3" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="K3" s="4" t="s">
+      <c r="K3" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="L3" s="4" t="s">
+      <c r="L3" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="M3" s="4" t="s">
+      <c r="M3" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="N3" s="4" t="s">
+      <c r="N3" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="O3" s="4" t="s">
+      <c r="O3" s="3" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="4" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="45">
-[...2 lines deleted...]
-      <c r="C4" s="45">
+      <c r="B4" s="44">
+        <v>0</v>
+      </c>
+      <c r="C4" s="44">
         <v>388672739.86000001</v>
       </c>
-      <c r="D4" s="45">
+      <c r="D4" s="44">
         <v>351502403.66000003</v>
       </c>
-      <c r="E4" s="45">
+      <c r="E4" s="44">
         <v>347806869.25999999</v>
       </c>
-      <c r="F4" s="45">
+      <c r="F4" s="44">
         <v>340868019.58999997</v>
       </c>
-      <c r="G4" s="45">
+      <c r="G4" s="44">
         <v>352558598.12</v>
       </c>
-      <c r="H4" s="45">
+      <c r="H4" s="44">
         <v>407305534.80000001</v>
       </c>
-      <c r="I4" s="9">
+      <c r="I4" s="8">
         <v>310393174.26999998</v>
       </c>
-      <c r="J4" s="9">
+      <c r="J4" s="8">
         <v>317912734.75</v>
       </c>
-      <c r="K4" s="9">
+      <c r="K4" s="8">
         <v>400270278.19999999</v>
       </c>
-      <c r="L4" s="9">
+      <c r="L4" s="8">
         <v>389226329.48000002</v>
       </c>
-      <c r="M4" s="9">
+      <c r="M4" s="8">
         <v>383838782.55000001</v>
       </c>
-      <c r="N4" s="6">
+      <c r="N4" s="5">
         <v>411637714.13999999</v>
       </c>
-      <c r="O4" s="6">
+      <c r="O4" s="5">
         <v>4401993178.6800003</v>
       </c>
-      <c r="U4" s="4"/>
-[...1 lines deleted...]
-      <c r="W4" s="89"/>
+      <c r="U4" s="3"/>
+      <c r="V4" s="87"/>
+      <c r="W4" s="88"/>
     </row>
     <row r="5" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="45">
+      <c r="B5" s="44">
         <v>519179575.68000001</v>
       </c>
-      <c r="C5" s="45">
+      <c r="C5" s="44">
         <v>545335773.29999995</v>
       </c>
-      <c r="D5" s="45">
+      <c r="D5" s="44">
         <v>645477692.63</v>
       </c>
-      <c r="E5" s="45">
+      <c r="E5" s="44">
         <v>555674345.96000004</v>
       </c>
-      <c r="F5" s="45">
+      <c r="F5" s="44">
         <v>591198800.02999997</v>
       </c>
-      <c r="G5" s="45">
+      <c r="G5" s="44">
         <v>670069868</v>
       </c>
-      <c r="H5" s="45">
+      <c r="H5" s="44">
         <v>781634681.55999994</v>
       </c>
-      <c r="I5" s="9">
+      <c r="I5" s="8">
         <v>129301391.56999999</v>
       </c>
-      <c r="J5" s="9">
+      <c r="J5" s="8">
         <v>232118026.34999999</v>
       </c>
-      <c r="K5" s="9">
+      <c r="K5" s="8">
         <v>847850553.08000004</v>
       </c>
-      <c r="L5" s="9">
+      <c r="L5" s="8">
         <v>632157552.66999996</v>
       </c>
-      <c r="M5" s="9">
+      <c r="M5" s="8">
         <v>677561839.34000003</v>
       </c>
-      <c r="N5" s="6">
-[...2 lines deleted...]
-      <c r="O5" s="6">
+      <c r="N5" s="5">
+        <v>0</v>
+      </c>
+      <c r="O5" s="5">
         <v>6827560100.1700001</v>
       </c>
-      <c r="U5" s="4"/>
-[...1 lines deleted...]
-      <c r="W5" s="89"/>
+      <c r="U5" s="3"/>
+      <c r="V5" s="87"/>
+      <c r="W5" s="88"/>
     </row>
     <row r="6" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A6" s="4" t="s">
+      <c r="A6" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="45">
+      <c r="B6" s="44">
         <v>36413256.950000003</v>
       </c>
-      <c r="C6" s="45">
+      <c r="C6" s="44">
         <v>10604641.720000001</v>
       </c>
-      <c r="D6" s="45">
+      <c r="D6" s="44">
         <v>157550659.69999999</v>
       </c>
-      <c r="E6" s="45">
+      <c r="E6" s="44">
         <v>-12443898.15</v>
       </c>
-      <c r="F6" s="45">
+      <c r="F6" s="44">
         <v>-21170538.960000001</v>
       </c>
-      <c r="G6" s="45">
+      <c r="G6" s="44">
         <v>135228138.96000001</v>
       </c>
-      <c r="H6" s="45">
+      <c r="H6" s="44">
         <v>46964163.759999998</v>
       </c>
-      <c r="I6" s="9">
+      <c r="I6" s="8">
         <v>11336479.880000001</v>
       </c>
-      <c r="J6" s="9">
+      <c r="J6" s="8">
         <v>207385112.15000001</v>
       </c>
-      <c r="K6" s="9">
+      <c r="K6" s="8">
         <v>322744630.33999997</v>
       </c>
-      <c r="L6" s="9">
+      <c r="L6" s="8">
         <v>48738450.020000003</v>
       </c>
-      <c r="M6" s="9">
+      <c r="M6" s="8">
         <v>186024027.84</v>
       </c>
-      <c r="N6" s="6">
-[...2 lines deleted...]
-      <c r="O6" s="6">
+      <c r="N6" s="5">
+        <v>0</v>
+      </c>
+      <c r="O6" s="5">
         <v>1129375124.21</v>
       </c>
-      <c r="U6" s="4"/>
-[...1 lines deleted...]
-      <c r="W6" s="89"/>
+      <c r="U6" s="3"/>
+      <c r="V6" s="87"/>
+      <c r="W6" s="88"/>
     </row>
     <row r="7" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A7" s="4" t="s">
+      <c r="A7" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="45">
+      <c r="B7" s="44">
         <v>3603222.5</v>
       </c>
-      <c r="C7" s="45">
+      <c r="C7" s="44">
         <v>3921909.75</v>
       </c>
-      <c r="D7" s="45">
+      <c r="D7" s="44">
         <v>64245864.460000001</v>
       </c>
-      <c r="E7" s="45">
+      <c r="E7" s="44">
         <v>2447701</v>
       </c>
-      <c r="F7" s="45">
+      <c r="F7" s="44">
         <v>2112480.5</v>
       </c>
-      <c r="G7" s="45">
+      <c r="G7" s="44">
         <v>62010265.140000001</v>
       </c>
-      <c r="H7" s="45">
+      <c r="H7" s="44">
         <v>1498494.5</v>
       </c>
-      <c r="I7" s="9">
+      <c r="I7" s="8">
         <v>2824828</v>
       </c>
-      <c r="J7" s="9">
+      <c r="J7" s="8">
         <v>74102784.069999993</v>
       </c>
-      <c r="K7" s="9">
+      <c r="K7" s="8">
         <v>1677716.71</v>
       </c>
-      <c r="L7" s="9">
+      <c r="L7" s="8">
         <v>1990433.4</v>
       </c>
-      <c r="M7" s="9">
+      <c r="M7" s="8">
         <v>63067494.630000003</v>
       </c>
-      <c r="N7" s="6">
-[...2 lines deleted...]
-      <c r="O7" s="6">
+      <c r="N7" s="5">
+        <v>0</v>
+      </c>
+      <c r="O7" s="5">
         <v>283503194.66000003</v>
       </c>
-      <c r="U7" s="4"/>
-[...1 lines deleted...]
-      <c r="W7" s="89"/>
+      <c r="U7" s="3"/>
+      <c r="V7" s="87"/>
+      <c r="W7" s="88"/>
     </row>
     <row r="8" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A8" s="4" t="s">
+      <c r="A8" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="45">
-[...2 lines deleted...]
-      <c r="C8" s="45">
+      <c r="B8" s="44">
+        <v>0</v>
+      </c>
+      <c r="C8" s="44">
         <v>-2775496.84</v>
       </c>
-      <c r="D8" s="45">
+      <c r="D8" s="44">
         <v>4345358.5599999996</v>
       </c>
-      <c r="E8" s="45">
+      <c r="E8" s="44">
         <v>4164825.32</v>
       </c>
-      <c r="F8" s="45">
+      <c r="F8" s="44">
         <v>4447826.88</v>
       </c>
-      <c r="G8" s="45">
+      <c r="G8" s="44">
         <v>3897900.46</v>
       </c>
-      <c r="H8" s="45">
+      <c r="H8" s="44">
         <v>3713896.13</v>
       </c>
-      <c r="I8" s="9">
+      <c r="I8" s="8">
         <v>2671017.85</v>
       </c>
-      <c r="J8" s="9">
+      <c r="J8" s="8">
         <v>2963979.09</v>
       </c>
-      <c r="K8" s="9">
+      <c r="K8" s="8">
         <v>4156381.56</v>
       </c>
-      <c r="L8" s="9">
+      <c r="L8" s="8">
         <v>6599842.9299999997</v>
       </c>
-      <c r="M8" s="9">
+      <c r="M8" s="8">
         <v>5343380.28</v>
       </c>
-      <c r="N8" s="6">
+      <c r="N8" s="5">
         <v>6213823.8099999996</v>
       </c>
-      <c r="O8" s="6">
+      <c r="O8" s="5">
         <v>45742736.030000001</v>
       </c>
-      <c r="U8" s="4"/>
-[...1 lines deleted...]
-      <c r="W8" s="89"/>
+      <c r="U8" s="3"/>
+      <c r="V8" s="87"/>
+      <c r="W8" s="88"/>
     </row>
     <row r="9" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A9" s="4" t="s">
+      <c r="A9" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="45">
-[...8 lines deleted...]
-      <c r="E9" s="45">
+      <c r="B9" s="44">
+        <v>0</v>
+      </c>
+      <c r="C9" s="44">
+        <v>0</v>
+      </c>
+      <c r="D9" s="44">
+        <v>0</v>
+      </c>
+      <c r="E9" s="44">
         <v>300677.61</v>
       </c>
-      <c r="F9" s="45">
+      <c r="F9" s="44">
         <v>300134.84000000003</v>
       </c>
-      <c r="G9" s="45">
+      <c r="G9" s="44">
         <v>797543.14</v>
       </c>
-      <c r="H9" s="45">
+      <c r="H9" s="44">
         <v>-148355.59</v>
       </c>
-      <c r="I9" s="9">
-[...5 lines deleted...]
-      <c r="K9" s="9">
+      <c r="I9" s="8">
+        <v>0</v>
+      </c>
+      <c r="J9" s="8">
+        <v>0</v>
+      </c>
+      <c r="K9" s="8">
         <v>-4269.05</v>
       </c>
-      <c r="L9" s="9">
-[...2 lines deleted...]
-      <c r="M9" s="9">
+      <c r="L9" s="8">
+        <v>0</v>
+      </c>
+      <c r="M9" s="8">
         <v>4269.05</v>
       </c>
-      <c r="N9" s="6">
-[...2 lines deleted...]
-      <c r="O9" s="6">
+      <c r="N9" s="5">
+        <v>0</v>
+      </c>
+      <c r="O9" s="5">
         <v>1250000</v>
       </c>
-      <c r="U9" s="4"/>
-[...1 lines deleted...]
-      <c r="W9" s="89"/>
+      <c r="U9" s="3"/>
+      <c r="V9" s="87"/>
+      <c r="W9" s="88"/>
     </row>
     <row r="10" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A10" s="4" t="s">
+      <c r="A10" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="45">
+      <c r="B10" s="44">
         <v>174009.9</v>
       </c>
-      <c r="C10" s="45">
+      <c r="C10" s="44">
         <v>10232799.42</v>
       </c>
-      <c r="D10" s="45">
+      <c r="D10" s="44">
         <v>8277148.8399999999</v>
       </c>
-      <c r="E10" s="45">
+      <c r="E10" s="44">
         <v>9221327.4800000004</v>
       </c>
-      <c r="F10" s="45">
+      <c r="F10" s="44">
         <v>9495504.6300000008</v>
       </c>
-      <c r="G10" s="45">
+      <c r="G10" s="44">
         <v>7329214.3200000003</v>
       </c>
-      <c r="H10" s="45">
+      <c r="H10" s="44">
         <v>10965899.1</v>
       </c>
-      <c r="I10" s="9">
+      <c r="I10" s="8">
         <v>7650346.3399999999</v>
       </c>
-      <c r="J10" s="9">
+      <c r="J10" s="8">
         <v>7563346.0199999996</v>
       </c>
-      <c r="K10" s="9">
+      <c r="K10" s="8">
         <v>10805917.76</v>
       </c>
-      <c r="L10" s="9">
+      <c r="L10" s="8">
         <v>10439656</v>
       </c>
-      <c r="M10" s="9">
+      <c r="M10" s="8">
         <v>9108873.6099999994</v>
       </c>
-      <c r="N10" s="6">
+      <c r="N10" s="5">
         <v>11218371.779999999</v>
       </c>
-      <c r="O10" s="6">
+      <c r="O10" s="5">
         <v>112482415.2</v>
       </c>
-      <c r="U10" s="4"/>
-[...1 lines deleted...]
-      <c r="W10" s="89"/>
+      <c r="U10" s="3"/>
+      <c r="V10" s="87"/>
+      <c r="W10" s="88"/>
     </row>
     <row r="11" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A11" s="4" t="s">
+      <c r="A11" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B11" s="45">
+      <c r="B11" s="44">
         <v>-767814.49</v>
       </c>
-      <c r="C11" s="45">
+      <c r="C11" s="44">
         <v>91071.46</v>
       </c>
-      <c r="D11" s="45">
+      <c r="D11" s="44">
         <v>14719904.529999999</v>
       </c>
-      <c r="E11" s="45">
+      <c r="E11" s="44">
         <v>1811079.87</v>
       </c>
-      <c r="F11" s="45">
+      <c r="F11" s="44">
         <v>-1991604.03</v>
       </c>
-      <c r="G11" s="45">
+      <c r="G11" s="44">
         <v>10539901.84</v>
       </c>
-      <c r="H11" s="45">
+      <c r="H11" s="44">
         <v>1018275.7</v>
       </c>
-      <c r="I11" s="9">
+      <c r="I11" s="8">
         <v>260940.28</v>
       </c>
-      <c r="J11" s="9">
+      <c r="J11" s="8">
         <v>12548078.48</v>
       </c>
-      <c r="K11" s="9">
+      <c r="K11" s="8">
         <v>23275494.149999999</v>
       </c>
-      <c r="L11" s="9">
+      <c r="L11" s="8">
         <v>1341459.6499999999</v>
       </c>
-      <c r="M11" s="9">
+      <c r="M11" s="8">
         <v>9505669.0800000001</v>
       </c>
-      <c r="N11" s="6">
-[...2 lines deleted...]
-      <c r="O11" s="6">
+      <c r="N11" s="5">
+        <v>0</v>
+      </c>
+      <c r="O11" s="5">
         <v>72352456.519999996</v>
       </c>
-      <c r="U11" s="4"/>
-[...1 lines deleted...]
-      <c r="W11" s="89"/>
+      <c r="U11" s="3"/>
+      <c r="V11" s="87"/>
+      <c r="W11" s="88"/>
     </row>
     <row r="12" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A12" s="4" t="s">
+      <c r="A12" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B12" s="45">
+      <c r="B12" s="44">
         <v>459771.7</v>
       </c>
-      <c r="C12" s="45">
+      <c r="C12" s="44">
         <v>10710801.449999999</v>
       </c>
-      <c r="D12" s="45">
+      <c r="D12" s="44">
         <v>9797830.9600000009</v>
       </c>
-      <c r="E12" s="45">
+      <c r="E12" s="44">
         <v>10259729.880000001</v>
       </c>
-      <c r="F12" s="45">
+      <c r="F12" s="44">
         <v>9877902.25</v>
       </c>
-      <c r="G12" s="45">
+      <c r="G12" s="44">
         <v>9074507.0600000005</v>
       </c>
-      <c r="H12" s="45">
+      <c r="H12" s="44">
         <v>10331946.539999999</v>
       </c>
-      <c r="I12" s="9">
+      <c r="I12" s="8">
         <v>8060014.6900000004</v>
       </c>
-      <c r="J12" s="9">
+      <c r="J12" s="8">
         <v>7896781.1299999999</v>
       </c>
-      <c r="K12" s="9">
+      <c r="K12" s="8">
         <v>9902831.9900000002</v>
       </c>
-      <c r="L12" s="9">
+      <c r="L12" s="8">
         <v>9799397.8699999992</v>
       </c>
-      <c r="M12" s="9">
+      <c r="M12" s="8">
         <v>10359105.18</v>
       </c>
-      <c r="N12" s="6">
+      <c r="N12" s="5">
         <v>10411540.24</v>
       </c>
-      <c r="O12" s="6">
+      <c r="O12" s="5">
         <v>116942160.94</v>
       </c>
-      <c r="U12" s="4"/>
-[...1 lines deleted...]
-      <c r="W12" s="89"/>
+      <c r="U12" s="3"/>
+      <c r="V12" s="87"/>
+      <c r="W12" s="88"/>
     </row>
     <row r="13" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A13" s="4" t="s">
+      <c r="A13" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B13" s="45">
+      <c r="B13" s="44">
         <v>4000</v>
       </c>
-      <c r="C13" s="45">
+      <c r="C13" s="44">
         <v>120311.56</v>
       </c>
-      <c r="D13" s="45">
+      <c r="D13" s="44">
         <v>-59418.54</v>
       </c>
-      <c r="E13" s="45">
+      <c r="E13" s="44">
         <v>30408.799999999999</v>
       </c>
-      <c r="F13" s="45">
+      <c r="F13" s="44">
         <v>63659.71</v>
       </c>
-      <c r="G13" s="45">
+      <c r="G13" s="44">
         <v>-22893.439999999999</v>
       </c>
-      <c r="H13" s="45">
+      <c r="H13" s="44">
         <v>35413.19</v>
       </c>
-      <c r="I13" s="9">
+      <c r="I13" s="8">
         <v>-31444.2</v>
       </c>
-      <c r="J13" s="9">
+      <c r="J13" s="8">
         <v>150175.54</v>
       </c>
-      <c r="K13" s="9">
+      <c r="K13" s="8">
         <v>16913.009999999998</v>
       </c>
-      <c r="L13" s="9">
+      <c r="L13" s="8">
         <v>102013.19</v>
       </c>
-      <c r="M13" s="9">
+      <c r="M13" s="8">
         <v>96799.01</v>
       </c>
-      <c r="N13" s="6">
+      <c r="N13" s="5">
         <v>-107227.64</v>
       </c>
-      <c r="O13" s="6">
+      <c r="O13" s="5">
         <v>398710.19</v>
       </c>
-      <c r="U13" s="4"/>
-[...1 lines deleted...]
-      <c r="W13" s="89"/>
+      <c r="U13" s="3"/>
+      <c r="V13" s="87"/>
+      <c r="W13" s="88"/>
     </row>
     <row r="14" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A14" s="4" t="s">
+      <c r="A14" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="45">
+      <c r="B14" s="44">
         <v>524858</v>
       </c>
-      <c r="C14" s="45">
+      <c r="C14" s="44">
         <v>929470</v>
       </c>
-      <c r="D14" s="45">
+      <c r="D14" s="44">
         <v>963331.5</v>
       </c>
-      <c r="E14" s="45">
+      <c r="E14" s="44">
         <v>1008017</v>
       </c>
-      <c r="F14" s="45">
+      <c r="F14" s="44">
         <v>988921</v>
       </c>
-      <c r="G14" s="45">
+      <c r="G14" s="44">
         <v>967451</v>
       </c>
-      <c r="H14" s="45">
+      <c r="H14" s="44">
         <v>989396</v>
       </c>
-      <c r="I14" s="9">
+      <c r="I14" s="8">
         <v>1165996</v>
       </c>
-      <c r="J14" s="9">
+      <c r="J14" s="8">
         <v>1178723</v>
       </c>
-      <c r="K14" s="9">
+      <c r="K14" s="8">
         <v>1261247</v>
       </c>
-      <c r="L14" s="9">
+      <c r="L14" s="8">
         <v>1081746</v>
       </c>
-      <c r="M14" s="9">
+      <c r="M14" s="8">
         <v>1570566</v>
       </c>
-      <c r="N14" s="6">
+      <c r="N14" s="5">
         <v>-13534</v>
       </c>
-      <c r="O14" s="6">
+      <c r="O14" s="5">
         <v>12616188.5</v>
       </c>
-      <c r="U14" s="4"/>
-[...1 lines deleted...]
-      <c r="W14" s="89"/>
+      <c r="U14" s="3"/>
+      <c r="V14" s="87"/>
+      <c r="W14" s="88"/>
     </row>
     <row r="15" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A15" s="4" t="s">
+      <c r="A15" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B15" s="45">
+      <c r="B15" s="44">
         <v>501719.58</v>
       </c>
-      <c r="C15" s="45">
+      <c r="C15" s="44">
         <v>503021.96</v>
       </c>
-      <c r="D15" s="45">
+      <c r="D15" s="44">
         <v>633377</v>
       </c>
-      <c r="E15" s="45">
+      <c r="E15" s="44">
         <v>406356.62</v>
       </c>
-      <c r="F15" s="45">
+      <c r="F15" s="44">
         <v>467971.04</v>
       </c>
-      <c r="G15" s="45">
+      <c r="G15" s="44">
         <v>453984.56</v>
       </c>
-      <c r="H15" s="45">
+      <c r="H15" s="44">
         <v>238321.24</v>
       </c>
-      <c r="I15" s="9">
+      <c r="I15" s="8">
         <v>588154.09</v>
       </c>
-      <c r="J15" s="9">
+      <c r="J15" s="8">
         <v>526974.37</v>
       </c>
-      <c r="K15" s="9">
+      <c r="K15" s="8">
         <v>675939.37</v>
       </c>
-      <c r="L15" s="9">
+      <c r="L15" s="8">
         <v>520735.76</v>
       </c>
-      <c r="M15" s="9">
+      <c r="M15" s="8">
         <v>572698.86</v>
       </c>
-      <c r="N15" s="6">
-[...2 lines deleted...]
-      <c r="O15" s="6">
+      <c r="N15" s="5">
+        <v>0</v>
+      </c>
+      <c r="O15" s="5">
         <v>6089254.4500000002</v>
       </c>
-      <c r="U15" s="4"/>
-[...1 lines deleted...]
-      <c r="W15" s="89"/>
+      <c r="U15" s="3"/>
+      <c r="V15" s="87"/>
+      <c r="W15" s="88"/>
     </row>
     <row r="16" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A16" s="4" t="s">
+      <c r="A16" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B16" s="45">
+      <c r="B16" s="44">
         <v>4928605.22</v>
       </c>
-      <c r="C16" s="45">
+      <c r="C16" s="44">
         <v>2269669.2999999998</v>
       </c>
-      <c r="D16" s="90">
+      <c r="D16" s="89">
         <v>6804606.3200000003</v>
       </c>
-      <c r="E16" s="91">
+      <c r="E16" s="90">
         <v>48370140.850000001</v>
       </c>
-      <c r="F16" s="90">
+      <c r="F16" s="89">
         <v>27140893.699999999</v>
       </c>
-      <c r="G16" s="90">
+      <c r="G16" s="89">
         <v>40922038.68</v>
       </c>
-      <c r="H16" s="90">
+      <c r="H16" s="89">
         <v>5042930.0999999996</v>
       </c>
-      <c r="I16" s="9">
+      <c r="I16" s="8">
         <v>3094098.83</v>
       </c>
-      <c r="J16" s="9">
+      <c r="J16" s="8">
         <v>9783750.5</v>
       </c>
-      <c r="K16" s="9">
+      <c r="K16" s="8">
         <v>8475330.0800000001</v>
       </c>
-      <c r="L16" s="9">
+      <c r="L16" s="8">
         <v>2608707.62</v>
       </c>
-      <c r="M16" s="9">
+      <c r="M16" s="8">
         <v>3630940.5</v>
       </c>
-      <c r="N16" s="6">
-[...2 lines deleted...]
-      <c r="O16" s="6">
+      <c r="N16" s="5">
+        <v>0</v>
+      </c>
+      <c r="O16" s="5">
         <v>163071711.69999999</v>
       </c>
-      <c r="U16" s="4"/>
-[...1 lines deleted...]
-      <c r="W16" s="89"/>
+      <c r="U16" s="3"/>
+      <c r="V16" s="87"/>
+      <c r="W16" s="88"/>
     </row>
     <row r="17" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A17" s="4" t="s">
+      <c r="A17" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B17" s="45">
-[...2 lines deleted...]
-      <c r="C17" s="45">
+      <c r="B17" s="44">
+        <v>0</v>
+      </c>
+      <c r="C17" s="44">
         <v>12613718.960000001</v>
       </c>
-      <c r="D17" s="90">
+      <c r="D17" s="89">
         <v>12538048.24</v>
       </c>
-      <c r="E17" s="91">
+      <c r="E17" s="90">
         <v>12922420.43</v>
       </c>
-      <c r="F17" s="90">
+      <c r="F17" s="89">
         <v>13651744.32</v>
       </c>
-      <c r="G17" s="90">
+      <c r="G17" s="89">
         <v>13255054.84</v>
       </c>
-      <c r="H17" s="90">
+      <c r="H17" s="89">
         <v>16655895.51</v>
       </c>
-      <c r="I17" s="9">
+      <c r="I17" s="8">
         <v>11168027.039999999</v>
       </c>
-      <c r="J17" s="9">
+      <c r="J17" s="8">
         <v>9821751.2200000007</v>
       </c>
-      <c r="K17" s="9">
+      <c r="K17" s="8">
         <v>13763942.880000001</v>
       </c>
-      <c r="L17" s="9">
+      <c r="L17" s="8">
         <v>12676462.279999999</v>
       </c>
-      <c r="M17" s="9">
+      <c r="M17" s="8">
         <v>13226616.52</v>
       </c>
-      <c r="N17" s="6">
+      <c r="N17" s="5">
         <v>14557226.949999999</v>
       </c>
-      <c r="O17" s="6">
+      <c r="O17" s="5">
         <v>156850909.19</v>
       </c>
-      <c r="U17" s="4"/>
-[...1 lines deleted...]
-      <c r="W17" s="89"/>
+      <c r="U17" s="3"/>
+      <c r="V17" s="87"/>
+      <c r="W17" s="88"/>
     </row>
     <row r="18" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A18" s="4" t="s">
+      <c r="A18" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B18" s="45">
+      <c r="B18" s="44">
         <v>4046065.35</v>
       </c>
-      <c r="C18" s="45">
+      <c r="C18" s="44">
         <v>10377514.35</v>
       </c>
-      <c r="D18" s="90">
+      <c r="D18" s="89">
         <v>8295899.7599999998</v>
       </c>
-      <c r="E18" s="91">
+      <c r="E18" s="90">
         <v>5020038.2</v>
       </c>
-      <c r="F18" s="90">
+      <c r="F18" s="89">
         <v>4532434.79</v>
       </c>
-      <c r="G18" s="90">
+      <c r="G18" s="89">
         <v>4538744.5</v>
       </c>
-      <c r="H18" s="90">
+      <c r="H18" s="89">
         <v>3800052.68</v>
       </c>
-      <c r="I18" s="9">
+      <c r="I18" s="8">
         <v>10663172.449999999</v>
       </c>
-      <c r="J18" s="9">
+      <c r="J18" s="8">
         <v>4696991.78</v>
       </c>
-      <c r="K18" s="9">
+      <c r="K18" s="8">
         <v>4048451.52</v>
       </c>
-      <c r="L18" s="9">
+      <c r="L18" s="8">
         <v>4171825.5</v>
       </c>
-      <c r="M18" s="9">
+      <c r="M18" s="8">
         <v>5455444.2199999997</v>
       </c>
-      <c r="N18" s="6">
+      <c r="N18" s="5">
         <v>10314.75</v>
       </c>
-      <c r="O18" s="6">
+      <c r="O18" s="5">
         <v>69656949.849999994</v>
       </c>
-      <c r="U18" s="4"/>
-[...1 lines deleted...]
-      <c r="W18" s="89"/>
+      <c r="U18" s="3"/>
+      <c r="V18" s="87"/>
+      <c r="W18" s="88"/>
     </row>
     <row r="19" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A19" s="4" t="s">
+      <c r="A19" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B19" s="48">
+      <c r="B19" s="47">
         <v>126599.73</v>
       </c>
-      <c r="C19" s="48">
+      <c r="C19" s="47">
         <v>499346.75</v>
       </c>
-      <c r="D19" s="92">
+      <c r="D19" s="91">
         <v>1540157</v>
       </c>
-      <c r="E19" s="92">
+      <c r="E19" s="91">
         <v>3522748.17</v>
       </c>
-      <c r="F19" s="92">
+      <c r="F19" s="91">
         <v>1825090.71</v>
       </c>
-      <c r="G19" s="92">
+      <c r="G19" s="91">
         <v>1364386.79</v>
       </c>
-      <c r="H19" s="92">
+      <c r="H19" s="91">
         <v>1754535.3</v>
       </c>
-      <c r="I19" s="93">
+      <c r="I19" s="92">
         <v>928462.94</v>
       </c>
-      <c r="J19" s="93">
+      <c r="J19" s="92">
         <v>1954603.96</v>
       </c>
-      <c r="K19" s="93">
+      <c r="K19" s="92">
         <v>1714641.97</v>
       </c>
-      <c r="L19" s="93">
+      <c r="L19" s="92">
         <v>1312589.3700000001</v>
       </c>
-      <c r="M19" s="93">
+      <c r="M19" s="92">
         <v>5388160.5800000001</v>
       </c>
-      <c r="N19" s="94">
+      <c r="N19" s="93">
         <v>166605.89000000001</v>
       </c>
-      <c r="O19" s="94">
+      <c r="O19" s="93">
         <v>22097929.16</v>
       </c>
-      <c r="U19" s="4"/>
-[...1 lines deleted...]
-      <c r="W19" s="89"/>
+      <c r="U19" s="3"/>
+      <c r="V19" s="87"/>
+      <c r="W19" s="88"/>
     </row>
     <row r="20" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A20" s="4" t="s">
+      <c r="A20" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B20" s="45">
+      <c r="B20" s="44">
         <v>-478305.1</v>
       </c>
-      <c r="C20" s="45">
+      <c r="C20" s="44">
         <v>1565641.71</v>
       </c>
-      <c r="D20" s="90">
+      <c r="D20" s="89">
         <v>342600.22</v>
       </c>
-      <c r="E20" s="91">
+      <c r="E20" s="90">
         <v>351551.2</v>
       </c>
-      <c r="F20" s="90">
+      <c r="F20" s="89">
         <v>1918291.81</v>
       </c>
-      <c r="G20" s="90">
+      <c r="G20" s="89">
         <v>373148.85</v>
       </c>
-      <c r="H20" s="90">
+      <c r="H20" s="89">
         <v>2133795.3199999998</v>
       </c>
-      <c r="I20" s="9">
+      <c r="I20" s="8">
         <v>9699.75</v>
       </c>
-      <c r="J20" s="9">
+      <c r="J20" s="8">
         <v>844235.59</v>
       </c>
-      <c r="K20" s="9">
+      <c r="K20" s="8">
         <v>1204144.95</v>
       </c>
-      <c r="L20" s="9">
+      <c r="L20" s="8">
         <v>664750.61</v>
       </c>
-      <c r="M20" s="9">
+      <c r="M20" s="8">
         <v>2249044.2400000002</v>
       </c>
-      <c r="N20" s="6">
+      <c r="N20" s="5">
         <v>19.5</v>
       </c>
-      <c r="O20" s="6">
+      <c r="O20" s="5">
         <v>11178618.65</v>
       </c>
-      <c r="U20" s="4"/>
-[...1 lines deleted...]
-      <c r="W20" s="89"/>
+      <c r="U20" s="3"/>
+      <c r="V20" s="87"/>
+      <c r="W20" s="88"/>
     </row>
     <row r="21" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A21" s="4" t="s">
+      <c r="A21" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B21" s="45">
-[...8 lines deleted...]
-      <c r="E21" s="91">
+      <c r="B21" s="44">
+        <v>0</v>
+      </c>
+      <c r="C21" s="44">
+        <v>0</v>
+      </c>
+      <c r="D21" s="90">
+        <v>0</v>
+      </c>
+      <c r="E21" s="90">
         <v>819867.5</v>
       </c>
-      <c r="F21" s="91">
-[...5 lines deleted...]
-      <c r="H21" s="45">
+      <c r="F21" s="90">
+        <v>0</v>
+      </c>
+      <c r="G21" s="44">
+        <v>0</v>
+      </c>
+      <c r="H21" s="44">
         <v>815473</v>
       </c>
-      <c r="I21" s="9">
-[...5 lines deleted...]
-      <c r="K21" s="9">
+      <c r="I21" s="8">
+        <v>0</v>
+      </c>
+      <c r="J21" s="8">
+        <v>0</v>
+      </c>
+      <c r="K21" s="8">
         <v>792888.5</v>
       </c>
-      <c r="L21" s="9">
-[...5 lines deleted...]
-      <c r="N21" s="6">
+      <c r="L21" s="8">
+        <v>0</v>
+      </c>
+      <c r="M21" s="8">
+        <v>0</v>
+      </c>
+      <c r="N21" s="5">
         <v>802425.5</v>
       </c>
-      <c r="O21" s="6">
+      <c r="O21" s="5">
         <v>3230654.5</v>
       </c>
-      <c r="U21" s="4"/>
-[...1 lines deleted...]
-      <c r="W21" s="89"/>
+      <c r="U21" s="3"/>
+      <c r="V21" s="87"/>
+      <c r="W21" s="88"/>
     </row>
     <row r="22" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A22" s="4" t="s">
+      <c r="A22" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B22" s="45">
+      <c r="B22" s="44">
         <v>282734</v>
       </c>
-      <c r="C22" s="45">
+      <c r="C22" s="44">
         <v>282734</v>
       </c>
-      <c r="D22" s="90">
+      <c r="D22" s="89">
         <v>282734</v>
       </c>
-      <c r="E22" s="91">
+      <c r="E22" s="90">
         <v>282734</v>
       </c>
-      <c r="F22" s="90">
+      <c r="F22" s="89">
         <v>282734</v>
       </c>
-      <c r="G22" s="90">
+      <c r="G22" s="89">
         <v>282734</v>
       </c>
-      <c r="H22" s="90">
+      <c r="H22" s="89">
         <v>282734</v>
       </c>
-      <c r="I22" s="9">
+      <c r="I22" s="8">
         <v>282734</v>
       </c>
-      <c r="J22" s="9">
+      <c r="J22" s="8">
         <v>282734</v>
       </c>
-      <c r="K22" s="9">
+      <c r="K22" s="8">
         <v>282734</v>
       </c>
-      <c r="L22" s="9">
+      <c r="L22" s="8">
         <v>282734</v>
       </c>
-      <c r="M22" s="9">
+      <c r="M22" s="8">
         <v>282734</v>
       </c>
-      <c r="N22" s="6">
-[...2 lines deleted...]
-      <c r="O22" s="6">
+      <c r="N22" s="5">
+        <v>0</v>
+      </c>
+      <c r="O22" s="5">
         <v>3392808</v>
       </c>
-      <c r="U22" s="4"/>
-[...1 lines deleted...]
-      <c r="W22" s="89"/>
+      <c r="U22" s="3"/>
+      <c r="V22" s="87"/>
+      <c r="W22" s="88"/>
     </row>
     <row r="23" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A23" s="4" t="s">
+      <c r="A23" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B23" s="45">
+      <c r="B23" s="44">
         <v>-0.41</v>
       </c>
-      <c r="C23" s="45">
-[...5 lines deleted...]
-      <c r="E23" s="45">
+      <c r="C23" s="44">
+        <v>0</v>
+      </c>
+      <c r="D23" s="44">
+        <v>0</v>
+      </c>
+      <c r="E23" s="44">
         <v>297751.69</v>
       </c>
-      <c r="F23" s="45">
+      <c r="F23" s="44">
         <v>743846.89</v>
       </c>
-      <c r="G23" s="45">
+      <c r="G23" s="44">
         <v>3408539.72</v>
       </c>
-      <c r="H23" s="45">
+      <c r="H23" s="44">
         <v>1900522.6</v>
       </c>
-      <c r="I23" s="9">
+      <c r="I23" s="8">
         <v>497170.66</v>
       </c>
-      <c r="J23" s="9">
+      <c r="J23" s="8">
         <v>24437.69</v>
       </c>
-      <c r="K23" s="9">
+      <c r="K23" s="8">
         <v>-746.5</v>
       </c>
-      <c r="L23" s="9">
+      <c r="L23" s="8">
         <v>105.29</v>
       </c>
-      <c r="M23" s="9">
+      <c r="M23" s="8">
         <v>7021.25</v>
       </c>
-      <c r="N23" s="6">
-[...2 lines deleted...]
-      <c r="O23" s="6">
+      <c r="N23" s="5">
+        <v>0</v>
+      </c>
+      <c r="O23" s="5">
         <v>6878648.8799999999</v>
       </c>
-      <c r="U23" s="4"/>
-[...1 lines deleted...]
-      <c r="W23" s="89"/>
+      <c r="U23" s="3"/>
+      <c r="V23" s="87"/>
+      <c r="W23" s="88"/>
     </row>
     <row r="24" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A24" s="4" t="s">
+      <c r="A24" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B24" s="45">
-[...17 lines deleted...]
-      <c r="H24" s="45">
+      <c r="B24" s="44">
+        <v>0</v>
+      </c>
+      <c r="C24" s="44">
+        <v>0</v>
+      </c>
+      <c r="D24" s="44">
+        <v>0</v>
+      </c>
+      <c r="E24" s="44">
+        <v>0</v>
+      </c>
+      <c r="F24" s="44">
+        <v>0</v>
+      </c>
+      <c r="G24" s="44">
+        <v>0</v>
+      </c>
+      <c r="H24" s="44">
         <v>8766000</v>
       </c>
-      <c r="I24" s="9">
-[...11 lines deleted...]
-      <c r="M24" s="9">
+      <c r="I24" s="8">
+        <v>0</v>
+      </c>
+      <c r="J24" s="8">
+        <v>0</v>
+      </c>
+      <c r="K24" s="8">
+        <v>0</v>
+      </c>
+      <c r="L24" s="8">
+        <v>0</v>
+      </c>
+      <c r="M24" s="8">
         <v>8909000</v>
       </c>
-      <c r="N24" s="6">
-[...2 lines deleted...]
-      <c r="O24" s="6">
+      <c r="N24" s="5">
+        <v>0</v>
+      </c>
+      <c r="O24" s="5">
         <v>17675000</v>
       </c>
-      <c r="U24" s="4"/>
-[...1 lines deleted...]
-      <c r="W24" s="89"/>
+      <c r="U24" s="3"/>
+      <c r="V24" s="87"/>
+      <c r="W24" s="88"/>
     </row>
     <row r="25" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A25" s="4" t="s">
+      <c r="A25" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B25" s="45">
-[...14 lines deleted...]
-      <c r="G25" s="45">
+      <c r="B25" s="44">
+        <v>0</v>
+      </c>
+      <c r="C25" s="44">
+        <v>0</v>
+      </c>
+      <c r="D25" s="44">
+        <v>0</v>
+      </c>
+      <c r="E25" s="44">
+        <v>0</v>
+      </c>
+      <c r="F25" s="44">
+        <v>0</v>
+      </c>
+      <c r="G25" s="44">
         <v>3541021.27</v>
       </c>
-      <c r="H25" s="45">
-[...20 lines deleted...]
-      <c r="O25" s="6">
+      <c r="H25" s="44">
+        <v>0</v>
+      </c>
+      <c r="I25" s="8">
+        <v>0</v>
+      </c>
+      <c r="J25" s="8">
+        <v>0</v>
+      </c>
+      <c r="K25" s="8">
+        <v>0</v>
+      </c>
+      <c r="L25" s="8">
+        <v>0</v>
+      </c>
+      <c r="M25" s="8">
+        <v>0</v>
+      </c>
+      <c r="N25" s="5">
+        <v>0</v>
+      </c>
+      <c r="O25" s="5">
         <v>3541021.27</v>
       </c>
-      <c r="U25" s="4"/>
-[...1 lines deleted...]
-      <c r="W25" s="89"/>
+      <c r="U25" s="3"/>
+      <c r="V25" s="87"/>
+      <c r="W25" s="88"/>
     </row>
     <row r="26" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A26" s="4" t="s">
+      <c r="A26" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B26" s="45">
-[...23 lines deleted...]
-      <c r="J26" s="9">
+      <c r="B26" s="44">
+        <v>0</v>
+      </c>
+      <c r="C26" s="44">
+        <v>0</v>
+      </c>
+      <c r="D26" s="44">
+        <v>0</v>
+      </c>
+      <c r="E26" s="44">
+        <v>0</v>
+      </c>
+      <c r="F26" s="44">
+        <v>0</v>
+      </c>
+      <c r="G26" s="44">
+        <v>0</v>
+      </c>
+      <c r="H26" s="44">
+        <v>0</v>
+      </c>
+      <c r="I26" s="8">
+        <v>0</v>
+      </c>
+      <c r="J26" s="8">
         <v>4461000</v>
       </c>
-      <c r="K26" s="9">
-[...11 lines deleted...]
-      <c r="O26" s="6">
+      <c r="K26" s="8">
+        <v>0</v>
+      </c>
+      <c r="L26" s="8">
+        <v>0</v>
+      </c>
+      <c r="M26" s="8">
+        <v>0</v>
+      </c>
+      <c r="N26" s="5">
+        <v>0</v>
+      </c>
+      <c r="O26" s="5">
         <v>4461000</v>
       </c>
-      <c r="U26" s="4"/>
-[...1 lines deleted...]
-      <c r="W26" s="89"/>
+      <c r="U26" s="3"/>
+      <c r="V26" s="87"/>
+      <c r="W26" s="88"/>
     </row>
     <row r="27" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A27" s="4" t="s">
+      <c r="A27" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B27" s="45">
+      <c r="B27" s="44">
         <v>18266</v>
       </c>
-      <c r="C27" s="45">
+      <c r="C27" s="44">
         <v>19152.830000000002</v>
       </c>
-      <c r="D27" s="45">
+      <c r="D27" s="44">
         <v>410989.77</v>
       </c>
-      <c r="E27" s="45">
+      <c r="E27" s="44">
         <v>-1975</v>
       </c>
-      <c r="F27" s="45">
+      <c r="F27" s="44">
         <v>19854.03</v>
       </c>
-      <c r="G27" s="45">
+      <c r="G27" s="44">
         <v>1390026.25</v>
       </c>
-      <c r="H27" s="45">
+      <c r="H27" s="44">
         <v>-1047026.25</v>
       </c>
-      <c r="I27" s="9">
+      <c r="I27" s="8">
         <v>59938.17</v>
       </c>
-      <c r="J27" s="9">
+      <c r="J27" s="8">
         <v>-110956</v>
       </c>
-      <c r="K27" s="9">
+      <c r="K27" s="8">
         <v>1102179</v>
       </c>
-      <c r="L27" s="9">
+      <c r="L27" s="8">
         <v>1000</v>
       </c>
-      <c r="M27" s="9">
+      <c r="M27" s="8">
         <v>587000</v>
       </c>
-      <c r="N27" s="6">
-[...2 lines deleted...]
-      <c r="O27" s="6">
+      <c r="N27" s="5">
+        <v>0</v>
+      </c>
+      <c r="O27" s="5">
         <v>2448448.7999999998</v>
       </c>
-      <c r="U27" s="4"/>
-[...1 lines deleted...]
-      <c r="W27" s="89"/>
+      <c r="U27" s="3"/>
+      <c r="V27" s="87"/>
+      <c r="W27" s="88"/>
     </row>
     <row r="28" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A28" s="4" t="s">
+      <c r="A28" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B28" s="45">
-[...2 lines deleted...]
-      <c r="C28" s="45">
+      <c r="B28" s="44">
+        <v>0</v>
+      </c>
+      <c r="C28" s="44">
         <v>3984</v>
       </c>
-      <c r="D28" s="45">
+      <c r="D28" s="44">
         <v>915377</v>
       </c>
-      <c r="E28" s="45">
+      <c r="E28" s="44">
         <v>884431</v>
       </c>
-      <c r="F28" s="45">
+      <c r="F28" s="44">
         <v>919719</v>
       </c>
-      <c r="G28" s="45">
+      <c r="G28" s="44">
         <v>23415400</v>
       </c>
-      <c r="H28" s="45">
+      <c r="H28" s="44">
         <v>1260023</v>
       </c>
-      <c r="I28" s="9">
+      <c r="I28" s="8">
         <v>922050</v>
       </c>
-      <c r="J28" s="9">
+      <c r="J28" s="8">
         <v>936819</v>
       </c>
-      <c r="K28" s="9">
+      <c r="K28" s="8">
         <v>893090</v>
       </c>
-      <c r="L28" s="9">
+      <c r="L28" s="8">
         <v>975900</v>
       </c>
-      <c r="M28" s="9">
+      <c r="M28" s="8">
         <v>770437</v>
       </c>
-      <c r="N28" s="6">
-[...2 lines deleted...]
-      <c r="O28" s="6">
+      <c r="N28" s="5">
+        <v>0</v>
+      </c>
+      <c r="O28" s="5">
         <v>31897230</v>
       </c>
-      <c r="U28" s="4"/>
-[...1 lines deleted...]
-      <c r="W28" s="89"/>
+      <c r="U28" s="3"/>
+      <c r="V28" s="87"/>
+      <c r="W28" s="88"/>
     </row>
     <row r="29" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A29" s="4" t="s">
+      <c r="A29" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B29" s="45">
-[...2 lines deleted...]
-      <c r="C29" s="45">
+      <c r="B29" s="44">
+        <v>0</v>
+      </c>
+      <c r="C29" s="44">
         <v>5465.79</v>
       </c>
-      <c r="D29" s="45">
-[...2 lines deleted...]
-      <c r="E29" s="45">
+      <c r="D29" s="44">
+        <v>0</v>
+      </c>
+      <c r="E29" s="44">
         <v>-5429.14</v>
       </c>
-      <c r="F29" s="45">
+      <c r="F29" s="44">
         <v>-72.64</v>
       </c>
-      <c r="G29" s="45">
-[...11 lines deleted...]
-      <c r="K29" s="9">
+      <c r="G29" s="44">
+        <v>0</v>
+      </c>
+      <c r="H29" s="44">
+        <v>0</v>
+      </c>
+      <c r="I29" s="8">
+        <v>0</v>
+      </c>
+      <c r="J29" s="8">
+        <v>0</v>
+      </c>
+      <c r="K29" s="8">
         <v>8.4700000000000006</v>
       </c>
-      <c r="L29" s="9">
+      <c r="L29" s="8">
         <v>2.5299999999999998</v>
       </c>
-      <c r="M29" s="9">
+      <c r="M29" s="8">
         <v>-0.18</v>
       </c>
-      <c r="N29" s="6">
-[...2 lines deleted...]
-      <c r="O29" s="6">
+      <c r="N29" s="5">
+        <v>0</v>
+      </c>
+      <c r="O29" s="5">
         <v>-25.17</v>
       </c>
-      <c r="U29" s="4"/>
-[...1 lines deleted...]
-      <c r="W29" s="89"/>
+      <c r="U29" s="3"/>
+      <c r="V29" s="87"/>
+      <c r="W29" s="88"/>
     </row>
     <row r="30" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A30" s="4" t="s">
+      <c r="A30" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B30" s="45">
+      <c r="B30" s="44">
         <v>82180.81</v>
       </c>
-      <c r="C30" s="45">
+      <c r="C30" s="44">
         <v>2719727.18</v>
       </c>
-      <c r="D30" s="45">
+      <c r="D30" s="44">
         <v>2300375.67</v>
       </c>
-      <c r="E30" s="45">
+      <c r="E30" s="44">
         <v>2592372.34</v>
       </c>
-      <c r="F30" s="45">
+      <c r="F30" s="44">
         <v>2458828.2999999998</v>
       </c>
-      <c r="G30" s="45">
+      <c r="G30" s="44">
         <v>2231211.4700000002</v>
       </c>
-      <c r="H30" s="45">
+      <c r="H30" s="44">
         <v>2257954.48</v>
       </c>
-      <c r="I30" s="9">
+      <c r="I30" s="8">
         <v>2202884.9700000002</v>
       </c>
-      <c r="J30" s="9">
+      <c r="J30" s="8">
         <v>2205403.06</v>
       </c>
-      <c r="K30" s="9">
+      <c r="K30" s="8">
         <v>2501921.96</v>
       </c>
-      <c r="L30" s="9">
+      <c r="L30" s="8">
         <v>2305852.65</v>
       </c>
-      <c r="M30" s="9">
+      <c r="M30" s="8">
         <v>2753140.14</v>
       </c>
-      <c r="N30" s="6">
+      <c r="N30" s="5">
         <v>2323981.27</v>
       </c>
-      <c r="O30" s="6">
+      <c r="O30" s="5">
         <v>28935834.300000001</v>
       </c>
-      <c r="U30" s="4"/>
-[...1 lines deleted...]
-      <c r="W30" s="89"/>
+      <c r="U30" s="3"/>
+      <c r="V30" s="87"/>
+      <c r="W30" s="88"/>
     </row>
     <row r="31" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A31" s="4" t="s">
+      <c r="A31" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B31" s="45">
+      <c r="B31" s="44">
         <v>-352101.62</v>
       </c>
-      <c r="C31" s="45">
+      <c r="C31" s="44">
         <v>9595240.2200000007</v>
       </c>
-      <c r="D31" s="45">
+      <c r="D31" s="44">
         <v>-53201.37</v>
       </c>
-      <c r="E31" s="45">
+      <c r="E31" s="44">
         <v>-528383.85</v>
       </c>
-      <c r="F31" s="45">
+      <c r="F31" s="44">
         <v>-378858.78</v>
       </c>
-      <c r="G31" s="45">
+      <c r="G31" s="44">
         <v>-909669.39</v>
       </c>
-      <c r="H31" s="45">
+      <c r="H31" s="44">
         <v>-65648.100000000006</v>
       </c>
-      <c r="I31" s="9">
+      <c r="I31" s="8">
         <v>-639367.4</v>
       </c>
-      <c r="J31" s="9">
+      <c r="J31" s="8">
         <v>-96338.38</v>
       </c>
-      <c r="K31" s="9">
+      <c r="K31" s="8">
         <v>-59483.26</v>
       </c>
-      <c r="L31" s="9">
+      <c r="L31" s="8">
         <v>-235058.86</v>
       </c>
-      <c r="M31" s="9">
+      <c r="M31" s="8">
         <v>-59508.04</v>
       </c>
-      <c r="N31" s="6">
-[...2 lines deleted...]
-      <c r="O31" s="6">
+      <c r="N31" s="5">
+        <v>0</v>
+      </c>
+      <c r="O31" s="5">
         <v>6217621.1699999999</v>
       </c>
-      <c r="U31" s="4"/>
-[...1 lines deleted...]
-      <c r="W31" s="89"/>
+      <c r="U31" s="3"/>
+      <c r="V31" s="87"/>
+      <c r="W31" s="88"/>
     </row>
     <row r="32" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A32" s="4" t="s">
+      <c r="A32" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B32" s="45">
-[...2 lines deleted...]
-      <c r="C32" s="45">
+      <c r="B32" s="44">
+        <v>0</v>
+      </c>
+      <c r="C32" s="44">
         <v>3750000</v>
       </c>
-      <c r="D32" s="45">
-[...5 lines deleted...]
-      <c r="F32" s="45">
+      <c r="D32" s="44">
+        <v>0</v>
+      </c>
+      <c r="E32" s="44">
+        <v>0</v>
+      </c>
+      <c r="F32" s="44">
         <v>3750000</v>
       </c>
-      <c r="G32" s="45">
-[...5 lines deleted...]
-      <c r="I32" s="9">
+      <c r="G32" s="44">
+        <v>0</v>
+      </c>
+      <c r="H32" s="44">
+        <v>0</v>
+      </c>
+      <c r="I32" s="8">
         <v>3750000</v>
       </c>
-      <c r="J32" s="9">
-[...5 lines deleted...]
-      <c r="L32" s="9">
+      <c r="J32" s="8">
+        <v>0</v>
+      </c>
+      <c r="K32" s="8">
+        <v>0</v>
+      </c>
+      <c r="L32" s="8">
         <v>3750000</v>
       </c>
-      <c r="M32" s="9">
-[...5 lines deleted...]
-      <c r="O32" s="6">
+      <c r="M32" s="8">
+        <v>0</v>
+      </c>
+      <c r="N32" s="5">
+        <v>0</v>
+      </c>
+      <c r="O32" s="5">
         <v>15000000</v>
       </c>
-      <c r="U32" s="4"/>
-[...1 lines deleted...]
-      <c r="W32" s="89"/>
+      <c r="U32" s="3"/>
+      <c r="V32" s="87"/>
+      <c r="W32" s="88"/>
     </row>
     <row r="33" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A33" s="4" t="s">
+      <c r="A33" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B33" s="45">
+      <c r="B33" s="44">
         <v>-400000</v>
       </c>
-      <c r="C33" s="45">
+      <c r="C33" s="44">
         <v>-1998490.66</v>
       </c>
-      <c r="D33" s="45">
+      <c r="D33" s="44">
         <v>3488920.64</v>
       </c>
-      <c r="E33" s="45">
+      <c r="E33" s="44">
         <v>-400000</v>
       </c>
-      <c r="F33" s="45">
+      <c r="F33" s="44">
         <v>-800000</v>
       </c>
-      <c r="G33" s="45">
+      <c r="G33" s="44">
         <v>3166600.56</v>
       </c>
-      <c r="H33" s="45">
+      <c r="H33" s="44">
         <v>-600000</v>
       </c>
-      <c r="I33" s="9">
+      <c r="I33" s="8">
         <v>-800000</v>
       </c>
-      <c r="J33" s="9">
+      <c r="J33" s="8">
         <v>3751360.38</v>
       </c>
-      <c r="K33" s="9">
+      <c r="K33" s="8">
         <v>-800000</v>
       </c>
-      <c r="L33" s="9">
+      <c r="L33" s="8">
         <v>-800000</v>
       </c>
-      <c r="M33" s="9">
+      <c r="M33" s="8">
         <v>3380735.97</v>
       </c>
-      <c r="N33" s="6">
+      <c r="N33" s="5">
         <v>2605938.31</v>
       </c>
-      <c r="O33" s="6">
+      <c r="O33" s="5">
         <v>9795065.1999999993</v>
       </c>
-      <c r="U33" s="4"/>
-[...1 lines deleted...]
-      <c r="W33" s="89"/>
+      <c r="U33" s="3"/>
+      <c r="V33" s="87"/>
+      <c r="W33" s="88"/>
     </row>
     <row r="34" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A34" s="4" t="s">
+      <c r="A34" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B34" s="45">
+      <c r="B34" s="44">
         <v>1941726.12</v>
       </c>
-      <c r="C34" s="95">
+      <c r="C34" s="94">
         <v>439713.76</v>
       </c>
-      <c r="D34" s="90">
+      <c r="D34" s="89">
         <v>974011.5</v>
       </c>
-      <c r="E34" s="91">
+      <c r="E34" s="90">
         <v>1201498.51</v>
       </c>
-      <c r="F34" s="90">
+      <c r="F34" s="89">
         <v>1073579.57</v>
       </c>
-      <c r="G34" s="90">
+      <c r="G34" s="89">
         <v>2224016.1800000002</v>
       </c>
-      <c r="H34" s="90">
+      <c r="H34" s="89">
         <v>1859079.63</v>
       </c>
-      <c r="I34" s="9">
+      <c r="I34" s="8">
         <v>1409557.26</v>
       </c>
-      <c r="J34" s="9">
+      <c r="J34" s="8">
         <v>1777468.97</v>
       </c>
-      <c r="K34" s="9">
+      <c r="K34" s="8">
         <v>1699454.65</v>
       </c>
-      <c r="L34" s="9">
+      <c r="L34" s="8">
         <v>-729013.35</v>
       </c>
-      <c r="M34" s="9">
+      <c r="M34" s="8">
         <v>72913387.219999999</v>
       </c>
-      <c r="N34" s="6">
+      <c r="N34" s="5">
         <v>995797.2</v>
       </c>
-      <c r="O34" s="6">
+      <c r="O34" s="5">
         <v>87780379.219999999</v>
       </c>
-      <c r="U34" s="4"/>
-[...1 lines deleted...]
-      <c r="W34" s="89"/>
+      <c r="U34" s="3"/>
+      <c r="V34" s="87"/>
+      <c r="W34" s="88"/>
     </row>
     <row r="35" spans="1:23" x14ac:dyDescent="0.35">
-      <c r="B35" s="6"/>
-[...14 lines deleted...]
-      <c r="W35" s="89"/>
+      <c r="B35" s="5"/>
+      <c r="C35" s="5"/>
+      <c r="D35" s="5"/>
+      <c r="E35" s="5"/>
+      <c r="F35" s="5"/>
+      <c r="G35" s="5"/>
+      <c r="H35" s="5"/>
+      <c r="I35" s="5"/>
+      <c r="J35" s="5"/>
+      <c r="K35" s="5"/>
+      <c r="L35" s="5"/>
+      <c r="M35" s="5"/>
+      <c r="N35" s="5"/>
+      <c r="P35" s="43"/>
+      <c r="V35" s="88"/>
+      <c r="W35" s="88"/>
     </row>
     <row r="36" spans="1:23" x14ac:dyDescent="0.35">
-      <c r="A36" s="8" t="s">
+      <c r="A36" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="B36" s="5">
+      <c r="B36" s="4">
         <v>570288369.91999996</v>
       </c>
-      <c r="C36" s="5">
+      <c r="C36" s="4">
         <v>1010490461.8299999</v>
       </c>
-      <c r="D36" s="5">
+      <c r="D36" s="4">
         <v>1295294672.0500002</v>
       </c>
-      <c r="E36" s="5">
+      <c r="E36" s="4">
         <v>996017206.55000019</v>
       </c>
-      <c r="F36" s="5">
+      <c r="F36" s="4">
         <v>993797163.17999995</v>
       </c>
-      <c r="G36" s="5">
+      <c r="G36" s="4">
         <v>1352107732.8799999</v>
       </c>
-      <c r="H36" s="5">
+      <c r="H36" s="4">
         <v>1309363988.2000003</v>
       </c>
-      <c r="I36" s="5">
+      <c r="I36" s="4">
         <v>507769327.44000006</v>
       </c>
-      <c r="J36" s="5">
+      <c r="J36" s="4">
         <v>904679976.71999979</v>
       </c>
-      <c r="K36" s="5">
+      <c r="K36" s="4">
         <v>1658252192.3400004</v>
       </c>
-      <c r="L36" s="5">
+      <c r="L36" s="4">
         <v>1128983474.6099994</v>
       </c>
-      <c r="M36" s="5">
+      <c r="M36" s="4">
         <v>1466547658.8499999</v>
       </c>
-      <c r="N36" s="43">
+      <c r="N36" s="42">
         <v>460822997.69999999</v>
       </c>
-      <c r="O36" s="6">
+      <c r="O36" s="5">
         <v>13654415324.27</v>
       </c>
     </row>
     <row r="38" spans="1:23" x14ac:dyDescent="0.35">
-      <c r="L38" s="47"/>
-      <c r="M38" s="47"/>
+      <c r="L38" s="46"/>
+      <c r="M38" s="46"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B0F87DCB-C15D-4929-91DE-244B9D91599B}">
   <sheetPr codeName="Sheet4"/>
   <dimension ref="A1:W36"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="46.28515625" bestFit="1" customWidth="1"/>
-    <col min="2" max="6" width="24.7109375" style="4" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="15" max="15" width="24.85546875" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="6" width="24.7109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="23.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="23.140625" style="8" customWidth="1"/>
+    <col min="10" max="14" width="23.140625" style="3" customWidth="1"/>
+    <col min="15" max="15" width="24.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="14.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="48.28515625" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="27.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="17.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" x14ac:dyDescent="0.35">
-      <c r="A1" s="4" t="s">
+      <c r="A1" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B1" s="4" t="s">
-        <v>211</v>
+      <c r="B1" s="3" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="3" spans="1:23" x14ac:dyDescent="0.35">
-      <c r="B3" s="4" t="s">
+      <c r="B3" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C3" s="4" t="s">
+      <c r="C3" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D3" s="4" t="s">
+      <c r="D3" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="E3" s="4" t="s">
+      <c r="E3" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="F3" s="4" t="s">
+      <c r="F3" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="H3" s="4" t="s">
+      <c r="H3" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="I3" s="4" t="s">
+      <c r="I3" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="J3" s="4" t="s">
+      <c r="J3" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="K3" s="4" t="s">
+      <c r="K3" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="L3" s="4" t="s">
+      <c r="L3" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="M3" s="4" t="s">
+      <c r="M3" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="N3" s="4" t="s">
+      <c r="N3" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="O3" s="4" t="s">
+      <c r="O3" s="3" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="4" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="9">
-[...2 lines deleted...]
-      <c r="C4" s="9">
+      <c r="B4" s="8">
+        <v>0</v>
+      </c>
+      <c r="C4" s="8">
         <v>304957238.06999999</v>
       </c>
-      <c r="D4" s="9">
+      <c r="D4" s="8">
         <v>293626663.99000001</v>
       </c>
-      <c r="E4" s="9">
+      <c r="E4" s="8">
         <v>295455291.26999998</v>
       </c>
-      <c r="F4" s="9">
+      <c r="F4" s="8">
         <v>302863752.23000002</v>
       </c>
-      <c r="G4" s="9">
+      <c r="G4" s="8">
         <v>287892625.00999999</v>
       </c>
-      <c r="H4" s="9">
+      <c r="H4" s="8">
         <v>339025853.42000002</v>
       </c>
-      <c r="I4" s="9">
+      <c r="I4" s="8">
         <v>282539067.82999998</v>
       </c>
-      <c r="J4" s="9">
+      <c r="J4" s="8">
         <v>274397917.69999999</v>
       </c>
-      <c r="K4" s="9">
+      <c r="K4" s="8">
         <v>358296535.20999998</v>
       </c>
-      <c r="L4" s="9">
+      <c r="L4" s="8">
         <v>349989169.37</v>
       </c>
-      <c r="M4" s="9">
+      <c r="M4" s="8">
         <v>355383273.38999999</v>
       </c>
-      <c r="N4" s="6">
+      <c r="N4" s="5">
         <v>381492947.31999999</v>
       </c>
-      <c r="O4" s="6">
+      <c r="O4" s="5">
         <v>3825920334.8099999</v>
       </c>
-      <c r="U4" s="4"/>
-[...1 lines deleted...]
-      <c r="W4" s="89"/>
+      <c r="U4" s="3"/>
+      <c r="V4" s="87"/>
+      <c r="W4" s="88"/>
     </row>
     <row r="5" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="9">
+      <c r="B5" s="8">
         <v>393426291.89999998</v>
       </c>
-      <c r="C5" s="9">
+      <c r="C5" s="8">
         <v>467111106.73000002</v>
       </c>
-      <c r="D5" s="9">
+      <c r="D5" s="8">
         <v>565715616.51999998</v>
       </c>
-      <c r="E5" s="9">
+      <c r="E5" s="8">
         <v>479285511.79000002</v>
       </c>
-      <c r="F5" s="9">
+      <c r="F5" s="8">
         <v>495028856.44999999</v>
       </c>
-      <c r="G5" s="9">
+      <c r="G5" s="8">
         <v>580478988.37</v>
       </c>
-      <c r="H5" s="9">
+      <c r="H5" s="8">
         <v>672969987.42999995</v>
       </c>
-      <c r="I5" s="9">
+      <c r="I5" s="8">
         <v>420752943.52999997</v>
       </c>
-      <c r="J5" s="9">
+      <c r="J5" s="8">
         <v>-217418369.66</v>
       </c>
-      <c r="K5" s="9">
+      <c r="K5" s="8">
         <v>420846150.56</v>
       </c>
-      <c r="L5" s="9">
+      <c r="L5" s="8">
         <v>557761146.00999999</v>
       </c>
-      <c r="M5" s="9">
+      <c r="M5" s="8">
         <v>585742312.90999997</v>
       </c>
-      <c r="N5" s="6">
+      <c r="N5" s="5">
         <v>-419999.96</v>
       </c>
-      <c r="O5" s="6">
+      <c r="O5" s="5">
         <v>5421280542.5799999</v>
       </c>
-      <c r="U5" s="4"/>
-[...1 lines deleted...]
-      <c r="W5" s="89"/>
+      <c r="U5" s="3"/>
+      <c r="V5" s="87"/>
+      <c r="W5" s="88"/>
     </row>
     <row r="6" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A6" s="4" t="s">
+      <c r="A6" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="9">
+      <c r="B6" s="8">
         <v>38836276.810000002</v>
       </c>
-      <c r="C6" s="9">
+      <c r="C6" s="8">
         <v>7543327.9400000004</v>
       </c>
-      <c r="D6" s="9">
+      <c r="D6" s="8">
         <v>87880023.670000002</v>
       </c>
-      <c r="E6" s="9">
+      <c r="E6" s="8">
         <v>-13716819.279999999</v>
       </c>
-      <c r="F6" s="9">
+      <c r="F6" s="8">
         <v>-47269308.469999999</v>
       </c>
-      <c r="G6" s="9">
+      <c r="G6" s="8">
         <v>101520350.06999999</v>
       </c>
-      <c r="H6" s="9">
+      <c r="H6" s="8">
         <v>12118245.199999999</v>
       </c>
-      <c r="I6" s="9">
+      <c r="I6" s="8">
         <v>7115968.2300000004</v>
       </c>
-      <c r="J6" s="9">
+      <c r="J6" s="8">
         <v>120178887.93000001</v>
       </c>
-      <c r="K6" s="9">
+      <c r="K6" s="8">
         <v>204912753.33000001</v>
       </c>
-      <c r="L6" s="9">
+      <c r="L6" s="8">
         <v>26309117.219999999</v>
       </c>
-      <c r="M6" s="9">
+      <c r="M6" s="8">
         <v>123792291.17</v>
       </c>
-      <c r="N6" s="6"/>
-      <c r="O6" s="6">
+      <c r="N6" s="5"/>
+      <c r="O6" s="5">
         <v>669221113.82000005</v>
       </c>
-      <c r="U6" s="4"/>
-[...1 lines deleted...]
-      <c r="W6" s="89"/>
+      <c r="U6" s="3"/>
+      <c r="V6" s="87"/>
+      <c r="W6" s="88"/>
     </row>
     <row r="7" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A7" s="4" t="s">
+      <c r="A7" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="9">
+      <c r="B7" s="8">
         <v>1030523</v>
       </c>
-      <c r="C7" s="9">
+      <c r="C7" s="8">
         <v>1779851.5</v>
       </c>
-      <c r="D7" s="9">
+      <c r="D7" s="8">
         <v>89967645.799999997</v>
       </c>
-      <c r="E7" s="9">
+      <c r="E7" s="8">
         <v>5454620.7999999998</v>
       </c>
-      <c r="F7" s="9">
+      <c r="F7" s="8">
         <v>1928720</v>
       </c>
-      <c r="G7" s="9">
+      <c r="G7" s="8">
         <v>55296542.270000003</v>
       </c>
-      <c r="H7" s="9">
+      <c r="H7" s="8">
         <v>1213365.76</v>
       </c>
-      <c r="I7" s="9">
+      <c r="I7" s="8">
         <v>2654306</v>
       </c>
-      <c r="J7" s="9">
+      <c r="J7" s="8">
         <v>68379723.290000007</v>
       </c>
-      <c r="K7" s="9">
+      <c r="K7" s="8">
         <v>1511059.26</v>
       </c>
-      <c r="L7" s="9">
+      <c r="L7" s="8">
         <v>1370999.75</v>
       </c>
-      <c r="M7" s="9">
+      <c r="M7" s="8">
         <v>62648127.630000003</v>
       </c>
-      <c r="N7" s="6"/>
-      <c r="O7" s="6">
+      <c r="N7" s="5"/>
+      <c r="O7" s="5">
         <v>293235485.06</v>
       </c>
-      <c r="U7" s="4"/>
-[...1 lines deleted...]
-      <c r="W7" s="89"/>
+      <c r="U7" s="3"/>
+      <c r="V7" s="87"/>
+      <c r="W7" s="88"/>
     </row>
     <row r="8" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A8" s="4" t="s">
+      <c r="A8" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="9">
-[...2 lines deleted...]
-      <c r="C8" s="9">
+      <c r="B8" s="8">
+        <v>0</v>
+      </c>
+      <c r="C8" s="8">
         <v>-3743307.34</v>
       </c>
-      <c r="D8" s="9">
+      <c r="D8" s="8">
         <v>3214318.03</v>
       </c>
-      <c r="E8" s="9">
+      <c r="E8" s="8">
         <v>2568641.4300000002</v>
       </c>
-      <c r="F8" s="9">
+      <c r="F8" s="8">
         <v>2709818.44</v>
       </c>
-      <c r="G8" s="9">
+      <c r="G8" s="8">
         <v>2460729.88</v>
       </c>
-      <c r="H8" s="9">
+      <c r="H8" s="8">
         <v>1878879.22</v>
       </c>
-      <c r="I8" s="9">
+      <c r="I8" s="8">
         <v>1904296.18</v>
       </c>
-      <c r="J8" s="9">
+      <c r="J8" s="8">
         <v>1696219.56</v>
       </c>
-      <c r="K8" s="9">
+      <c r="K8" s="8">
         <v>3013205.07</v>
       </c>
-      <c r="L8" s="9">
+      <c r="L8" s="8">
         <v>4076229.24</v>
       </c>
-      <c r="M8" s="9">
+      <c r="M8" s="8">
         <v>4328938.7699999996</v>
       </c>
-      <c r="N8" s="6">
+      <c r="N8" s="5">
         <v>5423264.25</v>
       </c>
-      <c r="O8" s="6">
+      <c r="O8" s="5">
         <v>29531232.73</v>
       </c>
-      <c r="U8" s="4"/>
-[...1 lines deleted...]
-      <c r="W8" s="89"/>
+      <c r="U8" s="3"/>
+      <c r="V8" s="87"/>
+      <c r="W8" s="88"/>
     </row>
     <row r="9" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A9" s="4" t="s">
+      <c r="A9" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="9">
-[...8 lines deleted...]
-      <c r="E9" s="9">
+      <c r="B9" s="8">
+        <v>0</v>
+      </c>
+      <c r="C9" s="8">
+        <v>0</v>
+      </c>
+      <c r="D9" s="8">
+        <v>0</v>
+      </c>
+      <c r="E9" s="8">
         <v>147123</v>
       </c>
-      <c r="F9" s="9">
+      <c r="F9" s="8">
         <v>2121741</v>
       </c>
-      <c r="G9" s="9">
+      <c r="G9" s="8">
         <v>231136</v>
       </c>
-      <c r="H9" s="9">
+      <c r="H9" s="8">
         <v>377322</v>
       </c>
-      <c r="I9" s="9">
+      <c r="I9" s="8">
         <v>-474</v>
       </c>
-      <c r="J9" s="9">
-[...8 lines deleted...]
-      <c r="M9" s="9">
+      <c r="J9" s="8">
+        <v>0</v>
+      </c>
+      <c r="K9" s="8">
+        <v>0</v>
+      </c>
+      <c r="L9" s="8">
+        <v>0</v>
+      </c>
+      <c r="M9" s="8">
         <v>302</v>
       </c>
-      <c r="N9" s="6">
-[...2 lines deleted...]
-      <c r="O9" s="6">
+      <c r="N9" s="5">
+        <v>0</v>
+      </c>
+      <c r="O9" s="5">
         <v>2877150</v>
       </c>
-      <c r="U9" s="4"/>
-[...1 lines deleted...]
-      <c r="W9" s="89"/>
+      <c r="U9" s="3"/>
+      <c r="V9" s="87"/>
+      <c r="W9" s="88"/>
     </row>
     <row r="10" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A10" s="4" t="s">
+      <c r="A10" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="9">
+      <c r="B10" s="8">
         <v>372591.57</v>
       </c>
-      <c r="C10" s="9">
+      <c r="C10" s="8">
         <v>8638473.9199999999</v>
       </c>
-      <c r="D10" s="9">
+      <c r="D10" s="8">
         <v>6525347.54</v>
       </c>
-      <c r="E10" s="9">
+      <c r="E10" s="8">
         <v>8400384.7100000009</v>
       </c>
-      <c r="F10" s="9">
+      <c r="F10" s="8">
         <v>8402142.8499999996</v>
       </c>
-      <c r="G10" s="9">
+      <c r="G10" s="8">
         <v>6551123.8600000003</v>
       </c>
-      <c r="H10" s="9">
+      <c r="H10" s="8">
         <v>8859721.5600000005</v>
       </c>
-      <c r="I10" s="9">
+      <c r="I10" s="8">
         <v>6556996.2000000002</v>
       </c>
-      <c r="J10" s="9">
+      <c r="J10" s="8">
         <v>6261955.8600000003</v>
       </c>
-      <c r="K10" s="9">
+      <c r="K10" s="8">
         <v>10463463.140000001</v>
       </c>
-      <c r="L10" s="9">
+      <c r="L10" s="8">
         <v>10430781.48</v>
       </c>
-      <c r="M10" s="9">
+      <c r="M10" s="8">
         <v>9396354.0700000003</v>
       </c>
-      <c r="N10" s="6">
+      <c r="N10" s="5">
         <v>10710297.99</v>
       </c>
-      <c r="O10" s="6">
+      <c r="O10" s="5">
         <v>101569634.75</v>
       </c>
-      <c r="U10" s="4"/>
-[...1 lines deleted...]
-      <c r="W10" s="89"/>
+      <c r="U10" s="3"/>
+      <c r="V10" s="87"/>
+      <c r="W10" s="88"/>
     </row>
     <row r="11" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A11" s="4" t="s">
+      <c r="A11" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B11" s="9">
+      <c r="B11" s="8">
         <v>2398479.4900000002</v>
       </c>
-      <c r="C11" s="9">
+      <c r="C11" s="8">
         <v>-633051.31000000006</v>
       </c>
-      <c r="D11" s="9">
+      <c r="D11" s="8">
         <v>3750212</v>
       </c>
-      <c r="E11" s="9">
+      <c r="E11" s="8">
         <v>2550768.42</v>
       </c>
-      <c r="F11" s="9">
+      <c r="F11" s="8">
         <v>-5539892.8200000003</v>
       </c>
-      <c r="G11" s="9">
+      <c r="G11" s="8">
         <v>6086428.7199999997</v>
       </c>
-      <c r="H11" s="9">
+      <c r="H11" s="8">
         <v>-969121</v>
       </c>
-      <c r="I11" s="9">
+      <c r="I11" s="8">
         <v>4643757.75</v>
       </c>
-      <c r="J11" s="9">
+      <c r="J11" s="8">
         <v>1651846.6</v>
       </c>
-      <c r="K11" s="9">
+      <c r="K11" s="8">
         <v>15061355.34</v>
       </c>
-      <c r="L11" s="9">
+      <c r="L11" s="8">
         <v>1108063.6200000001</v>
       </c>
-      <c r="M11" s="9">
+      <c r="M11" s="8">
         <v>39719578.649999999</v>
       </c>
-      <c r="N11" s="6">
-[...2 lines deleted...]
-      <c r="O11" s="6">
+      <c r="N11" s="5">
+        <v>0</v>
+      </c>
+      <c r="O11" s="5">
         <v>69828425.459999993</v>
       </c>
-      <c r="U11" s="4"/>
-[...1 lines deleted...]
-      <c r="W11" s="89"/>
+      <c r="U11" s="3"/>
+      <c r="V11" s="87"/>
+      <c r="W11" s="88"/>
     </row>
     <row r="12" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A12" s="4" t="s">
+      <c r="A12" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B12" s="9">
+      <c r="B12" s="8">
         <v>404092.34</v>
       </c>
-      <c r="C12" s="9">
+      <c r="C12" s="8">
         <v>10977046.91</v>
       </c>
-      <c r="D12" s="9">
+      <c r="D12" s="8">
         <v>9521633.3200000003</v>
       </c>
-      <c r="E12" s="9">
+      <c r="E12" s="8">
         <v>9864436.8599999994</v>
       </c>
-      <c r="F12" s="9">
+      <c r="F12" s="8">
         <v>10093837.380000001</v>
       </c>
-      <c r="G12" s="9">
+      <c r="G12" s="8">
         <v>8841596.9700000007</v>
       </c>
-      <c r="H12" s="9">
+      <c r="H12" s="8">
         <v>9859789.2899999991</v>
       </c>
-      <c r="I12" s="9">
+      <c r="I12" s="8">
         <v>7961616.7400000002</v>
       </c>
-      <c r="J12" s="9">
+      <c r="J12" s="8">
         <v>7472022.9900000002</v>
       </c>
-      <c r="K12" s="9">
+      <c r="K12" s="8">
         <v>9965965.8800000008</v>
       </c>
-      <c r="L12" s="9">
+      <c r="L12" s="8">
         <v>10810203.6</v>
       </c>
-      <c r="M12" s="9">
+      <c r="M12" s="8">
         <v>10537067.960000001</v>
       </c>
-      <c r="N12" s="6">
+      <c r="N12" s="5">
         <v>10549742.91</v>
       </c>
-      <c r="O12" s="6">
+      <c r="O12" s="5">
         <v>116859053.15000001</v>
       </c>
-      <c r="U12" s="4"/>
-[...1 lines deleted...]
-      <c r="W12" s="89"/>
+      <c r="U12" s="3"/>
+      <c r="V12" s="87"/>
+      <c r="W12" s="88"/>
     </row>
     <row r="13" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A13" s="4" t="s">
+      <c r="A13" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B13" s="9">
+      <c r="B13" s="8">
         <v>3000</v>
       </c>
-      <c r="C13" s="9">
+      <c r="C13" s="8">
         <v>128201.16</v>
       </c>
-      <c r="D13" s="9">
+      <c r="D13" s="8">
         <v>7887.07</v>
       </c>
-      <c r="E13" s="9">
+      <c r="E13" s="8">
         <v>24441.54</v>
       </c>
-      <c r="F13" s="9">
+      <c r="F13" s="8">
         <v>-99933.17</v>
       </c>
-      <c r="G13" s="9">
+      <c r="G13" s="8">
         <v>72374.05</v>
       </c>
-      <c r="H13" s="9">
+      <c r="H13" s="8">
         <v>3766.29</v>
       </c>
-      <c r="I13" s="9">
+      <c r="I13" s="8">
         <v>47218.57</v>
       </c>
-      <c r="J13" s="9">
+      <c r="J13" s="8">
         <v>88142.15</v>
       </c>
-      <c r="K13" s="9">
+      <c r="K13" s="8">
         <v>126313.95</v>
       </c>
-      <c r="L13" s="9">
+      <c r="L13" s="8">
         <v>2767.78</v>
       </c>
-      <c r="M13" s="9">
+      <c r="M13" s="8">
         <v>234133.35</v>
       </c>
-      <c r="N13" s="6">
+      <c r="N13" s="5">
         <v>-219748</v>
       </c>
-      <c r="O13" s="6">
+      <c r="O13" s="5">
         <v>418564.74</v>
       </c>
-      <c r="U13" s="4"/>
-[...1 lines deleted...]
-      <c r="W13" s="89"/>
+      <c r="U13" s="3"/>
+      <c r="V13" s="87"/>
+      <c r="W13" s="88"/>
     </row>
     <row r="14" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A14" s="4" t="s">
+      <c r="A14" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="9">
+      <c r="B14" s="8">
         <v>450711</v>
       </c>
-      <c r="C14" s="9">
+      <c r="C14" s="8">
         <v>992591</v>
       </c>
-      <c r="D14" s="9">
+      <c r="D14" s="8">
         <v>1001061</v>
       </c>
-      <c r="E14" s="9">
+      <c r="E14" s="8">
         <v>994132</v>
       </c>
-      <c r="F14" s="9">
+      <c r="F14" s="8">
         <v>830581</v>
       </c>
-      <c r="G14" s="9">
+      <c r="G14" s="8">
         <v>808838</v>
       </c>
-      <c r="H14" s="9">
+      <c r="H14" s="8">
         <v>1018360.5</v>
       </c>
-      <c r="I14" s="9">
+      <c r="I14" s="8">
         <v>1112686.75</v>
       </c>
-      <c r="J14" s="9">
+      <c r="J14" s="8">
         <v>1095831</v>
       </c>
-      <c r="K14" s="9">
+      <c r="K14" s="8">
         <v>1359123</v>
       </c>
-      <c r="L14" s="9">
+      <c r="L14" s="8">
         <v>1295540</v>
       </c>
-      <c r="M14" s="9">
+      <c r="M14" s="8">
         <v>1804149</v>
       </c>
-      <c r="N14" s="6">
-[...2 lines deleted...]
-      <c r="O14" s="6">
+      <c r="N14" s="5">
+        <v>0</v>
+      </c>
+      <c r="O14" s="5">
         <v>12763604.25</v>
       </c>
-      <c r="U14" s="4"/>
-[...1 lines deleted...]
-      <c r="W14" s="89"/>
+      <c r="U14" s="3"/>
+      <c r="V14" s="87"/>
+      <c r="W14" s="88"/>
     </row>
     <row r="15" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A15" s="4" t="s">
+      <c r="A15" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B15" s="9">
+      <c r="B15" s="8">
         <v>617990</v>
       </c>
-      <c r="C15" s="9">
+      <c r="C15" s="8">
         <v>238304</v>
       </c>
-      <c r="D15" s="9">
+      <c r="D15" s="8">
         <v>470716</v>
       </c>
-      <c r="E15" s="9">
+      <c r="E15" s="8">
         <v>299208</v>
       </c>
-      <c r="F15" s="9">
+      <c r="F15" s="8">
         <v>388186</v>
       </c>
-      <c r="G15" s="9">
+      <c r="G15" s="8">
         <v>515283</v>
       </c>
-      <c r="H15" s="9">
+      <c r="H15" s="8">
         <v>445472</v>
       </c>
-      <c r="I15" s="9">
+      <c r="I15" s="8">
         <v>315629</v>
       </c>
-      <c r="J15" s="9">
+      <c r="J15" s="8">
         <v>329590</v>
       </c>
-      <c r="K15" s="9">
+      <c r="K15" s="8">
         <v>427998</v>
       </c>
-      <c r="L15" s="9">
+      <c r="L15" s="8">
         <v>756984</v>
       </c>
-      <c r="M15" s="9">
+      <c r="M15" s="8">
         <v>560994</v>
       </c>
-      <c r="N15" s="6">
-[...2 lines deleted...]
-      <c r="O15" s="6">
+      <c r="N15" s="5">
+        <v>0</v>
+      </c>
+      <c r="O15" s="5">
         <v>5366354</v>
       </c>
-      <c r="U15" s="4"/>
-[...1 lines deleted...]
-      <c r="W15" s="89"/>
+      <c r="U15" s="3"/>
+      <c r="V15" s="87"/>
+      <c r="W15" s="88"/>
     </row>
     <row r="16" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A16" s="4" t="s">
+      <c r="A16" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B16" s="9">
+      <c r="B16" s="8">
         <v>3586622.24</v>
       </c>
-      <c r="C16" s="9">
+      <c r="C16" s="8">
         <v>5045041.26</v>
       </c>
-      <c r="D16" s="9">
+      <c r="D16" s="8">
         <v>6498054.6299999999</v>
       </c>
-      <c r="E16" s="9">
+      <c r="E16" s="8">
         <v>42629785.32</v>
       </c>
-      <c r="F16" s="9">
+      <c r="F16" s="8">
         <v>39955916.310000002</v>
       </c>
-      <c r="G16" s="9">
+      <c r="G16" s="8">
         <v>8287178.0800000001</v>
       </c>
-      <c r="H16" s="9">
+      <c r="H16" s="8">
         <v>16735700.35</v>
       </c>
-      <c r="I16" s="9">
+      <c r="I16" s="8">
         <v>3697550.46</v>
       </c>
-      <c r="J16" s="9">
+      <c r="J16" s="8">
         <v>7957644.0999999996</v>
       </c>
-      <c r="K16" s="9">
+      <c r="K16" s="8">
         <v>7196212.0300000003</v>
       </c>
-      <c r="L16" s="9">
+      <c r="L16" s="8">
         <v>2905799.86</v>
       </c>
-      <c r="M16" s="9">
+      <c r="M16" s="8">
         <v>3641367.96</v>
       </c>
-      <c r="N16" s="6">
-[...2 lines deleted...]
-      <c r="O16" s="6">
+      <c r="N16" s="5">
+        <v>0</v>
+      </c>
+      <c r="O16" s="5">
         <v>148136872.59999999</v>
       </c>
-      <c r="U16" s="4"/>
-[...1 lines deleted...]
-      <c r="W16" s="89"/>
+      <c r="U16" s="3"/>
+      <c r="V16" s="87"/>
+      <c r="W16" s="88"/>
     </row>
     <row r="17" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A17" s="4" t="s">
+      <c r="A17" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B17" s="9">
-[...2 lines deleted...]
-      <c r="C17" s="9">
+      <c r="B17" s="8">
+        <v>0</v>
+      </c>
+      <c r="C17" s="8">
         <v>8454888.2400000002</v>
       </c>
-      <c r="D17" s="9">
+      <c r="D17" s="8">
         <v>8956732.8399999999</v>
       </c>
-      <c r="E17" s="9">
+      <c r="E17" s="8">
         <v>9472694.2300000004</v>
       </c>
-      <c r="F17" s="9">
+      <c r="F17" s="8">
         <v>9618443.1999999993</v>
       </c>
-      <c r="G17" s="9">
+      <c r="G17" s="8">
         <v>8779001.2699999996</v>
       </c>
-      <c r="H17" s="9">
+      <c r="H17" s="8">
         <v>10868463.35</v>
       </c>
-      <c r="I17" s="9">
+      <c r="I17" s="8">
         <v>8460667.5</v>
       </c>
-      <c r="J17" s="9">
+      <c r="J17" s="8">
         <v>7093206.8600000003</v>
       </c>
-      <c r="K17" s="9">
+      <c r="K17" s="8">
         <v>11046288.51</v>
       </c>
-      <c r="L17" s="9">
+      <c r="L17" s="8">
         <v>9955351.3599999994</v>
       </c>
-      <c r="M17" s="9">
+      <c r="M17" s="8">
         <v>12061013.9</v>
       </c>
-      <c r="N17" s="6">
+      <c r="N17" s="5">
         <v>14136173.220000001</v>
       </c>
-      <c r="O17" s="6">
+      <c r="O17" s="5">
         <v>118902924.48</v>
       </c>
-      <c r="U17" s="4"/>
-[...1 lines deleted...]
-      <c r="W17" s="89"/>
+      <c r="U17" s="3"/>
+      <c r="V17" s="87"/>
+      <c r="W17" s="88"/>
     </row>
     <row r="18" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A18" s="4" t="s">
+      <c r="A18" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B18" s="9">
+      <c r="B18" s="8">
         <v>3616231.83</v>
       </c>
-      <c r="C18" s="9">
+      <c r="C18" s="8">
         <v>7865335.9199999999</v>
       </c>
-      <c r="D18" s="9">
+      <c r="D18" s="8">
         <v>5466085.9900000002</v>
       </c>
-      <c r="E18" s="9">
+      <c r="E18" s="8">
         <v>5511363.6500000004</v>
       </c>
-      <c r="F18" s="9">
+      <c r="F18" s="8">
         <v>4097860.12</v>
       </c>
-      <c r="G18" s="9">
+      <c r="G18" s="8">
         <v>6351881.8799999999</v>
       </c>
-      <c r="H18" s="9">
+      <c r="H18" s="8">
         <v>3199342.26</v>
       </c>
-      <c r="I18" s="9">
+      <c r="I18" s="8">
         <v>5953971.0199999996</v>
       </c>
-      <c r="J18" s="9">
+      <c r="J18" s="8">
         <v>11959929.51</v>
       </c>
-      <c r="K18" s="9">
+      <c r="K18" s="8">
         <v>5558028.6500000004</v>
       </c>
-      <c r="L18" s="9">
+      <c r="L18" s="8">
         <v>4596911.75</v>
       </c>
-      <c r="M18" s="9">
+      <c r="M18" s="8">
         <v>8434258.6400000006</v>
       </c>
-      <c r="N18" s="6">
+      <c r="N18" s="5">
         <v>12388.97</v>
       </c>
-      <c r="O18" s="6">
+      <c r="O18" s="5">
         <v>72623590.189999998</v>
       </c>
-      <c r="U18" s="4"/>
-[...1 lines deleted...]
-      <c r="W18" s="89"/>
+      <c r="U18" s="3"/>
+      <c r="V18" s="87"/>
+      <c r="W18" s="88"/>
     </row>
     <row r="19" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A19" s="4" t="s">
+      <c r="A19" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B19" s="9">
+      <c r="B19" s="8">
         <v>53713.31</v>
       </c>
-      <c r="C19" s="9">
+      <c r="C19" s="8">
         <v>271254.59999999998</v>
       </c>
-      <c r="D19" s="9">
+      <c r="D19" s="8">
         <v>938010.84</v>
       </c>
-      <c r="E19" s="9">
+      <c r="E19" s="8">
         <v>2702475.6</v>
       </c>
-      <c r="F19" s="9">
+      <c r="F19" s="8">
         <v>529909.39</v>
       </c>
-      <c r="G19" s="9">
+      <c r="G19" s="8">
         <v>1167970.82</v>
       </c>
-      <c r="H19" s="9">
+      <c r="H19" s="8">
         <v>1719646.97</v>
       </c>
-      <c r="I19" s="9">
+      <c r="I19" s="8">
         <v>884546.19</v>
       </c>
-      <c r="J19" s="9">
+      <c r="J19" s="8">
         <v>1376030.95</v>
       </c>
-      <c r="K19" s="9">
+      <c r="K19" s="8">
         <v>3490946.82</v>
       </c>
-      <c r="L19" s="9">
+      <c r="L19" s="8">
         <v>3033028.35</v>
       </c>
-      <c r="M19" s="9">
+      <c r="M19" s="8">
         <v>5864946.6900000004</v>
       </c>
-      <c r="N19" s="6">
+      <c r="N19" s="5">
         <v>1237382.17</v>
       </c>
-      <c r="O19" s="6">
+      <c r="O19" s="5">
         <v>23269862.699999999</v>
       </c>
-      <c r="U19" s="4"/>
-[...1 lines deleted...]
-      <c r="W19" s="89"/>
+      <c r="U19" s="3"/>
+      <c r="V19" s="87"/>
+      <c r="W19" s="88"/>
     </row>
     <row r="20" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A20" s="4" t="s">
+      <c r="A20" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B20" s="9">
+      <c r="B20" s="8">
         <v>-1108191.0900000001</v>
       </c>
-      <c r="C20" s="9">
+      <c r="C20" s="8">
         <v>1120475.75</v>
       </c>
-      <c r="D20" s="9">
+      <c r="D20" s="8">
         <v>1721669.08</v>
       </c>
-      <c r="E20" s="9">
+      <c r="E20" s="8">
         <v>1042227.16</v>
       </c>
-      <c r="F20" s="9">
+      <c r="F20" s="8">
         <v>903213.69</v>
       </c>
-      <c r="G20" s="9">
+      <c r="G20" s="8">
         <v>1168751.19</v>
       </c>
-      <c r="H20" s="9">
+      <c r="H20" s="8">
         <v>920113.98</v>
       </c>
-      <c r="I20" s="9">
+      <c r="I20" s="8">
         <v>422379.71</v>
       </c>
-      <c r="J20" s="9">
+      <c r="J20" s="8">
         <v>891040.87</v>
       </c>
-      <c r="K20" s="9">
+      <c r="K20" s="8">
         <v>1119086.76</v>
       </c>
-      <c r="L20" s="9">
+      <c r="L20" s="8">
         <v>1107538.45</v>
       </c>
-      <c r="M20" s="9">
+      <c r="M20" s="8">
         <v>2819302.95</v>
       </c>
-      <c r="N20" s="6">
+      <c r="N20" s="5">
         <v>550</v>
       </c>
-      <c r="O20" s="6">
+      <c r="O20" s="5">
         <v>12128158.5</v>
       </c>
-      <c r="U20" s="4"/>
-[...1 lines deleted...]
-      <c r="W20" s="89"/>
+      <c r="U20" s="3"/>
+      <c r="V20" s="87"/>
+      <c r="W20" s="88"/>
     </row>
     <row r="21" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A21" s="4" t="s">
+      <c r="A21" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B21" s="9">
-[...8 lines deleted...]
-      <c r="E21" s="9">
+      <c r="B21" s="8">
+        <v>0</v>
+      </c>
+      <c r="C21" s="8">
+        <v>0</v>
+      </c>
+      <c r="D21" s="8">
+        <v>0</v>
+      </c>
+      <c r="E21" s="8">
         <v>857556.5</v>
       </c>
-      <c r="F21" s="9">
-[...5 lines deleted...]
-      <c r="H21" s="9">
+      <c r="F21" s="8">
+        <v>0</v>
+      </c>
+      <c r="G21" s="8">
+        <v>0</v>
+      </c>
+      <c r="H21" s="8">
         <v>854947</v>
       </c>
-      <c r="I21" s="9">
-[...5 lines deleted...]
-      <c r="K21" s="9">
+      <c r="I21" s="8">
+        <v>0</v>
+      </c>
+      <c r="J21" s="8">
+        <v>0</v>
+      </c>
+      <c r="K21" s="8">
         <v>820743</v>
       </c>
-      <c r="L21" s="9">
-[...2 lines deleted...]
-      <c r="M21" s="9">
+      <c r="L21" s="8">
+        <v>0</v>
+      </c>
+      <c r="M21" s="8">
         <v>822494</v>
       </c>
-      <c r="N21" s="6"/>
-      <c r="O21" s="6">
+      <c r="N21" s="5"/>
+      <c r="O21" s="5">
         <v>3355740.5</v>
       </c>
-      <c r="U21" s="4"/>
-[...1 lines deleted...]
-      <c r="W21" s="89"/>
+      <c r="U21" s="3"/>
+      <c r="V21" s="87"/>
+      <c r="W21" s="88"/>
     </row>
     <row r="22" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A22" s="4" t="s">
+      <c r="A22" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B22" s="9">
+      <c r="B22" s="8">
         <v>282734</v>
       </c>
-      <c r="C22" s="9">
+      <c r="C22" s="8">
         <v>282734</v>
       </c>
-      <c r="D22" s="9">
+      <c r="D22" s="8">
         <v>282734</v>
       </c>
-      <c r="E22" s="9">
+      <c r="E22" s="8">
         <v>282734</v>
       </c>
-      <c r="F22" s="9">
+      <c r="F22" s="8">
         <v>282734</v>
       </c>
-      <c r="G22" s="9">
+      <c r="G22" s="8">
         <v>282734</v>
       </c>
-      <c r="H22" s="9">
+      <c r="H22" s="8">
         <v>282734</v>
       </c>
-      <c r="I22" s="9">
+      <c r="I22" s="8">
         <v>282734</v>
       </c>
-      <c r="J22" s="9">
+      <c r="J22" s="8">
         <v>282734</v>
       </c>
-      <c r="K22" s="9">
+      <c r="K22" s="8">
         <v>282734</v>
       </c>
-      <c r="L22" s="9">
+      <c r="L22" s="8">
         <v>282734</v>
       </c>
-      <c r="M22" s="9">
+      <c r="M22" s="8">
         <v>282734</v>
       </c>
-      <c r="N22" s="6">
-[...2 lines deleted...]
-      <c r="O22" s="6">
+      <c r="N22" s="5">
+        <v>0</v>
+      </c>
+      <c r="O22" s="5">
         <v>3392808</v>
       </c>
-      <c r="U22" s="4"/>
-[...1 lines deleted...]
-      <c r="W22" s="89"/>
+      <c r="U22" s="3"/>
+      <c r="V22" s="87"/>
+      <c r="W22" s="88"/>
     </row>
     <row r="23" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A23" s="4" t="s">
+      <c r="A23" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B23" s="9">
+      <c r="B23" s="8">
         <v>6.85</v>
       </c>
-      <c r="C23" s="9">
+      <c r="C23" s="8">
         <v>292.85000000000002</v>
       </c>
-      <c r="D23" s="9">
-[...2 lines deleted...]
-      <c r="E23" s="9">
+      <c r="D23" s="8">
+        <v>0</v>
+      </c>
+      <c r="E23" s="8">
         <v>745427.18</v>
       </c>
-      <c r="F23" s="9">
+      <c r="F23" s="8">
         <v>1375303.03</v>
       </c>
-      <c r="G23" s="9">
+      <c r="G23" s="8">
         <v>4014367.83</v>
       </c>
-      <c r="H23" s="9">
+      <c r="H23" s="8">
         <v>470282.48</v>
       </c>
-      <c r="I23" s="9">
+      <c r="I23" s="8">
         <v>76859.520000000004</v>
       </c>
-      <c r="J23" s="9">
+      <c r="J23" s="8">
         <v>-9442.66</v>
       </c>
-      <c r="K23" s="9">
-[...5 lines deleted...]
-      <c r="M23" s="9">
+      <c r="K23" s="8">
+        <v>0</v>
+      </c>
+      <c r="L23" s="8">
+        <v>0</v>
+      </c>
+      <c r="M23" s="8">
         <v>18.98</v>
       </c>
-      <c r="N23" s="6">
-[...2 lines deleted...]
-      <c r="O23" s="6">
+      <c r="N23" s="5">
+        <v>0</v>
+      </c>
+      <c r="O23" s="5">
         <v>6673116.0599999996</v>
       </c>
-      <c r="U23" s="4"/>
-[...1 lines deleted...]
-      <c r="W23" s="89"/>
+      <c r="U23" s="3"/>
+      <c r="V23" s="87"/>
+      <c r="W23" s="88"/>
     </row>
     <row r="24" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A24" s="4" t="s">
+      <c r="A24" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B24" s="9">
-[...17 lines deleted...]
-      <c r="H24" s="9">
+      <c r="B24" s="8">
+        <v>0</v>
+      </c>
+      <c r="C24" s="8">
+        <v>0</v>
+      </c>
+      <c r="D24" s="8">
+        <v>0</v>
+      </c>
+      <c r="E24" s="8">
+        <v>0</v>
+      </c>
+      <c r="F24" s="8">
+        <v>0</v>
+      </c>
+      <c r="G24" s="8">
+        <v>0</v>
+      </c>
+      <c r="H24" s="8">
         <v>8984000</v>
       </c>
-      <c r="I24" s="9">
-[...11 lines deleted...]
-      <c r="M24" s="9">
+      <c r="I24" s="8">
+        <v>0</v>
+      </c>
+      <c r="J24" s="8">
+        <v>0</v>
+      </c>
+      <c r="K24" s="8">
+        <v>0</v>
+      </c>
+      <c r="L24" s="8">
+        <v>0</v>
+      </c>
+      <c r="M24" s="8">
         <v>8151000</v>
       </c>
-      <c r="N24" s="6">
-[...2 lines deleted...]
-      <c r="O24" s="6">
+      <c r="N24" s="5">
+        <v>0</v>
+      </c>
+      <c r="O24" s="5">
         <v>17135000</v>
       </c>
-      <c r="U24" s="4"/>
-[...1 lines deleted...]
-      <c r="W24" s="89"/>
+      <c r="U24" s="3"/>
+      <c r="V24" s="87"/>
+      <c r="W24" s="88"/>
     </row>
     <row r="25" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A25" s="4" t="s">
+      <c r="A25" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B25" s="9">
-[...8 lines deleted...]
-      <c r="E25" s="9">
+      <c r="B25" s="8">
+        <v>0</v>
+      </c>
+      <c r="C25" s="8">
+        <v>0</v>
+      </c>
+      <c r="D25" s="8">
+        <v>0</v>
+      </c>
+      <c r="E25" s="8">
         <v>3088613</v>
       </c>
-      <c r="F25" s="9">
-[...26 lines deleted...]
-      <c r="O25" s="6">
+      <c r="F25" s="8">
+        <v>0</v>
+      </c>
+      <c r="G25" s="8">
+        <v>0</v>
+      </c>
+      <c r="H25" s="8">
+        <v>0</v>
+      </c>
+      <c r="I25" s="8">
+        <v>0</v>
+      </c>
+      <c r="J25" s="8">
+        <v>0</v>
+      </c>
+      <c r="K25" s="8">
+        <v>0</v>
+      </c>
+      <c r="L25" s="8">
+        <v>0</v>
+      </c>
+      <c r="M25" s="8">
+        <v>0</v>
+      </c>
+      <c r="N25" s="5">
+        <v>0</v>
+      </c>
+      <c r="O25" s="5">
         <v>3088613</v>
       </c>
-      <c r="U25" s="4"/>
-[...1 lines deleted...]
-      <c r="W25" s="89"/>
+      <c r="U25" s="3"/>
+      <c r="V25" s="87"/>
+      <c r="W25" s="88"/>
     </row>
     <row r="26" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A26" s="4" t="s">
+      <c r="A26" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B26" s="9">
-[...23 lines deleted...]
-      <c r="J26" s="9">
+      <c r="B26" s="8">
+        <v>0</v>
+      </c>
+      <c r="C26" s="8">
+        <v>0</v>
+      </c>
+      <c r="D26" s="8">
+        <v>0</v>
+      </c>
+      <c r="E26" s="8">
+        <v>0</v>
+      </c>
+      <c r="F26" s="8">
+        <v>0</v>
+      </c>
+      <c r="G26" s="8">
+        <v>0</v>
+      </c>
+      <c r="H26" s="8">
+        <v>0</v>
+      </c>
+      <c r="I26" s="8">
+        <v>0</v>
+      </c>
+      <c r="J26" s="8">
         <v>4461000</v>
       </c>
-      <c r="K26" s="9">
-[...11 lines deleted...]
-      <c r="O26" s="6">
+      <c r="K26" s="8">
+        <v>0</v>
+      </c>
+      <c r="L26" s="8">
+        <v>0</v>
+      </c>
+      <c r="M26" s="8">
+        <v>0</v>
+      </c>
+      <c r="N26" s="5">
+        <v>0</v>
+      </c>
+      <c r="O26" s="5">
         <v>4461000</v>
       </c>
-      <c r="U26" s="4"/>
-[...1 lines deleted...]
-      <c r="W26" s="89"/>
+      <c r="U26" s="3"/>
+      <c r="V26" s="87"/>
+      <c r="W26" s="88"/>
     </row>
     <row r="27" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A27" s="4" t="s">
+      <c r="A27" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B27" s="9">
+      <c r="B27" s="8">
         <v>140806</v>
       </c>
-      <c r="C27" s="9">
+      <c r="C27" s="8">
         <v>12762</v>
       </c>
-      <c r="D27" s="9">
+      <c r="D27" s="8">
         <v>1348401</v>
       </c>
-      <c r="E27" s="9">
+      <c r="E27" s="8">
         <v>-866533</v>
       </c>
-      <c r="F27" s="9">
+      <c r="F27" s="8">
         <v>-184340</v>
       </c>
-      <c r="G27" s="9">
+      <c r="G27" s="8">
         <v>455107</v>
       </c>
-      <c r="H27" s="9">
-[...5 lines deleted...]
-      <c r="J27" s="9">
+      <c r="H27" s="8">
+        <v>0</v>
+      </c>
+      <c r="I27" s="8">
+        <v>0</v>
+      </c>
+      <c r="J27" s="8">
         <v>978032</v>
       </c>
-      <c r="K27" s="9">
+      <c r="K27" s="8">
         <v>1920422</v>
       </c>
-      <c r="L27" s="9">
+      <c r="L27" s="8">
         <v>-2383110</v>
       </c>
-      <c r="M27" s="9">
+      <c r="M27" s="8">
         <v>-274100</v>
       </c>
-      <c r="N27" s="6">
-[...2 lines deleted...]
-      <c r="O27" s="6">
+      <c r="N27" s="5">
+        <v>0</v>
+      </c>
+      <c r="O27" s="5">
         <v>1147447</v>
       </c>
-      <c r="U27" s="4"/>
-[...1 lines deleted...]
-      <c r="W27" s="89"/>
+      <c r="U27" s="3"/>
+      <c r="V27" s="87"/>
+      <c r="W27" s="88"/>
     </row>
     <row r="28" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A28" s="4" t="s">
+      <c r="A28" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B28" s="9">
+      <c r="B28" s="8">
         <v>10874</v>
       </c>
-      <c r="C28" s="9">
+      <c r="C28" s="8">
         <v>10990</v>
       </c>
-      <c r="D28" s="9">
+      <c r="D28" s="8">
         <v>638078</v>
       </c>
-      <c r="E28" s="9">
+      <c r="E28" s="8">
         <v>827241</v>
       </c>
-      <c r="F28" s="9">
+      <c r="F28" s="8">
         <v>725831</v>
       </c>
-      <c r="G28" s="9">
+      <c r="G28" s="8">
         <v>21949650</v>
       </c>
-      <c r="H28" s="9">
+      <c r="H28" s="8">
         <v>983166</v>
       </c>
-      <c r="I28" s="9">
+      <c r="I28" s="8">
         <v>769780</v>
       </c>
-      <c r="J28" s="9">
+      <c r="J28" s="8">
         <v>1024151</v>
       </c>
-      <c r="K28" s="9">
+      <c r="K28" s="8">
         <v>839979</v>
       </c>
-      <c r="L28" s="9">
+      <c r="L28" s="8">
         <v>735068</v>
       </c>
-      <c r="M28" s="9">
+      <c r="M28" s="8">
         <v>674066</v>
       </c>
-      <c r="N28" s="6">
-[...2 lines deleted...]
-      <c r="O28" s="6">
+      <c r="N28" s="5">
+        <v>0</v>
+      </c>
+      <c r="O28" s="5">
         <v>29188874</v>
       </c>
-      <c r="U28" s="4"/>
-[...1 lines deleted...]
-      <c r="W28" s="89"/>
+      <c r="U28" s="3"/>
+      <c r="V28" s="87"/>
+      <c r="W28" s="88"/>
     </row>
     <row r="29" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A29" s="4" t="s">
+      <c r="A29" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B29" s="9">
+      <c r="B29" s="8">
         <v>3893.88</v>
       </c>
-      <c r="C29" s="9">
+      <c r="C29" s="8">
         <v>5952.43</v>
       </c>
-      <c r="D29" s="9">
+      <c r="D29" s="8">
         <v>82.84</v>
       </c>
-      <c r="E29" s="9">
+      <c r="E29" s="8">
         <v>5088.37</v>
       </c>
-      <c r="F29" s="9">
+      <c r="F29" s="8">
         <v>-10591.95</v>
       </c>
-      <c r="G29" s="9">
+      <c r="G29" s="8">
         <v>-4273.3</v>
       </c>
-      <c r="H29" s="9"/>
-      <c r="I29" s="9">
+      <c r="H29" s="8"/>
+      <c r="I29" s="8">
         <v>-1000</v>
       </c>
-      <c r="J29" s="9"/>
-      <c r="K29" s="9">
+      <c r="J29" s="8"/>
+      <c r="K29" s="8">
         <v>16.57</v>
       </c>
-      <c r="L29" s="9">
+      <c r="L29" s="8">
         <v>-16.57</v>
       </c>
-      <c r="M29" s="9">
+      <c r="M29" s="8">
         <v>-0.34</v>
       </c>
-      <c r="N29" s="6">
-[...2 lines deleted...]
-      <c r="O29" s="6">
+      <c r="N29" s="5">
+        <v>0</v>
+      </c>
+      <c r="O29" s="5">
         <v>-848.07</v>
       </c>
-      <c r="U29" s="4"/>
-[...1 lines deleted...]
-      <c r="W29" s="89"/>
+      <c r="U29" s="3"/>
+      <c r="V29" s="87"/>
+      <c r="W29" s="88"/>
     </row>
     <row r="30" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A30" s="4" t="s">
+      <c r="A30" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B30" s="9">
+      <c r="B30" s="8">
         <v>12389.9</v>
       </c>
-      <c r="C30" s="9">
+      <c r="C30" s="8">
         <v>2365960.65</v>
       </c>
-      <c r="D30" s="9">
+      <c r="D30" s="8">
         <v>2208490.2999999998</v>
       </c>
-      <c r="E30" s="9">
+      <c r="E30" s="8">
         <v>2570369.98</v>
       </c>
-      <c r="F30" s="9">
+      <c r="F30" s="8">
         <v>2219571.38</v>
       </c>
-      <c r="G30" s="9">
+      <c r="G30" s="8">
         <v>2851822.36</v>
       </c>
-      <c r="H30" s="9">
+      <c r="H30" s="8">
         <v>2160202.54</v>
       </c>
-      <c r="I30" s="9">
+      <c r="I30" s="8">
         <v>2162395.4</v>
       </c>
-      <c r="J30" s="9">
+      <c r="J30" s="8">
         <v>1981952.29</v>
       </c>
-      <c r="K30" s="9">
+      <c r="K30" s="8">
         <v>2765336.66</v>
       </c>
-      <c r="L30" s="9">
+      <c r="L30" s="8">
         <v>2428616</v>
       </c>
-      <c r="M30" s="9">
+      <c r="M30" s="8">
         <v>2574755.17</v>
       </c>
-      <c r="N30" s="6">
+      <c r="N30" s="5">
         <v>2484274.2799999998</v>
       </c>
-      <c r="O30" s="6">
+      <c r="O30" s="5">
         <v>28786136.91</v>
       </c>
-      <c r="U30" s="4"/>
-[...1 lines deleted...]
-      <c r="W30" s="89"/>
+      <c r="U30" s="3"/>
+      <c r="V30" s="87"/>
+      <c r="W30" s="88"/>
     </row>
     <row r="31" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A31" s="4" t="s">
+      <c r="A31" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B31" s="9">
+      <c r="B31" s="8">
         <v>-24245</v>
       </c>
-      <c r="C31" s="9">
+      <c r="C31" s="8">
         <v>5048675</v>
       </c>
-      <c r="D31" s="9">
+      <c r="D31" s="8">
         <v>-231205</v>
       </c>
-      <c r="E31" s="9">
+      <c r="E31" s="8">
         <v>-38505</v>
       </c>
-      <c r="F31" s="9">
+      <c r="F31" s="8">
         <v>-42723</v>
       </c>
-      <c r="G31" s="9">
+      <c r="G31" s="8">
         <v>-416569</v>
       </c>
-      <c r="H31" s="9">
+      <c r="H31" s="8">
         <v>-55279</v>
       </c>
-      <c r="I31" s="9">
+      <c r="I31" s="8">
         <v>-32163</v>
       </c>
-      <c r="J31" s="9">
+      <c r="J31" s="8">
         <v>-914299</v>
       </c>
-      <c r="K31" s="9">
+      <c r="K31" s="8">
         <v>-76454</v>
       </c>
-      <c r="L31" s="9">
+      <c r="L31" s="8">
         <v>-48277</v>
       </c>
-      <c r="M31" s="9">
+      <c r="M31" s="8">
         <v>-104622</v>
       </c>
-      <c r="N31" s="6">
-[...2 lines deleted...]
-      <c r="O31" s="6">
+      <c r="N31" s="5">
+        <v>0</v>
+      </c>
+      <c r="O31" s="5">
         <v>3064334</v>
       </c>
-      <c r="U31" s="4"/>
-[...1 lines deleted...]
-      <c r="W31" s="89"/>
+      <c r="U31" s="3"/>
+      <c r="V31" s="87"/>
+      <c r="W31" s="88"/>
     </row>
     <row r="32" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A32" s="4" t="s">
+      <c r="A32" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B32" s="9">
-[...2 lines deleted...]
-      <c r="C32" s="9">
+      <c r="B32" s="8">
+        <v>0</v>
+      </c>
+      <c r="C32" s="8">
         <v>3750000</v>
       </c>
-      <c r="D32" s="9">
-[...2 lines deleted...]
-      <c r="E32" s="9">
+      <c r="D32" s="8">
+        <v>0</v>
+      </c>
+      <c r="E32" s="8">
         <v>3750000</v>
       </c>
-      <c r="F32" s="9">
-[...8 lines deleted...]
-      <c r="I32" s="9">
+      <c r="F32" s="8">
+        <v>0</v>
+      </c>
+      <c r="G32" s="8">
+        <v>0</v>
+      </c>
+      <c r="H32" s="8">
+        <v>0</v>
+      </c>
+      <c r="I32" s="8">
         <v>3750000</v>
       </c>
-      <c r="J32" s="9">
-[...5 lines deleted...]
-      <c r="L32" s="9">
+      <c r="J32" s="8">
+        <v>0</v>
+      </c>
+      <c r="K32" s="8">
+        <v>0</v>
+      </c>
+      <c r="L32" s="8">
         <v>3750000</v>
       </c>
-      <c r="M32" s="9">
-[...5 lines deleted...]
-      <c r="O32" s="6">
+      <c r="M32" s="8">
+        <v>0</v>
+      </c>
+      <c r="N32" s="5">
+        <v>0</v>
+      </c>
+      <c r="O32" s="5">
         <v>15000000</v>
       </c>
-      <c r="U32" s="4"/>
-[...1 lines deleted...]
-      <c r="W32" s="89"/>
+      <c r="U32" s="3"/>
+      <c r="V32" s="87"/>
+      <c r="W32" s="88"/>
     </row>
     <row r="33" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A33" s="4" t="s">
+      <c r="A33" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B33" s="9">
+      <c r="B33" s="8">
         <v>-2599825</v>
       </c>
-      <c r="C33" s="9">
+      <c r="C33" s="8">
         <v>-399650</v>
       </c>
-      <c r="D33" s="9">
+      <c r="D33" s="8">
         <v>3468672</v>
       </c>
-      <c r="E33" s="9">
+      <c r="E33" s="8">
         <v>-399650</v>
       </c>
-      <c r="F33" s="9">
+      <c r="F33" s="8">
         <v>-399950</v>
       </c>
-      <c r="G33" s="9">
+      <c r="G33" s="8">
         <v>3225867</v>
       </c>
-      <c r="H33" s="9">
+      <c r="H33" s="8">
         <v>-400000</v>
       </c>
-      <c r="I33" s="9">
+      <c r="I33" s="8">
         <v>-400000</v>
       </c>
-      <c r="J33" s="9">
+      <c r="J33" s="8">
         <v>4250523</v>
       </c>
-      <c r="K33" s="9">
+      <c r="K33" s="8">
         <v>-400025</v>
       </c>
-      <c r="L33" s="9">
+      <c r="L33" s="8">
         <v>-400000</v>
       </c>
-      <c r="M33" s="9">
+      <c r="M33" s="8">
         <v>4046335</v>
       </c>
-      <c r="N33" s="6">
+      <c r="N33" s="5">
         <v>2924555</v>
       </c>
-      <c r="O33" s="6">
+      <c r="O33" s="5">
         <v>12516852</v>
       </c>
-      <c r="U33" s="4"/>
-[...1 lines deleted...]
-      <c r="W33" s="89"/>
+      <c r="U33" s="3"/>
+      <c r="V33" s="87"/>
+      <c r="W33" s="88"/>
     </row>
     <row r="34" spans="1:23" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A34" s="4" t="s">
+      <c r="A34" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B34" s="9">
+      <c r="B34" s="8">
         <v>-448194.38</v>
       </c>
-      <c r="C34" s="9">
+      <c r="C34" s="8">
         <v>1234452.3500000001</v>
       </c>
-      <c r="D34" s="9">
+      <c r="D34" s="8">
         <v>753238.81</v>
       </c>
-      <c r="E34" s="9">
+      <c r="E34" s="8">
         <v>991034.59</v>
       </c>
-      <c r="F34" s="9">
+      <c r="F34" s="8">
         <v>347611.64</v>
       </c>
-      <c r="G34" s="9">
+      <c r="G34" s="8">
         <v>1857564.39</v>
       </c>
-      <c r="H34" s="9">
+      <c r="H34" s="8">
         <v>875554.89</v>
       </c>
-      <c r="I34" s="9">
+      <c r="I34" s="8">
         <v>747736.72</v>
       </c>
-      <c r="J34" s="9">
+      <c r="J34" s="8">
         <v>1679028.74</v>
       </c>
-      <c r="K34" s="9">
+      <c r="K34" s="8">
         <v>-55411.06</v>
       </c>
-      <c r="L34" s="9">
+      <c r="L34" s="8">
         <v>922139.64</v>
       </c>
-      <c r="M34" s="9">
+      <c r="M34" s="8">
         <v>25426161.059999999</v>
       </c>
-      <c r="N34" s="6">
+      <c r="N34" s="5">
         <v>3053643.79</v>
       </c>
-      <c r="O34" s="6">
+      <c r="O34" s="5">
         <v>37384561.18</v>
       </c>
-      <c r="U34" s="4"/>
-[...1 lines deleted...]
-      <c r="W34" s="89"/>
+      <c r="U34" s="3"/>
+      <c r="V34" s="87"/>
+      <c r="W34" s="88"/>
     </row>
     <row r="35" spans="1:23" x14ac:dyDescent="0.35">
-      <c r="P35" s="44"/>
-[...1 lines deleted...]
-      <c r="W35" s="89"/>
+      <c r="P35" s="43"/>
+      <c r="V35" s="88"/>
+      <c r="W35" s="88"/>
     </row>
     <row r="36" spans="1:23" x14ac:dyDescent="0.35">
-      <c r="A36" s="8" t="s">
+      <c r="A36" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="B36" s="5">
+      <c r="B36" s="4">
         <v>441066772.65000004</v>
       </c>
-      <c r="C36" s="5">
+      <c r="C36" s="4">
         <v>833058947.63000011</v>
       </c>
-      <c r="D36" s="5">
+      <c r="D36" s="4">
         <v>1093730170.2699995</v>
       </c>
-      <c r="E36" s="5">
+      <c r="E36" s="4">
         <v>864499663.11999965</v>
       </c>
-      <c r="F36" s="5">
+      <c r="F36" s="4">
         <v>830877289.70000005</v>
       </c>
-      <c r="G36" s="5">
+      <c r="G36" s="4">
         <v>1110727069.7200003</v>
       </c>
-      <c r="H36" s="5">
+      <c r="H36" s="4">
         <v>1094400516.4900002</v>
       </c>
-      <c r="I36" s="5">
+      <c r="I36" s="4">
         <v>762379470.30000019</v>
       </c>
-      <c r="J36" s="5">
+      <c r="J36" s="4">
         <v>307145299.08000004</v>
       </c>
-      <c r="K36" s="5">
+      <c r="K36" s="4">
         <v>1060491826.6800003</v>
       </c>
-      <c r="L36" s="5">
+      <c r="L36" s="4">
         <v>990796785.90999997</v>
       </c>
-      <c r="M36" s="5">
+      <c r="M36" s="4">
         <v>1268567254.9100003</v>
       </c>
-      <c r="N36" s="43">
+      <c r="N36" s="42">
         <v>431385471.94</v>
       </c>
-      <c r="O36" s="6">
+      <c r="O36" s="5">
         <v>11089126538.4</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="U4:V34">
     <sortCondition descending="1" ref="V4:V34"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{54B5ECF5-9E60-4536-BE0A-80D4F0C4ACC9}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:O36"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="48.28515625" customWidth="1"/>
-    <col min="2" max="3" width="20.5703125" style="4" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14" max="14" width="20.5703125" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="3" width="20.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="23.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="20.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="23.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="9" max="12" width="20.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="23.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="20.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="23.140625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="10.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A1" s="4" t="s">
+      <c r="A1" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B1" s="4" t="s">
-        <v>211</v>
+      <c r="B1" s="3" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="B3" s="4" t="s">
+      <c r="B3" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C3" s="4" t="s">
+      <c r="C3" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D3" s="4" t="s">
+      <c r="D3" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="E3" s="4" t="s">
+      <c r="E3" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="F3" s="4" t="s">
+      <c r="F3" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="H3" s="4" t="s">
+      <c r="H3" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="I3" s="4" t="s">
+      <c r="I3" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="J3" s="4" t="s">
+      <c r="J3" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="K3" s="4" t="s">
+      <c r="K3" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="L3" s="4" t="s">
+      <c r="L3" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="M3" s="4" t="s">
+      <c r="M3" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="N3" s="4" t="s">
+      <c r="N3" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="O3" s="4" t="s">
+      <c r="O3" s="3" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="86">
+      <c r="B4" s="85">
         <v>-2.4445398594252765E-8</v>
       </c>
-      <c r="C4" s="86">
+      <c r="C4" s="85">
         <v>293585617.98000002</v>
       </c>
-      <c r="D4" s="86">
+      <c r="D4" s="85">
         <v>284572852.30000001</v>
       </c>
-      <c r="E4" s="87">
+      <c r="E4" s="86">
         <v>268617449.63999999</v>
       </c>
-      <c r="F4" s="87">
+      <c r="F4" s="86">
         <v>269113215.93000001</v>
       </c>
-      <c r="G4" s="87">
+      <c r="G4" s="86">
         <v>272173394.94999999</v>
       </c>
-      <c r="H4" s="87">
+      <c r="H4" s="86">
         <v>317802550.44</v>
       </c>
-      <c r="I4" s="87">
+      <c r="I4" s="86">
         <v>245944685.80000001</v>
       </c>
-      <c r="J4" s="87">
+      <c r="J4" s="86">
         <v>240073537.36999997</v>
       </c>
-      <c r="K4" s="87">
+      <c r="K4" s="86">
         <v>207455513.37000003</v>
       </c>
-      <c r="L4" s="87">
+      <c r="L4" s="86">
         <v>238000169.22999999</v>
       </c>
-      <c r="M4" s="87">
+      <c r="M4" s="86">
         <v>331575322.78000003</v>
       </c>
-      <c r="N4" s="87">
+      <c r="N4" s="86">
         <v>317857433.76999998</v>
       </c>
-      <c r="O4" s="87">
+      <c r="O4" s="86">
         <v>3286771743.5599999</v>
       </c>
     </row>
     <row r="5" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="86">
+      <c r="B5" s="85">
         <v>458323458.81999999</v>
       </c>
-      <c r="C5" s="86">
+      <c r="C5" s="85">
         <v>438387475.91000003</v>
       </c>
-      <c r="D5" s="86">
+      <c r="D5" s="85">
         <v>551979850.01999998</v>
       </c>
-      <c r="E5" s="87">
+      <c r="E5" s="86">
         <v>463954612.01999998</v>
       </c>
-      <c r="F5" s="87">
+      <c r="F5" s="86">
         <v>448904451.90000004</v>
       </c>
-      <c r="G5" s="87">
+      <c r="G5" s="86">
         <v>559699096.27999997</v>
       </c>
-      <c r="H5" s="87">
+      <c r="H5" s="86">
         <v>603272277.89999998</v>
       </c>
-      <c r="I5" s="87">
+      <c r="I5" s="86">
         <v>-103859065.07000008</v>
       </c>
-      <c r="J5" s="87">
+      <c r="J5" s="86">
         <v>106645707.59000006</v>
       </c>
-      <c r="K5" s="87">
+      <c r="K5" s="86">
         <v>238451431.30999994</v>
       </c>
-      <c r="L5" s="87">
+      <c r="L5" s="86">
         <v>373684802.26999998</v>
       </c>
-      <c r="M5" s="87">
+      <c r="M5" s="86">
         <v>517063357.19000006</v>
       </c>
-      <c r="N5" s="87">
+      <c r="N5" s="86">
         <v>362912573.73999995</v>
       </c>
-      <c r="O5" s="87">
+      <c r="O5" s="86">
         <v>5019420029.8799992</v>
       </c>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A6" s="4" t="s">
+      <c r="A6" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="86">
+      <c r="B6" s="85">
         <v>16241516</v>
       </c>
-      <c r="C6" s="86">
+      <c r="C6" s="85">
         <v>5418025</v>
       </c>
-      <c r="D6" s="86">
+      <c r="D6" s="85">
         <v>103727710</v>
       </c>
-      <c r="E6" s="87">
+      <c r="E6" s="86">
         <v>-35748188</v>
       </c>
-      <c r="F6" s="87">
+      <c r="F6" s="86">
         <v>-31063669</v>
       </c>
-      <c r="G6" s="87">
+      <c r="G6" s="86">
         <v>74588018</v>
       </c>
-      <c r="H6" s="87">
+      <c r="H6" s="86">
         <v>19465276</v>
       </c>
-      <c r="I6" s="87">
+      <c r="I6" s="86">
         <v>8253055</v>
       </c>
-      <c r="J6" s="87">
+      <c r="J6" s="86">
         <v>86536033</v>
       </c>
-      <c r="K6" s="87">
+      <c r="K6" s="86">
         <v>28432588</v>
       </c>
-      <c r="L6" s="87">
+      <c r="L6" s="86">
         <v>8714119</v>
       </c>
-      <c r="M6" s="87">
+      <c r="M6" s="86">
         <v>35681179</v>
       </c>
-      <c r="N6" s="87">
+      <c r="N6" s="86">
         <v>102783016</v>
       </c>
-      <c r="O6" s="87">
+      <c r="O6" s="86">
         <v>423028678</v>
       </c>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A7" s="4" t="s">
+      <c r="A7" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="86">
+      <c r="B7" s="85">
         <v>3037853</v>
       </c>
-      <c r="C7" s="86">
+      <c r="C7" s="85">
         <v>3000993</v>
       </c>
-      <c r="D7" s="86">
+      <c r="D7" s="85">
         <v>54953379</v>
       </c>
-      <c r="E7" s="87">
+      <c r="E7" s="86">
         <v>1972686</v>
       </c>
-      <c r="F7" s="87">
+      <c r="F7" s="86">
         <v>1368037</v>
       </c>
-      <c r="G7" s="87">
+      <c r="G7" s="86">
         <v>51082833</v>
       </c>
-      <c r="H7" s="87">
+      <c r="H7" s="86">
         <v>1223565</v>
       </c>
-      <c r="I7" s="87">
+      <c r="I7" s="86">
         <v>2831755</v>
       </c>
-      <c r="J7" s="87">
+      <c r="J7" s="86">
         <v>66209258</v>
       </c>
-      <c r="K7" s="87">
+      <c r="K7" s="86">
         <v>1179754</v>
       </c>
-      <c r="L7" s="87">
+      <c r="L7" s="86">
         <v>1040401</v>
       </c>
-      <c r="M7" s="87">
+      <c r="M7" s="86">
         <v>53595955</v>
       </c>
-      <c r="N7" s="87">
-[...2 lines deleted...]
-      <c r="O7" s="87">
+      <c r="N7" s="86">
+        <v>0</v>
+      </c>
+      <c r="O7" s="86">
         <v>241496469</v>
       </c>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A8" s="4" t="s">
+      <c r="A8" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="86">
-[...2 lines deleted...]
-      <c r="C8" s="86">
+      <c r="B8" s="85">
+        <v>0</v>
+      </c>
+      <c r="C8" s="85">
         <v>-4559015.629999999</v>
       </c>
-      <c r="D8" s="86">
+      <c r="D8" s="85">
         <v>3781092.09</v>
       </c>
-      <c r="E8" s="87">
+      <c r="E8" s="86">
         <v>3387513.26</v>
       </c>
-      <c r="F8" s="87">
+      <c r="F8" s="86">
         <v>3210557.8</v>
       </c>
-      <c r="G8" s="87">
+      <c r="G8" s="86">
         <v>3580732.2</v>
       </c>
-      <c r="H8" s="87">
+      <c r="H8" s="86">
         <v>3053741.52</v>
       </c>
-      <c r="I8" s="87">
+      <c r="I8" s="86">
         <v>2280391.14</v>
       </c>
-      <c r="J8" s="87">
+      <c r="J8" s="86">
         <v>2290441.75</v>
       </c>
-      <c r="K8" s="87">
+      <c r="K8" s="86">
         <v>1599720.8099999998</v>
       </c>
-      <c r="L8" s="87">
+      <c r="L8" s="86">
         <v>1359109.3</v>
       </c>
-      <c r="M8" s="87">
+      <c r="M8" s="86">
         <v>2207601.21</v>
       </c>
-      <c r="N8" s="87">
+      <c r="N8" s="86">
         <v>2666768.77</v>
       </c>
-      <c r="O8" s="87">
+      <c r="O8" s="86">
         <v>24858654.220000003</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A9" s="4" t="s">
+      <c r="A9" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="86">
-[...8 lines deleted...]
-      <c r="E9" s="87">
+      <c r="B9" s="85">
+        <v>0</v>
+      </c>
+      <c r="C9" s="85">
+        <v>0</v>
+      </c>
+      <c r="D9" s="85">
+        <v>0</v>
+      </c>
+      <c r="E9" s="86">
         <v>2500000</v>
       </c>
-      <c r="F9" s="87">
-[...5 lines deleted...]
-      <c r="H9" s="87">
+      <c r="F9" s="86">
+        <v>0</v>
+      </c>
+      <c r="G9" s="86">
+        <v>0</v>
+      </c>
+      <c r="H9" s="86">
         <v>120913</v>
       </c>
-      <c r="I9" s="87">
+      <c r="I9" s="86">
         <v>-62</v>
       </c>
-      <c r="J9" s="87">
-[...5 lines deleted...]
-      <c r="L9" s="87">
+      <c r="J9" s="86">
+        <v>0</v>
+      </c>
+      <c r="K9" s="86">
+        <v>0</v>
+      </c>
+      <c r="L9" s="86">
         <v>450</v>
       </c>
-      <c r="M9" s="87">
-[...5 lines deleted...]
-      <c r="O9" s="87">
+      <c r="M9" s="86">
+        <v>0</v>
+      </c>
+      <c r="N9" s="86">
+        <v>0</v>
+      </c>
+      <c r="O9" s="86">
         <v>2621301</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A10" s="4" t="s">
+      <c r="A10" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="86">
+      <c r="B10" s="85">
         <v>-1864461.2900000007</v>
       </c>
-      <c r="C10" s="86">
+      <c r="C10" s="85">
         <v>8039312.7700000005</v>
       </c>
-      <c r="D10" s="86">
+      <c r="D10" s="85">
         <v>6421602.3499999996</v>
       </c>
-      <c r="E10" s="87">
+      <c r="E10" s="86">
         <v>6601065.1399999997</v>
       </c>
-      <c r="F10" s="87">
+      <c r="F10" s="86">
         <v>8634087.6600000039</v>
       </c>
-      <c r="G10" s="87">
+      <c r="G10" s="86">
         <v>6557102.9400000004</v>
       </c>
-      <c r="H10" s="87">
+      <c r="H10" s="86">
         <v>7681960.7600000007</v>
       </c>
-      <c r="I10" s="87">
+      <c r="I10" s="86">
         <v>7151550.7999999998</v>
       </c>
-      <c r="J10" s="87">
+      <c r="J10" s="86">
         <v>4375773.58</v>
       </c>
-      <c r="K10" s="87">
+      <c r="K10" s="86">
         <v>566277.81999999995</v>
       </c>
-      <c r="L10" s="87">
+      <c r="L10" s="86">
         <v>980399.78999999992</v>
       </c>
-      <c r="M10" s="87">
+      <c r="M10" s="86">
         <v>17585005.109999999</v>
       </c>
-      <c r="N10" s="87">
+      <c r="N10" s="86">
         <v>8359732.8499999996</v>
       </c>
-      <c r="O10" s="87">
+      <c r="O10" s="86">
         <v>81089410.279999986</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A11" s="4" t="s">
+      <c r="A11" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B11" s="86">
+      <c r="B11" s="85">
         <v>4713911</v>
       </c>
-      <c r="C11" s="86">
+      <c r="C11" s="85">
         <v>913107</v>
       </c>
-      <c r="D11" s="86">
+      <c r="D11" s="85">
         <v>9831060</v>
       </c>
-      <c r="E11" s="87">
+      <c r="E11" s="86">
         <v>833195</v>
       </c>
-      <c r="F11" s="87">
+      <c r="F11" s="86">
         <v>7571995</v>
       </c>
-      <c r="G11" s="87">
+      <c r="G11" s="86">
         <v>11589511</v>
       </c>
-      <c r="H11" s="87">
+      <c r="H11" s="86">
         <v>3450501</v>
       </c>
-      <c r="I11" s="87">
+      <c r="I11" s="86">
         <v>89724</v>
       </c>
-      <c r="J11" s="87">
+      <c r="J11" s="86">
         <v>18784225</v>
       </c>
-      <c r="K11" s="87">
+      <c r="K11" s="86">
         <v>9243540</v>
       </c>
-      <c r="L11" s="87">
+      <c r="L11" s="86">
         <v>-1896499</v>
       </c>
-      <c r="M11" s="87">
+      <c r="M11" s="86">
         <v>3849387</v>
       </c>
-      <c r="N11" s="87">
+      <c r="N11" s="86">
         <v>4510381</v>
       </c>
-      <c r="O11" s="87">
+      <c r="O11" s="86">
         <v>73484038</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A12" s="4" t="s">
+      <c r="A12" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B12" s="86">
+      <c r="B12" s="85">
         <v>544728.75000000186</v>
       </c>
-      <c r="C12" s="86">
+      <c r="C12" s="85">
         <v>10378722.119999999</v>
       </c>
-      <c r="D12" s="86">
+      <c r="D12" s="85">
         <v>9878251.0899999999</v>
       </c>
-      <c r="E12" s="87">
+      <c r="E12" s="86">
         <v>9080234.3599999994</v>
       </c>
-      <c r="F12" s="87">
+      <c r="F12" s="86">
         <v>9712379.9100000001</v>
       </c>
-      <c r="G12" s="87">
+      <c r="G12" s="86">
         <v>8213960.5000000009</v>
       </c>
-      <c r="H12" s="87">
+      <c r="H12" s="86">
         <v>9308049.9699999988</v>
       </c>
-      <c r="I12" s="87">
+      <c r="I12" s="86">
         <v>8693078.8599999994</v>
       </c>
-      <c r="J12" s="87">
+      <c r="J12" s="86">
         <v>7472387.1199999992</v>
       </c>
-      <c r="K12" s="87">
+      <c r="K12" s="86">
         <v>6794684.6100000003</v>
       </c>
-      <c r="L12" s="87">
+      <c r="L12" s="86">
         <v>7801900.4000000004</v>
       </c>
-      <c r="M12" s="87">
+      <c r="M12" s="86">
         <v>14456472.370000001</v>
       </c>
-      <c r="N12" s="87">
+      <c r="N12" s="86">
         <v>10016684.83</v>
       </c>
-      <c r="O12" s="87">
+      <c r="O12" s="86">
         <v>112351534.89000002</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A13" s="4" t="s">
+      <c r="A13" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B13" s="86">
+      <c r="B13" s="85">
         <v>10100.000000000065</v>
       </c>
-      <c r="C13" s="86">
+      <c r="C13" s="85">
         <v>-10103.520000000019</v>
       </c>
-      <c r="D13" s="86">
+      <c r="D13" s="85">
         <v>-5847.8699999999953</v>
       </c>
-      <c r="E13" s="87">
+      <c r="E13" s="86">
         <v>15764.580000000016</v>
       </c>
-      <c r="F13" s="87">
+      <c r="F13" s="86">
         <v>-14350.629999999946</v>
       </c>
-      <c r="G13" s="87">
+      <c r="G13" s="86">
         <v>76152.990000000049</v>
       </c>
-      <c r="H13" s="87">
+      <c r="H13" s="86">
         <v>-46823.820000000123</v>
       </c>
-      <c r="I13" s="87">
+      <c r="I13" s="86">
         <v>37772.259999999951</v>
       </c>
-      <c r="J13" s="87">
+      <c r="J13" s="86">
         <v>29185.919999999925</v>
       </c>
-      <c r="K13" s="87">
+      <c r="K13" s="86">
         <v>-372065.47000000003</v>
       </c>
-      <c r="L13" s="87">
+      <c r="L13" s="86">
         <v>-342089.54</v>
       </c>
-      <c r="M13" s="87">
+      <c r="M13" s="86">
         <v>33961.289999999979</v>
       </c>
-      <c r="N13" s="87">
+      <c r="N13" s="86">
         <v>-90637.93</v>
       </c>
-      <c r="O13" s="87">
+      <c r="O13" s="86">
         <v>-678981.74</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A14" s="4" t="s">
+      <c r="A14" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="86">
+      <c r="B14" s="85">
         <v>255891</v>
       </c>
-      <c r="C14" s="86">
+      <c r="C14" s="85">
         <v>613461</v>
       </c>
-      <c r="D14" s="86">
+      <c r="D14" s="85">
         <v>538973</v>
       </c>
-      <c r="E14" s="87">
+      <c r="E14" s="86">
         <v>623748</v>
       </c>
-      <c r="F14" s="87">
+      <c r="F14" s="86">
         <v>707644</v>
       </c>
-      <c r="G14" s="87">
+      <c r="G14" s="86">
         <v>226662</v>
       </c>
-      <c r="H14" s="87">
+      <c r="H14" s="86">
         <v>645302</v>
       </c>
-      <c r="I14" s="87">
+      <c r="I14" s="86">
         <v>1040967.5</v>
       </c>
-      <c r="J14" s="87">
+      <c r="J14" s="86">
         <v>724687</v>
       </c>
-      <c r="K14" s="87">
+      <c r="K14" s="86">
         <v>531338.5</v>
       </c>
-      <c r="L14" s="87">
+      <c r="L14" s="86">
         <v>726589</v>
       </c>
-      <c r="M14" s="87">
+      <c r="M14" s="86">
         <v>1361258</v>
       </c>
-      <c r="N14" s="87">
+      <c r="N14" s="86">
         <v>-17353.5</v>
       </c>
-      <c r="O14" s="87">
+      <c r="O14" s="86">
         <v>7979167.5</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A15" s="4" t="s">
+      <c r="A15" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B15" s="86">
+      <c r="B15" s="85">
         <v>433733.19</v>
       </c>
-      <c r="C15" s="86">
+      <c r="C15" s="85">
         <v>607477.89</v>
       </c>
-      <c r="D15" s="86">
+      <c r="D15" s="85">
         <v>431247.31</v>
       </c>
-      <c r="E15" s="87">
+      <c r="E15" s="86">
         <v>510492.38000000006</v>
       </c>
-      <c r="F15" s="87">
+      <c r="F15" s="86">
         <v>614653.46</v>
       </c>
-      <c r="G15" s="87">
+      <c r="G15" s="86">
         <v>344940.18</v>
       </c>
-      <c r="H15" s="87">
+      <c r="H15" s="86">
         <v>630193.40999999992</v>
       </c>
-      <c r="I15" s="87">
+      <c r="I15" s="86">
         <v>284973.06</v>
       </c>
-      <c r="J15" s="87">
+      <c r="J15" s="86">
         <v>755970.19</v>
       </c>
-      <c r="K15" s="87">
+      <c r="K15" s="86">
         <v>647392.99</v>
       </c>
-      <c r="L15" s="87">
+      <c r="L15" s="86">
         <v>251851.37</v>
       </c>
-      <c r="M15" s="87">
+      <c r="M15" s="86">
         <v>218789.3</v>
       </c>
-      <c r="N15" s="87">
-[...2 lines deleted...]
-      <c r="O15" s="87">
+      <c r="N15" s="86">
+        <v>0</v>
+      </c>
+      <c r="O15" s="86">
         <v>5731714.7300000004</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A16" s="4" t="s">
+      <c r="A16" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B16" s="86">
+      <c r="B16" s="85">
         <v>4885889.8699999992</v>
       </c>
-      <c r="C16" s="86">
+      <c r="C16" s="85">
         <v>1748299.3699999999</v>
       </c>
-      <c r="D16" s="86">
+      <c r="D16" s="85">
         <v>3998433.4299999997</v>
       </c>
-      <c r="E16" s="87">
+      <c r="E16" s="86">
         <v>62574749.280000001</v>
       </c>
-      <c r="F16" s="87">
+      <c r="F16" s="86">
         <v>27387639.309999999</v>
       </c>
-      <c r="G16" s="87">
+      <c r="G16" s="86">
         <v>9020734.5999999996</v>
       </c>
-      <c r="H16" s="87">
+      <c r="H16" s="86">
         <v>4742683.8600000003</v>
       </c>
-      <c r="I16" s="87">
+      <c r="I16" s="86">
         <v>2566541.7600000002</v>
       </c>
-      <c r="J16" s="87">
+      <c r="J16" s="86">
         <v>5436735.9499999993</v>
       </c>
-      <c r="K16" s="87">
+      <c r="K16" s="86">
         <v>3767792.66</v>
       </c>
-      <c r="L16" s="87">
+      <c r="L16" s="86">
         <v>1879632.26</v>
       </c>
-      <c r="M16" s="87">
+      <c r="M16" s="86">
         <v>2858438.29</v>
       </c>
-      <c r="N16" s="87">
-[...2 lines deleted...]
-      <c r="O16" s="87">
+      <c r="N16" s="86">
+        <v>0</v>
+      </c>
+      <c r="O16" s="86">
         <v>130867570.64000002</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A17" s="4" t="s">
+      <c r="A17" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B17" s="86">
+      <c r="B17" s="85">
         <v>1.862645149230957E-9</v>
       </c>
-      <c r="C17" s="86">
+      <c r="C17" s="85">
         <v>7961986.790000001</v>
       </c>
-      <c r="D17" s="86">
+      <c r="D17" s="85">
         <v>7192954.9300000016</v>
       </c>
-      <c r="E17" s="87">
+      <c r="E17" s="86">
         <v>6829355.4500000011</v>
       </c>
-      <c r="F17" s="87">
+      <c r="F17" s="86">
         <v>7734384.9900000002</v>
       </c>
-      <c r="G17" s="87">
+      <c r="G17" s="86">
         <v>6407156.25</v>
       </c>
-      <c r="H17" s="87">
+      <c r="H17" s="86">
         <v>6585403.8100000005</v>
       </c>
-      <c r="I17" s="87">
+      <c r="I17" s="86">
         <v>7393930.8500000015</v>
       </c>
-      <c r="J17" s="87">
+      <c r="J17" s="86">
         <v>5827262.9399999995</v>
       </c>
-      <c r="K17" s="87">
+      <c r="K17" s="86">
         <v>7230297.7999999998</v>
       </c>
-      <c r="L17" s="87">
+      <c r="L17" s="86">
         <v>5572755.3800000008</v>
       </c>
-      <c r="M17" s="87">
+      <c r="M17" s="86">
         <v>5564011.3799999999</v>
       </c>
-      <c r="N17" s="87">
+      <c r="N17" s="86">
         <v>7458487.9500000002</v>
       </c>
-      <c r="O17" s="87">
+      <c r="O17" s="86">
         <v>81757988.519999996</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A18" s="4" t="s">
+      <c r="A18" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B18" s="86">
+      <c r="B18" s="85">
         <v>11610847</v>
       </c>
-      <c r="C18" s="86">
+      <c r="C18" s="85">
         <v>8185412</v>
       </c>
-      <c r="D18" s="86">
+      <c r="D18" s="85">
         <v>12417767</v>
       </c>
-      <c r="E18" s="87">
+      <c r="E18" s="86">
         <v>6064789</v>
       </c>
-      <c r="F18" s="87">
+      <c r="F18" s="86">
         <v>8544580</v>
       </c>
-      <c r="G18" s="87">
+      <c r="G18" s="86">
         <v>14362695</v>
       </c>
-      <c r="H18" s="87">
+      <c r="H18" s="86">
         <v>6855178</v>
       </c>
-      <c r="I18" s="87">
+      <c r="I18" s="86">
         <v>6065933</v>
       </c>
-      <c r="J18" s="87">
+      <c r="J18" s="86">
         <v>19735081</v>
       </c>
-      <c r="K18" s="87">
+      <c r="K18" s="86">
         <v>20759873</v>
       </c>
-      <c r="L18" s="87">
+      <c r="L18" s="86">
         <v>7278477</v>
       </c>
-      <c r="M18" s="87">
+      <c r="M18" s="86">
         <v>7910600</v>
       </c>
-      <c r="N18" s="87">
+      <c r="N18" s="86">
         <v>1064104</v>
       </c>
-      <c r="O18" s="87">
+      <c r="O18" s="86">
         <v>130855336</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A19" s="4" t="s">
+      <c r="A19" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B19" s="86">
+      <c r="B19" s="85">
         <v>155140.15999999997</v>
       </c>
-      <c r="C19" s="86">
+      <c r="C19" s="85">
         <v>511609.56000000006</v>
       </c>
-      <c r="D19" s="86">
+      <c r="D19" s="85">
         <v>218215.11000000002</v>
       </c>
-      <c r="E19" s="87">
+      <c r="E19" s="86">
         <v>2706164.0500000003</v>
       </c>
-      <c r="F19" s="87">
+      <c r="F19" s="86">
         <v>555177.42999999993</v>
       </c>
-      <c r="G19" s="87">
+      <c r="G19" s="86">
         <v>685280.78</v>
       </c>
-      <c r="H19" s="87">
+      <c r="H19" s="86">
         <v>623005.25999999989</v>
       </c>
-      <c r="I19" s="87">
+      <c r="I19" s="86">
         <v>1440659.82</v>
       </c>
-      <c r="J19" s="87">
+      <c r="J19" s="86">
         <v>575999.1399999999</v>
       </c>
-      <c r="K19" s="87">
+      <c r="K19" s="86">
         <v>1111959.9099999999</v>
       </c>
-      <c r="L19" s="87">
+      <c r="L19" s="86">
         <v>3067838.9900000007</v>
       </c>
-      <c r="M19" s="87">
+      <c r="M19" s="86">
         <v>1756233.8399999999</v>
       </c>
-      <c r="N19" s="87">
+      <c r="N19" s="86">
         <v>1862398.96</v>
       </c>
-      <c r="O19" s="87">
+      <c r="O19" s="86">
         <v>15269683.010000002</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A20" s="4" t="s">
+      <c r="A20" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B20" s="86">
+      <c r="B20" s="85">
         <v>-867143.87</v>
       </c>
-      <c r="C20" s="86">
+      <c r="C20" s="85">
         <v>1027831.3199999998</v>
       </c>
-      <c r="D20" s="86">
+      <c r="D20" s="85">
         <v>1592097.3600000008</v>
       </c>
-      <c r="E20" s="87">
+      <c r="E20" s="86">
         <v>308499.3599999969</v>
       </c>
-      <c r="F20" s="87">
+      <c r="F20" s="86">
         <v>1213485.2800000005</v>
       </c>
-      <c r="G20" s="87">
+      <c r="G20" s="86">
         <v>1532162.0600000019</v>
       </c>
-      <c r="H20" s="87">
+      <c r="H20" s="86">
         <v>755847.97999999754</v>
       </c>
-      <c r="I20" s="87">
+      <c r="I20" s="86">
         <v>1089173.5699999975</v>
       </c>
-      <c r="J20" s="87">
+      <c r="J20" s="86">
         <v>612224.7799999984</v>
       </c>
-      <c r="K20" s="87">
+      <c r="K20" s="86">
         <v>928046.79000000097</v>
       </c>
-      <c r="L20" s="87">
+      <c r="L20" s="86">
         <v>2681613.4399999976</v>
       </c>
-      <c r="M20" s="87">
+      <c r="M20" s="86">
         <v>56937.289999996865</v>
       </c>
-      <c r="N20" s="87">
+      <c r="N20" s="86">
         <v>46415</v>
       </c>
-      <c r="O20" s="87">
+      <c r="O20" s="86">
         <v>10977190.35999999</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A21" s="4" t="s">
+      <c r="A21" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B21" s="86"/>
-[...2 lines deleted...]
-      <c r="E21" s="87">
+      <c r="B21" s="85"/>
+      <c r="C21" s="85"/>
+      <c r="D21" s="85"/>
+      <c r="E21" s="86">
         <v>879019</v>
       </c>
-      <c r="F21" s="87"/>
-[...1 lines deleted...]
-      <c r="H21" s="87">
+      <c r="F21" s="86"/>
+      <c r="G21" s="86"/>
+      <c r="H21" s="86">
         <v>879716</v>
       </c>
-      <c r="I21" s="87"/>
-[...1 lines deleted...]
-      <c r="K21" s="87">
+      <c r="I21" s="86"/>
+      <c r="J21" s="86"/>
+      <c r="K21" s="86">
         <v>862571.5</v>
       </c>
-      <c r="L21" s="87"/>
-      <c r="M21" s="87">
+      <c r="L21" s="86"/>
+      <c r="M21" s="86">
         <v>859681.5</v>
       </c>
-      <c r="N21" s="87">
-[...2 lines deleted...]
-      <c r="O21" s="87">
+      <c r="N21" s="86">
+        <v>0</v>
+      </c>
+      <c r="O21" s="86">
         <v>3480988</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A22" s="4" t="s">
+      <c r="A22" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B22" s="86">
+      <c r="B22" s="85">
         <v>282734</v>
       </c>
-      <c r="C22" s="86">
+      <c r="C22" s="85">
         <v>282734</v>
       </c>
-      <c r="D22" s="86">
+      <c r="D22" s="85">
         <v>282734</v>
       </c>
-      <c r="E22" s="87">
+      <c r="E22" s="86">
         <v>268474</v>
       </c>
-      <c r="F22" s="87">
+      <c r="F22" s="86">
         <v>14260</v>
       </c>
-      <c r="G22" s="87">
-[...2 lines deleted...]
-      <c r="H22" s="87">
+      <c r="G22" s="86">
+        <v>0</v>
+      </c>
+      <c r="H22" s="86">
         <v>565468</v>
       </c>
-      <c r="I22" s="87">
+      <c r="I22" s="86">
         <v>565468</v>
       </c>
-      <c r="J22" s="87">
+      <c r="J22" s="86">
         <v>282734</v>
       </c>
-      <c r="K22" s="87">
+      <c r="K22" s="86">
         <v>282734</v>
       </c>
-      <c r="L22" s="87">
+      <c r="L22" s="86">
         <v>282734</v>
       </c>
-      <c r="M22" s="87">
+      <c r="M22" s="86">
         <v>282734</v>
       </c>
-      <c r="N22" s="87">
-[...2 lines deleted...]
-      <c r="O22" s="87">
+      <c r="N22" s="86">
+        <v>0</v>
+      </c>
+      <c r="O22" s="86">
         <v>3392808</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A23" s="4" t="s">
+      <c r="A23" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B23" s="86">
+      <c r="B23" s="85">
         <v>-5574.2900000000009</v>
       </c>
-      <c r="C23" s="86">
+      <c r="C23" s="85">
         <v>59.13</v>
       </c>
-      <c r="D23" s="86">
+      <c r="D23" s="85">
         <v>369.95</v>
       </c>
-      <c r="E23" s="87">
+      <c r="E23" s="86">
         <v>547404.15</v>
       </c>
-      <c r="F23" s="87">
+      <c r="F23" s="86">
         <v>103663.63</v>
       </c>
-      <c r="G23" s="87">
+      <c r="G23" s="86">
         <v>5196931.6399999997</v>
       </c>
-      <c r="H23" s="87">
+      <c r="H23" s="86">
         <v>380194.22</v>
       </c>
-      <c r="I23" s="87">
+      <c r="I23" s="86">
         <v>106135.75</v>
       </c>
-      <c r="J23" s="87">
+      <c r="J23" s="86">
         <v>9457.9500000000007</v>
       </c>
-      <c r="K23" s="87">
+      <c r="K23" s="86">
         <v>13183.56</v>
       </c>
-      <c r="L23" s="87">
+      <c r="L23" s="86">
         <v>13259.43</v>
       </c>
-      <c r="M23" s="87">
+      <c r="M23" s="86">
         <v>-13198.08</v>
       </c>
-      <c r="N23" s="87">
-[...2 lines deleted...]
-      <c r="O23" s="87">
+      <c r="N23" s="86">
+        <v>0</v>
+      </c>
+      <c r="O23" s="86">
         <v>6351887.0399999991</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A24" s="4" t="s">
+      <c r="A24" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B24" s="86">
-[...17 lines deleted...]
-      <c r="H24" s="87">
+      <c r="B24" s="85">
+        <v>0</v>
+      </c>
+      <c r="C24" s="85">
+        <v>0</v>
+      </c>
+      <c r="D24" s="85">
+        <v>0</v>
+      </c>
+      <c r="E24" s="86">
+        <v>0</v>
+      </c>
+      <c r="F24" s="86">
+        <v>0</v>
+      </c>
+      <c r="G24" s="86">
+        <v>0</v>
+      </c>
+      <c r="H24" s="86">
         <v>8952000</v>
       </c>
-      <c r="I24" s="87">
-[...11 lines deleted...]
-      <c r="M24" s="87">
+      <c r="I24" s="86">
+        <v>0</v>
+      </c>
+      <c r="J24" s="86">
+        <v>0</v>
+      </c>
+      <c r="K24" s="86">
+        <v>0</v>
+      </c>
+      <c r="L24" s="86">
+        <v>0</v>
+      </c>
+      <c r="M24" s="86">
         <v>8527000</v>
       </c>
-      <c r="N24" s="87">
-[...2 lines deleted...]
-      <c r="O24" s="87">
+      <c r="N24" s="86">
+        <v>0</v>
+      </c>
+      <c r="O24" s="86">
         <v>17479000</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A25" s="4" t="s">
+      <c r="A25" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B25" s="86">
-[...8 lines deleted...]
-      <c r="E25" s="87">
+      <c r="B25" s="85">
+        <v>0</v>
+      </c>
+      <c r="C25" s="85">
+        <v>0</v>
+      </c>
+      <c r="D25" s="85">
+        <v>0</v>
+      </c>
+      <c r="E25" s="86">
         <v>3226732</v>
       </c>
-      <c r="F25" s="87">
-[...26 lines deleted...]
-      <c r="O25" s="87">
+      <c r="F25" s="86">
+        <v>0</v>
+      </c>
+      <c r="G25" s="86">
+        <v>0</v>
+      </c>
+      <c r="H25" s="86">
+        <v>0</v>
+      </c>
+      <c r="I25" s="86">
+        <v>0</v>
+      </c>
+      <c r="J25" s="86">
+        <v>0</v>
+      </c>
+      <c r="K25" s="86">
+        <v>0</v>
+      </c>
+      <c r="L25" s="86">
+        <v>0</v>
+      </c>
+      <c r="M25" s="86">
+        <v>0</v>
+      </c>
+      <c r="N25" s="86">
+        <v>0</v>
+      </c>
+      <c r="O25" s="86">
         <v>3226732</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A26" s="4" t="s">
+      <c r="A26" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B26" s="86">
-[...23 lines deleted...]
-      <c r="J26" s="87">
+      <c r="B26" s="85">
+        <v>0</v>
+      </c>
+      <c r="C26" s="85">
+        <v>0</v>
+      </c>
+      <c r="D26" s="85">
+        <v>0</v>
+      </c>
+      <c r="E26" s="86">
+        <v>0</v>
+      </c>
+      <c r="F26" s="86">
+        <v>0</v>
+      </c>
+      <c r="G26" s="86">
+        <v>0</v>
+      </c>
+      <c r="H26" s="86">
+        <v>0</v>
+      </c>
+      <c r="I26" s="86">
+        <v>0</v>
+      </c>
+      <c r="J26" s="86">
         <v>4461000</v>
       </c>
-      <c r="K26" s="87">
-[...11 lines deleted...]
-      <c r="O26" s="87">
+      <c r="K26" s="86">
+        <v>0</v>
+      </c>
+      <c r="L26" s="86">
+        <v>0</v>
+      </c>
+      <c r="M26" s="86">
+        <v>0</v>
+      </c>
+      <c r="N26" s="86">
+        <v>0</v>
+      </c>
+      <c r="O26" s="86">
         <v>4461000</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A27" s="4" t="s">
+      <c r="A27" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B27" s="86">
+      <c r="B27" s="85">
         <v>3101818</v>
       </c>
-      <c r="C27" s="86">
+      <c r="C27" s="85">
         <v>5247</v>
       </c>
-      <c r="D27" s="86">
+      <c r="D27" s="85">
         <v>1081500</v>
       </c>
-      <c r="E27" s="87">
+      <c r="E27" s="86">
         <v>1067049</v>
       </c>
-      <c r="F27" s="87">
+      <c r="F27" s="86">
         <v>1517</v>
       </c>
-      <c r="G27" s="87">
+      <c r="G27" s="86">
         <v>614000</v>
       </c>
-      <c r="H27" s="87">
+      <c r="H27" s="86">
         <v>800</v>
       </c>
-      <c r="I27" s="87">
+      <c r="I27" s="86">
         <v>155973</v>
       </c>
-      <c r="J27" s="87">
+      <c r="J27" s="86">
         <v>1088000</v>
       </c>
-      <c r="K27" s="87">
+      <c r="K27" s="86">
         <v>774000</v>
       </c>
-      <c r="L27" s="87">
+      <c r="L27" s="86">
         <v>938630</v>
       </c>
-      <c r="M27" s="87">
+      <c r="M27" s="86">
         <v>-339299</v>
       </c>
-      <c r="N27" s="87">
-[...2 lines deleted...]
-      <c r="O27" s="87">
+      <c r="N27" s="86">
+        <v>0</v>
+      </c>
+      <c r="O27" s="86">
         <v>8489235</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A28" s="4" t="s">
+      <c r="A28" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B28" s="86">
-[...5 lines deleted...]
-      <c r="D28" s="86">
+      <c r="B28" s="85">
+        <v>0</v>
+      </c>
+      <c r="C28" s="85">
+        <v>0</v>
+      </c>
+      <c r="D28" s="85">
         <v>806225</v>
       </c>
-      <c r="E28" s="87">
+      <c r="E28" s="86">
         <v>809829</v>
       </c>
-      <c r="F28" s="87">
+      <c r="F28" s="86">
         <v>709214</v>
       </c>
-      <c r="G28" s="87">
+      <c r="G28" s="86">
         <v>20966972</v>
       </c>
-      <c r="H28" s="87">
+      <c r="H28" s="86">
         <v>998556</v>
       </c>
-      <c r="I28" s="87">
+      <c r="I28" s="86">
         <v>699036</v>
       </c>
-      <c r="J28" s="87">
+      <c r="J28" s="86">
         <v>805965</v>
       </c>
-      <c r="K28" s="87">
+      <c r="K28" s="86">
         <v>250796</v>
       </c>
-      <c r="L28" s="87">
+      <c r="L28" s="86">
         <v>626131</v>
       </c>
-      <c r="M28" s="87">
+      <c r="M28" s="86">
         <v>860866</v>
       </c>
-      <c r="N28" s="87">
-[...2 lines deleted...]
-      <c r="O28" s="87">
+      <c r="N28" s="86">
+        <v>0</v>
+      </c>
+      <c r="O28" s="86">
         <v>27533590</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A29" s="4" t="s">
+      <c r="A29" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B29" s="86">
+      <c r="B29" s="85">
         <v>2233963</v>
       </c>
-      <c r="C29" s="86">
+      <c r="C29" s="85">
         <v>-3018683</v>
       </c>
-      <c r="D29" s="86">
+      <c r="D29" s="85">
         <v>6041</v>
       </c>
-      <c r="E29" s="87">
+      <c r="E29" s="86">
         <v>2407551</v>
       </c>
-      <c r="F29" s="87">
+      <c r="F29" s="86">
         <v>-2450805</v>
       </c>
-      <c r="G29" s="87">
+      <c r="G29" s="86">
         <v>2912</v>
       </c>
-      <c r="H29" s="87">
+      <c r="H29" s="86">
         <v>2184404</v>
       </c>
-      <c r="I29" s="87">
+      <c r="I29" s="86">
         <v>-2187899</v>
       </c>
-      <c r="J29" s="87">
-[...2 lines deleted...]
-      <c r="K29" s="87">
+      <c r="J29" s="86">
+        <v>0</v>
+      </c>
+      <c r="K29" s="86">
         <v>500</v>
       </c>
-      <c r="L29" s="87">
-[...2 lines deleted...]
-      <c r="M29" s="87">
+      <c r="L29" s="86">
+        <v>0</v>
+      </c>
+      <c r="M29" s="86">
         <v>5065</v>
       </c>
-      <c r="N29" s="87">
-[...2 lines deleted...]
-      <c r="O29" s="87">
+      <c r="N29" s="86">
+        <v>0</v>
+      </c>
+      <c r="O29" s="86">
         <v>-816951</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A30" s="4" t="s">
+      <c r="A30" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B30" s="86">
+      <c r="B30" s="85">
         <v>12366.509999999311</v>
       </c>
-      <c r="C30" s="86">
+      <c r="C30" s="85">
         <v>2171226.2899999991</v>
       </c>
-      <c r="D30" s="86">
+      <c r="D30" s="85">
         <v>2096883.4900000012</v>
       </c>
-      <c r="E30" s="87">
+      <c r="E30" s="86">
         <v>2217549.84</v>
       </c>
-      <c r="F30" s="87">
+      <c r="F30" s="86">
         <v>2174405.6300000008</v>
       </c>
-      <c r="G30" s="87">
+      <c r="G30" s="86">
         <v>2248917.8500000015</v>
       </c>
-      <c r="H30" s="87">
+      <c r="H30" s="86">
         <v>2242928.540000001</v>
       </c>
-      <c r="I30" s="87">
+      <c r="I30" s="86">
         <v>2214490.8299999991</v>
       </c>
-      <c r="J30" s="87">
+      <c r="J30" s="86">
         <v>2291478.8800000008</v>
       </c>
-      <c r="K30" s="87">
+      <c r="K30" s="86">
         <v>2508320.9600000009</v>
       </c>
-      <c r="L30" s="87">
+      <c r="L30" s="86">
         <v>2049105.75</v>
       </c>
-      <c r="M30" s="87">
+      <c r="M30" s="86">
         <v>2156770.6300000018</v>
       </c>
-      <c r="N30" s="87">
+      <c r="N30" s="86">
         <v>2625209.5499999998</v>
       </c>
-      <c r="O30" s="87">
+      <c r="O30" s="86">
         <v>27009654.750000004</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A31" s="4" t="s">
+      <c r="A31" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B31" s="86">
+      <c r="B31" s="85">
         <v>-245233</v>
       </c>
-      <c r="C31" s="86">
+      <c r="C31" s="85">
         <v>-129475</v>
       </c>
-      <c r="D31" s="86">
+      <c r="D31" s="85">
         <v>4111698</v>
       </c>
-      <c r="E31" s="87">
+      <c r="E31" s="86">
         <v>-229362</v>
       </c>
-      <c r="F31" s="87">
+      <c r="F31" s="86">
         <v>-113231</v>
       </c>
-      <c r="G31" s="87">
+      <c r="G31" s="86">
         <v>-250322</v>
       </c>
-      <c r="H31" s="87">
+      <c r="H31" s="86">
         <v>-129247</v>
       </c>
-      <c r="I31" s="87">
+      <c r="I31" s="86">
         <v>-109957</v>
       </c>
-      <c r="J31" s="87">
+      <c r="J31" s="86">
         <v>-256205</v>
       </c>
-      <c r="K31" s="87">
+      <c r="K31" s="86">
         <v>-97919</v>
       </c>
-      <c r="L31" s="87">
+      <c r="L31" s="86">
         <v>-43678</v>
       </c>
-      <c r="M31" s="87">
+      <c r="M31" s="86">
         <v>-72687</v>
       </c>
-      <c r="N31" s="87">
-[...2 lines deleted...]
-      <c r="O31" s="87">
+      <c r="N31" s="86">
+        <v>0</v>
+      </c>
+      <c r="O31" s="86">
         <v>2434382</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A32" s="4" t="s">
+      <c r="A32" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B32" s="86">
-[...2 lines deleted...]
-      <c r="C32" s="86">
+      <c r="B32" s="85">
+        <v>0</v>
+      </c>
+      <c r="C32" s="85">
         <v>3750000</v>
       </c>
-      <c r="D32" s="86">
-[...5 lines deleted...]
-      <c r="F32" s="87">
+      <c r="D32" s="85">
+        <v>0</v>
+      </c>
+      <c r="E32" s="86">
+        <v>0</v>
+      </c>
+      <c r="F32" s="86">
         <v>3750000</v>
       </c>
-      <c r="G32" s="87">
-[...5 lines deleted...]
-      <c r="I32" s="87">
+      <c r="G32" s="86">
+        <v>0</v>
+      </c>
+      <c r="H32" s="86">
+        <v>0</v>
+      </c>
+      <c r="I32" s="86">
         <v>3750000</v>
       </c>
-      <c r="J32" s="87">
-[...8 lines deleted...]
-      <c r="M32" s="87">
+      <c r="J32" s="86">
+        <v>0</v>
+      </c>
+      <c r="K32" s="86">
+        <v>0</v>
+      </c>
+      <c r="L32" s="86">
+        <v>0</v>
+      </c>
+      <c r="M32" s="86">
         <v>3750000</v>
       </c>
-      <c r="N32" s="87">
-[...2 lines deleted...]
-      <c r="O32" s="87">
+      <c r="N32" s="86">
+        <v>0</v>
+      </c>
+      <c r="O32" s="86">
         <v>15000000</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A33" s="4" t="s">
+      <c r="A33" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B33" s="86">
+      <c r="B33" s="85">
         <v>-1604706</v>
       </c>
-      <c r="C33" s="86">
+      <c r="C33" s="85">
         <v>-799650</v>
       </c>
-      <c r="D33" s="86">
+      <c r="D33" s="85">
         <v>3277838</v>
       </c>
-      <c r="E33" s="87">
+      <c r="E33" s="86">
         <v>-399075</v>
       </c>
-      <c r="F33" s="87">
+      <c r="F33" s="86">
         <v>-399925</v>
       </c>
-      <c r="G33" s="87">
+      <c r="G33" s="86">
         <v>3590389</v>
       </c>
-      <c r="H33" s="87">
+      <c r="H33" s="86">
         <v>-399875</v>
       </c>
-      <c r="I33" s="87">
+      <c r="I33" s="86">
         <v>-399525</v>
       </c>
-      <c r="J33" s="87">
+      <c r="J33" s="86">
         <v>4788507</v>
       </c>
-      <c r="K33" s="87">
+      <c r="K33" s="86">
         <v>-399925</v>
       </c>
-      <c r="L33" s="87">
+      <c r="L33" s="86">
         <v>-396875</v>
       </c>
-      <c r="M33" s="87">
+      <c r="M33" s="86">
         <v>3971911</v>
       </c>
-      <c r="N33" s="87">
+      <c r="N33" s="86">
         <v>2313254</v>
       </c>
-      <c r="O33" s="87">
+      <c r="O33" s="86">
         <v>13142343</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A34" s="4" t="s">
+      <c r="A34" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B34" s="86">
+      <c r="B34" s="85">
         <v>1152715.92</v>
       </c>
-      <c r="C34" s="86">
+      <c r="C34" s="85">
         <v>2253951.37</v>
       </c>
-      <c r="D34" s="86">
+      <c r="D34" s="85">
         <v>1294302.3199999998</v>
       </c>
-      <c r="E34" s="87">
+      <c r="E34" s="86">
         <v>1258736.7799999998</v>
       </c>
-      <c r="F34" s="87">
+      <c r="F34" s="86">
         <v>501672.08999999991</v>
       </c>
-      <c r="G34" s="87">
+      <c r="G34" s="86">
         <v>1008133.4199999999</v>
       </c>
-      <c r="H34" s="87">
+      <c r="H34" s="86">
         <v>864127.23</v>
       </c>
-      <c r="I34" s="87">
+      <c r="I34" s="86">
         <v>635288.90000000014</v>
       </c>
-      <c r="J34" s="87">
+      <c r="J34" s="86">
         <v>717544.93000000017</v>
       </c>
-      <c r="K34" s="87">
+      <c r="K34" s="86">
         <v>231661.8000000001</v>
       </c>
-      <c r="L34" s="87">
+      <c r="L34" s="86">
         <v>554207.47</v>
       </c>
-      <c r="M34" s="87">
+      <c r="M34" s="86">
         <v>2415155.3600000003</v>
       </c>
-      <c r="N34" s="87">
+      <c r="N34" s="86">
         <v>1241099.42</v>
       </c>
-      <c r="O34" s="87">
+      <c r="O34" s="86">
         <v>14128597.01</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="O35" s="4"/>
+      <c r="O35" s="3"/>
     </row>
     <row r="36" spans="1:15" ht="20.25" x14ac:dyDescent="0.25">
-      <c r="A36" s="8" t="s">
+      <c r="A36" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="B36" s="5">
+      <c r="B36" s="4">
         <v>502409547.76999998</v>
       </c>
-      <c r="C36" s="5">
+      <c r="C36" s="4">
         <v>780325622.35000002</v>
       </c>
-      <c r="D36" s="5">
+      <c r="D36" s="4">
         <v>1064487228.88</v>
       </c>
-      <c r="E36" s="5">
+      <c r="E36" s="4">
         <v>812886037.28999996</v>
       </c>
-      <c r="F36" s="5">
+      <c r="F36" s="4">
         <v>768485041.38999987</v>
       </c>
-      <c r="G36" s="5">
+      <c r="G36" s="4">
         <v>1053518366.64</v>
       </c>
-      <c r="H36" s="5">
+      <c r="H36" s="4">
         <v>1002708698.0799998</v>
       </c>
-      <c r="I36" s="5">
+      <c r="I36" s="4">
         <v>196734076.82999989</v>
       </c>
-      <c r="J36" s="5">
+      <c r="J36" s="4">
         <v>580272993.09000003</v>
       </c>
-      <c r="K36" s="5">
+      <c r="K36" s="4">
         <v>532754069.92000002</v>
       </c>
-      <c r="L36" s="5">
+      <c r="L36" s="4">
         <v>654825034.53999984</v>
       </c>
-      <c r="M36" s="5">
+      <c r="M36" s="4">
         <v>1018178508.4599999</v>
       </c>
-      <c r="N36" s="5">
+      <c r="N36" s="4">
         <v>825609568.41000009</v>
       </c>
-      <c r="O36" s="5">
+      <c r="O36" s="4">
         <v>9793194793.6499996</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6DA06DA4-811D-496C-892D-9FC0E51C4469}">
-  <sheetPr codeName="Sheet2">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B079FD8-AB1E-47BD-B696-E93819DD0225}">
+  <sheetPr codeName="Sheet15">
     <tabColor theme="8"/>
   </sheetPr>
   <dimension ref="A1:O82"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A42" sqref="A42:XFD46"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B46" sqref="B46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" style="107" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="107"/>
+    <col min="1" max="1" width="2.85546875" style="106" customWidth="1"/>
+    <col min="2" max="2" width="28.85546875" style="106" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15" style="106" customWidth="1"/>
+    <col min="4" max="4" width="2.28515625" style="106" customWidth="1"/>
+    <col min="5" max="5" width="15" style="106" customWidth="1"/>
+    <col min="6" max="6" width="2.28515625" style="106" customWidth="1"/>
+    <col min="7" max="7" width="14.5703125" style="106" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="2.85546875" style="106" customWidth="1"/>
+    <col min="9" max="9" width="11.7109375" style="106" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="3" style="106" customWidth="1"/>
+    <col min="11" max="15" width="9.140625" style="106" hidden="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="106"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A1" s="105"/>
-[...8 lines deleted...]
-      <c r="J1" s="105"/>
+      <c r="A1" s="104"/>
+      <c r="B1" s="104"/>
+      <c r="C1" s="104"/>
+      <c r="D1" s="104"/>
+      <c r="E1" s="104"/>
+      <c r="F1" s="104"/>
+      <c r="G1" s="104"/>
+      <c r="H1" s="104"/>
+      <c r="I1" s="105"/>
+      <c r="J1" s="104"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A2" s="108"/>
-[...7 lines deleted...]
-      <c r="I2" s="110" t="s">
+      <c r="A2" s="107"/>
+      <c r="B2" s="107"/>
+      <c r="C2" s="108"/>
+      <c r="D2" s="108"/>
+      <c r="E2" s="108"/>
+      <c r="F2" s="108"/>
+      <c r="G2" s="108"/>
+      <c r="H2" s="108"/>
+      <c r="I2" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="J2" s="109"/>
+      <c r="J2" s="108"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A3" s="111"/>
-[...8 lines deleted...]
-      <c r="J3" s="111"/>
+      <c r="A3" s="110"/>
+      <c r="B3" s="110"/>
+      <c r="C3" s="122"/>
+      <c r="D3" s="122"/>
+      <c r="E3" s="122"/>
+      <c r="F3" s="110"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="111"/>
+      <c r="I3" s="112"/>
+      <c r="J3" s="110"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A4" s="111"/>
-[...7 lines deleted...]
-      <c r="J4" s="105"/>
+      <c r="A4" s="110"/>
+      <c r="B4" s="110"/>
+      <c r="C4" s="104"/>
+      <c r="D4" s="113"/>
+      <c r="E4" s="104"/>
+      <c r="F4" s="104"/>
+      <c r="G4" s="104"/>
+      <c r="H4" s="104"/>
+      <c r="J4" s="104"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A5" s="111"/>
-[...9 lines deleted...]
-      <c r="I5" s="116" t="s">
+      <c r="A5" s="110"/>
+      <c r="B5" s="110"/>
+      <c r="C5" s="123" t="s">
+        <v>135</v>
+      </c>
+      <c r="D5" s="123"/>
+      <c r="E5" s="123"/>
+      <c r="F5" s="114"/>
+      <c r="G5" s="114"/>
+      <c r="H5" s="114"/>
+      <c r="I5" s="115" t="s">
         <v>164</v>
       </c>
-      <c r="J5" s="105"/>
+      <c r="J5" s="104"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A6" s="111"/>
-[...8 lines deleted...]
-      <c r="J6" s="111"/>
+      <c r="A6" s="110"/>
+      <c r="B6" s="110"/>
+      <c r="C6" s="110"/>
+      <c r="D6" s="110"/>
+      <c r="E6" s="104"/>
+      <c r="F6" s="110"/>
+      <c r="G6" s="110"/>
+      <c r="H6" s="110"/>
+      <c r="I6" s="110"/>
+      <c r="J6" s="110"/>
     </row>
     <row r="7" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="2"/>
-      <c r="B7" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="22" t="s">
+      <c r="B7" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D7" s="23"/>
-      <c r="E7" s="22" t="s">
+      <c r="D7" s="22"/>
+      <c r="E7" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="F7" s="23"/>
-      <c r="G7" s="22" t="s">
+      <c r="F7" s="22"/>
+      <c r="G7" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="H7" s="23"/>
-      <c r="I7" s="22" t="s">
+      <c r="H7" s="22"/>
+      <c r="I7" s="21" t="s">
         <v>129</v>
       </c>
       <c r="J7" s="2"/>
     </row>
     <row r="8" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
-      <c r="E8" s="24"/>
+      <c r="E8" s="23"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
     </row>
     <row r="9" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="2"/>
-      <c r="B9" s="49" t="s">
+      <c r="B9" s="48" t="s">
         <v>144</v>
       </c>
-      <c r="C9" s="24">
-[...12 lines deleted...]
-        <v>2.7947070527490014E-2</v>
+      <c r="C9" s="23">
+        <v>468642326.31</v>
+      </c>
+      <c r="D9" s="24"/>
+      <c r="E9" s="23">
+        <v>478933679.82999998</v>
+      </c>
+      <c r="F9" s="25"/>
+      <c r="G9" s="26">
+        <v>10291353.52</v>
+      </c>
+      <c r="H9" s="27"/>
+      <c r="I9" s="28">
+        <v>2.1959931790694442E-2</v>
       </c>
       <c r="J9" s="2"/>
     </row>
     <row r="10" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="2"/>
-      <c r="B10" s="49" t="s">
+      <c r="B10" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C10" s="24">
-[...12 lines deleted...]
-        <v>5.1372537867679036E-2</v>
+      <c r="C10" s="23">
+        <v>761772100.82000005</v>
+      </c>
+      <c r="D10" s="29"/>
+      <c r="E10" s="23">
+        <v>782333067.65999997</v>
+      </c>
+      <c r="F10" s="30"/>
+      <c r="G10" s="26">
+        <v>20560966.84</v>
+      </c>
+      <c r="H10" s="27"/>
+      <c r="I10" s="28">
+        <v>2.6990968582161656E-2</v>
       </c>
       <c r="J10" s="2"/>
     </row>
     <row r="11" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="2"/>
-      <c r="B11" s="49" t="s">
+      <c r="B11" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="C11" s="24">
-[...12 lines deleted...]
-        <v>-0.17265364261015059</v>
+      <c r="C11" s="23">
+        <v>32276743.149999999</v>
+      </c>
+      <c r="D11" s="29"/>
+      <c r="E11" s="23">
+        <v>21084733.789999999</v>
+      </c>
+      <c r="F11" s="30"/>
+      <c r="G11" s="26">
+        <v>-11192009.359999999</v>
+      </c>
+      <c r="H11" s="27"/>
+      <c r="I11" s="28">
+        <v>-0.3467515079816843</v>
       </c>
       <c r="J11" s="2"/>
     </row>
     <row r="12" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="2"/>
-      <c r="B12" s="49" t="s">
+      <c r="B12" s="48" t="s">
         <v>147</v>
       </c>
-      <c r="C12" s="24">
-[...12 lines deleted...]
-        <v>0.10395799770301095</v>
+      <c r="C12" s="23">
+        <v>1270644</v>
+      </c>
+      <c r="D12" s="29"/>
+      <c r="E12" s="23">
+        <v>1530155</v>
+      </c>
+      <c r="F12" s="25"/>
+      <c r="G12" s="26">
+        <v>259511</v>
+      </c>
+      <c r="H12" s="27"/>
+      <c r="I12" s="28">
+        <v>0.20423580483597292</v>
       </c>
       <c r="J12" s="2"/>
     </row>
     <row r="13" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="2"/>
-      <c r="B13" s="49" t="s">
+      <c r="B13" s="48" t="s">
         <v>148</v>
       </c>
-      <c r="C13" s="24">
-[...12 lines deleted...]
-        <v>-6.9486656194868157E-3</v>
+      <c r="C13" s="23">
+        <v>2714552.03</v>
+      </c>
+      <c r="D13" s="29"/>
+      <c r="E13" s="23">
+        <v>2953019.43</v>
+      </c>
+      <c r="F13" s="25"/>
+      <c r="G13" s="26">
+        <v>238467.4</v>
+      </c>
+      <c r="H13" s="27"/>
+      <c r="I13" s="28">
+        <v>8.7847791224690663E-2</v>
       </c>
       <c r="J13" s="2"/>
     </row>
     <row r="14" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="2"/>
-      <c r="B14" s="49" t="s">
+      <c r="B14" s="48" t="s">
         <v>150</v>
       </c>
-      <c r="C14" s="24">
-[...14 lines deleted...]
-      <c r="J14" s="7"/>
+      <c r="C14" s="23">
+        <v>10806540.060000001</v>
+      </c>
+      <c r="D14" s="29"/>
+      <c r="E14" s="23">
+        <v>11490051.539999999</v>
+      </c>
+      <c r="F14" s="25"/>
+      <c r="G14" s="26">
+        <v>683511.48</v>
+      </c>
+      <c r="H14" s="27"/>
+      <c r="I14" s="28">
+        <v>6.3249798381814326E-2</v>
+      </c>
+      <c r="J14" s="6"/>
     </row>
     <row r="15" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="2"/>
-      <c r="B15" s="49" t="s">
+      <c r="B15" s="48" t="s">
         <v>151</v>
       </c>
-      <c r="C15" s="24">
-[...14 lines deleted...]
-      <c r="J15" s="7"/>
+      <c r="C15" s="23">
+        <v>4336095.6399999997</v>
+      </c>
+      <c r="D15" s="29"/>
+      <c r="E15" s="23">
+        <v>206033.58</v>
+      </c>
+      <c r="F15" s="25"/>
+      <c r="G15" s="26">
+        <v>-4130062.06</v>
+      </c>
+      <c r="H15" s="27"/>
+      <c r="I15" s="28">
+        <v>-0.95248407851077754</v>
+      </c>
+      <c r="J15" s="6"/>
     </row>
     <row r="16" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
-      <c r="B16" s="49" t="s">
+      <c r="B16" s="48" t="s">
         <v>152</v>
       </c>
-      <c r="C16" s="24">
-[...14 lines deleted...]
-      <c r="J16" s="7"/>
+      <c r="C16" s="23">
+        <v>9133869.1899999995</v>
+      </c>
+      <c r="D16" s="29"/>
+      <c r="E16" s="23">
+        <v>9615635.7599999998</v>
+      </c>
+      <c r="F16" s="25"/>
+      <c r="G16" s="26">
+        <v>481766.57</v>
+      </c>
+      <c r="H16" s="27"/>
+      <c r="I16" s="28">
+        <v>5.2745070022181872E-2</v>
+      </c>
+      <c r="J16" s="6"/>
     </row>
     <row r="17" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="2"/>
-      <c r="B17" s="49" t="s">
+      <c r="B17" s="48" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="24">
-[...14 lines deleted...]
-      <c r="J17" s="7"/>
+      <c r="C17" s="23">
+        <v>852046</v>
+      </c>
+      <c r="D17" s="29"/>
+      <c r="E17" s="23">
+        <v>1030737</v>
+      </c>
+      <c r="F17" s="25"/>
+      <c r="G17" s="26">
+        <v>178691</v>
+      </c>
+      <c r="H17" s="27"/>
+      <c r="I17" s="28">
+        <v>0.2097198977519994</v>
+      </c>
+      <c r="J17" s="6"/>
     </row>
     <row r="18" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="2"/>
-      <c r="B18" s="49" t="s">
+      <c r="B18" s="48" t="s">
         <v>153</v>
       </c>
-      <c r="C18" s="24">
-[...14 lines deleted...]
-      <c r="J18" s="7"/>
+      <c r="C18" s="23">
+        <v>443605.27</v>
+      </c>
+      <c r="D18" s="29"/>
+      <c r="E18" s="23">
+        <v>875172.28</v>
+      </c>
+      <c r="F18" s="25"/>
+      <c r="G18" s="26">
+        <v>431567.01</v>
+      </c>
+      <c r="H18" s="27"/>
+      <c r="I18" s="28">
+        <v>0.97286267586496433</v>
+      </c>
+      <c r="J18" s="6"/>
     </row>
     <row r="19" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="2"/>
-      <c r="B19" s="49" t="s">
+      <c r="B19" s="48" t="s">
         <v>154</v>
       </c>
-      <c r="C19" s="24">
-[...14 lines deleted...]
-      <c r="J19" s="7"/>
+      <c r="C19" s="23">
+        <v>9385176.9499999993</v>
+      </c>
+      <c r="D19" s="29"/>
+      <c r="E19" s="23">
+        <v>14210705.689999999</v>
+      </c>
+      <c r="F19" s="25"/>
+      <c r="G19" s="26">
+        <v>4825528.74</v>
+      </c>
+      <c r="H19" s="27"/>
+      <c r="I19" s="28">
+        <v>0.51416491832900402</v>
+      </c>
+      <c r="J19" s="6"/>
     </row>
     <row r="20" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="2"/>
-      <c r="B20" s="49" t="s">
+      <c r="B20" s="48" t="s">
         <v>143</v>
       </c>
-      <c r="C20" s="24">
-[...14 lines deleted...]
-      <c r="J20" s="7"/>
+      <c r="C20" s="23">
+        <v>11232911.82</v>
+      </c>
+      <c r="D20" s="29"/>
+      <c r="E20" s="23">
+        <v>13530353.279999999</v>
+      </c>
+      <c r="F20" s="25"/>
+      <c r="G20" s="26">
+        <v>2297441.46</v>
+      </c>
+      <c r="H20" s="27"/>
+      <c r="I20" s="28">
+        <v>0.20452768585874992</v>
+      </c>
+      <c r="J20" s="6"/>
     </row>
     <row r="21" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="2"/>
-      <c r="B21" s="49" t="s">
+      <c r="B21" s="48" t="s">
         <v>70</v>
       </c>
-      <c r="C21" s="24">
-[...14 lines deleted...]
-      <c r="J21" s="7"/>
+      <c r="C21" s="23">
+        <v>41127805.359999999</v>
+      </c>
+      <c r="D21" s="29"/>
+      <c r="E21" s="23">
+        <v>34545604.810000002</v>
+      </c>
+      <c r="F21" s="25"/>
+      <c r="G21" s="26">
+        <v>-6582200.5499999998</v>
+      </c>
+      <c r="H21" s="27"/>
+      <c r="I21" s="28">
+        <v>-0.16004259143867916</v>
+      </c>
+      <c r="J21" s="6"/>
     </row>
     <row r="22" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2"/>
-      <c r="B22" s="49" t="s">
+      <c r="B22" s="48" t="s">
         <v>155</v>
       </c>
-      <c r="C22" s="24">
-[...14 lines deleted...]
-      <c r="J22" s="7"/>
+      <c r="C22" s="23">
+        <v>1430572.9</v>
+      </c>
+      <c r="D22" s="29"/>
+      <c r="E22" s="23">
+        <v>695335.51</v>
+      </c>
+      <c r="F22" s="25"/>
+      <c r="G22" s="26">
+        <v>-735237.39</v>
+      </c>
+      <c r="H22" s="27"/>
+      <c r="I22" s="28">
+        <v>-0.51394611906880106</v>
+      </c>
+      <c r="J22" s="6"/>
     </row>
     <row r="23" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="2"/>
-      <c r="B23" s="49" t="s">
+      <c r="B23" s="48" t="s">
         <v>156</v>
       </c>
-      <c r="C23" s="24">
-[...14 lines deleted...]
-      <c r="J23" s="7"/>
+      <c r="C23" s="23">
+        <v>849434.19</v>
+      </c>
+      <c r="D23" s="29"/>
+      <c r="E23" s="23">
+        <v>769908.64</v>
+      </c>
+      <c r="F23" s="25"/>
+      <c r="G23" s="26">
+        <v>-79525.55</v>
+      </c>
+      <c r="H23" s="27"/>
+      <c r="I23" s="28">
+        <v>-9.3621790759328749E-2</v>
+      </c>
+      <c r="J23" s="6"/>
     </row>
     <row r="24" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
-      <c r="B24" s="49" t="s">
+      <c r="B24" s="48" t="s">
         <v>73</v>
       </c>
-      <c r="C24" s="24">
-[...14 lines deleted...]
-      <c r="J24" s="7"/>
+      <c r="C24" s="23">
+        <v>0</v>
+      </c>
+      <c r="D24" s="29"/>
+      <c r="E24" s="23">
+        <v>735590</v>
+      </c>
+      <c r="F24" s="25"/>
+      <c r="G24" s="26">
+        <v>735590</v>
+      </c>
+      <c r="H24" s="27"/>
+      <c r="I24" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J24" s="6"/>
     </row>
     <row r="25" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="2"/>
-      <c r="B25" s="49" t="s">
+      <c r="B25" s="48" t="s">
         <v>157</v>
       </c>
-      <c r="C25" s="24">
+      <c r="C25" s="23">
         <v>282734</v>
       </c>
-      <c r="D25" s="30"/>
-      <c r="E25" s="24">
+      <c r="D25" s="29"/>
+      <c r="E25" s="23">
         <v>282734</v>
       </c>
-      <c r="F25" s="26"/>
-[...7 lines deleted...]
-      <c r="J25" s="7"/>
+      <c r="F25" s="25"/>
+      <c r="G25" s="26">
+        <v>0</v>
+      </c>
+      <c r="H25" s="27"/>
+      <c r="I25" s="28">
+        <v>0</v>
+      </c>
+      <c r="J25" s="6"/>
     </row>
     <row r="26" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2"/>
-      <c r="B26" s="49" t="s">
+      <c r="B26" s="48" t="s">
         <v>158</v>
       </c>
-      <c r="C26" s="24">
-[...14 lines deleted...]
-      <c r="J26" s="7"/>
+      <c r="C26" s="23">
+        <v>442042.13</v>
+      </c>
+      <c r="D26" s="29"/>
+      <c r="E26" s="23">
+        <v>376248.36</v>
+      </c>
+      <c r="F26" s="25"/>
+      <c r="G26" s="26">
+        <v>-65793.77</v>
+      </c>
+      <c r="H26" s="27"/>
+      <c r="I26" s="28">
+        <v>-0.14884049626672469</v>
+      </c>
+      <c r="J26" s="6"/>
     </row>
     <row r="27" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A27" s="2"/>
-      <c r="B27" s="49" t="s">
+      <c r="B27" s="48" t="s">
         <v>76</v>
       </c>
-      <c r="C27" s="24">
-[...14 lines deleted...]
-      <c r="J27" s="7"/>
+      <c r="C27" s="23">
+        <v>9996000</v>
+      </c>
+      <c r="D27" s="29"/>
+      <c r="E27" s="23">
+        <v>11615000</v>
+      </c>
+      <c r="F27" s="25"/>
+      <c r="G27" s="26">
+        <v>1619000</v>
+      </c>
+      <c r="H27" s="27"/>
+      <c r="I27" s="28">
+        <v>0.16196478591436581</v>
+      </c>
+      <c r="J27" s="6"/>
     </row>
     <row r="28" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A28" s="2"/>
-      <c r="B28" s="49" t="s">
+      <c r="B28" s="48" t="s">
         <v>159</v>
       </c>
-      <c r="C28" s="24">
-[...14 lines deleted...]
-      <c r="J28" s="7"/>
+      <c r="C28" s="23">
+        <v>0</v>
+      </c>
+      <c r="D28" s="29"/>
+      <c r="E28" s="23">
+        <v>0</v>
+      </c>
+      <c r="F28" s="25"/>
+      <c r="G28" s="26">
+        <v>0</v>
+      </c>
+      <c r="H28" s="27"/>
+      <c r="I28" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J28" s="6"/>
     </row>
     <row r="29" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="2"/>
-      <c r="B29" s="49" t="s">
+      <c r="B29" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="C29" s="24">
-[...14 lines deleted...]
-      <c r="J29" s="7"/>
+      <c r="C29" s="23">
+        <v>0</v>
+      </c>
+      <c r="D29" s="29"/>
+      <c r="E29" s="23">
+        <v>0</v>
+      </c>
+      <c r="F29" s="25"/>
+      <c r="G29" s="26">
+        <v>0</v>
+      </c>
+      <c r="H29" s="27"/>
+      <c r="I29" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J29" s="6"/>
     </row>
     <row r="30" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A30" s="2"/>
-      <c r="B30" s="49" t="s">
+      <c r="B30" s="48" t="s">
         <v>160</v>
       </c>
-      <c r="C30" s="24">
-[...14 lines deleted...]
-      <c r="J30" s="7"/>
+      <c r="C30" s="23">
+        <v>15233.87</v>
+      </c>
+      <c r="D30" s="29"/>
+      <c r="E30" s="23">
+        <v>17000</v>
+      </c>
+      <c r="F30" s="25"/>
+      <c r="G30" s="26">
+        <v>1766.13</v>
+      </c>
+      <c r="H30" s="27"/>
+      <c r="I30" s="28">
+        <v>0.11593442769302875</v>
+      </c>
+      <c r="J30" s="6"/>
     </row>
     <row r="31" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="2"/>
-      <c r="B31" s="49" t="s">
+      <c r="B31" s="48" t="s">
         <v>80</v>
       </c>
-      <c r="C31" s="24">
-[...14 lines deleted...]
-      <c r="J31" s="7"/>
+      <c r="C31" s="23">
+        <v>27584048</v>
+      </c>
+      <c r="D31" s="29"/>
+      <c r="E31" s="23">
+        <v>28690670</v>
+      </c>
+      <c r="F31" s="25"/>
+      <c r="G31" s="26">
+        <v>1106622</v>
+      </c>
+      <c r="H31" s="27"/>
+      <c r="I31" s="28">
+        <v>4.0118187149326356E-2</v>
+      </c>
+      <c r="J31" s="6"/>
     </row>
     <row r="32" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2"/>
-      <c r="B32" s="49" t="s">
+      <c r="B32" s="48" t="s">
         <v>82</v>
       </c>
-      <c r="C32" s="24">
-[...14 lines deleted...]
-      <c r="J32" s="7"/>
+      <c r="C32" s="23">
+        <v>2123664.56</v>
+      </c>
+      <c r="D32" s="29"/>
+      <c r="E32" s="23">
+        <v>2083492.72</v>
+      </c>
+      <c r="F32" s="25"/>
+      <c r="G32" s="26">
+        <v>-40171.839999999997</v>
+      </c>
+      <c r="H32" s="27"/>
+      <c r="I32" s="28">
+        <v>-1.8916283087570096E-2</v>
+      </c>
+      <c r="J32" s="6"/>
     </row>
     <row r="33" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="2"/>
-      <c r="B33" s="49" t="s">
+      <c r="B33" s="48" t="s">
         <v>161</v>
       </c>
-      <c r="C33" s="24">
-[...14 lines deleted...]
-      <c r="J33" s="7"/>
+      <c r="C33" s="23">
+        <v>0</v>
+      </c>
+      <c r="D33" s="29"/>
+      <c r="E33" s="23">
+        <v>0</v>
+      </c>
+      <c r="F33" s="25"/>
+      <c r="G33" s="26">
+        <v>0</v>
+      </c>
+      <c r="H33" s="27"/>
+      <c r="I33" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J33" s="6"/>
     </row>
     <row r="34" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A34" s="2"/>
-      <c r="B34" s="49" t="s">
+      <c r="B34" s="48" t="s">
         <v>162</v>
       </c>
-      <c r="C34" s="24">
-[...14 lines deleted...]
-      <c r="J34" s="7"/>
+      <c r="C34" s="23">
+        <v>-943387.14</v>
+      </c>
+      <c r="D34" s="29"/>
+      <c r="E34" s="23">
+        <v>68653.73</v>
+      </c>
+      <c r="F34" s="25"/>
+      <c r="G34" s="26">
+        <v>1012040.87</v>
+      </c>
+      <c r="H34" s="27"/>
+      <c r="I34" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J34" s="6"/>
     </row>
     <row r="35" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="2"/>
-      <c r="B35" s="49" t="s">
+      <c r="B35" s="48" t="s">
         <v>85</v>
       </c>
-      <c r="C35" s="24">
-[...14 lines deleted...]
-      <c r="J35" s="7"/>
+      <c r="C35" s="23">
+        <v>1261034.01</v>
+      </c>
+      <c r="D35" s="29"/>
+      <c r="E35" s="23">
+        <v>-143394</v>
+      </c>
+      <c r="F35" s="30"/>
+      <c r="G35" s="26">
+        <v>-1404428.01</v>
+      </c>
+      <c r="H35" s="27"/>
+      <c r="I35" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J35" s="6"/>
     </row>
     <row r="36" spans="1:13" s="1" customFormat="1" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
-      <c r="B36" s="67"/>
-[...6 lines deleted...]
-      <c r="I36" s="71"/>
+      <c r="B36" s="66"/>
+      <c r="C36" s="67"/>
+      <c r="D36" s="68"/>
+      <c r="E36" s="67"/>
+      <c r="F36" s="68"/>
+      <c r="G36" s="67"/>
+      <c r="H36" s="69"/>
+      <c r="I36" s="70"/>
       <c r="J36" s="2"/>
     </row>
     <row r="37" spans="1:13" s="1" customFormat="1" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A37" s="2"/>
-      <c r="B37" s="50" t="s">
+      <c r="B37" s="49" t="s">
         <v>163</v>
       </c>
-      <c r="C37" s="32">
-[...12 lines deleted...]
-        <v>3.5839627104062188E-2</v>
+      <c r="C37" s="31">
+        <v>1397035793.1200001</v>
+      </c>
+      <c r="D37" s="32"/>
+      <c r="E37" s="31">
+        <v>1417530188.6099999</v>
+      </c>
+      <c r="F37" s="32"/>
+      <c r="G37" s="95">
+        <v>20494395.489999998</v>
+      </c>
+      <c r="H37" s="96"/>
+      <c r="I37" s="97">
+        <v>1.4669914393696137E-2</v>
       </c>
       <c r="J37" s="2"/>
     </row>
     <row r="38" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A38" s="2"/>
-      <c r="B38" s="72"/>
-[...6 lines deleted...]
-      <c r="I38" s="72"/>
+      <c r="B38" s="71"/>
+      <c r="C38" s="71"/>
+      <c r="D38" s="71"/>
+      <c r="E38" s="71"/>
+      <c r="F38" s="71"/>
+      <c r="G38" s="71"/>
+      <c r="H38" s="71"/>
+      <c r="I38" s="71"/>
       <c r="J38" s="2"/>
     </row>
     <row r="39" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="2"/>
-      <c r="B39" s="120" t="s">
+      <c r="B39" s="121" t="s">
         <v>142</v>
       </c>
-      <c r="C39" s="120"/>
-[...5 lines deleted...]
-      <c r="I39" s="120"/>
+      <c r="C39" s="121"/>
+      <c r="D39" s="121"/>
+      <c r="E39" s="121"/>
+      <c r="F39" s="121"/>
+      <c r="G39" s="121"/>
+      <c r="H39" s="121"/>
+      <c r="I39" s="121"/>
       <c r="J39" s="2"/>
     </row>
     <row r="40" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A40" s="2"/>
-      <c r="B40" s="120"/>
-[...6 lines deleted...]
-      <c r="I40" s="120"/>
+      <c r="B40" s="121"/>
+      <c r="C40" s="121"/>
+      <c r="D40" s="121"/>
+      <c r="E40" s="121"/>
+      <c r="F40" s="121"/>
+      <c r="G40" s="121"/>
+      <c r="H40" s="121"/>
+      <c r="I40" s="121"/>
       <c r="J40" s="2"/>
     </row>
     <row r="41" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="2"/>
-      <c r="B41" s="119" t="s">
-[...8 lines deleted...]
-      <c r="I41" s="46"/>
+      <c r="B41" s="118" t="s">
+        <v>213</v>
+      </c>
+      <c r="C41" s="34"/>
+      <c r="D41" s="34"/>
+      <c r="E41" s="34"/>
+      <c r="F41" s="34"/>
+      <c r="G41" s="34"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="45"/>
       <c r="J41" s="2"/>
     </row>
     <row r="42" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="15"/>
-[...8 lines deleted...]
-      <c r="J42" s="15"/>
+      <c r="A42" s="14"/>
+      <c r="B42" s="14"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="14"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="14"/>
+      <c r="I42" s="11"/>
+      <c r="J42" s="14"/>
     </row>
     <row r="43" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="16"/>
-[...7 lines deleted...]
-      <c r="I43" s="13" t="s">
+      <c r="A43" s="15"/>
+      <c r="B43" s="15"/>
+      <c r="C43" s="16"/>
+      <c r="D43" s="16"/>
+      <c r="E43" s="16"/>
+      <c r="F43" s="16"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="16"/>
+      <c r="I43" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="J43" s="17"/>
+      <c r="J43" s="16"/>
     </row>
     <row r="44" spans="1:13" s="1" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
-      <c r="C44" s="123"/>
-[...1 lines deleted...]
-      <c r="E44" s="123"/>
+      <c r="C44" s="124"/>
+      <c r="D44" s="124"/>
+      <c r="E44" s="124"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
-      <c r="I44" s="18"/>
+      <c r="I44" s="17"/>
       <c r="J44" s="2"/>
     </row>
     <row r="45" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
-      <c r="C45" s="15"/>
-[...7 lines deleted...]
-        <v>184</v>
+      <c r="C45" s="14"/>
+      <c r="D45" s="18"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="14"/>
+      <c r="G45" s="14"/>
+      <c r="H45" s="14"/>
+      <c r="J45" s="14"/>
+      <c r="L45" s="98" t="s">
+        <v>185</v>
       </c>
       <c r="M45" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="46" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
-      <c r="C46" s="124" t="s">
+      <c r="C46" s="125" t="s">
         <v>215</v>
       </c>
-      <c r="D46" s="124"/>
-[...4 lines deleted...]
-      <c r="I46" s="14" t="s">
+      <c r="D46" s="125"/>
+      <c r="E46" s="125"/>
+      <c r="F46" s="19"/>
+      <c r="G46" s="19"/>
+      <c r="H46" s="19"/>
+      <c r="I46" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="J46" s="15"/>
+      <c r="J46" s="14"/>
     </row>
     <row r="47" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
-      <c r="E47" s="15"/>
+      <c r="E47" s="14"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
     </row>
     <row r="48" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="2"/>
-      <c r="B48" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="22" t="s">
+      <c r="B48" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D48" s="23"/>
-      <c r="E48" s="22" t="s">
+      <c r="D48" s="22"/>
+      <c r="E48" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="F48" s="23"/>
-      <c r="G48" s="22" t="s">
+      <c r="F48" s="22"/>
+      <c r="G48" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="H48" s="23"/>
-      <c r="I48" s="22" t="s">
+      <c r="H48" s="22"/>
+      <c r="I48" s="21" t="s">
         <v>129</v>
       </c>
       <c r="J48" s="2"/>
     </row>
     <row r="49" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
-      <c r="E49" s="24"/>
+      <c r="E49" s="23"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="2"/>
-      <c r="B50" s="49" t="s">
+      <c r="B50" s="48" t="s">
         <v>144</v>
       </c>
-      <c r="C50" s="24">
-[...12 lines deleted...]
-        <v>5.2273045634896542E-2</v>
+      <c r="C50" s="23">
+        <v>2523918073.21</v>
+      </c>
+      <c r="D50" s="24"/>
+      <c r="E50" s="23">
+        <v>2641644949.6399999</v>
+      </c>
+      <c r="F50" s="25"/>
+      <c r="G50" s="26">
+        <v>117726876.43000001</v>
+      </c>
+      <c r="H50" s="27"/>
+      <c r="I50" s="28">
+        <v>4.6644492021989947E-2</v>
       </c>
     </row>
     <row r="51" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A51" s="2"/>
-      <c r="B51" s="49" t="s">
+      <c r="B51" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C51" s="24">
-[...12 lines deleted...]
-        <v>5.1848126125274785E-2</v>
+      <c r="C51" s="23">
+        <v>4488132546.5799999</v>
+      </c>
+      <c r="D51" s="29"/>
+      <c r="E51" s="23">
+        <v>4701898319.8000002</v>
+      </c>
+      <c r="F51" s="30"/>
+      <c r="G51" s="26">
+        <v>213765773.22</v>
+      </c>
+      <c r="H51" s="25"/>
+      <c r="I51" s="28">
+        <v>4.7629113222801722E-2</v>
       </c>
     </row>
     <row r="52" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="2"/>
-      <c r="B52" s="49" t="s">
+      <c r="B52" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="C52" s="24">
-[...12 lines deleted...]
-        <v>-0.22202688513655255</v>
+      <c r="C52" s="23">
+        <v>553052478.57000005</v>
+      </c>
+      <c r="D52" s="29"/>
+      <c r="E52" s="23">
+        <v>426234254.81999999</v>
+      </c>
+      <c r="F52" s="30"/>
+      <c r="G52" s="26">
+        <v>-126818223.75</v>
+      </c>
+      <c r="H52" s="25"/>
+      <c r="I52" s="28">
+        <v>-0.22930594955094941</v>
       </c>
     </row>
     <row r="53" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A53" s="2"/>
-      <c r="B53" s="49" t="s">
+      <c r="B53" s="48" t="s">
         <v>147</v>
       </c>
-      <c r="C53" s="24">
-[...12 lines deleted...]
-        <v>-7.5014607048980997E-2</v>
+      <c r="C53" s="23">
+        <v>212693738.69999999</v>
+      </c>
+      <c r="D53" s="29"/>
+      <c r="E53" s="23">
+        <v>197093429.33000001</v>
+      </c>
+      <c r="F53" s="25"/>
+      <c r="G53" s="26">
+        <v>-15600309.369999999</v>
+      </c>
+      <c r="H53" s="25"/>
+      <c r="I53" s="28">
+        <v>-7.334634985190569E-2</v>
       </c>
     </row>
     <row r="54" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="2"/>
-      <c r="B54" s="49" t="s">
+      <c r="B54" s="48" t="s">
         <v>148</v>
       </c>
-      <c r="C54" s="24">
-[...12 lines deleted...]
-        <v>2.7713345422997415E-2</v>
+      <c r="C54" s="23">
+        <v>12424278.73</v>
+      </c>
+      <c r="D54" s="29"/>
+      <c r="E54" s="23">
+        <v>12931835.140000001</v>
+      </c>
+      <c r="F54" s="25"/>
+      <c r="G54" s="26">
+        <v>507556.41</v>
+      </c>
+      <c r="H54" s="25"/>
+      <c r="I54" s="28">
+        <v>4.0851981916216973E-2</v>
       </c>
     </row>
     <row r="55" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="2"/>
-      <c r="B55" s="49" t="s">
+      <c r="B55" s="48" t="s">
         <v>150</v>
       </c>
-      <c r="C55" s="24">
-[...12 lines deleted...]
-        <v>2.7773685776695034E-2</v>
+      <c r="C55" s="23">
+        <v>60978610.530000001</v>
+      </c>
+      <c r="D55" s="29"/>
+      <c r="E55" s="23">
+        <v>63055585.329999998</v>
+      </c>
+      <c r="F55" s="25"/>
+      <c r="G55" s="26">
+        <v>2076974.8</v>
+      </c>
+      <c r="H55" s="25"/>
+      <c r="I55" s="28">
+        <v>3.406071050074444E-2</v>
       </c>
     </row>
     <row r="56" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="2"/>
-      <c r="B56" s="49" t="s">
+      <c r="B56" s="48" t="s">
         <v>151</v>
       </c>
-      <c r="C56" s="24">
-[...12 lines deleted...]
-        <v>7.4691768067634001E-3</v>
+      <c r="C56" s="23">
+        <v>34674441.600000001</v>
+      </c>
+      <c r="D56" s="29"/>
+      <c r="E56" s="23">
+        <v>30770982.010000002</v>
+      </c>
+      <c r="F56" s="25"/>
+      <c r="G56" s="26">
+        <v>-3903459.59</v>
+      </c>
+      <c r="H56" s="25"/>
+      <c r="I56" s="28">
+        <v>-0.11257454799214428</v>
       </c>
     </row>
     <row r="57" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A57" s="2"/>
-      <c r="B57" s="49" t="s">
+      <c r="B57" s="48" t="s">
         <v>152</v>
       </c>
-      <c r="C57" s="24">
-[...12 lines deleted...]
-        <v>-5.3210139214076357E-2</v>
+      <c r="C57" s="23">
+        <v>57862216.799999997</v>
+      </c>
+      <c r="D57" s="29"/>
+      <c r="E57" s="23">
+        <v>55751141.210000001</v>
+      </c>
+      <c r="F57" s="25"/>
+      <c r="G57" s="26">
+        <v>-2111075.59</v>
+      </c>
+      <c r="H57" s="25"/>
+      <c r="I57" s="28">
+        <v>-3.6484526635004455E-2</v>
       </c>
     </row>
     <row r="58" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="2"/>
-      <c r="B58" s="49" t="s">
+      <c r="B58" s="48" t="s">
         <v>66</v>
       </c>
-      <c r="C58" s="24">
-[...12 lines deleted...]
-        <v>0.1175235549676279</v>
+      <c r="C58" s="23">
+        <v>6042405.5</v>
+      </c>
+      <c r="D58" s="29"/>
+      <c r="E58" s="23">
+        <v>6831086</v>
+      </c>
+      <c r="F58" s="25"/>
+      <c r="G58" s="26">
+        <v>788680.5</v>
+      </c>
+      <c r="H58" s="25"/>
+      <c r="I58" s="28">
+        <v>0.13052425892303976</v>
       </c>
     </row>
     <row r="59" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A59" s="2"/>
-      <c r="B59" s="49" t="s">
+      <c r="B59" s="48" t="s">
         <v>153</v>
       </c>
-      <c r="C59" s="24">
-[...12 lines deleted...]
-        <v>7.8807691583520301E-2</v>
+      <c r="C59" s="23">
+        <v>3663728.14</v>
+      </c>
+      <c r="D59" s="29"/>
+      <c r="E59" s="23">
+        <v>4349065.5999999996</v>
+      </c>
+      <c r="F59" s="25"/>
+      <c r="G59" s="26">
+        <v>685337.46</v>
+      </c>
+      <c r="H59" s="25"/>
+      <c r="I59" s="28">
+        <v>0.18706012941233152</v>
       </c>
     </row>
     <row r="60" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="2"/>
-      <c r="B60" s="49" t="s">
+      <c r="B60" s="48" t="s">
         <v>154</v>
       </c>
-      <c r="C60" s="24">
-[...12 lines deleted...]
-        <v>6.1445854569225133E-2</v>
+      <c r="C60" s="23">
+        <v>159452158.11000001</v>
+      </c>
+      <c r="D60" s="29"/>
+      <c r="E60" s="23">
+        <v>173498680.75</v>
+      </c>
+      <c r="F60" s="25"/>
+      <c r="G60" s="26">
+        <v>14046522.640000001</v>
+      </c>
+      <c r="H60" s="25"/>
+      <c r="I60" s="28">
+        <v>8.8092395904167509E-2</v>
       </c>
     </row>
     <row r="61" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A61" s="2"/>
-      <c r="B61" s="49" t="s">
+      <c r="B61" s="48" t="s">
         <v>143</v>
       </c>
-      <c r="C61" s="24">
-[...12 lines deleted...]
-        <v>6.9585723857225945E-2</v>
+      <c r="C61" s="23">
+        <v>63749933.810000002</v>
+      </c>
+      <c r="D61" s="29"/>
+      <c r="E61" s="23">
+        <v>69701810.260000005</v>
+      </c>
+      <c r="F61" s="25"/>
+      <c r="G61" s="26">
+        <v>5951876.4500000002</v>
+      </c>
+      <c r="H61" s="25"/>
+      <c r="I61" s="28">
+        <v>9.3362864779420018E-2</v>
       </c>
     </row>
     <row r="62" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="2"/>
-      <c r="B62" s="49" t="s">
+      <c r="B62" s="48" t="s">
         <v>70</v>
       </c>
-      <c r="C62" s="24">
-[...12 lines deleted...]
-        <v>0.28509528779759052</v>
+      <c r="C62" s="23">
+        <v>272419368.47000003</v>
+      </c>
+      <c r="D62" s="29"/>
+      <c r="E62" s="23">
+        <v>331777302.67000002</v>
+      </c>
+      <c r="F62" s="25"/>
+      <c r="G62" s="26">
+        <v>59357934.200000003</v>
+      </c>
+      <c r="H62" s="25"/>
+      <c r="I62" s="28">
+        <v>0.21789175466257937</v>
       </c>
     </row>
     <row r="63" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A63" s="2"/>
-      <c r="B63" s="49" t="s">
+      <c r="B63" s="48" t="s">
         <v>155</v>
       </c>
-      <c r="C63" s="24">
-[...12 lines deleted...]
-        <v>0.41199235899949782</v>
+      <c r="C63" s="23">
+        <v>5075331.2</v>
+      </c>
+      <c r="D63" s="29"/>
+      <c r="E63" s="23">
+        <v>5841706.3799999999</v>
+      </c>
+      <c r="F63" s="25"/>
+      <c r="G63" s="26">
+        <v>766375.18</v>
+      </c>
+      <c r="H63" s="25"/>
+      <c r="I63" s="28">
+        <v>0.1510000332589132</v>
       </c>
     </row>
     <row r="64" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="2"/>
-      <c r="B64" s="49" t="s">
+      <c r="B64" s="48" t="s">
         <v>156</v>
       </c>
-      <c r="C64" s="24">
-[...12 lines deleted...]
-        <v>-0.15555781902322252</v>
+      <c r="C64" s="23">
+        <v>5706386.96</v>
+      </c>
+      <c r="D64" s="29"/>
+      <c r="E64" s="23">
+        <v>4871324.43</v>
+      </c>
+      <c r="F64" s="25"/>
+      <c r="G64" s="26">
+        <v>-835062.53</v>
+      </c>
+      <c r="H64" s="25"/>
+      <c r="I64" s="28">
+        <v>-0.14633822344217595</v>
       </c>
     </row>
     <row r="65" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A65" s="2"/>
-      <c r="B65" s="49" t="s">
+      <c r="B65" s="48" t="s">
         <v>73</v>
       </c>
-      <c r="C65" s="24">
+      <c r="C65" s="23">
         <v>759424</v>
       </c>
-      <c r="D65" s="30"/>
-[...9 lines deleted...]
-        <v>-2.3997134670487141E-2</v>
+      <c r="D65" s="29"/>
+      <c r="E65" s="23">
+        <v>1476790</v>
+      </c>
+      <c r="F65" s="25"/>
+      <c r="G65" s="26">
+        <v>717366</v>
+      </c>
+      <c r="H65" s="25"/>
+      <c r="I65" s="28">
+        <v>0.94461855300859598</v>
       </c>
     </row>
     <row r="66" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A66" s="2"/>
-      <c r="B66" s="49" t="s">
+      <c r="B66" s="48" t="s">
         <v>157</v>
       </c>
-      <c r="C66" s="24">
-[...11 lines deleted...]
-      <c r="I66" s="29">
+      <c r="C66" s="23">
+        <v>1979138</v>
+      </c>
+      <c r="D66" s="29"/>
+      <c r="E66" s="23">
+        <v>1979138</v>
+      </c>
+      <c r="F66" s="25"/>
+      <c r="G66" s="26">
+        <v>0</v>
+      </c>
+      <c r="H66" s="25"/>
+      <c r="I66" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A67" s="2"/>
-      <c r="B67" s="49" t="s">
+      <c r="B67" s="48" t="s">
         <v>158</v>
       </c>
-      <c r="C67" s="24">
-[...12 lines deleted...]
-        <v>9.4306464224642506E-2</v>
+      <c r="C67" s="23">
+        <v>7088921.5899999999</v>
+      </c>
+      <c r="D67" s="29"/>
+      <c r="E67" s="23">
+        <v>7649971.5199999996</v>
+      </c>
+      <c r="F67" s="25"/>
+      <c r="G67" s="26">
+        <v>561049.93000000005</v>
+      </c>
+      <c r="H67" s="25"/>
+      <c r="I67" s="28">
+        <v>7.9144609356583517E-2</v>
       </c>
     </row>
     <row r="68" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="2"/>
-      <c r="B68" s="49" t="s">
+      <c r="B68" s="48" t="s">
         <v>76</v>
       </c>
-      <c r="C68" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C68" s="23">
+        <v>9996000</v>
+      </c>
+      <c r="D68" s="29"/>
+      <c r="E68" s="23">
+        <v>11615000</v>
+      </c>
+      <c r="F68" s="25"/>
+      <c r="G68" s="26">
+        <v>1619000</v>
+      </c>
+      <c r="H68" s="25"/>
+      <c r="I68" s="28">
+        <v>0.16196478591436581</v>
       </c>
     </row>
     <row r="69" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A69" s="2"/>
-      <c r="B69" s="49" t="s">
+      <c r="B69" s="48" t="s">
         <v>159</v>
       </c>
-      <c r="C69" s="24">
+      <c r="C69" s="23">
         <v>4366750.0999999996</v>
       </c>
-      <c r="D69" s="30"/>
-      <c r="E69" s="24">
+      <c r="D69" s="29"/>
+      <c r="E69" s="23">
         <v>4454574.38</v>
       </c>
-      <c r="F69" s="26"/>
-      <c r="G69" s="27">
+      <c r="F69" s="25"/>
+      <c r="G69" s="26">
         <v>87824.28</v>
       </c>
-      <c r="H69" s="26"/>
-      <c r="I69" s="29">
+      <c r="H69" s="25"/>
+      <c r="I69" s="28">
         <v>2.0112046256093308E-2</v>
       </c>
     </row>
     <row r="70" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A70" s="2"/>
-      <c r="B70" s="49" t="s">
+      <c r="B70" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="C70" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C70" s="23">
+        <v>0</v>
+      </c>
+      <c r="D70" s="29"/>
+      <c r="E70" s="23">
+        <v>0</v>
+      </c>
+      <c r="F70" s="25"/>
+      <c r="G70" s="26">
+        <v>0</v>
+      </c>
+      <c r="H70" s="25"/>
+      <c r="I70" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="71" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A71" s="2"/>
-      <c r="B71" s="49" t="s">
+      <c r="B71" s="48" t="s">
         <v>160</v>
       </c>
-      <c r="C71" s="24">
-[...12 lines deleted...]
-        <v>0.98447706880175034</v>
+      <c r="C71" s="23">
+        <v>530822.06000000006</v>
+      </c>
+      <c r="D71" s="29"/>
+      <c r="E71" s="23">
+        <v>1040172.94</v>
+      </c>
+      <c r="F71" s="25"/>
+      <c r="G71" s="26">
+        <v>509350.88</v>
+      </c>
+      <c r="H71" s="25"/>
+      <c r="I71" s="28">
+        <v>0.95955107818993013</v>
       </c>
     </row>
     <row r="72" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A72" s="2"/>
-      <c r="B72" s="49" t="s">
+      <c r="B72" s="48" t="s">
         <v>80</v>
       </c>
-      <c r="C72" s="24">
-[...12 lines deleted...]
-        <v>5.8678586072338668E-2</v>
+      <c r="C72" s="23">
+        <v>31188702</v>
+      </c>
+      <c r="D72" s="29"/>
+      <c r="E72" s="23">
+        <v>32506840</v>
+      </c>
+      <c r="F72" s="25"/>
+      <c r="G72" s="26">
+        <v>1318138</v>
+      </c>
+      <c r="H72" s="25"/>
+      <c r="I72" s="28">
+        <v>4.2263317017809943E-2</v>
       </c>
     </row>
     <row r="73" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A73" s="2"/>
-      <c r="B73" s="49" t="s">
+      <c r="B73" s="48" t="s">
         <v>82</v>
       </c>
-      <c r="C73" s="24">
-[...12 lines deleted...]
-        <v>-5.8684824686194514E-2</v>
+      <c r="C73" s="23">
+        <v>13569175.619999999</v>
+      </c>
+      <c r="D73" s="29"/>
+      <c r="E73" s="23">
+        <v>12857325.970000001</v>
+      </c>
+      <c r="F73" s="25"/>
+      <c r="G73" s="26">
+        <v>-711849.65</v>
+      </c>
+      <c r="H73" s="25"/>
+      <c r="I73" s="28">
+        <v>-5.2460788329011243E-2</v>
       </c>
     </row>
     <row r="74" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="2"/>
-      <c r="B74" s="49" t="s">
+      <c r="B74" s="48" t="s">
         <v>161</v>
       </c>
-      <c r="C74" s="24">
+      <c r="C74" s="23">
         <v>7500000</v>
       </c>
-      <c r="D74" s="30"/>
-      <c r="E74" s="24">
+      <c r="D74" s="29"/>
+      <c r="E74" s="23">
         <v>7500000</v>
       </c>
-      <c r="F74" s="26"/>
-[...4 lines deleted...]
-      <c r="I74" s="29">
+      <c r="F74" s="25"/>
+      <c r="G74" s="26">
+        <v>0</v>
+      </c>
+      <c r="H74" s="25"/>
+      <c r="I74" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A75" s="2"/>
-      <c r="B75" s="49" t="s">
+      <c r="B75" s="48" t="s">
         <v>162</v>
       </c>
-      <c r="C75" s="24">
-[...12 lines deleted...]
-        <v>0.28576333735482917</v>
+      <c r="C75" s="23">
+        <v>3952502.7</v>
+      </c>
+      <c r="D75" s="29"/>
+      <c r="E75" s="23">
+        <v>6363609.3899999997</v>
+      </c>
+      <c r="F75" s="25"/>
+      <c r="G75" s="26">
+        <v>2411106.69</v>
+      </c>
+      <c r="H75" s="25"/>
+      <c r="I75" s="28">
+        <v>0.61002025121956294</v>
       </c>
     </row>
     <row r="76" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A76" s="2"/>
-      <c r="B76" s="49" t="s">
+      <c r="B76" s="48" t="s">
         <v>85</v>
       </c>
-      <c r="C76" s="24">
-[...12 lines deleted...]
-        <v>0.70190710386790522</v>
+      <c r="C76" s="23">
+        <v>18577353.039999999</v>
+      </c>
+      <c r="D76" s="29"/>
+      <c r="E76" s="23">
+        <v>29327372.370000001</v>
+      </c>
+      <c r="F76" s="30"/>
+      <c r="G76" s="26">
+        <v>10750019.33</v>
+      </c>
+      <c r="H76" s="25"/>
+      <c r="I76" s="28">
+        <v>0.57866259562670153</v>
       </c>
     </row>
     <row r="77" spans="1:9" s="1" customFormat="1" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
-      <c r="B77" s="67"/>
-[...6 lines deleted...]
-      <c r="I77" s="71"/>
+      <c r="B77" s="66"/>
+      <c r="C77" s="67"/>
+      <c r="D77" s="68"/>
+      <c r="E77" s="67"/>
+      <c r="F77" s="68"/>
+      <c r="G77" s="67"/>
+      <c r="H77" s="69"/>
+      <c r="I77" s="70"/>
     </row>
     <row r="78" spans="1:9" s="1" customFormat="1" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A78" s="2"/>
-      <c r="B78" s="50" t="s">
+      <c r="B78" s="49" t="s">
         <v>32</v>
       </c>
-      <c r="C78" s="32">
-[...12 lines deleted...]
-        <v>3.674416033607697E-2</v>
+      <c r="C78" s="31">
+        <v>8559354486.0200005</v>
+      </c>
+      <c r="D78" s="32"/>
+      <c r="E78" s="31">
+        <v>8843022267.9400005</v>
+      </c>
+      <c r="F78" s="32"/>
+      <c r="G78" s="31">
+        <v>283667781.92000008</v>
+      </c>
+      <c r="H78" s="33"/>
+      <c r="I78" s="35">
+        <v>3.3141258769375126E-2</v>
       </c>
     </row>
     <row r="79" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A79" s="2"/>
-      <c r="B79" s="72"/>
-[...6 lines deleted...]
-      <c r="I79" s="72"/>
+      <c r="B79" s="71"/>
+      <c r="C79" s="71"/>
+      <c r="D79" s="71"/>
+      <c r="E79" s="71"/>
+      <c r="F79" s="71"/>
+      <c r="G79" s="71"/>
+      <c r="H79" s="71"/>
+      <c r="I79" s="71"/>
     </row>
     <row r="80" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="2"/>
-      <c r="B80" s="120" t="s">
+      <c r="B80" s="121" t="s">
         <v>142</v>
       </c>
-      <c r="C80" s="120"/>
-[...5 lines deleted...]
-      <c r="I80" s="120"/>
+      <c r="C80" s="121"/>
+      <c r="D80" s="121"/>
+      <c r="E80" s="121"/>
+      <c r="F80" s="121"/>
+      <c r="G80" s="121"/>
+      <c r="H80" s="121"/>
+      <c r="I80" s="121"/>
     </row>
     <row r="81" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A81" s="2"/>
-      <c r="B81" s="120"/>
-[...6 lines deleted...]
-      <c r="I81" s="120"/>
+      <c r="B81" s="121"/>
+      <c r="C81" s="121"/>
+      <c r="D81" s="121"/>
+      <c r="E81" s="121"/>
+      <c r="F81" s="121"/>
+      <c r="G81" s="121"/>
+      <c r="H81" s="121"/>
+      <c r="I81" s="121"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A82" s="111"/>
-[...9 lines deleted...]
-      <c r="I82" s="118"/>
+      <c r="A82" s="110"/>
+      <c r="B82" s="118" t="s">
+        <v>213</v>
+      </c>
+      <c r="C82" s="116"/>
+      <c r="D82" s="116"/>
+      <c r="E82" s="116"/>
+      <c r="F82" s="116"/>
+      <c r="G82" s="116"/>
+      <c r="H82" s="116"/>
+      <c r="I82" s="117"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B80:I81"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="B39:I40"/>
     <mergeCell ref="C44:E44"/>
     <mergeCell ref="C46:E46"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="41" max="9" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6DA06DA4-811D-496C-892D-9FC0E51C4469}">
+  <sheetPr codeName="Sheet2">
+    <tabColor theme="8"/>
+  </sheetPr>
+  <dimension ref="A1:O82"/>
+  <sheetViews>
+    <sheetView topLeftCell="A30" workbookViewId="0">
+      <selection activeCell="I43" sqref="I43"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="2.85546875" style="106" customWidth="1"/>
+    <col min="2" max="2" width="28.85546875" style="106" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15" style="106" customWidth="1"/>
+    <col min="4" max="4" width="2.28515625" style="106" customWidth="1"/>
+    <col min="5" max="5" width="15" style="106" customWidth="1"/>
+    <col min="6" max="6" width="2.28515625" style="106" customWidth="1"/>
+    <col min="7" max="7" width="14.5703125" style="106" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="2.85546875" style="106" customWidth="1"/>
+    <col min="9" max="9" width="11.7109375" style="106" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="3" style="106" customWidth="1"/>
+    <col min="11" max="15" width="9.140625" style="106" hidden="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="106"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A1" s="104"/>
+      <c r="B1" s="104"/>
+      <c r="C1" s="104"/>
+      <c r="D1" s="104"/>
+      <c r="E1" s="104"/>
+      <c r="F1" s="104"/>
+      <c r="G1" s="104"/>
+      <c r="H1" s="104"/>
+      <c r="I1" s="105"/>
+      <c r="J1" s="104"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="107"/>
+      <c r="B2" s="107"/>
+      <c r="C2" s="108"/>
+      <c r="D2" s="108"/>
+      <c r="E2" s="108"/>
+      <c r="F2" s="108"/>
+      <c r="G2" s="108"/>
+      <c r="H2" s="108"/>
+      <c r="I2" s="12" t="s">
+        <v>172</v>
+      </c>
+      <c r="J2" s="108"/>
+    </row>
+    <row r="3" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A3" s="110"/>
+      <c r="B3" s="110"/>
+      <c r="C3" s="122"/>
+      <c r="D3" s="122"/>
+      <c r="E3" s="122"/>
+      <c r="F3" s="110"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="111"/>
+      <c r="I3" s="112"/>
+      <c r="J3" s="110"/>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A4" s="110"/>
+      <c r="B4" s="110"/>
+      <c r="C4" s="104"/>
+      <c r="D4" s="113"/>
+      <c r="E4" s="104"/>
+      <c r="F4" s="104"/>
+      <c r="G4" s="104"/>
+      <c r="H4" s="104"/>
+      <c r="J4" s="104"/>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A5" s="110"/>
+      <c r="B5" s="110"/>
+      <c r="C5" s="123" t="s">
+        <v>134</v>
+      </c>
+      <c r="D5" s="123"/>
+      <c r="E5" s="123"/>
+      <c r="F5" s="114"/>
+      <c r="G5" s="114"/>
+      <c r="H5" s="114"/>
+      <c r="I5" s="115" t="s">
+        <v>164</v>
+      </c>
+      <c r="J5" s="104"/>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A6" s="110"/>
+      <c r="B6" s="110"/>
+      <c r="C6" s="110"/>
+      <c r="D6" s="110"/>
+      <c r="E6" s="104"/>
+      <c r="F6" s="110"/>
+      <c r="G6" s="110"/>
+      <c r="H6" s="110"/>
+      <c r="I6" s="110"/>
+      <c r="J6" s="110"/>
+    </row>
+    <row r="7" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="2"/>
+      <c r="B7" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="D7" s="22"/>
+      <c r="E7" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="F7" s="22"/>
+      <c r="G7" s="21" t="s">
+        <v>130</v>
+      </c>
+      <c r="H7" s="22"/>
+      <c r="I7" s="21" t="s">
+        <v>129</v>
+      </c>
+      <c r="J7" s="2"/>
+    </row>
+    <row r="8" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="2"/>
+      <c r="B8" s="2"/>
+      <c r="C8" s="2"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="23"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
+      <c r="J8" s="2"/>
+    </row>
+    <row r="9" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="2"/>
+      <c r="B9" s="48" t="s">
+        <v>144</v>
+      </c>
+      <c r="C9" s="23">
+        <v>406627466.69</v>
+      </c>
+      <c r="D9" s="24"/>
+      <c r="E9" s="23">
+        <v>417991513.18000001</v>
+      </c>
+      <c r="F9" s="25"/>
+      <c r="G9" s="26">
+        <v>11364046.49</v>
+      </c>
+      <c r="H9" s="27"/>
+      <c r="I9" s="28">
+        <v>2.7947070527490014E-2</v>
+      </c>
+      <c r="J9" s="2"/>
+    </row>
+    <row r="10" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="2"/>
+      <c r="B10" s="48" t="s">
+        <v>145</v>
+      </c>
+      <c r="C10" s="23">
+        <v>718013128.24000001</v>
+      </c>
+      <c r="D10" s="29"/>
+      <c r="E10" s="23">
+        <v>754899284.86000001</v>
+      </c>
+      <c r="F10" s="30"/>
+      <c r="G10" s="26">
+        <v>36886156.619999997</v>
+      </c>
+      <c r="H10" s="27"/>
+      <c r="I10" s="28">
+        <v>5.1372537867679036E-2</v>
+      </c>
+      <c r="J10" s="2"/>
+    </row>
+    <row r="11" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="2"/>
+      <c r="B11" s="48" t="s">
+        <v>146</v>
+      </c>
+      <c r="C11" s="23">
+        <v>213777735.83000001</v>
+      </c>
+      <c r="D11" s="29"/>
+      <c r="E11" s="23">
+        <v>176868231.03</v>
+      </c>
+      <c r="F11" s="30"/>
+      <c r="G11" s="26">
+        <v>-36909504.799999997</v>
+      </c>
+      <c r="H11" s="27"/>
+      <c r="I11" s="28">
+        <v>-0.17265364261015059</v>
+      </c>
+      <c r="J11" s="2"/>
+    </row>
+    <row r="12" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="2"/>
+      <c r="B12" s="48" t="s">
+        <v>147</v>
+      </c>
+      <c r="C12" s="23">
+        <v>79030373.049999997</v>
+      </c>
+      <c r="D12" s="29"/>
+      <c r="E12" s="23">
+        <v>87246212.390000001</v>
+      </c>
+      <c r="F12" s="25"/>
+      <c r="G12" s="26">
+        <v>8215839.3399999999</v>
+      </c>
+      <c r="H12" s="27"/>
+      <c r="I12" s="28">
+        <v>0.10395799770301095</v>
+      </c>
+      <c r="J12" s="2"/>
+    </row>
+    <row r="13" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="2"/>
+      <c r="B13" s="48" t="s">
+        <v>148</v>
+      </c>
+      <c r="C13" s="23">
+        <v>3406469.86</v>
+      </c>
+      <c r="D13" s="29"/>
+      <c r="E13" s="23">
+        <v>3382799.44</v>
+      </c>
+      <c r="F13" s="25"/>
+      <c r="G13" s="26">
+        <v>-23670.42</v>
+      </c>
+      <c r="H13" s="27"/>
+      <c r="I13" s="28">
+        <v>-6.9486656194868157E-3</v>
+      </c>
+      <c r="J13" s="2"/>
+    </row>
+    <row r="14" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="2"/>
+      <c r="B14" s="48" t="s">
+        <v>150</v>
+      </c>
+      <c r="C14" s="23">
+        <v>8219754.9500000002</v>
+      </c>
+      <c r="D14" s="29"/>
+      <c r="E14" s="23">
+        <v>8559650.4499999993</v>
+      </c>
+      <c r="F14" s="25"/>
+      <c r="G14" s="26">
+        <v>339895.5</v>
+      </c>
+      <c r="H14" s="27"/>
+      <c r="I14" s="28">
+        <v>4.1351050252416366E-2</v>
+      </c>
+      <c r="J14" s="6"/>
+    </row>
+    <row r="15" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="2"/>
+      <c r="B15" s="48" t="s">
+        <v>151</v>
+      </c>
+      <c r="C15" s="23">
+        <v>7119909.7599999998</v>
+      </c>
+      <c r="D15" s="29"/>
+      <c r="E15" s="23">
+        <v>9408266.3800000008</v>
+      </c>
+      <c r="F15" s="25"/>
+      <c r="G15" s="26">
+        <v>2288356.62</v>
+      </c>
+      <c r="H15" s="27"/>
+      <c r="I15" s="28">
+        <v>0.32140247519092169</v>
+      </c>
+      <c r="J15" s="6"/>
+    </row>
+    <row r="16" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="2"/>
+      <c r="B16" s="48" t="s">
+        <v>152</v>
+      </c>
+      <c r="C16" s="23">
+        <v>8844520.7300000004</v>
+      </c>
+      <c r="D16" s="29"/>
+      <c r="E16" s="23">
+        <v>7760304.1699999999</v>
+      </c>
+      <c r="F16" s="25"/>
+      <c r="G16" s="26">
+        <v>-1084216.56</v>
+      </c>
+      <c r="H16" s="27"/>
+      <c r="I16" s="28">
+        <v>-0.1225862421603483</v>
+      </c>
+      <c r="J16" s="6"/>
+    </row>
+    <row r="17" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="2"/>
+      <c r="B17" s="48" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="23">
+        <v>1221277.5</v>
+      </c>
+      <c r="D17" s="29"/>
+      <c r="E17" s="23">
+        <v>1288014</v>
+      </c>
+      <c r="F17" s="25"/>
+      <c r="G17" s="26">
+        <v>66736.5</v>
+      </c>
+      <c r="H17" s="27"/>
+      <c r="I17" s="28">
+        <v>5.4644828877957741E-2</v>
+      </c>
+      <c r="J17" s="6"/>
+    </row>
+    <row r="18" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="2"/>
+      <c r="B18" s="48" t="s">
+        <v>153</v>
+      </c>
+      <c r="C18" s="23">
+        <v>503831.29</v>
+      </c>
+      <c r="D18" s="29"/>
+      <c r="E18" s="23">
+        <v>581175.81000000006</v>
+      </c>
+      <c r="F18" s="25"/>
+      <c r="G18" s="26">
+        <v>77344.52</v>
+      </c>
+      <c r="H18" s="27"/>
+      <c r="I18" s="28">
+        <v>0.15351273637649632</v>
+      </c>
+      <c r="J18" s="6"/>
+    </row>
+    <row r="19" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="2"/>
+      <c r="B19" s="48" t="s">
+        <v>154</v>
+      </c>
+      <c r="C19" s="23">
+        <v>16908823.969999999</v>
+      </c>
+      <c r="D19" s="29"/>
+      <c r="E19" s="23">
+        <v>31039178.59</v>
+      </c>
+      <c r="F19" s="25"/>
+      <c r="G19" s="26">
+        <v>14130354.619999999</v>
+      </c>
+      <c r="H19" s="27"/>
+      <c r="I19" s="28">
+        <v>0.83567932607675033</v>
+      </c>
+      <c r="J19" s="6"/>
+    </row>
+    <row r="20" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="2"/>
+      <c r="B20" s="48" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" s="23">
+        <v>9168047.7400000002</v>
+      </c>
+      <c r="D20" s="29"/>
+      <c r="E20" s="23">
+        <v>9527087.8000000007</v>
+      </c>
+      <c r="F20" s="25"/>
+      <c r="G20" s="26">
+        <v>359040.06</v>
+      </c>
+      <c r="H20" s="27"/>
+      <c r="I20" s="28">
+        <v>3.9162106282836673E-2</v>
+      </c>
+      <c r="J20" s="6"/>
+    </row>
+    <row r="21" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="2"/>
+      <c r="B21" s="48" t="s">
+        <v>70</v>
+      </c>
+      <c r="C21" s="23">
+        <v>36807422.490000002</v>
+      </c>
+      <c r="D21" s="29"/>
+      <c r="E21" s="23">
+        <v>54378099.899999999</v>
+      </c>
+      <c r="F21" s="25"/>
+      <c r="G21" s="26">
+        <v>17570677.41</v>
+      </c>
+      <c r="H21" s="27"/>
+      <c r="I21" s="28">
+        <v>0.47736777588198875</v>
+      </c>
+      <c r="J21" s="6"/>
+    </row>
+    <row r="22" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="2"/>
+      <c r="B22" s="48" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" s="23">
+        <v>491963.7</v>
+      </c>
+      <c r="D22" s="29"/>
+      <c r="E22" s="23">
+        <v>1104665.31</v>
+      </c>
+      <c r="F22" s="25"/>
+      <c r="G22" s="26">
+        <v>612701.61</v>
+      </c>
+      <c r="H22" s="27"/>
+      <c r="I22" s="28">
+        <v>1.2454203633316849</v>
+      </c>
+      <c r="J22" s="6"/>
+    </row>
+    <row r="23" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="2"/>
+      <c r="B23" s="48" t="s">
+        <v>156</v>
+      </c>
+      <c r="C23" s="23">
+        <v>844828.19</v>
+      </c>
+      <c r="D23" s="29"/>
+      <c r="E23" s="23">
+        <v>0</v>
+      </c>
+      <c r="F23" s="25"/>
+      <c r="G23" s="26">
+        <v>-844828.19</v>
+      </c>
+      <c r="H23" s="27"/>
+      <c r="I23" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J23" s="6"/>
+    </row>
+    <row r="24" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="2"/>
+      <c r="B24" s="48" t="s">
+        <v>73</v>
+      </c>
+      <c r="C24" s="23">
+        <v>0</v>
+      </c>
+      <c r="D24" s="29"/>
+      <c r="E24" s="23">
+        <v>0</v>
+      </c>
+      <c r="F24" s="25"/>
+      <c r="G24" s="26">
+        <v>0</v>
+      </c>
+      <c r="H24" s="27"/>
+      <c r="I24" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J24" s="6"/>
+    </row>
+    <row r="25" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="2"/>
+      <c r="B25" s="48" t="s">
+        <v>157</v>
+      </c>
+      <c r="C25" s="23">
+        <v>282734</v>
+      </c>
+      <c r="D25" s="29"/>
+      <c r="E25" s="23">
+        <v>282734</v>
+      </c>
+      <c r="F25" s="25"/>
+      <c r="G25" s="26">
+        <v>0</v>
+      </c>
+      <c r="H25" s="27"/>
+      <c r="I25" s="28">
+        <v>0</v>
+      </c>
+      <c r="J25" s="6"/>
+    </row>
+    <row r="26" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="2"/>
+      <c r="B26" s="48" t="s">
+        <v>158</v>
+      </c>
+      <c r="C26" s="23">
+        <v>5133925.93</v>
+      </c>
+      <c r="D26" s="29"/>
+      <c r="E26" s="23">
+        <v>6562181.5099999998</v>
+      </c>
+      <c r="F26" s="25"/>
+      <c r="G26" s="26">
+        <v>1428255.58</v>
+      </c>
+      <c r="H26" s="27"/>
+      <c r="I26" s="28">
+        <v>0.27819949089136942</v>
+      </c>
+      <c r="J26" s="6"/>
+    </row>
+    <row r="27" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="2"/>
+      <c r="B27" s="48" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" s="23">
+        <v>0</v>
+      </c>
+      <c r="D27" s="29"/>
+      <c r="E27" s="23">
+        <v>0</v>
+      </c>
+      <c r="F27" s="25"/>
+      <c r="G27" s="26">
+        <v>0</v>
+      </c>
+      <c r="H27" s="27"/>
+      <c r="I27" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J27" s="6"/>
+    </row>
+    <row r="28" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="2"/>
+      <c r="B28" s="48" t="s">
+        <v>159</v>
+      </c>
+      <c r="C28" s="23">
+        <v>4366750.0999999996</v>
+      </c>
+      <c r="D28" s="29"/>
+      <c r="E28" s="23">
+        <v>4454574.38</v>
+      </c>
+      <c r="F28" s="25"/>
+      <c r="G28" s="26">
+        <v>87824.28</v>
+      </c>
+      <c r="H28" s="27"/>
+      <c r="I28" s="28">
+        <v>2.0112046256093308E-2</v>
+      </c>
+      <c r="J28" s="6"/>
+    </row>
+    <row r="29" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="2"/>
+      <c r="B29" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" s="23">
+        <v>0</v>
+      </c>
+      <c r="D29" s="29"/>
+      <c r="E29" s="23">
+        <v>0</v>
+      </c>
+      <c r="F29" s="25"/>
+      <c r="G29" s="26">
+        <v>0</v>
+      </c>
+      <c r="H29" s="27"/>
+      <c r="I29" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J29" s="6"/>
+    </row>
+    <row r="30" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="2"/>
+      <c r="B30" s="48" t="s">
+        <v>160</v>
+      </c>
+      <c r="C30" s="23">
+        <v>257500</v>
+      </c>
+      <c r="D30" s="29"/>
+      <c r="E30" s="23">
+        <v>515900</v>
+      </c>
+      <c r="F30" s="25"/>
+      <c r="G30" s="26">
+        <v>258400</v>
+      </c>
+      <c r="H30" s="27"/>
+      <c r="I30" s="28">
+        <v>1.0034951456310681</v>
+      </c>
+      <c r="J30" s="6"/>
+    </row>
+    <row r="31" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="2"/>
+      <c r="B31" s="48" t="s">
+        <v>80</v>
+      </c>
+      <c r="C31" s="23">
+        <v>852994</v>
+      </c>
+      <c r="D31" s="29"/>
+      <c r="E31" s="23">
+        <v>902445</v>
+      </c>
+      <c r="F31" s="25"/>
+      <c r="G31" s="26">
+        <v>49451</v>
+      </c>
+      <c r="H31" s="27"/>
+      <c r="I31" s="28">
+        <v>5.797344412739136E-2</v>
+      </c>
+      <c r="J31" s="6"/>
+    </row>
+    <row r="32" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="2"/>
+      <c r="B32" s="48" t="s">
+        <v>82</v>
+      </c>
+      <c r="C32" s="23">
+        <v>2276377.69</v>
+      </c>
+      <c r="D32" s="29"/>
+      <c r="E32" s="23">
+        <v>2067748.61</v>
+      </c>
+      <c r="F32" s="25"/>
+      <c r="G32" s="26">
+        <v>-208629.08</v>
+      </c>
+      <c r="H32" s="27"/>
+      <c r="I32" s="28">
+        <v>-9.1649589132987819E-2</v>
+      </c>
+      <c r="J32" s="6"/>
+    </row>
+    <row r="33" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="2"/>
+      <c r="B33" s="48" t="s">
+        <v>161</v>
+      </c>
+      <c r="C33" s="23">
+        <v>0</v>
+      </c>
+      <c r="D33" s="29"/>
+      <c r="E33" s="23">
+        <v>0</v>
+      </c>
+      <c r="F33" s="25"/>
+      <c r="G33" s="26">
+        <v>0</v>
+      </c>
+      <c r="H33" s="27"/>
+      <c r="I33" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J33" s="6"/>
+    </row>
+    <row r="34" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="2"/>
+      <c r="B34" s="48" t="s">
+        <v>162</v>
+      </c>
+      <c r="C34" s="23">
+        <v>3394254.1</v>
+      </c>
+      <c r="D34" s="29"/>
+      <c r="E34" s="23">
+        <v>3847036.63</v>
+      </c>
+      <c r="F34" s="25"/>
+      <c r="G34" s="26">
+        <v>452782.53</v>
+      </c>
+      <c r="H34" s="27"/>
+      <c r="I34" s="28">
+        <v>0.13339676896906449</v>
+      </c>
+      <c r="J34" s="6"/>
+    </row>
+    <row r="35" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="2"/>
+      <c r="B35" s="48" t="s">
+        <v>85</v>
+      </c>
+      <c r="C35" s="23">
+        <v>76054.039999999994</v>
+      </c>
+      <c r="D35" s="29"/>
+      <c r="E35" s="23">
+        <v>-291408.24</v>
+      </c>
+      <c r="F35" s="30"/>
+      <c r="G35" s="26">
+        <v>-367462.28</v>
+      </c>
+      <c r="H35" s="27"/>
+      <c r="I35" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J35" s="6"/>
+    </row>
+    <row r="36" spans="1:13" s="1" customFormat="1" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="2"/>
+      <c r="B36" s="66"/>
+      <c r="C36" s="67"/>
+      <c r="D36" s="68"/>
+      <c r="E36" s="67"/>
+      <c r="F36" s="68"/>
+      <c r="G36" s="67"/>
+      <c r="H36" s="69"/>
+      <c r="I36" s="70"/>
+      <c r="J36" s="2"/>
+    </row>
+    <row r="37" spans="1:13" s="1" customFormat="1" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="2"/>
+      <c r="B37" s="49" t="s">
+        <v>163</v>
+      </c>
+      <c r="C37" s="31">
+        <v>1527626143.8499999</v>
+      </c>
+      <c r="D37" s="32"/>
+      <c r="E37" s="31">
+        <v>1582375695.2000003</v>
+      </c>
+      <c r="F37" s="32"/>
+      <c r="G37" s="95">
+        <v>54749551.350000001</v>
+      </c>
+      <c r="H37" s="96"/>
+      <c r="I37" s="97">
+        <v>3.5839627104062188E-2</v>
+      </c>
+      <c r="J37" s="2"/>
+    </row>
+    <row r="38" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="2"/>
+      <c r="B38" s="71"/>
+      <c r="C38" s="71"/>
+      <c r="D38" s="71"/>
+      <c r="E38" s="71"/>
+      <c r="F38" s="71"/>
+      <c r="G38" s="71"/>
+      <c r="H38" s="71"/>
+      <c r="I38" s="71"/>
+      <c r="J38" s="2"/>
+    </row>
+    <row r="39" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="2"/>
+      <c r="B39" s="121" t="s">
+        <v>142</v>
+      </c>
+      <c r="C39" s="121"/>
+      <c r="D39" s="121"/>
+      <c r="E39" s="121"/>
+      <c r="F39" s="121"/>
+      <c r="G39" s="121"/>
+      <c r="H39" s="121"/>
+      <c r="I39" s="121"/>
+      <c r="J39" s="2"/>
+    </row>
+    <row r="40" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="2"/>
+      <c r="B40" s="121"/>
+      <c r="C40" s="121"/>
+      <c r="D40" s="121"/>
+      <c r="E40" s="121"/>
+      <c r="F40" s="121"/>
+      <c r="G40" s="121"/>
+      <c r="H40" s="121"/>
+      <c r="I40" s="121"/>
+      <c r="J40" s="2"/>
+    </row>
+    <row r="41" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="2"/>
+      <c r="B41" s="118" t="s">
+        <v>213</v>
+      </c>
+      <c r="C41" s="34"/>
+      <c r="D41" s="34"/>
+      <c r="E41" s="34"/>
+      <c r="F41" s="34"/>
+      <c r="G41" s="34"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="45"/>
+      <c r="J41" s="2"/>
+    </row>
+    <row r="42" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="14"/>
+      <c r="B42" s="14"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="14"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="14"/>
+      <c r="I42" s="11"/>
+      <c r="J42" s="14"/>
+    </row>
+    <row r="43" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="15"/>
+      <c r="B43" s="15"/>
+      <c r="C43" s="16"/>
+      <c r="D43" s="16"/>
+      <c r="E43" s="16"/>
+      <c r="F43" s="16"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="16"/>
+      <c r="I43" s="12" t="s">
+        <v>172</v>
+      </c>
+      <c r="J43" s="16"/>
+    </row>
+    <row r="44" spans="1:13" s="1" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A44" s="2"/>
+      <c r="B44" s="2"/>
+      <c r="C44" s="124"/>
+      <c r="D44" s="124"/>
+      <c r="E44" s="124"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="17"/>
+      <c r="J44" s="2"/>
+    </row>
+    <row r="45" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="2"/>
+      <c r="B45" s="2"/>
+      <c r="C45" s="14"/>
+      <c r="D45" s="18"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="14"/>
+      <c r="G45" s="14"/>
+      <c r="H45" s="14"/>
+      <c r="J45" s="14"/>
+      <c r="L45" s="98" t="s">
+        <v>184</v>
+      </c>
+      <c r="M45" s="1" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="2"/>
+      <c r="B46" s="2"/>
+      <c r="C46" s="125" t="s">
+        <v>216</v>
+      </c>
+      <c r="D46" s="125"/>
+      <c r="E46" s="125"/>
+      <c r="F46" s="19"/>
+      <c r="G46" s="19"/>
+      <c r="H46" s="19"/>
+      <c r="I46" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="J46" s="14"/>
+    </row>
+    <row r="47" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="2"/>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="2"/>
+      <c r="E47" s="14"/>
+      <c r="F47" s="2"/>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2"/>
+      <c r="I47" s="2"/>
+      <c r="J47" s="2"/>
+    </row>
+    <row r="48" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="2"/>
+      <c r="B48" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="D48" s="22"/>
+      <c r="E48" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="F48" s="22"/>
+      <c r="G48" s="21" t="s">
+        <v>130</v>
+      </c>
+      <c r="H48" s="22"/>
+      <c r="I48" s="21" t="s">
+        <v>129</v>
+      </c>
+      <c r="J48" s="2"/>
+    </row>
+    <row r="49" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="2"/>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="23"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
+    </row>
+    <row r="50" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="2"/>
+      <c r="B50" s="48" t="s">
+        <v>144</v>
+      </c>
+      <c r="C50" s="23">
+        <v>2055275746.9000001</v>
+      </c>
+      <c r="D50" s="24"/>
+      <c r="E50" s="23">
+        <v>2162711269.8099999</v>
+      </c>
+      <c r="F50" s="25"/>
+      <c r="G50" s="26">
+        <v>107435522.91</v>
+      </c>
+      <c r="H50" s="27"/>
+      <c r="I50" s="28">
+        <v>5.2273045634896542E-2</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="2"/>
+      <c r="B51" s="48" t="s">
+        <v>145</v>
+      </c>
+      <c r="C51" s="23">
+        <v>3726360445.7600002</v>
+      </c>
+      <c r="D51" s="29"/>
+      <c r="E51" s="23">
+        <v>3919565252.1399999</v>
+      </c>
+      <c r="F51" s="30"/>
+      <c r="G51" s="26">
+        <v>193204806.38</v>
+      </c>
+      <c r="H51" s="25"/>
+      <c r="I51" s="28">
+        <v>5.1848126125274785E-2</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="2"/>
+      <c r="B52" s="48" t="s">
+        <v>146</v>
+      </c>
+      <c r="C52" s="23">
+        <v>520775735.42000002</v>
+      </c>
+      <c r="D52" s="29"/>
+      <c r="E52" s="23">
+        <v>405149521.02999997</v>
+      </c>
+      <c r="F52" s="30"/>
+      <c r="G52" s="26">
+        <v>-115626214.39</v>
+      </c>
+      <c r="H52" s="25"/>
+      <c r="I52" s="28">
+        <v>-0.22202688513655255</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="2"/>
+      <c r="B53" s="48" t="s">
+        <v>147</v>
+      </c>
+      <c r="C53" s="23">
+        <v>211423094.69999999</v>
+      </c>
+      <c r="D53" s="29"/>
+      <c r="E53" s="23">
+        <v>195563274.33000001</v>
+      </c>
+      <c r="F53" s="25"/>
+      <c r="G53" s="26">
+        <v>-15859820.369999999</v>
+      </c>
+      <c r="H53" s="25"/>
+      <c r="I53" s="28">
+        <v>-7.5014607048980997E-2</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="2"/>
+      <c r="B54" s="48" t="s">
+        <v>148</v>
+      </c>
+      <c r="C54" s="23">
+        <v>9709726.6999999993</v>
+      </c>
+      <c r="D54" s="29"/>
+      <c r="E54" s="23">
+        <v>9978815.7100000009</v>
+      </c>
+      <c r="F54" s="25"/>
+      <c r="G54" s="26">
+        <v>269089.01</v>
+      </c>
+      <c r="H54" s="25"/>
+      <c r="I54" s="28">
+        <v>2.7713345422997415E-2</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="2"/>
+      <c r="B55" s="48" t="s">
+        <v>150</v>
+      </c>
+      <c r="C55" s="23">
+        <v>50172070.469999999</v>
+      </c>
+      <c r="D55" s="29"/>
+      <c r="E55" s="23">
+        <v>51565533.789999999</v>
+      </c>
+      <c r="F55" s="25"/>
+      <c r="G55" s="26">
+        <v>1393463.32</v>
+      </c>
+      <c r="H55" s="25"/>
+      <c r="I55" s="28">
+        <v>2.7773685776695034E-2</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="2"/>
+      <c r="B56" s="48" t="s">
+        <v>151</v>
+      </c>
+      <c r="C56" s="23">
+        <v>30338345.960000001</v>
+      </c>
+      <c r="D56" s="29"/>
+      <c r="E56" s="23">
+        <v>30564948.43</v>
+      </c>
+      <c r="F56" s="25"/>
+      <c r="G56" s="26">
+        <v>226602.47</v>
+      </c>
+      <c r="H56" s="25"/>
+      <c r="I56" s="28">
+        <v>7.4691768067634001E-3</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="2"/>
+      <c r="B57" s="48" t="s">
+        <v>152</v>
+      </c>
+      <c r="C57" s="23">
+        <v>48728347.609999999</v>
+      </c>
+      <c r="D57" s="29"/>
+      <c r="E57" s="23">
+        <v>46135505.450000003</v>
+      </c>
+      <c r="F57" s="25"/>
+      <c r="G57" s="26">
+        <v>-2592842.16</v>
+      </c>
+      <c r="H57" s="25"/>
+      <c r="I57" s="28">
+        <v>-5.3210139214076357E-2</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="2"/>
+      <c r="B58" s="48" t="s">
+        <v>66</v>
+      </c>
+      <c r="C58" s="23">
+        <v>5190359.5</v>
+      </c>
+      <c r="D58" s="29"/>
+      <c r="E58" s="23">
+        <v>5800349</v>
+      </c>
+      <c r="F58" s="25"/>
+      <c r="G58" s="26">
+        <v>609989.5</v>
+      </c>
+      <c r="H58" s="25"/>
+      <c r="I58" s="28">
+        <v>0.1175235549676279</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="2"/>
+      <c r="B59" s="48" t="s">
+        <v>153</v>
+      </c>
+      <c r="C59" s="23">
+        <v>3220122.87</v>
+      </c>
+      <c r="D59" s="29"/>
+      <c r="E59" s="23">
+        <v>3473893.32</v>
+      </c>
+      <c r="F59" s="25"/>
+      <c r="G59" s="26">
+        <v>253770.45</v>
+      </c>
+      <c r="H59" s="25"/>
+      <c r="I59" s="28">
+        <v>7.8807691583520301E-2</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="2"/>
+      <c r="B60" s="48" t="s">
+        <v>154</v>
+      </c>
+      <c r="C60" s="23">
+        <v>150066981.16</v>
+      </c>
+      <c r="D60" s="29"/>
+      <c r="E60" s="23">
+        <v>159287975.06</v>
+      </c>
+      <c r="F60" s="25"/>
+      <c r="G60" s="26">
+        <v>9220993.9000000004</v>
+      </c>
+      <c r="H60" s="25"/>
+      <c r="I60" s="28">
+        <v>6.1445854569225133E-2</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="2"/>
+      <c r="B61" s="48" t="s">
+        <v>143</v>
+      </c>
+      <c r="C61" s="23">
+        <v>52517021.990000002</v>
+      </c>
+      <c r="D61" s="29"/>
+      <c r="E61" s="23">
+        <v>56171456.979999997</v>
+      </c>
+      <c r="F61" s="25"/>
+      <c r="G61" s="26">
+        <v>3654434.99</v>
+      </c>
+      <c r="H61" s="25"/>
+      <c r="I61" s="28">
+        <v>6.9585723857225945E-2</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="2"/>
+      <c r="B62" s="48" t="s">
+        <v>70</v>
+      </c>
+      <c r="C62" s="23">
+        <v>231291563.11000001</v>
+      </c>
+      <c r="D62" s="29"/>
+      <c r="E62" s="23">
+        <v>297231697.86000001</v>
+      </c>
+      <c r="F62" s="25"/>
+      <c r="G62" s="26">
+        <v>65940134.75</v>
+      </c>
+      <c r="H62" s="25"/>
+      <c r="I62" s="28">
+        <v>0.28509528779759052</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="2"/>
+      <c r="B63" s="48" t="s">
+        <v>155</v>
+      </c>
+      <c r="C63" s="23">
+        <v>3644758.3</v>
+      </c>
+      <c r="D63" s="29"/>
+      <c r="E63" s="23">
+        <v>5146370.87</v>
+      </c>
+      <c r="F63" s="25"/>
+      <c r="G63" s="26">
+        <v>1501612.57</v>
+      </c>
+      <c r="H63" s="25"/>
+      <c r="I63" s="28">
+        <v>0.41199235899949782</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="2"/>
+      <c r="B64" s="48" t="s">
+        <v>156</v>
+      </c>
+      <c r="C64" s="23">
+        <v>4856952.7699999996</v>
+      </c>
+      <c r="D64" s="29"/>
+      <c r="E64" s="23">
+        <v>4101415.79</v>
+      </c>
+      <c r="F64" s="25"/>
+      <c r="G64" s="26">
+        <v>-755536.98</v>
+      </c>
+      <c r="H64" s="25"/>
+      <c r="I64" s="28">
+        <v>-0.15555781902322252</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="2"/>
+      <c r="B65" s="48" t="s">
+        <v>73</v>
+      </c>
+      <c r="C65" s="23">
+        <v>759424</v>
+      </c>
+      <c r="D65" s="29"/>
+      <c r="E65" s="23">
+        <v>741200</v>
+      </c>
+      <c r="F65" s="25"/>
+      <c r="G65" s="26">
+        <v>-18224</v>
+      </c>
+      <c r="H65" s="25"/>
+      <c r="I65" s="28">
+        <v>-2.3997134670487141E-2</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="2"/>
+      <c r="B66" s="48" t="s">
+        <v>157</v>
+      </c>
+      <c r="C66" s="23">
+        <v>1696404</v>
+      </c>
+      <c r="D66" s="29"/>
+      <c r="E66" s="23">
+        <v>1696404</v>
+      </c>
+      <c r="F66" s="25"/>
+      <c r="G66" s="26">
+        <v>0</v>
+      </c>
+      <c r="H66" s="25"/>
+      <c r="I66" s="28">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="2"/>
+      <c r="B67" s="48" t="s">
+        <v>158</v>
+      </c>
+      <c r="C67" s="23">
+        <v>6646879.46</v>
+      </c>
+      <c r="D67" s="29"/>
+      <c r="E67" s="23">
+        <v>7273723.1600000001</v>
+      </c>
+      <c r="F67" s="25"/>
+      <c r="G67" s="26">
+        <v>626843.69999999995</v>
+      </c>
+      <c r="H67" s="25"/>
+      <c r="I67" s="28">
+        <v>9.4306464224642506E-2</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="2"/>
+      <c r="B68" s="48" t="s">
+        <v>76</v>
+      </c>
+      <c r="C68" s="23">
+        <v>0</v>
+      </c>
+      <c r="D68" s="29"/>
+      <c r="E68" s="23">
+        <v>0</v>
+      </c>
+      <c r="F68" s="25"/>
+      <c r="G68" s="26">
+        <v>0</v>
+      </c>
+      <c r="H68" s="25"/>
+      <c r="I68" s="28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="2"/>
+      <c r="B69" s="48" t="s">
+        <v>159</v>
+      </c>
+      <c r="C69" s="23">
+        <v>4366750.0999999996</v>
+      </c>
+      <c r="D69" s="29"/>
+      <c r="E69" s="23">
+        <v>4454574.38</v>
+      </c>
+      <c r="F69" s="25"/>
+      <c r="G69" s="26">
+        <v>87824.28</v>
+      </c>
+      <c r="H69" s="25"/>
+      <c r="I69" s="28">
+        <v>2.0112046256093308E-2</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="2"/>
+      <c r="B70" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="C70" s="23">
+        <v>0</v>
+      </c>
+      <c r="D70" s="29"/>
+      <c r="E70" s="23">
+        <v>0</v>
+      </c>
+      <c r="F70" s="25"/>
+      <c r="G70" s="26">
+        <v>0</v>
+      </c>
+      <c r="H70" s="25"/>
+      <c r="I70" s="28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="2"/>
+      <c r="B71" s="48" t="s">
+        <v>160</v>
+      </c>
+      <c r="C71" s="23">
+        <v>515588.19</v>
+      </c>
+      <c r="D71" s="29"/>
+      <c r="E71" s="23">
+        <v>1023172.94</v>
+      </c>
+      <c r="F71" s="25"/>
+      <c r="G71" s="26">
+        <v>507584.75</v>
+      </c>
+      <c r="H71" s="25"/>
+      <c r="I71" s="28">
+        <v>0.98447706880175034</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="2"/>
+      <c r="B72" s="48" t="s">
+        <v>80</v>
+      </c>
+      <c r="C72" s="23">
+        <v>3604654</v>
+      </c>
+      <c r="D72" s="29"/>
+      <c r="E72" s="23">
+        <v>3816170</v>
+      </c>
+      <c r="F72" s="25"/>
+      <c r="G72" s="26">
+        <v>211516</v>
+      </c>
+      <c r="H72" s="25"/>
+      <c r="I72" s="28">
+        <v>5.8678586072338668E-2</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="2"/>
+      <c r="B73" s="48" t="s">
+        <v>82</v>
+      </c>
+      <c r="C73" s="23">
+        <v>11445511.060000001</v>
+      </c>
+      <c r="D73" s="29"/>
+      <c r="E73" s="23">
+        <v>10773833.25</v>
+      </c>
+      <c r="F73" s="25"/>
+      <c r="G73" s="26">
+        <v>-671677.81</v>
+      </c>
+      <c r="H73" s="25"/>
+      <c r="I73" s="28">
+        <v>-5.8684824686194514E-2</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="2"/>
+      <c r="B74" s="48" t="s">
+        <v>161</v>
+      </c>
+      <c r="C74" s="23">
+        <v>7500000</v>
+      </c>
+      <c r="D74" s="29"/>
+      <c r="E74" s="23">
+        <v>7500000</v>
+      </c>
+      <c r="F74" s="25"/>
+      <c r="G74" s="26">
+        <v>0</v>
+      </c>
+      <c r="H74" s="25"/>
+      <c r="I74" s="28">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="2"/>
+      <c r="B75" s="48" t="s">
+        <v>162</v>
+      </c>
+      <c r="C75" s="23">
+        <v>4895889.84</v>
+      </c>
+      <c r="D75" s="29"/>
+      <c r="E75" s="23">
+        <v>6294955.6600000001</v>
+      </c>
+      <c r="F75" s="25"/>
+      <c r="G75" s="26">
+        <v>1399065.82</v>
+      </c>
+      <c r="H75" s="25"/>
+      <c r="I75" s="28">
+        <v>0.28576333735482917</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="2"/>
+      <c r="B76" s="48" t="s">
+        <v>85</v>
+      </c>
+      <c r="C76" s="23">
+        <v>17316319.030000001</v>
+      </c>
+      <c r="D76" s="29"/>
+      <c r="E76" s="23">
+        <v>29470766.370000001</v>
+      </c>
+      <c r="F76" s="30"/>
+      <c r="G76" s="26">
+        <v>12154447.34</v>
+      </c>
+      <c r="H76" s="25"/>
+      <c r="I76" s="28">
+        <v>0.70190710386790522</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" s="1" customFormat="1" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="2"/>
+      <c r="B77" s="66"/>
+      <c r="C77" s="67"/>
+      <c r="D77" s="68"/>
+      <c r="E77" s="67"/>
+      <c r="F77" s="68"/>
+      <c r="G77" s="67"/>
+      <c r="H77" s="69"/>
+      <c r="I77" s="70"/>
+    </row>
+    <row r="78" spans="1:9" s="1" customFormat="1" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="2"/>
+      <c r="B78" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="C78" s="31">
+        <v>7162318692.8999996</v>
+      </c>
+      <c r="D78" s="32"/>
+      <c r="E78" s="31">
+        <v>7425492079.329998</v>
+      </c>
+      <c r="F78" s="32"/>
+      <c r="G78" s="31">
+        <v>263173386.4299984</v>
+      </c>
+      <c r="H78" s="33"/>
+      <c r="I78" s="35">
+        <v>3.674416033607697E-2</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="2"/>
+      <c r="B79" s="71"/>
+      <c r="C79" s="71"/>
+      <c r="D79" s="71"/>
+      <c r="E79" s="71"/>
+      <c r="F79" s="71"/>
+      <c r="G79" s="71"/>
+      <c r="H79" s="71"/>
+      <c r="I79" s="71"/>
+    </row>
+    <row r="80" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="2"/>
+      <c r="B80" s="121" t="s">
+        <v>142</v>
+      </c>
+      <c r="C80" s="121"/>
+      <c r="D80" s="121"/>
+      <c r="E80" s="121"/>
+      <c r="F80" s="121"/>
+      <c r="G80" s="121"/>
+      <c r="H80" s="121"/>
+      <c r="I80" s="121"/>
+    </row>
+    <row r="81" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="2"/>
+      <c r="B81" s="121"/>
+      <c r="C81" s="121"/>
+      <c r="D81" s="121"/>
+      <c r="E81" s="121"/>
+      <c r="F81" s="121"/>
+      <c r="G81" s="121"/>
+      <c r="H81" s="121"/>
+      <c r="I81" s="121"/>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A82" s="110"/>
+      <c r="B82" s="118" t="s">
+        <v>213</v>
+      </c>
+      <c r="C82" s="116"/>
+      <c r="D82" s="116"/>
+      <c r="E82" s="116"/>
+      <c r="F82" s="116"/>
+      <c r="G82" s="116"/>
+      <c r="H82" s="116"/>
+      <c r="I82" s="117"/>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="B80:I81"/>
+    <mergeCell ref="C3:E3"/>
+    <mergeCell ref="C5:E5"/>
+    <mergeCell ref="B39:I40"/>
+    <mergeCell ref="C44:E44"/>
+    <mergeCell ref="C46:E46"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.25" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="41" max="9" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7BE135BE-BF00-444A-92A1-541CB76A1FE0}">
   <sheetPr codeName="Sheet6">
     <tabColor theme="8"/>
   </sheetPr>
   <dimension ref="A1:O82"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" zoomScalePageLayoutView="55" workbookViewId="0">
-      <selection activeCell="B45" sqref="B45"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I43" sqref="I43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" style="107" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="107"/>
+    <col min="1" max="1" width="2.85546875" style="106" customWidth="1"/>
+    <col min="2" max="2" width="28.85546875" style="106" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15" style="106" customWidth="1"/>
+    <col min="4" max="4" width="2.28515625" style="106" customWidth="1"/>
+    <col min="5" max="5" width="15" style="106" customWidth="1"/>
+    <col min="6" max="6" width="2.28515625" style="106" customWidth="1"/>
+    <col min="7" max="7" width="14.5703125" style="106" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="2.85546875" style="106" customWidth="1"/>
+    <col min="9" max="9" width="11.7109375" style="106" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="3" style="106" customWidth="1"/>
+    <col min="11" max="15" width="9.140625" style="106" hidden="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="106"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A1" s="105"/>
-[...8 lines deleted...]
-      <c r="J1" s="105"/>
+      <c r="A1" s="104"/>
+      <c r="B1" s="104"/>
+      <c r="C1" s="104"/>
+      <c r="D1" s="104"/>
+      <c r="E1" s="104"/>
+      <c r="F1" s="104"/>
+      <c r="G1" s="104"/>
+      <c r="H1" s="104"/>
+      <c r="I1" s="105"/>
+      <c r="J1" s="104"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A2" s="108"/>
-[...7 lines deleted...]
-      <c r="I2" s="110" t="s">
+      <c r="A2" s="107"/>
+      <c r="B2" s="107"/>
+      <c r="C2" s="108"/>
+      <c r="D2" s="108"/>
+      <c r="E2" s="108"/>
+      <c r="F2" s="108"/>
+      <c r="G2" s="108"/>
+      <c r="H2" s="108"/>
+      <c r="I2" s="109" t="s">
         <v>172</v>
       </c>
-      <c r="J2" s="109"/>
+      <c r="J2" s="108"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A3" s="111"/>
-[...8 lines deleted...]
-      <c r="J3" s="111"/>
+      <c r="A3" s="110"/>
+      <c r="B3" s="110"/>
+      <c r="C3" s="122"/>
+      <c r="D3" s="122"/>
+      <c r="E3" s="122"/>
+      <c r="F3" s="110"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="111"/>
+      <c r="I3" s="112"/>
+      <c r="J3" s="110"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A4" s="111"/>
-[...7 lines deleted...]
-      <c r="J4" s="105"/>
+      <c r="A4" s="110"/>
+      <c r="B4" s="110"/>
+      <c r="C4" s="104"/>
+      <c r="D4" s="113"/>
+      <c r="E4" s="104"/>
+      <c r="F4" s="104"/>
+      <c r="G4" s="104"/>
+      <c r="H4" s="104"/>
+      <c r="J4" s="104"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A5" s="111"/>
-[...1 lines deleted...]
-      <c r="C5" s="122" t="s">
+      <c r="A5" s="110"/>
+      <c r="B5" s="110"/>
+      <c r="C5" s="123" t="s">
         <v>132</v>
       </c>
-      <c r="D5" s="122"/>
-[...4 lines deleted...]
-      <c r="I5" s="116" t="s">
+      <c r="D5" s="123"/>
+      <c r="E5" s="123"/>
+      <c r="F5" s="114"/>
+      <c r="G5" s="114"/>
+      <c r="H5" s="114"/>
+      <c r="I5" s="115" t="s">
         <v>164</v>
       </c>
-      <c r="J5" s="105"/>
+      <c r="J5" s="104"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A6" s="111"/>
-[...8 lines deleted...]
-      <c r="J6" s="111"/>
+      <c r="A6" s="110"/>
+      <c r="B6" s="110"/>
+      <c r="C6" s="110"/>
+      <c r="D6" s="110"/>
+      <c r="E6" s="104"/>
+      <c r="F6" s="110"/>
+      <c r="G6" s="110"/>
+      <c r="H6" s="110"/>
+      <c r="I6" s="110"/>
+      <c r="J6" s="110"/>
     </row>
     <row r="7" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="2"/>
-      <c r="B7" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="22" t="s">
+      <c r="B7" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D7" s="23"/>
-      <c r="E7" s="22" t="s">
+      <c r="D7" s="22"/>
+      <c r="E7" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="F7" s="23"/>
-      <c r="G7" s="22" t="s">
+      <c r="F7" s="22"/>
+      <c r="G7" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="H7" s="23"/>
-      <c r="I7" s="22" t="s">
+      <c r="H7" s="22"/>
+      <c r="I7" s="21" t="s">
         <v>129</v>
       </c>
       <c r="J7" s="2"/>
     </row>
     <row r="8" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
-      <c r="E8" s="24"/>
+      <c r="E8" s="23"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
     </row>
     <row r="9" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="2"/>
-      <c r="B9" s="49" t="s">
+      <c r="B9" s="48" t="s">
         <v>144</v>
       </c>
-      <c r="C9" s="24">
+      <c r="C9" s="23">
         <v>424143099.20999998</v>
       </c>
-      <c r="D9" s="25"/>
-      <c r="E9" s="24">
+      <c r="D9" s="24"/>
+      <c r="E9" s="23">
         <v>432398413.98000002</v>
       </c>
-      <c r="F9" s="26"/>
-      <c r="G9" s="27">
+      <c r="F9" s="25"/>
+      <c r="G9" s="26">
         <v>8255314.7699999996</v>
       </c>
-      <c r="H9" s="28"/>
-      <c r="I9" s="29">
+      <c r="H9" s="27"/>
+      <c r="I9" s="28">
         <v>1.9463513105308694E-2</v>
       </c>
       <c r="J9" s="2"/>
     </row>
     <row r="10" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="2"/>
-      <c r="B10" s="49" t="s">
+      <c r="B10" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C10" s="24">
+      <c r="C10" s="23">
         <v>571900993.67999995</v>
       </c>
-      <c r="D10" s="30"/>
-      <c r="E10" s="24">
+      <c r="D10" s="29"/>
+      <c r="E10" s="23">
         <v>593800661.95000005</v>
       </c>
-      <c r="F10" s="31"/>
-      <c r="G10" s="27">
+      <c r="F10" s="30"/>
+      <c r="G10" s="26">
         <v>21899668.27</v>
       </c>
-      <c r="H10" s="28"/>
-      <c r="I10" s="29">
+      <c r="H10" s="27"/>
+      <c r="I10" s="28">
         <v>3.8292761355567473E-2</v>
       </c>
       <c r="J10" s="2"/>
     </row>
     <row r="11" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="2"/>
-      <c r="B11" s="49" t="s">
+      <c r="B11" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="C11" s="24">
+      <c r="C11" s="23">
         <v>-1068335.49</v>
       </c>
-      <c r="D11" s="30"/>
-      <c r="E11" s="24">
+      <c r="D11" s="29"/>
+      <c r="E11" s="23">
         <v>7301540.4299999997</v>
       </c>
-      <c r="F11" s="31"/>
-      <c r="G11" s="27">
+      <c r="F11" s="30"/>
+      <c r="G11" s="26">
         <v>8369875.9199999999</v>
       </c>
-      <c r="H11" s="28"/>
-[...1 lines deleted...]
-        <v>213</v>
+      <c r="H11" s="27"/>
+      <c r="I11" s="28" t="s">
+        <v>212</v>
       </c>
       <c r="J11" s="2"/>
     </row>
     <row r="12" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="2"/>
-      <c r="B12" s="49" t="s">
+      <c r="B12" s="48" t="s">
         <v>147</v>
       </c>
-      <c r="C12" s="24">
+      <c r="C12" s="23">
         <v>1809220.36</v>
       </c>
-      <c r="D12" s="30"/>
-      <c r="E12" s="24">
+      <c r="D12" s="29"/>
+      <c r="E12" s="23">
         <v>2268325.38</v>
       </c>
-      <c r="F12" s="26"/>
-      <c r="G12" s="27">
+      <c r="F12" s="25"/>
+      <c r="G12" s="26">
         <v>459105.02</v>
       </c>
-      <c r="H12" s="28"/>
-      <c r="I12" s="29">
+      <c r="H12" s="27"/>
+      <c r="I12" s="28">
         <v>0.25375848633496467</v>
       </c>
       <c r="J12" s="2"/>
     </row>
     <row r="13" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="2"/>
-      <c r="B13" s="49" t="s">
+      <c r="B13" s="48" t="s">
         <v>148</v>
       </c>
-      <c r="C13" s="24">
+      <c r="C13" s="23">
         <v>3308012.6</v>
       </c>
-      <c r="D13" s="30"/>
-      <c r="E13" s="24">
+      <c r="D13" s="29"/>
+      <c r="E13" s="23">
         <v>3435188.96</v>
       </c>
-      <c r="F13" s="26"/>
-      <c r="G13" s="27">
+      <c r="F13" s="25"/>
+      <c r="G13" s="26">
         <v>127176.36</v>
       </c>
-      <c r="H13" s="28"/>
-      <c r="I13" s="29">
+      <c r="H13" s="27"/>
+      <c r="I13" s="28">
         <v>3.8444944254444557E-2</v>
       </c>
       <c r="J13" s="2"/>
     </row>
     <row r="14" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="2"/>
-      <c r="B14" s="49" t="s">
+      <c r="B14" s="48" t="s">
         <v>150</v>
       </c>
-      <c r="C14" s="24">
+      <c r="C14" s="23">
         <v>10909796.91</v>
       </c>
-      <c r="D14" s="30"/>
-      <c r="E14" s="24">
+      <c r="D14" s="29"/>
+      <c r="E14" s="23">
         <v>11095369.439999999</v>
       </c>
-      <c r="F14" s="26"/>
-      <c r="G14" s="27">
+      <c r="F14" s="25"/>
+      <c r="G14" s="26">
         <v>185572.53</v>
       </c>
-      <c r="H14" s="28"/>
-      <c r="I14" s="29">
+      <c r="H14" s="27"/>
+      <c r="I14" s="28">
         <v>1.7009714436563073E-2</v>
       </c>
-      <c r="J14" s="7"/>
+      <c r="J14" s="6"/>
     </row>
     <row r="15" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="2"/>
-      <c r="B15" s="49" t="s">
+      <c r="B15" s="48" t="s">
         <v>151</v>
       </c>
-      <c r="C15" s="24">
+      <c r="C15" s="23">
         <v>797783.24</v>
       </c>
-      <c r="D15" s="30"/>
-      <c r="E15" s="24">
+      <c r="D15" s="29"/>
+      <c r="E15" s="23">
         <v>1465521.18</v>
       </c>
-      <c r="F15" s="26"/>
-      <c r="G15" s="27">
+      <c r="F15" s="25"/>
+      <c r="G15" s="26">
         <v>667737.93999999994</v>
       </c>
-      <c r="H15" s="28"/>
-      <c r="I15" s="29">
+      <c r="H15" s="27"/>
+      <c r="I15" s="28">
         <v>0.83699168711540994</v>
       </c>
-      <c r="J15" s="7"/>
+      <c r="J15" s="6"/>
     </row>
     <row r="16" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
-      <c r="B16" s="49" t="s">
+      <c r="B16" s="48" t="s">
         <v>152</v>
       </c>
-      <c r="C16" s="24">
+      <c r="C16" s="23">
         <v>9995887.6099999994</v>
       </c>
-      <c r="D16" s="30"/>
-      <c r="E16" s="24">
+      <c r="D16" s="29"/>
+      <c r="E16" s="23">
         <v>9682815.3300000001</v>
       </c>
-      <c r="F16" s="26"/>
-      <c r="G16" s="27">
+      <c r="F16" s="25"/>
+      <c r="G16" s="26">
         <v>-313072.28000000003</v>
       </c>
-      <c r="H16" s="28"/>
-      <c r="I16" s="29">
+      <c r="H16" s="27"/>
+      <c r="I16" s="28">
         <v>-3.1320108049914253E-2</v>
       </c>
-      <c r="J16" s="7"/>
+      <c r="J16" s="6"/>
     </row>
     <row r="17" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="2"/>
-      <c r="B17" s="49" t="s">
+      <c r="B17" s="48" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="24">
+      <c r="C17" s="23">
         <v>788783</v>
       </c>
-      <c r="D17" s="30"/>
-      <c r="E17" s="24">
+      <c r="D17" s="29"/>
+      <c r="E17" s="23">
         <v>670959</v>
       </c>
-      <c r="F17" s="26"/>
-      <c r="G17" s="27">
+      <c r="F17" s="25"/>
+      <c r="G17" s="26">
         <v>-117824</v>
       </c>
-      <c r="H17" s="28"/>
-      <c r="I17" s="29">
+      <c r="H17" s="27"/>
+      <c r="I17" s="28">
         <v>-0.14937441603077151</v>
       </c>
-      <c r="J17" s="7"/>
+      <c r="J17" s="6"/>
     </row>
     <row r="18" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="2"/>
-      <c r="B18" s="49" t="s">
+      <c r="B18" s="48" t="s">
         <v>153</v>
       </c>
-      <c r="C18" s="24">
+      <c r="C18" s="23">
         <v>595808.24</v>
       </c>
-      <c r="D18" s="30"/>
-      <c r="E18" s="24">
+      <c r="D18" s="29"/>
+      <c r="E18" s="23">
         <v>637219.41</v>
       </c>
-      <c r="F18" s="26"/>
-      <c r="G18" s="27">
+      <c r="F18" s="25"/>
+      <c r="G18" s="26">
         <v>41411.17</v>
       </c>
-      <c r="H18" s="28"/>
-      <c r="I18" s="29">
+      <c r="H18" s="27"/>
+      <c r="I18" s="28">
         <v>6.9504191482816724E-2</v>
       </c>
-      <c r="J18" s="7"/>
+      <c r="J18" s="6"/>
     </row>
     <row r="19" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="2"/>
-      <c r="B19" s="49" t="s">
+      <c r="B19" s="48" t="s">
         <v>154</v>
       </c>
-      <c r="C19" s="24">
+      <c r="C19" s="23">
         <v>42643495.020000003</v>
       </c>
-      <c r="D19" s="30"/>
-      <c r="E19" s="24">
+      <c r="D19" s="29"/>
+      <c r="E19" s="23">
         <v>5734530.5</v>
       </c>
-      <c r="F19" s="26"/>
-      <c r="G19" s="27">
+      <c r="F19" s="25"/>
+      <c r="G19" s="26">
         <v>-36908964.520000003</v>
       </c>
-      <c r="H19" s="28"/>
-      <c r="I19" s="29">
+      <c r="H19" s="27"/>
+      <c r="I19" s="28">
         <v>-0.86552390939554846</v>
       </c>
-      <c r="J19" s="7"/>
+      <c r="J19" s="6"/>
     </row>
     <row r="20" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="2"/>
-      <c r="B20" s="49" t="s">
+      <c r="B20" s="48" t="s">
         <v>143</v>
       </c>
-      <c r="C20" s="24">
+      <c r="C20" s="23">
         <v>11618320.960000001</v>
       </c>
-      <c r="D20" s="30"/>
-      <c r="E20" s="24">
+      <c r="D20" s="29"/>
+      <c r="E20" s="23">
         <v>11845786.369999999</v>
       </c>
-      <c r="F20" s="26"/>
-      <c r="G20" s="27">
+      <c r="F20" s="25"/>
+      <c r="G20" s="26">
         <v>227465.41</v>
       </c>
-      <c r="H20" s="28"/>
-      <c r="I20" s="29">
+      <c r="H20" s="27"/>
+      <c r="I20" s="28">
         <v>1.9578165449476215E-2</v>
       </c>
-      <c r="J20" s="7"/>
+      <c r="J20" s="6"/>
     </row>
     <row r="21" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="2"/>
-      <c r="B21" s="49" t="s">
+      <c r="B21" s="48" t="s">
         <v>70</v>
       </c>
-      <c r="C21" s="24">
+      <c r="C21" s="23">
         <v>30656914.289999999</v>
       </c>
-      <c r="D21" s="30"/>
-      <c r="E21" s="24">
+      <c r="D21" s="29"/>
+      <c r="E21" s="23">
         <v>18965168.370000001</v>
       </c>
-      <c r="F21" s="26"/>
-      <c r="G21" s="27">
+      <c r="F21" s="25"/>
+      <c r="G21" s="26">
         <v>-11691745.92</v>
       </c>
-      <c r="H21" s="28"/>
-      <c r="I21" s="29">
+      <c r="H21" s="27"/>
+      <c r="I21" s="28">
         <v>-0.38137386592145506</v>
       </c>
-      <c r="J21" s="7"/>
+      <c r="J21" s="6"/>
     </row>
     <row r="22" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2"/>
-      <c r="B22" s="49" t="s">
+      <c r="B22" s="48" t="s">
         <v>155</v>
       </c>
-      <c r="C22" s="24">
+      <c r="C22" s="23">
         <v>426982.21</v>
       </c>
-      <c r="D22" s="30"/>
-      <c r="E22" s="24">
+      <c r="D22" s="29"/>
+      <c r="E22" s="23">
         <v>325426.98</v>
       </c>
-      <c r="F22" s="26"/>
-      <c r="G22" s="27">
+      <c r="F22" s="25"/>
+      <c r="G22" s="26">
         <v>-101555.23</v>
       </c>
-      <c r="H22" s="28"/>
-      <c r="I22" s="29">
+      <c r="H22" s="27"/>
+      <c r="I22" s="28">
         <v>-0.23784417154054271</v>
       </c>
-      <c r="J22" s="7"/>
+      <c r="J22" s="6"/>
     </row>
     <row r="23" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="2"/>
-      <c r="B23" s="49" t="s">
+      <c r="B23" s="48" t="s">
         <v>156</v>
       </c>
-      <c r="C23" s="24">
+      <c r="C23" s="23">
         <v>983912.29</v>
       </c>
-      <c r="D23" s="30"/>
-      <c r="E23" s="24">
+      <c r="D23" s="29"/>
+      <c r="E23" s="23">
         <v>1058755.46</v>
       </c>
-      <c r="F23" s="26"/>
-      <c r="G23" s="27">
+      <c r="F23" s="25"/>
+      <c r="G23" s="26">
         <v>74843.17</v>
       </c>
-      <c r="H23" s="28"/>
-      <c r="I23" s="29">
+      <c r="H23" s="27"/>
+      <c r="I23" s="28">
         <v>7.6066912427732669E-2</v>
       </c>
-      <c r="J23" s="7"/>
+      <c r="J23" s="6"/>
     </row>
     <row r="24" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
-      <c r="B24" s="49" t="s">
+      <c r="B24" s="48" t="s">
         <v>73</v>
       </c>
-      <c r="C24" s="24">
+      <c r="C24" s="23">
         <v>759424</v>
       </c>
-      <c r="D24" s="30"/>
-[...4 lines deleted...]
-      <c r="G24" s="27">
+      <c r="D24" s="29"/>
+      <c r="E24" s="23">
+        <v>0</v>
+      </c>
+      <c r="F24" s="25"/>
+      <c r="G24" s="26">
         <v>-759424</v>
       </c>
-      <c r="H24" s="28"/>
-[...3 lines deleted...]
-      <c r="J24" s="7"/>
+      <c r="H24" s="27"/>
+      <c r="I24" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J24" s="6"/>
     </row>
     <row r="25" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="2"/>
-      <c r="B25" s="49" t="s">
+      <c r="B25" s="48" t="s">
         <v>157</v>
       </c>
-      <c r="C25" s="24">
+      <c r="C25" s="23">
         <v>282734</v>
       </c>
-      <c r="D25" s="30"/>
-      <c r="E25" s="24">
+      <c r="D25" s="29"/>
+      <c r="E25" s="23">
         <v>282734</v>
       </c>
-      <c r="F25" s="26"/>
-[...7 lines deleted...]
-      <c r="J25" s="7"/>
+      <c r="F25" s="25"/>
+      <c r="G25" s="26">
+        <v>0</v>
+      </c>
+      <c r="H25" s="27"/>
+      <c r="I25" s="28">
+        <v>0</v>
+      </c>
+      <c r="J25" s="6"/>
     </row>
     <row r="26" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2"/>
-      <c r="B26" s="49" t="s">
+      <c r="B26" s="48" t="s">
         <v>158</v>
       </c>
-      <c r="C26" s="24">
+      <c r="C26" s="23">
         <v>227526.39</v>
       </c>
-      <c r="D26" s="30"/>
-      <c r="E26" s="24">
+      <c r="D26" s="29"/>
+      <c r="E26" s="23">
         <v>338468.94</v>
       </c>
-      <c r="F26" s="26"/>
-      <c r="G26" s="27">
+      <c r="F26" s="25"/>
+      <c r="G26" s="26">
         <v>110942.55</v>
       </c>
-      <c r="H26" s="28"/>
-      <c r="I26" s="29">
+      <c r="H26" s="27"/>
+      <c r="I26" s="28">
         <v>0.48760299849173538</v>
       </c>
-      <c r="J26" s="7"/>
+      <c r="J26" s="6"/>
     </row>
     <row r="27" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A27" s="2"/>
-      <c r="B27" s="49" t="s">
+      <c r="B27" s="48" t="s">
         <v>76</v>
       </c>
-      <c r="C27" s="24">
-[...14 lines deleted...]
-      <c r="J27" s="7"/>
+      <c r="C27" s="23">
+        <v>0</v>
+      </c>
+      <c r="D27" s="29"/>
+      <c r="E27" s="23">
+        <v>0</v>
+      </c>
+      <c r="F27" s="25"/>
+      <c r="G27" s="26">
+        <v>0</v>
+      </c>
+      <c r="H27" s="27"/>
+      <c r="I27" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J27" s="6"/>
     </row>
     <row r="28" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A28" s="2"/>
-      <c r="B28" s="49" t="s">
+      <c r="B28" s="48" t="s">
         <v>159</v>
       </c>
-      <c r="C28" s="24">
-[...14 lines deleted...]
-      <c r="J28" s="7"/>
+      <c r="C28" s="23">
+        <v>0</v>
+      </c>
+      <c r="D28" s="29"/>
+      <c r="E28" s="23">
+        <v>0</v>
+      </c>
+      <c r="F28" s="25"/>
+      <c r="G28" s="26">
+        <v>0</v>
+      </c>
+      <c r="H28" s="27"/>
+      <c r="I28" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J28" s="6"/>
     </row>
     <row r="29" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="2"/>
-      <c r="B29" s="49" t="s">
+      <c r="B29" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="C29" s="24">
-[...14 lines deleted...]
-      <c r="J29" s="7"/>
+      <c r="C29" s="23">
+        <v>0</v>
+      </c>
+      <c r="D29" s="29"/>
+      <c r="E29" s="23">
+        <v>0</v>
+      </c>
+      <c r="F29" s="25"/>
+      <c r="G29" s="26">
+        <v>0</v>
+      </c>
+      <c r="H29" s="27"/>
+      <c r="I29" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J29" s="6"/>
     </row>
     <row r="30" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A30" s="2"/>
-      <c r="B30" s="49" t="s">
+      <c r="B30" s="48" t="s">
         <v>160</v>
       </c>
-      <c r="C30" s="24">
+      <c r="C30" s="23">
         <v>880.83</v>
       </c>
-      <c r="D30" s="30"/>
-      <c r="E30" s="24">
+      <c r="D30" s="29"/>
+      <c r="E30" s="23">
         <v>-326379.24</v>
       </c>
-      <c r="F30" s="26"/>
-      <c r="G30" s="27">
+      <c r="F30" s="25"/>
+      <c r="G30" s="26">
         <v>-327260.07</v>
       </c>
-      <c r="H30" s="28"/>
-[...3 lines deleted...]
-      <c r="J30" s="7"/>
+      <c r="H30" s="27"/>
+      <c r="I30" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J30" s="6"/>
     </row>
     <row r="31" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="2"/>
-      <c r="B31" s="49" t="s">
+      <c r="B31" s="48" t="s">
         <v>80</v>
       </c>
-      <c r="C31" s="24">
+      <c r="C31" s="23">
         <v>738905</v>
       </c>
-      <c r="D31" s="30"/>
-      <c r="E31" s="24">
+      <c r="D31" s="29"/>
+      <c r="E31" s="23">
         <v>745722</v>
       </c>
-      <c r="F31" s="26"/>
-      <c r="G31" s="27">
+      <c r="F31" s="25"/>
+      <c r="G31" s="26">
         <v>6817</v>
       </c>
-      <c r="H31" s="28"/>
-      <c r="I31" s="29">
+      <c r="H31" s="27"/>
+      <c r="I31" s="28">
         <v>9.2258138732312922E-3</v>
       </c>
-      <c r="J31" s="7"/>
+      <c r="J31" s="6"/>
     </row>
     <row r="32" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2"/>
-      <c r="B32" s="49" t="s">
+      <c r="B32" s="48" t="s">
         <v>82</v>
       </c>
-      <c r="C32" s="24">
+      <c r="C32" s="23">
         <v>2239123.2400000002</v>
       </c>
-      <c r="D32" s="30"/>
-      <c r="E32" s="24">
+      <c r="D32" s="29"/>
+      <c r="E32" s="23">
         <v>2097163.7200000002</v>
       </c>
-      <c r="F32" s="26"/>
-      <c r="G32" s="27">
+      <c r="F32" s="25"/>
+      <c r="G32" s="26">
         <v>-141959.51999999999</v>
       </c>
-      <c r="H32" s="28"/>
-      <c r="I32" s="29">
+      <c r="H32" s="27"/>
+      <c r="I32" s="28">
         <v>-6.3399600997397498E-2</v>
       </c>
-      <c r="J32" s="7"/>
+      <c r="J32" s="6"/>
     </row>
     <row r="33" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="2"/>
-      <c r="B33" s="49" t="s">
+      <c r="B33" s="48" t="s">
         <v>161</v>
       </c>
-      <c r="C33" s="24">
+      <c r="C33" s="23">
         <v>3750000</v>
       </c>
-      <c r="D33" s="30"/>
-      <c r="E33" s="24">
+      <c r="D33" s="29"/>
+      <c r="E33" s="23">
         <v>3750000</v>
       </c>
-      <c r="F33" s="26"/>
-[...7 lines deleted...]
-      <c r="J33" s="7"/>
+      <c r="F33" s="25"/>
+      <c r="G33" s="26">
+        <v>0</v>
+      </c>
+      <c r="H33" s="27"/>
+      <c r="I33" s="28">
+        <v>0</v>
+      </c>
+      <c r="J33" s="6"/>
     </row>
     <row r="34" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A34" s="2"/>
-      <c r="B34" s="49" t="s">
+      <c r="B34" s="48" t="s">
         <v>162</v>
       </c>
-      <c r="C34" s="24">
+      <c r="C34" s="23">
         <v>-782986.03</v>
       </c>
-      <c r="D34" s="30"/>
-      <c r="E34" s="24">
+      <c r="D34" s="29"/>
+      <c r="E34" s="23">
         <v>-738805.84</v>
       </c>
-      <c r="F34" s="26"/>
-      <c r="G34" s="27">
+      <c r="F34" s="25"/>
+      <c r="G34" s="26">
         <v>44180.19</v>
       </c>
-      <c r="H34" s="28"/>
-[...3 lines deleted...]
-      <c r="J34" s="7"/>
+      <c r="H34" s="27"/>
+      <c r="I34" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J34" s="6"/>
     </row>
     <row r="35" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="2"/>
-      <c r="B35" s="49" t="s">
+      <c r="B35" s="48" t="s">
         <v>85</v>
       </c>
-      <c r="C35" s="24">
+      <c r="C35" s="23">
         <v>760756.31</v>
       </c>
-      <c r="D35" s="30"/>
-      <c r="E35" s="24">
+      <c r="D35" s="29"/>
+      <c r="E35" s="23">
         <v>660891.47</v>
       </c>
-      <c r="F35" s="31"/>
-      <c r="G35" s="27">
+      <c r="F35" s="30"/>
+      <c r="G35" s="26">
         <v>-99864.84</v>
       </c>
-      <c r="H35" s="28"/>
-      <c r="I35" s="29">
+      <c r="H35" s="27"/>
+      <c r="I35" s="28">
         <v>-0.13127047214370147</v>
       </c>
-      <c r="J35" s="7"/>
+      <c r="J35" s="6"/>
     </row>
     <row r="36" spans="1:13" s="1" customFormat="1" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
-      <c r="B36" s="67"/>
-[...6 lines deleted...]
-      <c r="I36" s="71"/>
+      <c r="B36" s="66"/>
+      <c r="C36" s="67"/>
+      <c r="D36" s="68"/>
+      <c r="E36" s="67"/>
+      <c r="F36" s="68"/>
+      <c r="G36" s="67"/>
+      <c r="H36" s="69"/>
+      <c r="I36" s="70"/>
       <c r="J36" s="2"/>
     </row>
     <row r="37" spans="1:13" s="1" customFormat="1" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A37" s="2"/>
-      <c r="B37" s="50" t="s">
+      <c r="B37" s="49" t="s">
         <v>163</v>
       </c>
-      <c r="C37" s="32">
+      <c r="C37" s="31">
         <v>1117487037.8699999</v>
       </c>
-      <c r="D37" s="33"/>
-      <c r="E37" s="32">
+      <c r="D37" s="32"/>
+      <c r="E37" s="31">
         <v>1107495477.7900002</v>
       </c>
-      <c r="F37" s="33"/>
-      <c r="G37" s="96">
+      <c r="F37" s="32"/>
+      <c r="G37" s="95">
         <v>-9991560.0800000001</v>
       </c>
-      <c r="H37" s="97"/>
-      <c r="I37" s="98">
+      <c r="H37" s="96"/>
+      <c r="I37" s="97">
         <v>-8.9410970699438375E-3</v>
       </c>
       <c r="J37" s="2"/>
     </row>
     <row r="38" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A38" s="2"/>
-      <c r="B38" s="72"/>
-[...6 lines deleted...]
-      <c r="I38" s="72"/>
+      <c r="B38" s="71"/>
+      <c r="C38" s="71"/>
+      <c r="D38" s="71"/>
+      <c r="E38" s="71"/>
+      <c r="F38" s="71"/>
+      <c r="G38" s="71"/>
+      <c r="H38" s="71"/>
+      <c r="I38" s="71"/>
       <c r="J38" s="2"/>
     </row>
     <row r="39" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="2"/>
-      <c r="B39" s="120" t="s">
+      <c r="B39" s="121" t="s">
         <v>142</v>
       </c>
-      <c r="C39" s="120"/>
-[...5 lines deleted...]
-      <c r="I39" s="120"/>
+      <c r="C39" s="121"/>
+      <c r="D39" s="121"/>
+      <c r="E39" s="121"/>
+      <c r="F39" s="121"/>
+      <c r="G39" s="121"/>
+      <c r="H39" s="121"/>
+      <c r="I39" s="121"/>
       <c r="J39" s="2"/>
     </row>
     <row r="40" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A40" s="2"/>
-      <c r="B40" s="120"/>
-[...6 lines deleted...]
-      <c r="I40" s="120"/>
+      <c r="B40" s="121"/>
+      <c r="C40" s="121"/>
+      <c r="D40" s="121"/>
+      <c r="E40" s="121"/>
+      <c r="F40" s="121"/>
+      <c r="G40" s="121"/>
+      <c r="H40" s="121"/>
+      <c r="I40" s="121"/>
       <c r="J40" s="2"/>
     </row>
     <row r="41" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="2"/>
-      <c r="B41" s="119" t="s">
-[...8 lines deleted...]
-      <c r="I41" s="46"/>
+      <c r="B41" s="118" t="s">
+        <v>213</v>
+      </c>
+      <c r="C41" s="34"/>
+      <c r="D41" s="34"/>
+      <c r="E41" s="34"/>
+      <c r="F41" s="34"/>
+      <c r="G41" s="34"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="45"/>
       <c r="J41" s="2"/>
     </row>
     <row r="42" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="15"/>
-[...8 lines deleted...]
-      <c r="J42" s="15"/>
+      <c r="A42" s="14"/>
+      <c r="B42" s="14"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="14"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="14"/>
+      <c r="I42" s="11"/>
+      <c r="J42" s="14"/>
     </row>
     <row r="43" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="16"/>
-[...7 lines deleted...]
-      <c r="I43" s="13" t="s">
+      <c r="A43" s="15"/>
+      <c r="B43" s="15"/>
+      <c r="C43" s="16"/>
+      <c r="D43" s="16"/>
+      <c r="E43" s="16"/>
+      <c r="F43" s="16"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="16"/>
+      <c r="I43" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="J43" s="17"/>
+      <c r="J43" s="16"/>
     </row>
     <row r="44" spans="1:13" s="1" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
-      <c r="C44" s="123"/>
-[...1 lines deleted...]
-      <c r="E44" s="123"/>
+      <c r="C44" s="124"/>
+      <c r="D44" s="124"/>
+      <c r="E44" s="124"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
-      <c r="I44" s="18"/>
+      <c r="I44" s="17"/>
       <c r="J44" s="2"/>
     </row>
     <row r="45" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
-      <c r="C45" s="15"/>
-[...6 lines deleted...]
-      <c r="L45" s="99" t="s">
+      <c r="C45" s="14"/>
+      <c r="D45" s="18"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="14"/>
+      <c r="G45" s="14"/>
+      <c r="H45" s="14"/>
+      <c r="J45" s="14"/>
+      <c r="L45" s="98" t="s">
         <v>183</v>
       </c>
       <c r="M45" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="46" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
-      <c r="C46" s="124" t="s">
-[...7 lines deleted...]
-      <c r="I46" s="14" t="s">
+      <c r="C46" s="125" t="s">
+        <v>217</v>
+      </c>
+      <c r="D46" s="125"/>
+      <c r="E46" s="125"/>
+      <c r="F46" s="19"/>
+      <c r="G46" s="19"/>
+      <c r="H46" s="19"/>
+      <c r="I46" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="J46" s="15"/>
+      <c r="J46" s="14"/>
     </row>
     <row r="47" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
-      <c r="E47" s="15"/>
+      <c r="E47" s="14"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
     </row>
     <row r="48" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="2"/>
-      <c r="B48" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="22" t="s">
+      <c r="B48" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D48" s="23"/>
-      <c r="E48" s="22" t="s">
+      <c r="D48" s="22"/>
+      <c r="E48" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="F48" s="23"/>
-      <c r="G48" s="22" t="s">
+      <c r="F48" s="22"/>
+      <c r="G48" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="H48" s="23"/>
-      <c r="I48" s="22" t="s">
+      <c r="H48" s="22"/>
+      <c r="I48" s="21" t="s">
         <v>129</v>
       </c>
       <c r="J48" s="2"/>
     </row>
     <row r="49" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
-      <c r="E49" s="24"/>
+      <c r="E49" s="23"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="2"/>
-      <c r="B50" s="49" t="s">
+      <c r="B50" s="48" t="s">
         <v>144</v>
       </c>
-      <c r="C50" s="24">
+      <c r="C50" s="23">
         <v>1648648280.21</v>
       </c>
-      <c r="D50" s="25"/>
-      <c r="E50" s="24">
+      <c r="D50" s="24"/>
+      <c r="E50" s="23">
         <v>1744719756.6300001</v>
       </c>
-      <c r="F50" s="26"/>
-      <c r="G50" s="27">
+      <c r="F50" s="25"/>
+      <c r="G50" s="26">
         <v>96071476.420000002</v>
       </c>
-      <c r="H50" s="28"/>
-      <c r="I50" s="29">
+      <c r="H50" s="27"/>
+      <c r="I50" s="28">
         <v>5.8272875769332044E-2</v>
       </c>
     </row>
     <row r="51" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A51" s="2"/>
-      <c r="B51" s="49" t="s">
+      <c r="B51" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C51" s="24">
+      <c r="C51" s="23">
         <v>3008347317.52</v>
       </c>
-      <c r="D51" s="30"/>
-      <c r="E51" s="24">
+      <c r="D51" s="29"/>
+      <c r="E51" s="23">
         <v>3164665967.2800002</v>
       </c>
-      <c r="F51" s="31"/>
-      <c r="G51" s="27">
+      <c r="F51" s="30"/>
+      <c r="G51" s="26">
         <v>156318649.75999999</v>
       </c>
-      <c r="H51" s="26"/>
-      <c r="I51" s="29">
+      <c r="H51" s="25"/>
+      <c r="I51" s="28">
         <v>5.1961636493775831E-2</v>
       </c>
     </row>
     <row r="52" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="2"/>
-      <c r="B52" s="49" t="s">
+      <c r="B52" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="C52" s="24">
+      <c r="C52" s="23">
         <v>306997999.58999997</v>
       </c>
-      <c r="D52" s="30"/>
-      <c r="E52" s="24">
+      <c r="D52" s="29"/>
+      <c r="E52" s="23">
         <v>228281290</v>
       </c>
-      <c r="F52" s="31"/>
-      <c r="G52" s="27">
+      <c r="F52" s="30"/>
+      <c r="G52" s="26">
         <v>-78716709.590000004</v>
       </c>
-      <c r="H52" s="26"/>
-      <c r="I52" s="29">
+      <c r="H52" s="25"/>
+      <c r="I52" s="28">
         <v>-0.25640789091501326</v>
       </c>
     </row>
     <row r="53" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A53" s="2"/>
-      <c r="B53" s="49" t="s">
+      <c r="B53" s="48" t="s">
         <v>147</v>
       </c>
-      <c r="C53" s="24">
+      <c r="C53" s="23">
         <v>132392721.65000001</v>
       </c>
-      <c r="D53" s="30"/>
-      <c r="E53" s="24">
+      <c r="D53" s="29"/>
+      <c r="E53" s="23">
         <v>108317061.94</v>
       </c>
-      <c r="F53" s="26"/>
-      <c r="G53" s="27">
+      <c r="F53" s="25"/>
+      <c r="G53" s="26">
         <v>-24075659.710000001</v>
       </c>
-      <c r="H53" s="26"/>
-      <c r="I53" s="29">
+      <c r="H53" s="25"/>
+      <c r="I53" s="28">
         <v>-0.18185032689068514</v>
       </c>
     </row>
     <row r="54" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="2"/>
-      <c r="B54" s="49" t="s">
+      <c r="B54" s="48" t="s">
         <v>148</v>
       </c>
-      <c r="C54" s="24">
+      <c r="C54" s="23">
         <v>6303256.8399999999</v>
       </c>
-      <c r="D54" s="30"/>
-      <c r="E54" s="24">
+      <c r="D54" s="29"/>
+      <c r="E54" s="23">
         <v>6596016.2699999996</v>
       </c>
-      <c r="F54" s="26"/>
-      <c r="G54" s="27">
+      <c r="F54" s="25"/>
+      <c r="G54" s="26">
         <v>292759.43</v>
       </c>
-      <c r="H54" s="26"/>
-      <c r="I54" s="29">
+      <c r="H54" s="25"/>
+      <c r="I54" s="28">
         <v>4.6445740262743174E-2</v>
       </c>
     </row>
     <row r="55" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="2"/>
-      <c r="B55" s="49" t="s">
+      <c r="B55" s="48" t="s">
         <v>150</v>
       </c>
-      <c r="C55" s="24">
+      <c r="C55" s="23">
         <v>41952315.520000003</v>
       </c>
-      <c r="D55" s="30"/>
-      <c r="E55" s="24">
+      <c r="D55" s="29"/>
+      <c r="E55" s="23">
         <v>43005883.340000004</v>
       </c>
-      <c r="F55" s="26"/>
-      <c r="G55" s="27">
+      <c r="F55" s="25"/>
+      <c r="G55" s="26">
         <v>1053567.82</v>
       </c>
-      <c r="H55" s="26"/>
-      <c r="I55" s="29">
+      <c r="H55" s="25"/>
+      <c r="I55" s="28">
         <v>2.5113460531105192E-2</v>
       </c>
     </row>
     <row r="56" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="2"/>
-      <c r="B56" s="49" t="s">
+      <c r="B56" s="48" t="s">
         <v>151</v>
       </c>
-      <c r="C56" s="24">
+      <c r="C56" s="23">
         <v>23218436.199999999</v>
       </c>
-      <c r="D56" s="30"/>
-      <c r="E56" s="24">
+      <c r="D56" s="29"/>
+      <c r="E56" s="23">
         <v>21156682.050000001</v>
       </c>
-      <c r="F56" s="26"/>
-      <c r="G56" s="27">
+      <c r="F56" s="25"/>
+      <c r="G56" s="26">
         <v>-2061754.15</v>
       </c>
-      <c r="H56" s="26"/>
-      <c r="I56" s="29">
+      <c r="H56" s="25"/>
+      <c r="I56" s="28">
         <v>-8.879814868841196E-2</v>
       </c>
     </row>
     <row r="57" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A57" s="2"/>
-      <c r="B57" s="49" t="s">
+      <c r="B57" s="48" t="s">
         <v>152</v>
       </c>
-      <c r="C57" s="24">
+      <c r="C57" s="23">
         <v>39883826.880000003</v>
       </c>
-      <c r="D57" s="30"/>
-      <c r="E57" s="24">
+      <c r="D57" s="29"/>
+      <c r="E57" s="23">
         <v>38375201.280000001</v>
       </c>
-      <c r="F57" s="26"/>
-      <c r="G57" s="27">
+      <c r="F57" s="25"/>
+      <c r="G57" s="26">
         <v>-1508625.6</v>
       </c>
-      <c r="H57" s="26"/>
-      <c r="I57" s="29">
+      <c r="H57" s="25"/>
+      <c r="I57" s="28">
         <v>-3.7825497651944651E-2</v>
       </c>
     </row>
     <row r="58" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="2"/>
-      <c r="B58" s="49" t="s">
+      <c r="B58" s="48" t="s">
         <v>66</v>
       </c>
-      <c r="C58" s="24">
+      <c r="C58" s="23">
         <v>3969082</v>
       </c>
-      <c r="D58" s="30"/>
-      <c r="E58" s="24">
+      <c r="D58" s="29"/>
+      <c r="E58" s="23">
         <v>4512335</v>
       </c>
-      <c r="F58" s="26"/>
-      <c r="G58" s="27">
+      <c r="F58" s="25"/>
+      <c r="G58" s="26">
         <v>543253</v>
       </c>
-      <c r="H58" s="26"/>
-      <c r="I58" s="29">
+      <c r="H58" s="25"/>
+      <c r="I58" s="28">
         <v>0.13687119590877694</v>
       </c>
     </row>
     <row r="59" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A59" s="2"/>
-      <c r="B59" s="49" t="s">
+      <c r="B59" s="48" t="s">
         <v>153</v>
       </c>
-      <c r="C59" s="24">
+      <c r="C59" s="23">
         <v>2716291.58</v>
       </c>
-      <c r="D59" s="30"/>
-      <c r="E59" s="24">
+      <c r="D59" s="29"/>
+      <c r="E59" s="23">
         <v>2892717.51</v>
       </c>
-      <c r="F59" s="26"/>
-      <c r="G59" s="27">
+      <c r="F59" s="25"/>
+      <c r="G59" s="26">
         <v>176425.93</v>
       </c>
-      <c r="H59" s="26"/>
-      <c r="I59" s="29">
+      <c r="H59" s="25"/>
+      <c r="I59" s="28">
         <v>6.4951027827432339E-2</v>
       </c>
     </row>
     <row r="60" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="2"/>
-      <c r="B60" s="49" t="s">
+      <c r="B60" s="48" t="s">
         <v>154</v>
       </c>
-      <c r="C60" s="24">
+      <c r="C60" s="23">
         <v>133158157.19</v>
       </c>
-      <c r="D60" s="30"/>
-      <c r="E60" s="24">
+      <c r="D60" s="29"/>
+      <c r="E60" s="23">
         <v>128248796.47</v>
       </c>
-      <c r="F60" s="26"/>
-      <c r="G60" s="27">
+      <c r="F60" s="25"/>
+      <c r="G60" s="26">
         <v>-4909360.72</v>
       </c>
-      <c r="H60" s="26"/>
-      <c r="I60" s="29">
+      <c r="H60" s="25"/>
+      <c r="I60" s="28">
         <v>-3.6868644201758949E-2</v>
       </c>
     </row>
     <row r="61" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A61" s="2"/>
-      <c r="B61" s="49" t="s">
+      <c r="B61" s="48" t="s">
         <v>143</v>
       </c>
-      <c r="C61" s="24">
+      <c r="C61" s="23">
         <v>43348974.25</v>
       </c>
-      <c r="D61" s="30"/>
-      <c r="E61" s="24">
+      <c r="D61" s="29"/>
+      <c r="E61" s="23">
         <v>46644369.18</v>
       </c>
-      <c r="F61" s="26"/>
-      <c r="G61" s="27">
+      <c r="F61" s="25"/>
+      <c r="G61" s="26">
         <v>3295394.93</v>
       </c>
-      <c r="H61" s="26"/>
-      <c r="I61" s="29">
+      <c r="H61" s="25"/>
+      <c r="I61" s="28">
         <v>7.6020136278080352E-2</v>
       </c>
     </row>
     <row r="62" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="2"/>
-      <c r="B62" s="49" t="s">
+      <c r="B62" s="48" t="s">
         <v>70</v>
       </c>
-      <c r="C62" s="24">
+      <c r="C62" s="23">
         <v>194484140.62</v>
       </c>
-      <c r="D62" s="30"/>
-      <c r="E62" s="24">
+      <c r="D62" s="29"/>
+      <c r="E62" s="23">
         <v>242853597.96000001</v>
       </c>
-      <c r="F62" s="26"/>
-      <c r="G62" s="27">
+      <c r="F62" s="25"/>
+      <c r="G62" s="26">
         <v>48369457.340000004</v>
       </c>
-      <c r="H62" s="26"/>
-      <c r="I62" s="29">
+      <c r="H62" s="25"/>
+      <c r="I62" s="28">
         <v>0.24870643532064896</v>
       </c>
     </row>
     <row r="63" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A63" s="2"/>
-      <c r="B63" s="49" t="s">
+      <c r="B63" s="48" t="s">
         <v>155</v>
       </c>
-      <c r="C63" s="24">
+      <c r="C63" s="23">
         <v>3152794.6</v>
       </c>
-      <c r="D63" s="30"/>
-      <c r="E63" s="24">
+      <c r="D63" s="29"/>
+      <c r="E63" s="23">
         <v>4041705.56</v>
       </c>
-      <c r="F63" s="26"/>
-      <c r="G63" s="27">
+      <c r="F63" s="25"/>
+      <c r="G63" s="26">
         <v>888910.96</v>
       </c>
-      <c r="H63" s="26"/>
-      <c r="I63" s="29">
+      <c r="H63" s="25"/>
+      <c r="I63" s="28">
         <v>0.28194382215701586</v>
       </c>
     </row>
     <row r="64" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="2"/>
-      <c r="B64" s="49" t="s">
+      <c r="B64" s="48" t="s">
         <v>156</v>
       </c>
-      <c r="C64" s="24">
+      <c r="C64" s="23">
         <v>4012124.58</v>
       </c>
-      <c r="D64" s="30"/>
-      <c r="E64" s="24">
+      <c r="D64" s="29"/>
+      <c r="E64" s="23">
         <v>4101415.79</v>
       </c>
-      <c r="F64" s="26"/>
-      <c r="G64" s="27">
+      <c r="F64" s="25"/>
+      <c r="G64" s="26">
         <v>89291.21</v>
       </c>
-      <c r="H64" s="26"/>
-      <c r="I64" s="29">
+      <c r="H64" s="25"/>
+      <c r="I64" s="28">
         <v>2.2255343327350019E-2</v>
       </c>
     </row>
     <row r="65" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A65" s="2"/>
-      <c r="B65" s="49" t="s">
+      <c r="B65" s="48" t="s">
         <v>73</v>
       </c>
-      <c r="C65" s="24">
+      <c r="C65" s="23">
         <v>759424</v>
       </c>
-      <c r="D65" s="30"/>
-      <c r="E65" s="24">
+      <c r="D65" s="29"/>
+      <c r="E65" s="23">
         <v>741200</v>
       </c>
-      <c r="F65" s="26"/>
-      <c r="G65" s="27">
+      <c r="F65" s="25"/>
+      <c r="G65" s="26">
         <v>-18224</v>
       </c>
-      <c r="H65" s="26"/>
-      <c r="I65" s="29">
+      <c r="H65" s="25"/>
+      <c r="I65" s="28">
         <v>-2.3997134670487141E-2</v>
       </c>
     </row>
     <row r="66" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A66" s="2"/>
-      <c r="B66" s="49" t="s">
+      <c r="B66" s="48" t="s">
         <v>157</v>
       </c>
-      <c r="C66" s="24">
+      <c r="C66" s="23">
         <v>1413670</v>
       </c>
-      <c r="D66" s="30"/>
-      <c r="E66" s="24">
+      <c r="D66" s="29"/>
+      <c r="E66" s="23">
         <v>1413670</v>
       </c>
-      <c r="F66" s="26"/>
-[...4 lines deleted...]
-      <c r="I66" s="29">
+      <c r="F66" s="25"/>
+      <c r="G66" s="26">
+        <v>0</v>
+      </c>
+      <c r="H66" s="25"/>
+      <c r="I66" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A67" s="2"/>
-      <c r="B67" s="49" t="s">
+      <c r="B67" s="48" t="s">
         <v>158</v>
       </c>
-      <c r="C67" s="24">
+      <c r="C67" s="23">
         <v>1512953.53</v>
       </c>
-      <c r="D67" s="30"/>
-      <c r="E67" s="24">
+      <c r="D67" s="29"/>
+      <c r="E67" s="23">
         <v>711541.65</v>
       </c>
-      <c r="F67" s="26"/>
-      <c r="G67" s="27">
+      <c r="F67" s="25"/>
+      <c r="G67" s="26">
         <v>-801411.88</v>
       </c>
-      <c r="H67" s="26"/>
-      <c r="I67" s="29">
+      <c r="H67" s="25"/>
+      <c r="I67" s="28">
         <v>-0.52970026118383162</v>
       </c>
     </row>
     <row r="68" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="2"/>
-      <c r="B68" s="49" t="s">
+      <c r="B68" s="48" t="s">
         <v>76</v>
       </c>
-      <c r="C68" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C68" s="23">
+        <v>0</v>
+      </c>
+      <c r="D68" s="29"/>
+      <c r="E68" s="23">
+        <v>0</v>
+      </c>
+      <c r="F68" s="25"/>
+      <c r="G68" s="26">
+        <v>0</v>
+      </c>
+      <c r="H68" s="25"/>
+      <c r="I68" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="69" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A69" s="2"/>
-      <c r="B69" s="49" t="s">
+      <c r="B69" s="48" t="s">
         <v>159</v>
       </c>
-      <c r="C69" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C69" s="23">
+        <v>0</v>
+      </c>
+      <c r="D69" s="29"/>
+      <c r="E69" s="23">
+        <v>0</v>
+      </c>
+      <c r="F69" s="25"/>
+      <c r="G69" s="26">
+        <v>0</v>
+      </c>
+      <c r="H69" s="25"/>
+      <c r="I69" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="70" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A70" s="2"/>
-      <c r="B70" s="49" t="s">
+      <c r="B70" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="C70" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C70" s="23">
+        <v>0</v>
+      </c>
+      <c r="D70" s="29"/>
+      <c r="E70" s="23">
+        <v>0</v>
+      </c>
+      <c r="F70" s="25"/>
+      <c r="G70" s="26">
+        <v>0</v>
+      </c>
+      <c r="H70" s="25"/>
+      <c r="I70" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="71" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A71" s="2"/>
-      <c r="B71" s="49" t="s">
+      <c r="B71" s="48" t="s">
         <v>160</v>
       </c>
-      <c r="C71" s="24">
+      <c r="C71" s="23">
         <v>258088.19</v>
       </c>
-      <c r="D71" s="30"/>
-      <c r="E71" s="24">
+      <c r="D71" s="29"/>
+      <c r="E71" s="23">
         <v>507272.94</v>
       </c>
-      <c r="F71" s="26"/>
-      <c r="G71" s="27">
+      <c r="F71" s="25"/>
+      <c r="G71" s="26">
         <v>249184.75</v>
       </c>
-      <c r="H71" s="26"/>
-      <c r="I71" s="29">
+      <c r="H71" s="25"/>
+      <c r="I71" s="28">
         <v>0.9655023346864493</v>
       </c>
     </row>
     <row r="72" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A72" s="2"/>
-      <c r="B72" s="49" t="s">
+      <c r="B72" s="48" t="s">
         <v>80</v>
       </c>
-      <c r="C72" s="24">
+      <c r="C72" s="23">
         <v>2751660</v>
       </c>
-      <c r="D72" s="30"/>
-      <c r="E72" s="24">
+      <c r="D72" s="29"/>
+      <c r="E72" s="23">
         <v>2913725</v>
       </c>
-      <c r="F72" s="26"/>
-      <c r="G72" s="27">
+      <c r="F72" s="25"/>
+      <c r="G72" s="26">
         <v>162065</v>
       </c>
-      <c r="H72" s="26"/>
-      <c r="I72" s="29">
+      <c r="H72" s="25"/>
+      <c r="I72" s="28">
         <v>5.8897174796304741E-2</v>
       </c>
     </row>
     <row r="73" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A73" s="2"/>
-      <c r="B73" s="49" t="s">
+      <c r="B73" s="48" t="s">
         <v>82</v>
       </c>
-      <c r="C73" s="24">
+      <c r="C73" s="23">
         <v>9169133.3699999992</v>
       </c>
-      <c r="D73" s="30"/>
-      <c r="E73" s="24">
+      <c r="D73" s="29"/>
+      <c r="E73" s="23">
         <v>8706084.6400000006</v>
       </c>
-      <c r="F73" s="26"/>
-      <c r="G73" s="27">
+      <c r="F73" s="25"/>
+      <c r="G73" s="26">
         <v>-463048.73</v>
       </c>
-      <c r="H73" s="26"/>
-      <c r="I73" s="29">
+      <c r="H73" s="25"/>
+      <c r="I73" s="28">
         <v>-5.0500817396224695E-2</v>
       </c>
     </row>
     <row r="74" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="2"/>
-      <c r="B74" s="49" t="s">
+      <c r="B74" s="48" t="s">
         <v>161</v>
       </c>
-      <c r="C74" s="24">
+      <c r="C74" s="23">
         <v>7500000</v>
       </c>
-      <c r="D74" s="30"/>
-      <c r="E74" s="24">
+      <c r="D74" s="29"/>
+      <c r="E74" s="23">
         <v>7500000</v>
       </c>
-      <c r="F74" s="26"/>
-[...4 lines deleted...]
-      <c r="I74" s="29">
+      <c r="F74" s="25"/>
+      <c r="G74" s="26">
+        <v>0</v>
+      </c>
+      <c r="H74" s="25"/>
+      <c r="I74" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A75" s="2"/>
-      <c r="B75" s="49" t="s">
+      <c r="B75" s="48" t="s">
         <v>162</v>
       </c>
-      <c r="C75" s="24">
+      <c r="C75" s="23">
         <v>1501635.74</v>
       </c>
-      <c r="D75" s="30"/>
-      <c r="E75" s="24">
+      <c r="D75" s="29"/>
+      <c r="E75" s="23">
         <v>2447919.0299999998</v>
       </c>
-      <c r="F75" s="26"/>
-      <c r="G75" s="27">
+      <c r="F75" s="25"/>
+      <c r="G75" s="26">
         <v>946283.29</v>
       </c>
-      <c r="H75" s="26"/>
-      <c r="I75" s="29">
+      <c r="H75" s="25"/>
+      <c r="I75" s="28">
         <v>0.63016833230141489</v>
       </c>
     </row>
     <row r="76" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A76" s="2"/>
-      <c r="B76" s="49" t="s">
+      <c r="B76" s="48" t="s">
         <v>85</v>
       </c>
-      <c r="C76" s="24">
+      <c r="C76" s="23">
         <v>17240264.989999998</v>
       </c>
-      <c r="D76" s="30"/>
-      <c r="E76" s="24">
+      <c r="D76" s="29"/>
+      <c r="E76" s="23">
         <v>29762174.609999999</v>
       </c>
-      <c r="F76" s="31"/>
-      <c r="G76" s="27">
+      <c r="F76" s="30"/>
+      <c r="G76" s="26">
         <v>12521909.619999999</v>
       </c>
-      <c r="H76" s="26"/>
-      <c r="I76" s="29">
+      <c r="H76" s="25"/>
+      <c r="I76" s="28">
         <v>0.72631770029423381</v>
       </c>
     </row>
     <row r="77" spans="1:9" s="1" customFormat="1" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
-      <c r="B77" s="67"/>
-[...6 lines deleted...]
-      <c r="I77" s="71"/>
+      <c r="B77" s="66"/>
+      <c r="C77" s="67"/>
+      <c r="D77" s="68"/>
+      <c r="E77" s="67"/>
+      <c r="F77" s="68"/>
+      <c r="G77" s="67"/>
+      <c r="H77" s="69"/>
+      <c r="I77" s="70"/>
     </row>
     <row r="78" spans="1:9" s="1" customFormat="1" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A78" s="2"/>
-      <c r="B78" s="50" t="s">
+      <c r="B78" s="49" t="s">
         <v>32</v>
       </c>
-      <c r="C78" s="32">
+      <c r="C78" s="31">
         <v>5634692549.0499983</v>
       </c>
-      <c r="D78" s="33"/>
-      <c r="E78" s="32">
+      <c r="D78" s="32"/>
+      <c r="E78" s="31">
         <v>5843116384.1300001</v>
       </c>
-      <c r="F78" s="33"/>
-      <c r="G78" s="32">
+      <c r="F78" s="32"/>
+      <c r="G78" s="31">
         <v>208423835.08000183</v>
       </c>
-      <c r="H78" s="34"/>
-      <c r="I78" s="36">
+      <c r="H78" s="33"/>
+      <c r="I78" s="35">
         <v>3.6989389086569124E-2</v>
       </c>
     </row>
     <row r="79" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A79" s="2"/>
-      <c r="B79" s="72"/>
-[...6 lines deleted...]
-      <c r="I79" s="72"/>
+      <c r="B79" s="71"/>
+      <c r="C79" s="71"/>
+      <c r="D79" s="71"/>
+      <c r="E79" s="71"/>
+      <c r="F79" s="71"/>
+      <c r="G79" s="71"/>
+      <c r="H79" s="71"/>
+      <c r="I79" s="71"/>
     </row>
     <row r="80" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="2"/>
-      <c r="B80" s="120" t="s">
+      <c r="B80" s="121" t="s">
         <v>142</v>
       </c>
-      <c r="C80" s="120"/>
-[...5 lines deleted...]
-      <c r="I80" s="120"/>
+      <c r="C80" s="121"/>
+      <c r="D80" s="121"/>
+      <c r="E80" s="121"/>
+      <c r="F80" s="121"/>
+      <c r="G80" s="121"/>
+      <c r="H80" s="121"/>
+      <c r="I80" s="121"/>
     </row>
     <row r="81" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A81" s="2"/>
-      <c r="B81" s="120"/>
-[...6 lines deleted...]
-      <c r="I81" s="120"/>
+      <c r="B81" s="121"/>
+      <c r="C81" s="121"/>
+      <c r="D81" s="121"/>
+      <c r="E81" s="121"/>
+      <c r="F81" s="121"/>
+      <c r="G81" s="121"/>
+      <c r="H81" s="121"/>
+      <c r="I81" s="121"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A82" s="111"/>
-[...9 lines deleted...]
-      <c r="I82" s="118"/>
+      <c r="A82" s="110"/>
+      <c r="B82" s="118" t="s">
+        <v>213</v>
+      </c>
+      <c r="C82" s="116"/>
+      <c r="D82" s="116"/>
+      <c r="E82" s="116"/>
+      <c r="F82" s="116"/>
+      <c r="G82" s="116"/>
+      <c r="H82" s="116"/>
+      <c r="I82" s="117"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B80:I81"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="B39:I40"/>
     <mergeCell ref="C44:E44"/>
     <mergeCell ref="C46:E46"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="41" max="9" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <tabColor theme="8"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M82"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I43" sqref="I43"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="28.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15" style="1" customWidth="1"/>
     <col min="4" max="4" width="2.28515625" style="1" customWidth="1"/>
     <col min="5" max="5" width="15" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="14.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="2.85546875" style="1" customWidth="1"/>
     <col min="9" max="9" width="11.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="3" style="1" customWidth="1"/>
     <col min="11" max="15" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="16" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A1" s="15"/>
-[...8 lines deleted...]
-      <c r="J1" s="15"/>
+      <c r="A1" s="14"/>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="14"/>
+      <c r="F1" s="14"/>
+      <c r="G1" s="14"/>
+      <c r="H1" s="14"/>
+      <c r="I1" s="11"/>
+      <c r="J1" s="14"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A2" s="16"/>
-[...7 lines deleted...]
-      <c r="I2" s="13" t="s">
+      <c r="A2" s="15"/>
+      <c r="B2" s="15"/>
+      <c r="C2" s="16"/>
+      <c r="D2" s="16"/>
+      <c r="E2" s="16"/>
+      <c r="F2" s="16"/>
+      <c r="G2" s="16"/>
+      <c r="H2" s="16"/>
+      <c r="I2" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="J2" s="17"/>
+      <c r="J2" s="16"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
-      <c r="C3" s="123"/>
-[...1 lines deleted...]
-      <c r="E3" s="123"/>
+      <c r="C3" s="124"/>
+      <c r="D3" s="124"/>
+      <c r="E3" s="124"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
-      <c r="I3" s="18"/>
+      <c r="I3" s="17"/>
       <c r="J3" s="2"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
-      <c r="C4" s="15"/>
-[...5 lines deleted...]
-      <c r="J4" s="15"/>
+      <c r="C4" s="14"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="14"/>
+      <c r="F4" s="14"/>
+      <c r="G4" s="14"/>
+      <c r="H4" s="14"/>
+      <c r="J4" s="14"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
-      <c r="C5" s="124" t="s">
+      <c r="C5" s="125" t="s">
         <v>131</v>
       </c>
-      <c r="D5" s="124"/>
-[...4 lines deleted...]
-      <c r="I5" s="14" t="s">
+      <c r="D5" s="125"/>
+      <c r="E5" s="125"/>
+      <c r="F5" s="19"/>
+      <c r="G5" s="19"/>
+      <c r="H5" s="19"/>
+      <c r="I5" s="13" t="s">
         <v>164</v>
       </c>
-      <c r="J5" s="15"/>
+      <c r="J5" s="14"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
-      <c r="E6" s="15"/>
+      <c r="E6" s="14"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A7" s="2"/>
-      <c r="B7" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="22" t="s">
+      <c r="B7" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D7" s="23"/>
-      <c r="E7" s="22" t="s">
+      <c r="D7" s="22"/>
+      <c r="E7" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="F7" s="23"/>
-      <c r="G7" s="22" t="s">
+      <c r="F7" s="22"/>
+      <c r="G7" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="H7" s="23"/>
-      <c r="I7" s="22" t="s">
+      <c r="H7" s="22"/>
+      <c r="I7" s="21" t="s">
         <v>129</v>
       </c>
       <c r="J7" s="2"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
-      <c r="E8" s="24"/>
+      <c r="E8" s="23"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A9" s="2"/>
-      <c r="B9" s="49" t="s">
+      <c r="B9" s="48" t="s">
         <v>144</v>
       </c>
-      <c r="C9" s="24">
+      <c r="C9" s="23">
         <v>393489481.14999998</v>
       </c>
-      <c r="D9" s="25"/>
-      <c r="E9" s="24">
+      <c r="D9" s="24"/>
+      <c r="E9" s="23">
         <v>425240044.38</v>
       </c>
-      <c r="F9" s="26"/>
-      <c r="G9" s="27">
+      <c r="F9" s="25"/>
+      <c r="G9" s="26">
         <v>31750563.23</v>
       </c>
-      <c r="H9" s="28"/>
-      <c r="I9" s="29">
+      <c r="H9" s="27"/>
+      <c r="I9" s="28">
         <v>8.0689738229359653E-2</v>
       </c>
       <c r="J9" s="2"/>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A10" s="2"/>
-      <c r="B10" s="49" t="s">
+      <c r="B10" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C10" s="24">
+      <c r="C10" s="23">
         <v>578649291.96000004</v>
       </c>
-      <c r="D10" s="30"/>
-      <c r="E10" s="24">
+      <c r="D10" s="29"/>
+      <c r="E10" s="23">
         <v>649289990.5</v>
       </c>
-      <c r="F10" s="31"/>
-      <c r="G10" s="27">
+      <c r="F10" s="30"/>
+      <c r="G10" s="26">
         <v>70640698.540000007</v>
       </c>
-      <c r="H10" s="28"/>
-      <c r="I10" s="29">
+      <c r="H10" s="27"/>
+      <c r="I10" s="28">
         <v>0.12207860533402859</v>
       </c>
       <c r="J10" s="2"/>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A11" s="2"/>
-      <c r="B11" s="49" t="s">
+      <c r="B11" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="C11" s="24">
+      <c r="C11" s="23">
         <v>-31559401.66</v>
       </c>
-      <c r="D11" s="30"/>
-      <c r="E11" s="24">
+      <c r="D11" s="29"/>
+      <c r="E11" s="23">
         <v>-63880311.270000003</v>
       </c>
-      <c r="F11" s="31"/>
-      <c r="G11" s="27">
+      <c r="F11" s="30"/>
+      <c r="G11" s="26">
         <v>-32320909.609999999</v>
       </c>
-      <c r="H11" s="28"/>
-[...1 lines deleted...]
-        <v>213</v>
+      <c r="H11" s="27"/>
+      <c r="I11" s="28" t="s">
+        <v>212</v>
       </c>
       <c r="J11" s="2"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A12" s="2"/>
-      <c r="B12" s="49" t="s">
+      <c r="B12" s="48" t="s">
         <v>147</v>
       </c>
-      <c r="C12" s="24">
+      <c r="C12" s="23">
         <v>15963243</v>
       </c>
-      <c r="D12" s="30"/>
-      <c r="E12" s="24">
+      <c r="D12" s="29"/>
+      <c r="E12" s="23">
         <v>2504105.48</v>
       </c>
-      <c r="F12" s="26"/>
-      <c r="G12" s="27">
+      <c r="F12" s="25"/>
+      <c r="G12" s="26">
         <v>-13459137.52</v>
       </c>
-      <c r="H12" s="28"/>
-      <c r="I12" s="29">
+      <c r="H12" s="27"/>
+      <c r="I12" s="28">
         <v>-0.84313303506060766</v>
       </c>
       <c r="J12" s="2"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A13" s="2"/>
-      <c r="B13" s="49" t="s">
+      <c r="B13" s="48" t="s">
         <v>148</v>
       </c>
-      <c r="C13" s="24">
+      <c r="C13" s="23">
         <v>4351195.8499999996</v>
       </c>
-      <c r="D13" s="30"/>
-      <c r="E13" s="24">
+      <c r="D13" s="29"/>
+      <c r="E13" s="23">
         <v>4001978.69</v>
       </c>
-      <c r="F13" s="26"/>
-      <c r="G13" s="27">
+      <c r="F13" s="25"/>
+      <c r="G13" s="26">
         <v>-349217.16</v>
       </c>
-      <c r="H13" s="28"/>
-      <c r="I13" s="29">
+      <c r="H13" s="27"/>
+      <c r="I13" s="28">
         <v>-8.0257743397139869E-2</v>
       </c>
       <c r="J13" s="2"/>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A14" s="2"/>
-      <c r="B14" s="49" t="s">
+      <c r="B14" s="48" t="s">
         <v>150</v>
       </c>
-      <c r="C14" s="24">
+      <c r="C14" s="23">
         <v>10696929.77</v>
       </c>
-      <c r="D14" s="30"/>
-      <c r="E14" s="24">
+      <c r="D14" s="29"/>
+      <c r="E14" s="23">
         <v>11290998.52</v>
       </c>
-      <c r="F14" s="26"/>
-      <c r="G14" s="27">
+      <c r="F14" s="25"/>
+      <c r="G14" s="26">
         <v>594068.75</v>
       </c>
-      <c r="H14" s="28"/>
-      <c r="I14" s="29">
+      <c r="H14" s="27"/>
+      <c r="I14" s="28">
         <v>5.553637938860656E-2</v>
       </c>
-      <c r="J14" s="7"/>
+      <c r="J14" s="6"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A15" s="2"/>
-      <c r="B15" s="49" t="s">
+      <c r="B15" s="48" t="s">
         <v>151</v>
       </c>
-      <c r="C15" s="24">
+      <c r="C15" s="23">
         <v>2142349.71</v>
       </c>
-      <c r="D15" s="30"/>
-      <c r="E15" s="24">
+      <c r="D15" s="29"/>
+      <c r="E15" s="23">
         <v>766299.3</v>
       </c>
-      <c r="F15" s="26"/>
-      <c r="G15" s="27">
+      <c r="F15" s="25"/>
+      <c r="G15" s="26">
         <v>-1376050.41</v>
       </c>
-      <c r="H15" s="28"/>
-      <c r="I15" s="29">
+      <c r="H15" s="27"/>
+      <c r="I15" s="28">
         <v>-0.64230895804588506</v>
       </c>
-      <c r="J15" s="7"/>
+      <c r="J15" s="6"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
-      <c r="B16" s="49" t="s">
+      <c r="B16" s="48" t="s">
         <v>152</v>
       </c>
-      <c r="C16" s="24">
+      <c r="C16" s="23">
         <v>9191433.3100000005</v>
       </c>
-      <c r="D16" s="30"/>
-      <c r="E16" s="24">
+      <c r="D16" s="29"/>
+      <c r="E16" s="23">
         <v>9494515.5099999998</v>
       </c>
-      <c r="F16" s="26"/>
-      <c r="G16" s="27">
+      <c r="F16" s="25"/>
+      <c r="G16" s="26">
         <v>303082.2</v>
       </c>
-      <c r="H16" s="28"/>
-      <c r="I16" s="29">
+      <c r="H16" s="27"/>
+      <c r="I16" s="28">
         <v>3.2974421918533059E-2</v>
       </c>
-      <c r="J16" s="7"/>
+      <c r="J16" s="6"/>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A17" s="2"/>
-      <c r="B17" s="49" t="s">
+      <c r="B17" s="48" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="24">
+      <c r="C17" s="23">
         <v>865065</v>
       </c>
-      <c r="D17" s="30"/>
-      <c r="E17" s="24">
+      <c r="D17" s="29"/>
+      <c r="E17" s="23">
         <v>945482</v>
       </c>
-      <c r="F17" s="26"/>
-      <c r="G17" s="27">
+      <c r="F17" s="25"/>
+      <c r="G17" s="26">
         <v>80417</v>
       </c>
-      <c r="H17" s="28"/>
-      <c r="I17" s="29">
+      <c r="H17" s="27"/>
+      <c r="I17" s="28">
         <v>9.2960644575841078E-2</v>
       </c>
-      <c r="J17" s="7"/>
+      <c r="J17" s="6"/>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A18" s="2"/>
-      <c r="B18" s="49" t="s">
+      <c r="B18" s="48" t="s">
         <v>153</v>
       </c>
-      <c r="C18" s="24">
+      <c r="C18" s="23">
         <v>525975.56000000006</v>
       </c>
-      <c r="D18" s="30"/>
-      <c r="E18" s="24">
+      <c r="D18" s="29"/>
+      <c r="E18" s="23">
         <v>507500.42</v>
       </c>
-      <c r="F18" s="26"/>
-      <c r="G18" s="27">
+      <c r="F18" s="25"/>
+      <c r="G18" s="26">
         <v>-18475.14</v>
       </c>
-      <c r="H18" s="28"/>
-      <c r="I18" s="29">
+      <c r="H18" s="27"/>
+      <c r="I18" s="28">
         <v>-3.5125472369856969E-2</v>
       </c>
-      <c r="J18" s="7"/>
+      <c r="J18" s="6"/>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A19" s="2"/>
-      <c r="B19" s="49" t="s">
+      <c r="B19" s="48" t="s">
         <v>154</v>
       </c>
-      <c r="C19" s="24">
+      <c r="C19" s="23">
         <v>74508808.739999995</v>
       </c>
-      <c r="D19" s="30"/>
-      <c r="E19" s="24">
+      <c r="D19" s="29"/>
+      <c r="E19" s="23">
         <v>100057499.58</v>
       </c>
-      <c r="F19" s="26"/>
-      <c r="G19" s="27">
+      <c r="F19" s="25"/>
+      <c r="G19" s="26">
         <v>25548690.84</v>
       </c>
-      <c r="H19" s="28"/>
-      <c r="I19" s="29">
+      <c r="H19" s="27"/>
+      <c r="I19" s="28">
         <v>0.34289490426766434</v>
       </c>
-      <c r="J19" s="7"/>
+      <c r="J19" s="6"/>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A20" s="2"/>
-      <c r="B20" s="49" t="s">
+      <c r="B20" s="48" t="s">
         <v>143</v>
       </c>
-      <c r="C20" s="24">
+      <c r="C20" s="23">
         <v>8631049.3499999996</v>
       </c>
-      <c r="D20" s="30"/>
-      <c r="E20" s="24">
+      <c r="D20" s="29"/>
+      <c r="E20" s="23">
         <v>11470891.310000001</v>
       </c>
-      <c r="F20" s="26"/>
-      <c r="G20" s="27">
+      <c r="F20" s="25"/>
+      <c r="G20" s="26">
         <v>2839841.96</v>
       </c>
-      <c r="H20" s="28"/>
-      <c r="I20" s="29">
+      <c r="H20" s="27"/>
+      <c r="I20" s="28">
         <v>0.32902626839921867</v>
       </c>
-      <c r="J20" s="7"/>
+      <c r="J20" s="6"/>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A21" s="2"/>
-      <c r="B21" s="49" t="s">
+      <c r="B21" s="48" t="s">
         <v>70</v>
       </c>
-      <c r="C21" s="24">
+      <c r="C21" s="23">
         <v>43149007.409999996</v>
       </c>
-      <c r="D21" s="30"/>
-      <c r="E21" s="24">
+      <c r="D21" s="29"/>
+      <c r="E21" s="23">
         <v>47622117.810000002</v>
       </c>
-      <c r="F21" s="26"/>
-      <c r="G21" s="27">
+      <c r="F21" s="25"/>
+      <c r="G21" s="26">
         <v>4473110.4000000004</v>
       </c>
-      <c r="H21" s="28"/>
-      <c r="I21" s="29">
+      <c r="H21" s="27"/>
+      <c r="I21" s="28">
         <v>0.10366658860762912</v>
       </c>
-      <c r="J21" s="7"/>
+      <c r="J21" s="6"/>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A22" s="2"/>
-      <c r="B22" s="49" t="s">
+      <c r="B22" s="48" t="s">
         <v>155</v>
       </c>
-      <c r="C22" s="24">
+      <c r="C22" s="23">
         <v>877170.11</v>
       </c>
-      <c r="D22" s="30"/>
-      <c r="E22" s="24">
+      <c r="D22" s="29"/>
+      <c r="E22" s="23">
         <v>2270821.29</v>
       </c>
-      <c r="F22" s="26"/>
-      <c r="G22" s="27">
+      <c r="F22" s="25"/>
+      <c r="G22" s="26">
         <v>1393651.18</v>
       </c>
-      <c r="H22" s="28"/>
-      <c r="I22" s="29">
+      <c r="H22" s="27"/>
+      <c r="I22" s="28">
         <v>1.5888037726228497</v>
       </c>
-      <c r="J22" s="7"/>
+      <c r="J22" s="6"/>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A23" s="2"/>
-      <c r="B23" s="49" t="s">
+      <c r="B23" s="48" t="s">
         <v>156</v>
       </c>
-      <c r="C23" s="24">
+      <c r="C23" s="23">
         <v>909022.6</v>
       </c>
-      <c r="D23" s="30"/>
-      <c r="E23" s="24">
+      <c r="D23" s="29"/>
+      <c r="E23" s="23">
         <v>984261.61</v>
       </c>
-      <c r="F23" s="26"/>
-      <c r="G23" s="27">
+      <c r="F23" s="25"/>
+      <c r="G23" s="26">
         <v>75239.009999999995</v>
       </c>
-      <c r="H23" s="28"/>
-      <c r="I23" s="29">
+      <c r="H23" s="27"/>
+      <c r="I23" s="28">
         <v>8.2769130272448699E-2</v>
       </c>
-      <c r="J23" s="7"/>
+      <c r="J23" s="6"/>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
-      <c r="B24" s="49" t="s">
+      <c r="B24" s="48" t="s">
         <v>73</v>
       </c>
-      <c r="C24" s="24">
-[...3 lines deleted...]
-      <c r="E24" s="24">
+      <c r="C24" s="23">
+        <v>0</v>
+      </c>
+      <c r="D24" s="29"/>
+      <c r="E24" s="23">
         <v>741200</v>
       </c>
-      <c r="F24" s="26"/>
-      <c r="G24" s="27">
+      <c r="F24" s="25"/>
+      <c r="G24" s="26">
         <v>741200</v>
       </c>
-      <c r="H24" s="28"/>
-[...3 lines deleted...]
-      <c r="J24" s="7"/>
+      <c r="H24" s="27"/>
+      <c r="I24" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J24" s="6"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A25" s="2"/>
-      <c r="B25" s="49" t="s">
+      <c r="B25" s="48" t="s">
         <v>157</v>
       </c>
-      <c r="C25" s="24">
+      <c r="C25" s="23">
         <v>282734</v>
       </c>
-      <c r="D25" s="30"/>
-      <c r="E25" s="24">
+      <c r="D25" s="29"/>
+      <c r="E25" s="23">
         <v>282734</v>
       </c>
-      <c r="F25" s="26"/>
-[...7 lines deleted...]
-      <c r="J25" s="7"/>
+      <c r="F25" s="25"/>
+      <c r="G25" s="26">
+        <v>0</v>
+      </c>
+      <c r="H25" s="27"/>
+      <c r="I25" s="28">
+        <v>0</v>
+      </c>
+      <c r="J25" s="6"/>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A26" s="2"/>
-      <c r="B26" s="49" t="s">
+      <c r="B26" s="48" t="s">
         <v>158</v>
       </c>
-      <c r="C26" s="24">
+      <c r="C26" s="23">
         <v>1270203.92</v>
       </c>
-      <c r="D26" s="30"/>
-      <c r="E26" s="24">
+      <c r="D26" s="29"/>
+      <c r="E26" s="23">
         <v>370712.22</v>
       </c>
-      <c r="F26" s="26"/>
-      <c r="G26" s="27">
+      <c r="F26" s="25"/>
+      <c r="G26" s="26">
         <v>-899491.7</v>
       </c>
-      <c r="H26" s="28"/>
-      <c r="I26" s="29">
+      <c r="H26" s="27"/>
+      <c r="I26" s="28">
         <v>-0.70814747603676109</v>
       </c>
-      <c r="J26" s="7"/>
+      <c r="J26" s="6"/>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A27" s="2"/>
-      <c r="B27" s="49" t="s">
+      <c r="B27" s="48" t="s">
         <v>76</v>
       </c>
-      <c r="C27" s="24">
-[...14 lines deleted...]
-      <c r="J27" s="7"/>
+      <c r="C27" s="23">
+        <v>0</v>
+      </c>
+      <c r="D27" s="29"/>
+      <c r="E27" s="23">
+        <v>0</v>
+      </c>
+      <c r="F27" s="25"/>
+      <c r="G27" s="26">
+        <v>0</v>
+      </c>
+      <c r="H27" s="27"/>
+      <c r="I27" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J27" s="6"/>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A28" s="2"/>
-      <c r="B28" s="49" t="s">
+      <c r="B28" s="48" t="s">
         <v>159</v>
       </c>
-      <c r="C28" s="24">
-[...14 lines deleted...]
-      <c r="J28" s="7"/>
+      <c r="C28" s="23">
+        <v>0</v>
+      </c>
+      <c r="D28" s="29"/>
+      <c r="E28" s="23">
+        <v>0</v>
+      </c>
+      <c r="F28" s="25"/>
+      <c r="G28" s="26">
+        <v>0</v>
+      </c>
+      <c r="H28" s="27"/>
+      <c r="I28" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J28" s="6"/>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A29" s="2"/>
-      <c r="B29" s="49" t="s">
+      <c r="B29" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="C29" s="24">
-[...14 lines deleted...]
-      <c r="J29" s="7"/>
+      <c r="C29" s="23">
+        <v>0</v>
+      </c>
+      <c r="D29" s="29"/>
+      <c r="E29" s="23">
+        <v>0</v>
+      </c>
+      <c r="F29" s="25"/>
+      <c r="G29" s="26">
+        <v>0</v>
+      </c>
+      <c r="H29" s="27"/>
+      <c r="I29" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J29" s="6"/>
     </row>
     <row r="30" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A30" s="2"/>
-      <c r="B30" s="49" t="s">
+      <c r="B30" s="48" t="s">
         <v>160</v>
       </c>
-      <c r="C30" s="24">
+      <c r="C30" s="23">
         <v>-41.09</v>
       </c>
-      <c r="D30" s="30"/>
-      <c r="E30" s="24">
+      <c r="D30" s="29"/>
+      <c r="E30" s="23">
         <v>-25679.46</v>
       </c>
-      <c r="F30" s="26"/>
-      <c r="G30" s="27">
+      <c r="F30" s="25"/>
+      <c r="G30" s="26">
         <v>-25638.37</v>
       </c>
-      <c r="H30" s="28"/>
-[...3 lines deleted...]
-      <c r="J30" s="7"/>
+      <c r="H30" s="27"/>
+      <c r="I30" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J30" s="6"/>
     </row>
     <row r="31" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A31" s="2"/>
-      <c r="B31" s="49" t="s">
+      <c r="B31" s="48" t="s">
         <v>80</v>
       </c>
-      <c r="C31" s="24">
+      <c r="C31" s="23">
         <v>1016223</v>
       </c>
-      <c r="D31" s="30"/>
-      <c r="E31" s="24">
+      <c r="D31" s="29"/>
+      <c r="E31" s="23">
         <v>842208</v>
       </c>
-      <c r="F31" s="26"/>
-      <c r="G31" s="27">
+      <c r="F31" s="25"/>
+      <c r="G31" s="26">
         <v>-174015</v>
       </c>
-      <c r="H31" s="28"/>
-      <c r="I31" s="29">
+      <c r="H31" s="27"/>
+      <c r="I31" s="28">
         <v>-0.171237021795413</v>
       </c>
-      <c r="J31" s="7"/>
+      <c r="J31" s="6"/>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A32" s="2"/>
-      <c r="B32" s="49" t="s">
+      <c r="B32" s="48" t="s">
         <v>82</v>
       </c>
-      <c r="C32" s="24">
+      <c r="C32" s="23">
         <v>2362525.98</v>
       </c>
-      <c r="D32" s="30"/>
-      <c r="E32" s="24">
+      <c r="D32" s="29"/>
+      <c r="E32" s="23">
         <v>2335942.67</v>
       </c>
-      <c r="F32" s="26"/>
-      <c r="G32" s="27">
+      <c r="F32" s="25"/>
+      <c r="G32" s="26">
         <v>-26583.31</v>
       </c>
-      <c r="H32" s="28"/>
-      <c r="I32" s="29">
+      <c r="H32" s="27"/>
+      <c r="I32" s="28">
         <v>-1.1252070971934924E-2</v>
       </c>
-      <c r="J32" s="7"/>
+      <c r="J32" s="6"/>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A33" s="2"/>
-      <c r="B33" s="49" t="s">
+      <c r="B33" s="48" t="s">
         <v>161</v>
       </c>
-      <c r="C33" s="24">
-[...14 lines deleted...]
-      <c r="J33" s="7"/>
+      <c r="C33" s="23">
+        <v>0</v>
+      </c>
+      <c r="D33" s="29"/>
+      <c r="E33" s="23">
+        <v>0</v>
+      </c>
+      <c r="F33" s="25"/>
+      <c r="G33" s="26">
+        <v>0</v>
+      </c>
+      <c r="H33" s="27"/>
+      <c r="I33" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J33" s="6"/>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A34" s="2"/>
-      <c r="B34" s="49" t="s">
+      <c r="B34" s="48" t="s">
         <v>162</v>
       </c>
-      <c r="C34" s="24">
+      <c r="C34" s="23">
         <v>-820180.26</v>
       </c>
-      <c r="D34" s="30"/>
-      <c r="E34" s="24">
+      <c r="D34" s="29"/>
+      <c r="E34" s="23">
         <v>-741238.71</v>
       </c>
-      <c r="F34" s="26"/>
-      <c r="G34" s="27">
+      <c r="F34" s="25"/>
+      <c r="G34" s="26">
         <v>78941.55</v>
       </c>
-      <c r="H34" s="28"/>
-[...3 lines deleted...]
-      <c r="J34" s="7"/>
+      <c r="H34" s="27"/>
+      <c r="I34" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J34" s="6"/>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A35" s="2"/>
-      <c r="B35" s="49" t="s">
+      <c r="B35" s="48" t="s">
         <v>85</v>
       </c>
-      <c r="C35" s="24">
+      <c r="C35" s="23">
         <v>258572.96</v>
       </c>
-      <c r="D35" s="30"/>
-      <c r="E35" s="24">
+      <c r="D35" s="29"/>
+      <c r="E35" s="23">
         <v>163874.29</v>
       </c>
-      <c r="F35" s="31"/>
-      <c r="G35" s="27">
+      <c r="F35" s="30"/>
+      <c r="G35" s="26">
         <v>-94698.67</v>
       </c>
-      <c r="H35" s="28"/>
-      <c r="I35" s="29">
+      <c r="H35" s="27"/>
+      <c r="I35" s="28">
         <v>-0.36623578118918543</v>
       </c>
-      <c r="J35" s="7"/>
+      <c r="J35" s="6"/>
     </row>
     <row r="36" spans="1:13" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
-      <c r="B36" s="67"/>
-[...6 lines deleted...]
-      <c r="I36" s="71"/>
+      <c r="B36" s="66"/>
+      <c r="C36" s="67"/>
+      <c r="D36" s="68"/>
+      <c r="E36" s="67"/>
+      <c r="F36" s="68"/>
+      <c r="G36" s="67"/>
+      <c r="H36" s="69"/>
+      <c r="I36" s="70"/>
       <c r="J36" s="2"/>
     </row>
     <row r="37" spans="1:13" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A37" s="2"/>
-      <c r="B37" s="50" t="s">
+      <c r="B37" s="49" t="s">
         <v>163</v>
       </c>
-      <c r="C37" s="32">
+      <c r="C37" s="31">
         <v>1116760660.3700001</v>
       </c>
-      <c r="D37" s="33"/>
-      <c r="E37" s="32">
+      <c r="D37" s="32"/>
+      <c r="E37" s="31">
         <v>1206535948.1399999</v>
       </c>
-      <c r="F37" s="33"/>
-      <c r="G37" s="96">
+      <c r="F37" s="32"/>
+      <c r="G37" s="95">
         <v>89775287.769999996</v>
       </c>
-      <c r="H37" s="97"/>
-      <c r="I37" s="98">
+      <c r="H37" s="96"/>
+      <c r="I37" s="97">
         <v>8.0389013470671289E-2</v>
       </c>
       <c r="J37" s="2"/>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A38" s="2"/>
-      <c r="B38" s="72"/>
-[...6 lines deleted...]
-      <c r="I38" s="72"/>
+      <c r="B38" s="71"/>
+      <c r="C38" s="71"/>
+      <c r="D38" s="71"/>
+      <c r="E38" s="71"/>
+      <c r="F38" s="71"/>
+      <c r="G38" s="71"/>
+      <c r="H38" s="71"/>
+      <c r="I38" s="71"/>
       <c r="J38" s="2"/>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A39" s="2"/>
-      <c r="B39" s="120" t="s">
+      <c r="B39" s="121" t="s">
         <v>142</v>
       </c>
-      <c r="C39" s="120"/>
-[...5 lines deleted...]
-      <c r="I39" s="120"/>
+      <c r="C39" s="121"/>
+      <c r="D39" s="121"/>
+      <c r="E39" s="121"/>
+      <c r="F39" s="121"/>
+      <c r="G39" s="121"/>
+      <c r="H39" s="121"/>
+      <c r="I39" s="121"/>
       <c r="J39" s="2"/>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A40" s="2"/>
-      <c r="B40" s="120"/>
-[...6 lines deleted...]
-      <c r="I40" s="120"/>
+      <c r="B40" s="121"/>
+      <c r="C40" s="121"/>
+      <c r="D40" s="121"/>
+      <c r="E40" s="121"/>
+      <c r="F40" s="121"/>
+      <c r="G40" s="121"/>
+      <c r="H40" s="121"/>
+      <c r="I40" s="121"/>
       <c r="J40" s="2"/>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A41" s="2"/>
-      <c r="B41" s="119" t="s">
-[...8 lines deleted...]
-      <c r="I41" s="46"/>
+      <c r="B41" s="118" t="s">
+        <v>213</v>
+      </c>
+      <c r="C41" s="34"/>
+      <c r="D41" s="34"/>
+      <c r="E41" s="34"/>
+      <c r="F41" s="34"/>
+      <c r="G41" s="34"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="45"/>
       <c r="J41" s="2"/>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A42" s="15"/>
-[...8 lines deleted...]
-      <c r="J42" s="15"/>
+      <c r="A42" s="14"/>
+      <c r="B42" s="14"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="14"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="14"/>
+      <c r="I42" s="11"/>
+      <c r="J42" s="14"/>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A43" s="16"/>
-[...7 lines deleted...]
-      <c r="I43" s="13" t="s">
+      <c r="A43" s="15"/>
+      <c r="B43" s="15"/>
+      <c r="C43" s="16"/>
+      <c r="D43" s="16"/>
+      <c r="E43" s="16"/>
+      <c r="F43" s="16"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="16"/>
+      <c r="I43" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="J43" s="17"/>
+      <c r="J43" s="16"/>
     </row>
     <row r="44" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
-      <c r="C44" s="123"/>
-[...1 lines deleted...]
-      <c r="E44" s="123"/>
+      <c r="C44" s="124"/>
+      <c r="D44" s="124"/>
+      <c r="E44" s="124"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
-      <c r="I44" s="18"/>
+      <c r="I44" s="17"/>
       <c r="J44" s="2"/>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
-      <c r="C45" s="15"/>
-[...6 lines deleted...]
-      <c r="L45" s="99" t="s">
+      <c r="C45" s="14"/>
+      <c r="D45" s="18"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="14"/>
+      <c r="G45" s="14"/>
+      <c r="H45" s="14"/>
+      <c r="J45" s="14"/>
+      <c r="L45" s="98" t="s">
         <v>180</v>
       </c>
       <c r="M45" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
-      <c r="C46" s="124" t="s">
-[...7 lines deleted...]
-      <c r="I46" s="14" t="s">
+      <c r="C46" s="125" t="s">
+        <v>218</v>
+      </c>
+      <c r="D46" s="125"/>
+      <c r="E46" s="125"/>
+      <c r="F46" s="19"/>
+      <c r="G46" s="19"/>
+      <c r="H46" s="19"/>
+      <c r="I46" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="J46" s="15"/>
+      <c r="J46" s="14"/>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
-      <c r="E47" s="15"/>
+      <c r="E47" s="14"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A48" s="2"/>
-      <c r="B48" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="22" t="s">
+      <c r="B48" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D48" s="23"/>
-      <c r="E48" s="22" t="s">
+      <c r="D48" s="22"/>
+      <c r="E48" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="F48" s="23"/>
-      <c r="G48" s="22" t="s">
+      <c r="F48" s="22"/>
+      <c r="G48" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="H48" s="23"/>
-      <c r="I48" s="22" t="s">
+      <c r="H48" s="22"/>
+      <c r="I48" s="21" t="s">
         <v>129</v>
       </c>
       <c r="J48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
-      <c r="E49" s="24"/>
+      <c r="E49" s="23"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A50" s="2"/>
-      <c r="B50" s="49" t="s">
+      <c r="B50" s="48" t="s">
         <v>144</v>
       </c>
-      <c r="C50" s="24">
+      <c r="C50" s="23">
         <v>1224505181</v>
       </c>
-      <c r="D50" s="25"/>
-      <c r="E50" s="24">
+      <c r="D50" s="24"/>
+      <c r="E50" s="23">
         <v>1312321342.6500001</v>
       </c>
-      <c r="F50" s="26"/>
-      <c r="G50" s="27">
+      <c r="F50" s="25"/>
+      <c r="G50" s="26">
         <v>87816161.650000006</v>
       </c>
-      <c r="H50" s="28"/>
-      <c r="I50" s="29">
+      <c r="H50" s="27"/>
+      <c r="I50" s="28">
         <v>7.1715630944316988E-2</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A51" s="2"/>
-      <c r="B51" s="49" t="s">
+      <c r="B51" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C51" s="24">
+      <c r="C51" s="23">
         <v>2436446323.8400002</v>
       </c>
-      <c r="D51" s="30"/>
-      <c r="E51" s="24">
+      <c r="D51" s="29"/>
+      <c r="E51" s="23">
         <v>2570865305.3299999</v>
       </c>
-      <c r="F51" s="31"/>
-      <c r="G51" s="27">
+      <c r="F51" s="30"/>
+      <c r="G51" s="26">
         <v>134418981.49000001</v>
       </c>
-      <c r="H51" s="26"/>
-      <c r="I51" s="29">
+      <c r="H51" s="25"/>
+      <c r="I51" s="28">
         <v>5.5170097602702972E-2</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A52" s="2"/>
-      <c r="B52" s="49" t="s">
+      <c r="B52" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="C52" s="24">
+      <c r="C52" s="23">
         <v>308066335.07999998</v>
       </c>
-      <c r="D52" s="30"/>
-      <c r="E52" s="24">
+      <c r="D52" s="29"/>
+      <c r="E52" s="23">
         <v>220979749.56999999</v>
       </c>
-      <c r="F52" s="31"/>
-      <c r="G52" s="27">
+      <c r="F52" s="30"/>
+      <c r="G52" s="26">
         <v>-87086585.510000005</v>
       </c>
-      <c r="H52" s="26"/>
-      <c r="I52" s="29">
+      <c r="H52" s="25"/>
+      <c r="I52" s="28">
         <v>-0.28268777076010265</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A53" s="2"/>
-      <c r="B53" s="49" t="s">
+      <c r="B53" s="48" t="s">
         <v>147</v>
       </c>
-      <c r="C53" s="24">
+      <c r="C53" s="23">
         <v>130583501.29000001</v>
       </c>
-      <c r="D53" s="30"/>
-      <c r="E53" s="24">
+      <c r="D53" s="29"/>
+      <c r="E53" s="23">
         <v>106048736.56</v>
       </c>
-      <c r="F53" s="26"/>
-      <c r="G53" s="27">
+      <c r="F53" s="25"/>
+      <c r="G53" s="26">
         <v>-24534764.73</v>
       </c>
-      <c r="H53" s="26"/>
-      <c r="I53" s="29">
+      <c r="H53" s="25"/>
+      <c r="I53" s="28">
         <v>-0.18788564012779196</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A54" s="2"/>
-      <c r="B54" s="49" t="s">
+      <c r="B54" s="48" t="s">
         <v>148</v>
       </c>
-      <c r="C54" s="24">
+      <c r="C54" s="23">
         <v>2995244.24</v>
       </c>
-      <c r="D54" s="30"/>
-      <c r="E54" s="24">
+      <c r="D54" s="29"/>
+      <c r="E54" s="23">
         <v>3160827.31</v>
       </c>
-      <c r="F54" s="26"/>
-      <c r="G54" s="27">
+      <c r="F54" s="25"/>
+      <c r="G54" s="26">
         <v>165583.07</v>
       </c>
-      <c r="H54" s="26"/>
-      <c r="I54" s="29">
+      <c r="H54" s="25"/>
+      <c r="I54" s="28">
         <v>5.5281992629756527E-2</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A55" s="2"/>
-      <c r="B55" s="49" t="s">
+      <c r="B55" s="48" t="s">
         <v>150</v>
       </c>
-      <c r="C55" s="24">
+      <c r="C55" s="23">
         <v>31042518.609999999</v>
       </c>
-      <c r="D55" s="30"/>
-      <c r="E55" s="24">
+      <c r="D55" s="29"/>
+      <c r="E55" s="23">
         <v>31910513.899999999</v>
       </c>
-      <c r="F55" s="26"/>
-      <c r="G55" s="27">
+      <c r="F55" s="25"/>
+      <c r="G55" s="26">
         <v>867995.29</v>
       </c>
-      <c r="H55" s="26"/>
-      <c r="I55" s="29">
+      <c r="H55" s="25"/>
+      <c r="I55" s="28">
         <v>2.7961496968238242E-2</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A56" s="2"/>
-      <c r="B56" s="49" t="s">
+      <c r="B56" s="48" t="s">
         <v>151</v>
       </c>
-      <c r="C56" s="24">
+      <c r="C56" s="23">
         <v>22420652.960000001</v>
       </c>
-      <c r="D56" s="30"/>
-      <c r="E56" s="24">
+      <c r="D56" s="29"/>
+      <c r="E56" s="23">
         <v>19691160.870000001</v>
       </c>
-      <c r="F56" s="26"/>
-      <c r="G56" s="27">
+      <c r="F56" s="25"/>
+      <c r="G56" s="26">
         <v>-2729492.09</v>
       </c>
-      <c r="H56" s="26"/>
-      <c r="I56" s="29">
+      <c r="H56" s="25"/>
+      <c r="I56" s="28">
         <v>-0.12174008022289118</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A57" s="2"/>
-      <c r="B57" s="49" t="s">
+      <c r="B57" s="48" t="s">
         <v>152</v>
       </c>
-      <c r="C57" s="24">
+      <c r="C57" s="23">
         <v>29887939.27</v>
       </c>
-      <c r="D57" s="30"/>
-      <c r="E57" s="24">
+      <c r="D57" s="29"/>
+      <c r="E57" s="23">
         <v>28692385.949999999</v>
       </c>
-      <c r="F57" s="26"/>
-      <c r="G57" s="27">
+      <c r="F57" s="25"/>
+      <c r="G57" s="26">
         <v>-1195553.32</v>
       </c>
-      <c r="H57" s="26"/>
-      <c r="I57" s="29">
+      <c r="H57" s="25"/>
+      <c r="I57" s="28">
         <v>-4.0001196107890991E-2</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A58" s="2"/>
-      <c r="B58" s="49" t="s">
+      <c r="B58" s="48" t="s">
         <v>66</v>
       </c>
-      <c r="C58" s="24">
+      <c r="C58" s="23">
         <v>3180299</v>
       </c>
-      <c r="D58" s="30"/>
-      <c r="E58" s="24">
+      <c r="D58" s="29"/>
+      <c r="E58" s="23">
         <v>3841376</v>
       </c>
-      <c r="F58" s="26"/>
-      <c r="G58" s="27">
+      <c r="F58" s="25"/>
+      <c r="G58" s="26">
         <v>661077</v>
       </c>
-      <c r="H58" s="26"/>
-      <c r="I58" s="29">
+      <c r="H58" s="25"/>
+      <c r="I58" s="28">
         <v>0.20786630439464959</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A59" s="2"/>
-      <c r="B59" s="49" t="s">
+      <c r="B59" s="48" t="s">
         <v>153</v>
       </c>
-      <c r="C59" s="24">
+      <c r="C59" s="23">
         <v>2120483.34</v>
       </c>
-      <c r="D59" s="30"/>
-      <c r="E59" s="24">
+      <c r="D59" s="29"/>
+      <c r="E59" s="23">
         <v>2255498.1</v>
       </c>
-      <c r="F59" s="26"/>
-      <c r="G59" s="27">
+      <c r="F59" s="25"/>
+      <c r="G59" s="26">
         <v>135014.76</v>
       </c>
-      <c r="H59" s="26"/>
-      <c r="I59" s="29">
+      <c r="H59" s="25"/>
+      <c r="I59" s="28">
         <v>6.3671691002297637E-2</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A60" s="2"/>
-      <c r="B60" s="49" t="s">
+      <c r="B60" s="48" t="s">
         <v>154</v>
       </c>
-      <c r="C60" s="24">
+      <c r="C60" s="23">
         <v>90514662.170000002</v>
       </c>
-      <c r="D60" s="30"/>
-      <c r="E60" s="24">
+      <c r="D60" s="29"/>
+      <c r="E60" s="23">
         <v>122514265.97</v>
       </c>
-      <c r="F60" s="26"/>
-      <c r="G60" s="27">
+      <c r="F60" s="25"/>
+      <c r="G60" s="26">
         <v>31999603.800000001</v>
       </c>
-      <c r="H60" s="26"/>
-      <c r="I60" s="29">
+      <c r="H60" s="25"/>
+      <c r="I60" s="28">
         <v>0.353529505969983</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A61" s="2"/>
-      <c r="B61" s="49" t="s">
+      <c r="B61" s="48" t="s">
         <v>143</v>
       </c>
-      <c r="C61" s="24">
+      <c r="C61" s="23">
         <v>31730653.289999999</v>
       </c>
-      <c r="D61" s="30"/>
-      <c r="E61" s="24">
+      <c r="D61" s="29"/>
+      <c r="E61" s="23">
         <v>34798582.810000002</v>
       </c>
-      <c r="F61" s="26"/>
-      <c r="G61" s="27">
+      <c r="F61" s="25"/>
+      <c r="G61" s="26">
         <v>3067929.52</v>
       </c>
-      <c r="H61" s="26"/>
-      <c r="I61" s="29">
+      <c r="H61" s="25"/>
+      <c r="I61" s="28">
         <v>9.6686616942956771E-2</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A62" s="2"/>
-      <c r="B62" s="49" t="s">
+      <c r="B62" s="48" t="s">
         <v>70</v>
       </c>
-      <c r="C62" s="24">
+      <c r="C62" s="23">
         <v>163827226.33000001</v>
       </c>
-      <c r="D62" s="30"/>
-      <c r="E62" s="24">
+      <c r="D62" s="29"/>
+      <c r="E62" s="23">
         <v>223888429.59</v>
       </c>
-      <c r="F62" s="26"/>
-      <c r="G62" s="27">
+      <c r="F62" s="25"/>
+      <c r="G62" s="26">
         <v>60061203.259999998</v>
       </c>
-      <c r="H62" s="26"/>
-      <c r="I62" s="29">
+      <c r="H62" s="25"/>
+      <c r="I62" s="28">
         <v>0.36661307528345577</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A63" s="2"/>
-      <c r="B63" s="49" t="s">
+      <c r="B63" s="48" t="s">
         <v>155</v>
       </c>
-      <c r="C63" s="24">
+      <c r="C63" s="23">
         <v>2725812.39</v>
       </c>
-      <c r="D63" s="30"/>
-      <c r="E63" s="24">
+      <c r="D63" s="29"/>
+      <c r="E63" s="23">
         <v>3716278.58</v>
       </c>
-      <c r="F63" s="26"/>
-      <c r="G63" s="27">
+      <c r="F63" s="25"/>
+      <c r="G63" s="26">
         <v>990466.19</v>
       </c>
-      <c r="H63" s="26"/>
-      <c r="I63" s="29">
+      <c r="H63" s="25"/>
+      <c r="I63" s="28">
         <v>0.36336550293543857</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A64" s="2"/>
-      <c r="B64" s="49" t="s">
+      <c r="B64" s="48" t="s">
         <v>156</v>
       </c>
-      <c r="C64" s="24">
+      <c r="C64" s="23">
         <v>3028212.29</v>
       </c>
-      <c r="D64" s="30"/>
-      <c r="E64" s="24">
+      <c r="D64" s="29"/>
+      <c r="E64" s="23">
         <v>3042660.33</v>
       </c>
-      <c r="F64" s="26"/>
-      <c r="G64" s="27">
+      <c r="F64" s="25"/>
+      <c r="G64" s="26">
         <v>14448.04</v>
       </c>
-      <c r="H64" s="26"/>
-      <c r="I64" s="29">
+      <c r="H64" s="25"/>
+      <c r="I64" s="28">
         <v>4.7711450243139719E-3</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A65" s="2"/>
-      <c r="B65" s="49" t="s">
+      <c r="B65" s="48" t="s">
         <v>73</v>
       </c>
-      <c r="C65" s="24">
-[...3 lines deleted...]
-      <c r="E65" s="24">
+      <c r="C65" s="23">
+        <v>0</v>
+      </c>
+      <c r="D65" s="29"/>
+      <c r="E65" s="23">
         <v>741200</v>
       </c>
-      <c r="F65" s="26"/>
-      <c r="G65" s="27">
+      <c r="F65" s="25"/>
+      <c r="G65" s="26">
         <v>741200</v>
       </c>
-      <c r="H65" s="26"/>
-[...1 lines deleted...]
-        <v>213</v>
+      <c r="H65" s="25"/>
+      <c r="I65" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A66" s="2"/>
-      <c r="B66" s="49" t="s">
+      <c r="B66" s="48" t="s">
         <v>157</v>
       </c>
-      <c r="C66" s="24">
+      <c r="C66" s="23">
         <v>1130936</v>
       </c>
-      <c r="D66" s="30"/>
-      <c r="E66" s="24">
+      <c r="D66" s="29"/>
+      <c r="E66" s="23">
         <v>1130936</v>
       </c>
-      <c r="F66" s="26"/>
-[...4 lines deleted...]
-      <c r="I66" s="29">
+      <c r="F66" s="25"/>
+      <c r="G66" s="26">
+        <v>0</v>
+      </c>
+      <c r="H66" s="25"/>
+      <c r="I66" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A67" s="2"/>
-      <c r="B67" s="49" t="s">
+      <c r="B67" s="48" t="s">
         <v>158</v>
       </c>
-      <c r="C67" s="24">
+      <c r="C67" s="23">
         <v>1285427.1399999999</v>
       </c>
-      <c r="D67" s="30"/>
-      <c r="E67" s="24">
+      <c r="D67" s="29"/>
+      <c r="E67" s="23">
         <v>373072.71</v>
       </c>
-      <c r="F67" s="26"/>
-      <c r="G67" s="27">
+      <c r="F67" s="25"/>
+      <c r="G67" s="26">
         <v>-912354.43</v>
       </c>
-      <c r="H67" s="26"/>
-      <c r="I67" s="29">
+      <c r="H67" s="25"/>
+      <c r="I67" s="28">
         <v>-0.70976751743393252</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A68" s="2"/>
-      <c r="B68" s="49" t="s">
+      <c r="B68" s="48" t="s">
         <v>76</v>
       </c>
-      <c r="C68" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C68" s="23">
+        <v>0</v>
+      </c>
+      <c r="D68" s="29"/>
+      <c r="E68" s="23">
+        <v>0</v>
+      </c>
+      <c r="F68" s="25"/>
+      <c r="G68" s="26">
+        <v>0</v>
+      </c>
+      <c r="H68" s="25"/>
+      <c r="I68" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A69" s="2"/>
-      <c r="B69" s="49" t="s">
+      <c r="B69" s="48" t="s">
         <v>159</v>
       </c>
-      <c r="C69" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C69" s="23">
+        <v>0</v>
+      </c>
+      <c r="D69" s="29"/>
+      <c r="E69" s="23">
+        <v>0</v>
+      </c>
+      <c r="F69" s="25"/>
+      <c r="G69" s="26">
+        <v>0</v>
+      </c>
+      <c r="H69" s="25"/>
+      <c r="I69" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A70" s="2"/>
-      <c r="B70" s="49" t="s">
+      <c r="B70" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="C70" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C70" s="23">
+        <v>0</v>
+      </c>
+      <c r="D70" s="29"/>
+      <c r="E70" s="23">
+        <v>0</v>
+      </c>
+      <c r="F70" s="25"/>
+      <c r="G70" s="26">
+        <v>0</v>
+      </c>
+      <c r="H70" s="25"/>
+      <c r="I70" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A71" s="2"/>
-      <c r="B71" s="49" t="s">
+      <c r="B71" s="48" t="s">
         <v>160</v>
       </c>
-      <c r="C71" s="24">
+      <c r="C71" s="23">
         <v>257207.36</v>
       </c>
-      <c r="D71" s="30"/>
-      <c r="E71" s="24">
+      <c r="D71" s="29"/>
+      <c r="E71" s="23">
         <v>833652.18</v>
       </c>
-      <c r="F71" s="26"/>
-      <c r="G71" s="27">
+      <c r="F71" s="25"/>
+      <c r="G71" s="26">
         <v>576444.81999999995</v>
       </c>
-      <c r="H71" s="26"/>
-      <c r="I71" s="29">
+      <c r="H71" s="25"/>
+      <c r="I71" s="28">
         <v>2.2411676710961923</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A72" s="2"/>
-      <c r="B72" s="49" t="s">
+      <c r="B72" s="48" t="s">
         <v>80</v>
       </c>
-      <c r="C72" s="24">
+      <c r="C72" s="23">
         <v>2012755</v>
       </c>
-      <c r="D72" s="30"/>
-      <c r="E72" s="24">
+      <c r="D72" s="29"/>
+      <c r="E72" s="23">
         <v>2168003</v>
       </c>
-      <c r="F72" s="26"/>
-      <c r="G72" s="27">
+      <c r="F72" s="25"/>
+      <c r="G72" s="26">
         <v>155248</v>
       </c>
-      <c r="H72" s="26"/>
-      <c r="I72" s="29">
+      <c r="H72" s="25"/>
+      <c r="I72" s="28">
         <v>7.7132090095416439E-2</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A73" s="2"/>
-      <c r="B73" s="49" t="s">
+      <c r="B73" s="48" t="s">
         <v>82</v>
       </c>
-      <c r="C73" s="24">
+      <c r="C73" s="23">
         <v>6930010.1299999999</v>
       </c>
-      <c r="D73" s="30"/>
-      <c r="E73" s="24">
+      <c r="D73" s="29"/>
+      <c r="E73" s="23">
         <v>6608920.9199999999</v>
       </c>
-      <c r="F73" s="26"/>
-      <c r="G73" s="27">
+      <c r="F73" s="25"/>
+      <c r="G73" s="26">
         <v>-321089.21000000002</v>
       </c>
-      <c r="H73" s="26"/>
-      <c r="I73" s="29">
+      <c r="H73" s="25"/>
+      <c r="I73" s="28">
         <v>-4.6333151608250245E-2</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A74" s="2"/>
-      <c r="B74" s="49" t="s">
+      <c r="B74" s="48" t="s">
         <v>161</v>
       </c>
-      <c r="C74" s="24">
+      <c r="C74" s="23">
         <v>3750000</v>
       </c>
-      <c r="D74" s="30"/>
-      <c r="E74" s="24">
+      <c r="D74" s="29"/>
+      <c r="E74" s="23">
         <v>3750000</v>
       </c>
-      <c r="F74" s="26"/>
-[...4 lines deleted...]
-      <c r="I74" s="29">
+      <c r="F74" s="25"/>
+      <c r="G74" s="26">
+        <v>0</v>
+      </c>
+      <c r="H74" s="25"/>
+      <c r="I74" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A75" s="2"/>
-      <c r="B75" s="49" t="s">
+      <c r="B75" s="48" t="s">
         <v>162</v>
       </c>
-      <c r="C75" s="24">
+      <c r="C75" s="23">
         <v>2284621.77</v>
       </c>
-      <c r="D75" s="30"/>
-      <c r="E75" s="24">
+      <c r="D75" s="29"/>
+      <c r="E75" s="23">
         <v>3186724.87</v>
       </c>
-      <c r="F75" s="26"/>
-      <c r="G75" s="27">
+      <c r="F75" s="25"/>
+      <c r="G75" s="26">
         <v>902103.1</v>
       </c>
-      <c r="H75" s="26"/>
-      <c r="I75" s="29">
+      <c r="H75" s="25"/>
+      <c r="I75" s="28">
         <v>0.39485883915042996</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A76" s="2"/>
-      <c r="B76" s="49" t="s">
+      <c r="B76" s="48" t="s">
         <v>85</v>
       </c>
-      <c r="C76" s="24">
+      <c r="C76" s="23">
         <v>16479508.68</v>
       </c>
-      <c r="D76" s="30"/>
-      <c r="E76" s="24">
+      <c r="D76" s="29"/>
+      <c r="E76" s="23">
         <v>29101283.140000001</v>
       </c>
-      <c r="F76" s="31"/>
-      <c r="G76" s="27">
+      <c r="F76" s="30"/>
+      <c r="G76" s="26">
         <v>12621774.460000001</v>
       </c>
-      <c r="H76" s="26"/>
-      <c r="I76" s="29">
+      <c r="H76" s="25"/>
+      <c r="I76" s="28">
         <v>0.76590720664616274</v>
       </c>
     </row>
     <row r="77" spans="1:9" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
-      <c r="B77" s="67"/>
-[...6 lines deleted...]
-      <c r="I77" s="71"/>
+      <c r="B77" s="66"/>
+      <c r="C77" s="67"/>
+      <c r="D77" s="68"/>
+      <c r="E77" s="67"/>
+      <c r="F77" s="68"/>
+      <c r="G77" s="67"/>
+      <c r="H77" s="69"/>
+      <c r="I77" s="70"/>
     </row>
     <row r="78" spans="1:9" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A78" s="2"/>
-      <c r="B78" s="50" t="s">
+      <c r="B78" s="49" t="s">
         <v>32</v>
       </c>
-      <c r="C78" s="32">
+      <c r="C78" s="31">
         <v>4517205511.1800013</v>
       </c>
-      <c r="D78" s="33"/>
-      <c r="E78" s="32">
+      <c r="D78" s="32"/>
+      <c r="E78" s="31">
         <v>4735620906.3400011</v>
       </c>
-      <c r="F78" s="33"/>
-      <c r="G78" s="32">
+      <c r="F78" s="32"/>
+      <c r="G78" s="31">
         <v>218415395.15999985</v>
       </c>
-      <c r="H78" s="34"/>
-      <c r="I78" s="36">
+      <c r="H78" s="33"/>
+      <c r="I78" s="35">
         <v>4.8351883619070612E-2</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A79" s="2"/>
-      <c r="B79" s="72"/>
-[...6 lines deleted...]
-      <c r="I79" s="72"/>
+      <c r="B79" s="71"/>
+      <c r="C79" s="71"/>
+      <c r="D79" s="71"/>
+      <c r="E79" s="71"/>
+      <c r="F79" s="71"/>
+      <c r="G79" s="71"/>
+      <c r="H79" s="71"/>
+      <c r="I79" s="71"/>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A80" s="2"/>
-      <c r="B80" s="120" t="s">
+      <c r="B80" s="121" t="s">
         <v>142</v>
       </c>
-      <c r="C80" s="120"/>
-[...5 lines deleted...]
-      <c r="I80" s="120"/>
+      <c r="C80" s="121"/>
+      <c r="D80" s="121"/>
+      <c r="E80" s="121"/>
+      <c r="F80" s="121"/>
+      <c r="G80" s="121"/>
+      <c r="H80" s="121"/>
+      <c r="I80" s="121"/>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A81" s="2"/>
-      <c r="B81" s="120"/>
-[...6 lines deleted...]
-      <c r="I81" s="120"/>
+      <c r="B81" s="121"/>
+      <c r="C81" s="121"/>
+      <c r="D81" s="121"/>
+      <c r="E81" s="121"/>
+      <c r="F81" s="121"/>
+      <c r="G81" s="121"/>
+      <c r="H81" s="121"/>
+      <c r="I81" s="121"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A82" s="2"/>
-      <c r="B82" s="119" t="s">
-[...8 lines deleted...]
-      <c r="I82" s="46"/>
+      <c r="B82" s="118" t="s">
+        <v>213</v>
+      </c>
+      <c r="C82" s="34"/>
+      <c r="D82" s="34"/>
+      <c r="E82" s="34"/>
+      <c r="F82" s="34"/>
+      <c r="G82" s="34"/>
+      <c r="H82" s="34"/>
+      <c r="I82" s="45"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="B39:I40"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="C46:E46"/>
     <mergeCell ref="B80:I81"/>
     <mergeCell ref="C44:E44"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="41" max="9" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F0B4390-0157-4BE1-9286-30C4A0D46C37}">
   <sheetPr codeName="Sheet8">
     <tabColor theme="8"/>
   </sheetPr>
-  <dimension ref="A1:M82"/>
+  <dimension ref="A1:O82"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I2" sqref="I2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" style="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="2.85546875" style="106" customWidth="1"/>
+    <col min="2" max="2" width="28.85546875" style="106" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15" style="106" customWidth="1"/>
+    <col min="4" max="4" width="2.28515625" style="106" customWidth="1"/>
+    <col min="5" max="5" width="15" style="106" customWidth="1"/>
+    <col min="6" max="6" width="2.28515625" style="106" customWidth="1"/>
+    <col min="7" max="7" width="14.5703125" style="106" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="2.85546875" style="106" customWidth="1"/>
+    <col min="9" max="9" width="11.7109375" style="106" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="3" style="106" customWidth="1"/>
+    <col min="11" max="15" width="9.140625" style="106" hidden="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="106"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A1" s="15"/>
-[...8 lines deleted...]
-      <c r="J1" s="15"/>
+      <c r="A1" s="104"/>
+      <c r="B1" s="104"/>
+      <c r="C1" s="104"/>
+      <c r="D1" s="104"/>
+      <c r="E1" s="104"/>
+      <c r="F1" s="104"/>
+      <c r="G1" s="104"/>
+      <c r="H1" s="104"/>
+      <c r="I1" s="105"/>
+      <c r="J1" s="104"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A2" s="16"/>
-[...7 lines deleted...]
-      <c r="I2" s="13" t="s">
+      <c r="A2" s="107"/>
+      <c r="B2" s="107"/>
+      <c r="C2" s="108"/>
+      <c r="D2" s="108"/>
+      <c r="E2" s="108"/>
+      <c r="F2" s="108"/>
+      <c r="G2" s="108"/>
+      <c r="H2" s="108"/>
+      <c r="I2" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="J2" s="17"/>
+      <c r="J2" s="108"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A3" s="2"/>
-[...8 lines deleted...]
-      <c r="J3" s="2"/>
+      <c r="A3" s="110"/>
+      <c r="B3" s="110"/>
+      <c r="C3" s="122"/>
+      <c r="D3" s="122"/>
+      <c r="E3" s="122"/>
+      <c r="F3" s="110"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="111"/>
+      <c r="I3" s="112"/>
+      <c r="J3" s="110"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A4" s="2"/>
-[...7 lines deleted...]
-      <c r="J4" s="15"/>
+      <c r="A4" s="110"/>
+      <c r="B4" s="110"/>
+      <c r="C4" s="104"/>
+      <c r="D4" s="113"/>
+      <c r="E4" s="104"/>
+      <c r="F4" s="104"/>
+      <c r="G4" s="104"/>
+      <c r="H4" s="104"/>
+      <c r="J4" s="104"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A5" s="2"/>
-[...1 lines deleted...]
-      <c r="C5" s="124" t="s">
+      <c r="A5" s="110"/>
+      <c r="B5" s="110"/>
+      <c r="C5" s="123" t="s">
         <v>193</v>
       </c>
-      <c r="D5" s="124"/>
-[...4 lines deleted...]
-      <c r="I5" s="14" t="s">
+      <c r="D5" s="123"/>
+      <c r="E5" s="123"/>
+      <c r="F5" s="114"/>
+      <c r="G5" s="114"/>
+      <c r="H5" s="114"/>
+      <c r="I5" s="115" t="s">
         <v>164</v>
       </c>
-      <c r="J5" s="15"/>
+      <c r="J5" s="104"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A6" s="2"/>
-[...10 lines deleted...]
-    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A6" s="110"/>
+      <c r="B6" s="110"/>
+      <c r="C6" s="110"/>
+      <c r="D6" s="110"/>
+      <c r="E6" s="104"/>
+      <c r="F6" s="110"/>
+      <c r="G6" s="110"/>
+      <c r="H6" s="110"/>
+      <c r="I6" s="110"/>
+      <c r="J6" s="110"/>
+    </row>
+    <row r="7" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="2"/>
-      <c r="B7" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="22" t="s">
+      <c r="B7" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D7" s="23"/>
-      <c r="E7" s="22" t="s">
+      <c r="D7" s="22"/>
+      <c r="E7" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="F7" s="23"/>
-      <c r="G7" s="22" t="s">
+      <c r="F7" s="22"/>
+      <c r="G7" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="H7" s="23"/>
-      <c r="I7" s="22" t="s">
+      <c r="H7" s="22"/>
+      <c r="I7" s="21" t="s">
         <v>129</v>
       </c>
       <c r="J7" s="2"/>
     </row>
-    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
-      <c r="E8" s="24"/>
+      <c r="E8" s="23"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
     </row>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="2"/>
-      <c r="B9" s="49" t="s">
+      <c r="B9" s="48" t="s">
         <v>144</v>
       </c>
-      <c r="C9" s="24">
+      <c r="C9" s="23">
         <v>405224492.12</v>
       </c>
-      <c r="D9" s="25"/>
-      <c r="E9" s="24">
+      <c r="D9" s="24"/>
+      <c r="E9" s="23">
         <v>430670395.85000002</v>
       </c>
-      <c r="F9" s="26"/>
-      <c r="G9" s="27">
+      <c r="F9" s="25"/>
+      <c r="G9" s="26">
         <v>25445903.73</v>
       </c>
-      <c r="H9" s="28"/>
-      <c r="I9" s="29">
+      <c r="H9" s="27"/>
+      <c r="I9" s="28">
         <v>6.2794584791446173E-2</v>
       </c>
       <c r="J9" s="2"/>
     </row>
-    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="2"/>
-      <c r="B10" s="49" t="s">
+      <c r="B10" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C10" s="24">
+      <c r="C10" s="23">
         <v>706448113.83000004</v>
       </c>
-      <c r="D10" s="30"/>
-      <c r="E10" s="24">
+      <c r="D10" s="29"/>
+      <c r="E10" s="23">
         <v>781295585.16999996</v>
       </c>
-      <c r="F10" s="31"/>
-      <c r="G10" s="27">
+      <c r="F10" s="30"/>
+      <c r="G10" s="26">
         <v>74847471.340000004</v>
       </c>
-      <c r="H10" s="28"/>
-      <c r="I10" s="29">
+      <c r="H10" s="27"/>
+      <c r="I10" s="28">
         <v>0.10594900018094067</v>
       </c>
       <c r="J10" s="2"/>
     </row>
-    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="2"/>
-      <c r="B11" s="49" t="s">
+      <c r="B11" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="C11" s="24">
+      <c r="C11" s="23">
         <v>250304942.03</v>
       </c>
-      <c r="D11" s="30"/>
-      <c r="E11" s="24">
+      <c r="D11" s="29"/>
+      <c r="E11" s="23">
         <v>222417444.38999999</v>
       </c>
-      <c r="F11" s="31"/>
-      <c r="G11" s="27">
+      <c r="F11" s="30"/>
+      <c r="G11" s="26">
         <v>-27887497.640000001</v>
       </c>
-      <c r="H11" s="28"/>
-      <c r="I11" s="29">
+      <c r="H11" s="27"/>
+      <c r="I11" s="28">
         <v>-0.11141409120343138</v>
       </c>
       <c r="J11" s="2"/>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="2"/>
-      <c r="B12" s="49" t="s">
+      <c r="B12" s="48" t="s">
         <v>147</v>
       </c>
-      <c r="C12" s="24">
+      <c r="C12" s="23">
         <v>111446263.61</v>
       </c>
-      <c r="D12" s="30"/>
-      <c r="E12" s="24">
+      <c r="D12" s="29"/>
+      <c r="E12" s="23">
         <v>96025971.060000002</v>
       </c>
-      <c r="F12" s="26"/>
-      <c r="G12" s="27">
+      <c r="F12" s="25"/>
+      <c r="G12" s="26">
         <v>-15420292.550000001</v>
       </c>
-      <c r="H12" s="28"/>
-      <c r="I12" s="29">
+      <c r="H12" s="27"/>
+      <c r="I12" s="28">
         <v>-0.13836527175071978</v>
       </c>
       <c r="J12" s="2"/>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="2"/>
-      <c r="B13" s="49" t="s">
+      <c r="B13" s="48" t="s">
         <v>148</v>
       </c>
-      <c r="C13" s="24">
+      <c r="C13" s="23">
         <v>5255014.2</v>
       </c>
-      <c r="D13" s="30"/>
-      <c r="E13" s="24">
+      <c r="D13" s="29"/>
+      <c r="E13" s="23">
         <v>4851734.3600000003</v>
       </c>
-      <c r="F13" s="26"/>
-      <c r="G13" s="27">
+      <c r="F13" s="25"/>
+      <c r="G13" s="26">
         <v>-403279.84</v>
       </c>
-      <c r="H13" s="28"/>
-      <c r="I13" s="29">
+      <c r="H13" s="27"/>
+      <c r="I13" s="28">
         <v>-7.6741912514717847E-2</v>
       </c>
       <c r="J13" s="2"/>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="2"/>
-      <c r="B14" s="49" t="s">
+      <c r="B14" s="48" t="s">
         <v>150</v>
       </c>
-      <c r="C14" s="24">
+      <c r="C14" s="23">
         <v>8528576.3900000006</v>
       </c>
-      <c r="D14" s="30"/>
-      <c r="E14" s="24">
+      <c r="D14" s="29"/>
+      <c r="E14" s="23">
         <v>8965911.8699999992</v>
       </c>
-      <c r="F14" s="26"/>
-      <c r="G14" s="27">
+      <c r="F14" s="25"/>
+      <c r="G14" s="26">
         <v>437335.48</v>
       </c>
-      <c r="H14" s="28"/>
-      <c r="I14" s="29">
+      <c r="H14" s="27"/>
+      <c r="I14" s="28">
         <v>5.1278837170619429E-2</v>
       </c>
-      <c r="J14" s="7"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="J14" s="6"/>
+    </row>
+    <row r="15" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="2"/>
-      <c r="B15" s="49" t="s">
+      <c r="B15" s="48" t="s">
         <v>151</v>
       </c>
-      <c r="C15" s="24">
+      <c r="C15" s="23">
         <v>19502278.219999999</v>
       </c>
-      <c r="D15" s="30"/>
-      <c r="E15" s="24">
+      <c r="D15" s="29"/>
+      <c r="E15" s="23">
         <v>16518963.43</v>
       </c>
-      <c r="F15" s="26"/>
-      <c r="G15" s="27">
+      <c r="F15" s="25"/>
+      <c r="G15" s="26">
         <v>-2983314.79</v>
       </c>
-      <c r="H15" s="28"/>
-      <c r="I15" s="29">
+      <c r="H15" s="27"/>
+      <c r="I15" s="28">
         <v>-0.15297262998435468</v>
       </c>
-      <c r="J15" s="7"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="J15" s="6"/>
+    </row>
+    <row r="16" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
-      <c r="B16" s="49" t="s">
+      <c r="B16" s="48" t="s">
         <v>152</v>
       </c>
-      <c r="C16" s="24">
+      <c r="C16" s="23">
         <v>9549997.8599999994</v>
       </c>
-      <c r="D16" s="30"/>
-      <c r="E16" s="24">
+      <c r="D16" s="29"/>
+      <c r="E16" s="23">
         <v>8565225.4600000009</v>
       </c>
-      <c r="F16" s="26"/>
-      <c r="G16" s="27">
+      <c r="F16" s="25"/>
+      <c r="G16" s="26">
         <v>-984772.4</v>
       </c>
-      <c r="H16" s="28"/>
-      <c r="I16" s="29">
+      <c r="H16" s="27"/>
+      <c r="I16" s="28">
         <v>-0.10311755190278116</v>
       </c>
-      <c r="J16" s="7"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="J16" s="6"/>
+    </row>
+    <row r="17" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="2"/>
-      <c r="B17" s="49" t="s">
+      <c r="B17" s="48" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="24">
+      <c r="C17" s="23">
         <v>861036.5</v>
       </c>
-      <c r="D17" s="30"/>
-      <c r="E17" s="24">
+      <c r="D17" s="29"/>
+      <c r="E17" s="23">
         <v>1260950</v>
       </c>
-      <c r="F17" s="26"/>
-      <c r="G17" s="27">
+      <c r="F17" s="25"/>
+      <c r="G17" s="26">
         <v>399913.5</v>
       </c>
-      <c r="H17" s="28"/>
-      <c r="I17" s="29">
+      <c r="H17" s="27"/>
+      <c r="I17" s="28">
         <v>0.46445592027747962</v>
       </c>
-      <c r="J17" s="7"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="J17" s="6"/>
+    </row>
+    <row r="18" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="2"/>
-      <c r="B18" s="49" t="s">
+      <c r="B18" s="48" t="s">
         <v>153</v>
       </c>
-      <c r="C18" s="24">
+      <c r="C18" s="23">
         <v>531515.96</v>
       </c>
-      <c r="D18" s="30"/>
-      <c r="E18" s="24">
+      <c r="D18" s="29"/>
+      <c r="E18" s="23">
         <v>542964.24</v>
       </c>
-      <c r="F18" s="26"/>
-      <c r="G18" s="27">
+      <c r="F18" s="25"/>
+      <c r="G18" s="26">
         <v>11448.28</v>
       </c>
-      <c r="H18" s="28"/>
-      <c r="I18" s="29">
+      <c r="H18" s="27"/>
+      <c r="I18" s="28">
         <v>2.1538920486978475E-2</v>
       </c>
-      <c r="J18" s="7"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="J18" s="6"/>
+    </row>
+    <row r="19" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="2"/>
-      <c r="B19" s="49" t="s">
+      <c r="B19" s="48" t="s">
         <v>154</v>
       </c>
-      <c r="C19" s="24">
+      <c r="C19" s="23">
         <v>6603241.4199999999</v>
       </c>
-      <c r="D19" s="30"/>
-      <c r="E19" s="24">
+      <c r="D19" s="29"/>
+      <c r="E19" s="23">
         <v>10878973.210000001</v>
       </c>
-      <c r="F19" s="26"/>
-      <c r="G19" s="27">
+      <c r="F19" s="25"/>
+      <c r="G19" s="26">
         <v>4275731.79</v>
       </c>
-      <c r="H19" s="28"/>
-      <c r="I19" s="29">
+      <c r="H19" s="27"/>
+      <c r="I19" s="28">
         <v>0.64752013716318135</v>
       </c>
-      <c r="J19" s="7"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="J19" s="6"/>
+    </row>
+    <row r="20" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="2"/>
-      <c r="B20" s="49" t="s">
+      <c r="B20" s="48" t="s">
         <v>143</v>
       </c>
-      <c r="C20" s="24">
+      <c r="C20" s="23">
         <v>11326269.77</v>
       </c>
-      <c r="D20" s="30"/>
-      <c r="E20" s="24">
+      <c r="D20" s="29"/>
+      <c r="E20" s="23">
         <v>11033489.16</v>
       </c>
-      <c r="F20" s="26"/>
-      <c r="G20" s="27">
+      <c r="F20" s="25"/>
+      <c r="G20" s="26">
         <v>-292780.61</v>
       </c>
-      <c r="H20" s="28"/>
-      <c r="I20" s="29">
+      <c r="H20" s="27"/>
+      <c r="I20" s="28">
         <v>-2.584969420165939E-2</v>
       </c>
-      <c r="J20" s="7"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="J20" s="6"/>
+    </row>
+    <row r="21" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="2"/>
-      <c r="B21" s="49" t="s">
+      <c r="B21" s="48" t="s">
         <v>70</v>
       </c>
-      <c r="C21" s="24">
+      <c r="C21" s="23">
         <v>45985316.719999999</v>
       </c>
-      <c r="D21" s="30"/>
-      <c r="E21" s="24">
+      <c r="D21" s="29"/>
+      <c r="E21" s="23">
         <v>90691663.629999995</v>
       </c>
-      <c r="F21" s="26"/>
-      <c r="G21" s="27">
+      <c r="F21" s="25"/>
+      <c r="G21" s="26">
         <v>44706346.909999996</v>
       </c>
-      <c r="H21" s="28"/>
-      <c r="I21" s="29">
+      <c r="H21" s="27"/>
+      <c r="I21" s="28">
         <v>0.97218743065775715</v>
       </c>
-      <c r="J21" s="7"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="J21" s="6"/>
+    </row>
+    <row r="22" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2"/>
-      <c r="B22" s="49" t="s">
+      <c r="B22" s="48" t="s">
         <v>155</v>
       </c>
-      <c r="C22" s="24">
+      <c r="C22" s="23">
         <v>590831.91</v>
       </c>
-      <c r="D22" s="30"/>
-      <c r="E22" s="24">
+      <c r="D22" s="29"/>
+      <c r="E22" s="23">
         <v>1190105.46</v>
       </c>
-      <c r="F22" s="26"/>
-      <c r="G22" s="27">
+      <c r="F22" s="25"/>
+      <c r="G22" s="26">
         <v>599273.55000000005</v>
       </c>
-      <c r="H22" s="28"/>
-      <c r="I22" s="29">
+      <c r="H22" s="27"/>
+      <c r="I22" s="28">
         <v>1.014287718481556</v>
       </c>
-      <c r="J22" s="7"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="J22" s="6"/>
+    </row>
+    <row r="23" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="2"/>
-      <c r="B23" s="49" t="s">
+      <c r="B23" s="48" t="s">
         <v>156</v>
       </c>
-      <c r="C23" s="24">
+      <c r="C23" s="23">
         <v>1041629.53</v>
       </c>
-      <c r="D23" s="30"/>
-      <c r="E23" s="24">
+      <c r="D23" s="29"/>
+      <c r="E23" s="23">
         <v>1034212.6</v>
       </c>
-      <c r="F23" s="26"/>
-      <c r="G23" s="27">
+      <c r="F23" s="25"/>
+      <c r="G23" s="26">
         <v>-7416.93</v>
       </c>
-      <c r="H23" s="28"/>
-      <c r="I23" s="29">
+      <c r="H23" s="27"/>
+      <c r="I23" s="28">
         <v>-7.1205066546068396E-3</v>
       </c>
-      <c r="J23" s="7"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="J23" s="6"/>
+    </row>
+    <row r="24" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
-      <c r="B24" s="49" t="s">
+      <c r="B24" s="48" t="s">
         <v>73</v>
       </c>
-      <c r="C24" s="24">
-[...11 lines deleted...]
-      <c r="I24" s="29" t="s">
+      <c r="C24" s="23">
+        <v>0</v>
+      </c>
+      <c r="D24" s="29"/>
+      <c r="E24" s="23">
+        <v>0</v>
+      </c>
+      <c r="F24" s="25"/>
+      <c r="G24" s="26">
+        <v>0</v>
+      </c>
+      <c r="H24" s="27"/>
+      <c r="I24" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J24" s="6"/>
+    </row>
+    <row r="25" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="2"/>
+      <c r="B25" s="48" t="s">
+        <v>157</v>
+      </c>
+      <c r="C25" s="23">
+        <v>282734</v>
+      </c>
+      <c r="D25" s="29"/>
+      <c r="E25" s="23">
+        <v>282734</v>
+      </c>
+      <c r="F25" s="25"/>
+      <c r="G25" s="26">
+        <v>0</v>
+      </c>
+      <c r="H25" s="27"/>
+      <c r="I25" s="28">
+        <v>0</v>
+      </c>
+      <c r="J25" s="6"/>
+    </row>
+    <row r="26" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="2"/>
+      <c r="B26" s="48" t="s">
+        <v>158</v>
+      </c>
+      <c r="C26" s="23">
+        <v>10453.69</v>
+      </c>
+      <c r="D26" s="29"/>
+      <c r="E26" s="23">
+        <v>-6905.56</v>
+      </c>
+      <c r="F26" s="25"/>
+      <c r="G26" s="26">
+        <v>-17359.25</v>
+      </c>
+      <c r="H26" s="27"/>
+      <c r="I26" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J26" s="6"/>
+    </row>
+    <row r="27" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="2"/>
+      <c r="B27" s="48" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" s="23">
+        <v>0</v>
+      </c>
+      <c r="D27" s="29"/>
+      <c r="E27" s="23">
+        <v>0</v>
+      </c>
+      <c r="F27" s="25"/>
+      <c r="G27" s="26">
+        <v>0</v>
+      </c>
+      <c r="H27" s="27"/>
+      <c r="I27" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J27" s="6"/>
+    </row>
+    <row r="28" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="2"/>
+      <c r="B28" s="48" t="s">
+        <v>159</v>
+      </c>
+      <c r="C28" s="23">
+        <v>0</v>
+      </c>
+      <c r="D28" s="29"/>
+      <c r="E28" s="23">
+        <v>0</v>
+      </c>
+      <c r="F28" s="25"/>
+      <c r="G28" s="26">
+        <v>0</v>
+      </c>
+      <c r="H28" s="27"/>
+      <c r="I28" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J28" s="6"/>
+    </row>
+    <row r="29" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="2"/>
+      <c r="B29" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" s="23">
+        <v>0</v>
+      </c>
+      <c r="D29" s="29"/>
+      <c r="E29" s="23">
+        <v>0</v>
+      </c>
+      <c r="F29" s="25"/>
+      <c r="G29" s="26">
+        <v>0</v>
+      </c>
+      <c r="H29" s="27"/>
+      <c r="I29" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J29" s="6"/>
+    </row>
+    <row r="30" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="2"/>
+      <c r="B30" s="48" t="s">
+        <v>160</v>
+      </c>
+      <c r="C30" s="23">
+        <v>229000</v>
+      </c>
+      <c r="D30" s="29"/>
+      <c r="E30" s="23">
+        <v>799187.95</v>
+      </c>
+      <c r="F30" s="25"/>
+      <c r="G30" s="26">
+        <v>570187.94999999995</v>
+      </c>
+      <c r="H30" s="27"/>
+      <c r="I30" s="28">
+        <v>2.4899037117903928</v>
+      </c>
+      <c r="J30" s="6"/>
+    </row>
+    <row r="31" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="2"/>
+      <c r="B31" s="48" t="s">
+        <v>80</v>
+      </c>
+      <c r="C31" s="23">
+        <v>967700</v>
+      </c>
+      <c r="D31" s="29"/>
+      <c r="E31" s="23">
+        <v>1273099</v>
+      </c>
+      <c r="F31" s="25"/>
+      <c r="G31" s="26">
+        <v>305399</v>
+      </c>
+      <c r="H31" s="27"/>
+      <c r="I31" s="28">
+        <v>0.31559264234783502</v>
+      </c>
+      <c r="J31" s="6"/>
+    </row>
+    <row r="32" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="2"/>
+      <c r="B32" s="48" t="s">
+        <v>82</v>
+      </c>
+      <c r="C32" s="23">
+        <v>2241651.5499999998</v>
+      </c>
+      <c r="D32" s="29"/>
+      <c r="E32" s="23">
+        <v>1965157.04</v>
+      </c>
+      <c r="F32" s="25"/>
+      <c r="G32" s="26">
+        <v>-276494.51</v>
+      </c>
+      <c r="H32" s="27"/>
+      <c r="I32" s="28">
+        <v>-0.12334410760673298</v>
+      </c>
+      <c r="J32" s="6"/>
+    </row>
+    <row r="33" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="2"/>
+      <c r="B33" s="48" t="s">
+        <v>161</v>
+      </c>
+      <c r="C33" s="23">
+        <v>0</v>
+      </c>
+      <c r="D33" s="29"/>
+      <c r="E33" s="23">
+        <v>0</v>
+      </c>
+      <c r="F33" s="25"/>
+      <c r="G33" s="26">
+        <v>0</v>
+      </c>
+      <c r="H33" s="27"/>
+      <c r="I33" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J33" s="6"/>
+    </row>
+    <row r="34" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="2"/>
+      <c r="B34" s="48" t="s">
+        <v>162</v>
+      </c>
+      <c r="C34" s="23">
+        <v>4496776.8499999996</v>
+      </c>
+      <c r="D34" s="29"/>
+      <c r="E34" s="23">
+        <v>4285565.33</v>
+      </c>
+      <c r="F34" s="25"/>
+      <c r="G34" s="26">
+        <v>-211211.51999999999</v>
+      </c>
+      <c r="H34" s="27"/>
+      <c r="I34" s="28">
+        <v>-4.6969535524094219E-2</v>
+      </c>
+      <c r="J34" s="6"/>
+    </row>
+    <row r="35" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="2"/>
+      <c r="B35" s="48" t="s">
+        <v>85</v>
+      </c>
+      <c r="C35" s="23">
+        <v>735488.96</v>
+      </c>
+      <c r="D35" s="29"/>
+      <c r="E35" s="23">
+        <v>26549699.219999999</v>
+      </c>
+      <c r="F35" s="30"/>
+      <c r="G35" s="26">
+        <v>25814210.260000002</v>
+      </c>
+      <c r="H35" s="27"/>
+      <c r="I35" s="28">
+        <v>35.09802548225877</v>
+      </c>
+      <c r="J35" s="6"/>
+    </row>
+    <row r="36" spans="1:13" s="1" customFormat="1" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="2"/>
+      <c r="B36" s="66"/>
+      <c r="C36" s="67"/>
+      <c r="D36" s="68"/>
+      <c r="E36" s="67"/>
+      <c r="F36" s="68"/>
+      <c r="G36" s="67"/>
+      <c r="H36" s="69"/>
+      <c r="I36" s="70"/>
+      <c r="J36" s="2"/>
+    </row>
+    <row r="37" spans="1:13" s="1" customFormat="1" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="2"/>
+      <c r="B37" s="49" t="s">
+        <v>163</v>
+      </c>
+      <c r="C37" s="31">
+        <v>1592163325.1200001</v>
+      </c>
+      <c r="D37" s="32"/>
+      <c r="E37" s="31">
+        <v>1721092126.8699999</v>
+      </c>
+      <c r="F37" s="32"/>
+      <c r="G37" s="95">
+        <v>128928801.75</v>
+      </c>
+      <c r="H37" s="96"/>
+      <c r="I37" s="97">
+        <v>8.0977120698520366E-2</v>
+      </c>
+      <c r="J37" s="2"/>
+    </row>
+    <row r="38" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="2"/>
+      <c r="B38" s="71"/>
+      <c r="C38" s="71"/>
+      <c r="D38" s="71"/>
+      <c r="E38" s="71"/>
+      <c r="F38" s="71"/>
+      <c r="G38" s="71"/>
+      <c r="H38" s="71"/>
+      <c r="I38" s="71"/>
+      <c r="J38" s="2"/>
+    </row>
+    <row r="39" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="2"/>
+      <c r="B39" s="121" t="s">
+        <v>142</v>
+      </c>
+      <c r="C39" s="121"/>
+      <c r="D39" s="121"/>
+      <c r="E39" s="121"/>
+      <c r="F39" s="121"/>
+      <c r="G39" s="121"/>
+      <c r="H39" s="121"/>
+      <c r="I39" s="121"/>
+      <c r="J39" s="2"/>
+    </row>
+    <row r="40" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="2"/>
+      <c r="B40" s="121"/>
+      <c r="C40" s="121"/>
+      <c r="D40" s="121"/>
+      <c r="E40" s="121"/>
+      <c r="F40" s="121"/>
+      <c r="G40" s="121"/>
+      <c r="H40" s="121"/>
+      <c r="I40" s="121"/>
+      <c r="J40" s="2"/>
+    </row>
+    <row r="41" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="2"/>
+      <c r="B41" s="118" t="s">
         <v>213</v>
       </c>
-      <c r="J24" s="7"/>
-[...326 lines deleted...]
-      <c r="I41" s="46"/>
+      <c r="C41" s="34"/>
+      <c r="D41" s="34"/>
+      <c r="E41" s="34"/>
+      <c r="F41" s="34"/>
+      <c r="G41" s="34"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="45"/>
       <c r="J41" s="2"/>
     </row>
-    <row r="42" spans="1:13" x14ac:dyDescent="0.3">
-[...20 lines deleted...]
-      <c r="I43" s="13" t="s">
+    <row r="42" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="14"/>
+      <c r="B42" s="14"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="14"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="14"/>
+      <c r="I42" s="11"/>
+      <c r="J42" s="14"/>
+    </row>
+    <row r="43" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="15"/>
+      <c r="B43" s="15"/>
+      <c r="C43" s="16"/>
+      <c r="D43" s="16"/>
+      <c r="E43" s="16"/>
+      <c r="F43" s="16"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="16"/>
+      <c r="I43" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="J43" s="17"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="J43" s="16"/>
+    </row>
+    <row r="44" spans="1:13" s="1" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
-      <c r="C44" s="123"/>
-[...1 lines deleted...]
-      <c r="E44" s="123"/>
+      <c r="C44" s="124"/>
+      <c r="D44" s="124"/>
+      <c r="E44" s="124"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
-      <c r="I44" s="18"/>
+      <c r="I44" s="17"/>
       <c r="J44" s="2"/>
     </row>
-    <row r="45" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
-      <c r="C45" s="15"/>
-[...6 lines deleted...]
-      <c r="L45" s="99" t="s">
+      <c r="C45" s="14"/>
+      <c r="D45" s="18"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="14"/>
+      <c r="G45" s="14"/>
+      <c r="H45" s="14"/>
+      <c r="J45" s="14"/>
+      <c r="L45" s="98" t="s">
         <v>179</v>
       </c>
       <c r="M45" s="1" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="46" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
-      <c r="C46" s="124" t="s">
-[...7 lines deleted...]
-      <c r="I46" s="14" t="s">
+      <c r="C46" s="125" t="s">
+        <v>219</v>
+      </c>
+      <c r="D46" s="125"/>
+      <c r="E46" s="125"/>
+      <c r="F46" s="19"/>
+      <c r="G46" s="19"/>
+      <c r="H46" s="19"/>
+      <c r="I46" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="J46" s="15"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="J46" s="14"/>
+    </row>
+    <row r="47" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
-      <c r="E47" s="15"/>
+      <c r="E47" s="14"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
     </row>
-    <row r="48" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="2"/>
-      <c r="B48" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="22" t="s">
+      <c r="B48" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D48" s="23"/>
-      <c r="E48" s="22" t="s">
+      <c r="D48" s="22"/>
+      <c r="E48" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="F48" s="23"/>
-      <c r="G48" s="22" t="s">
+      <c r="F48" s="22"/>
+      <c r="G48" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="H48" s="23"/>
-      <c r="I48" s="22" t="s">
+      <c r="H48" s="22"/>
+      <c r="I48" s="21" t="s">
         <v>129</v>
       </c>
       <c r="J48" s="2"/>
     </row>
-    <row r="49" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
-      <c r="E49" s="24"/>
+      <c r="E49" s="23"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
-    <row r="50" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="2"/>
-      <c r="B50" s="49" t="s">
+      <c r="B50" s="48" t="s">
         <v>144</v>
       </c>
-      <c r="C50" s="24">
+      <c r="C50" s="23">
         <v>831015699.85000002</v>
       </c>
-      <c r="D50" s="25"/>
-      <c r="E50" s="24">
+      <c r="D50" s="24"/>
+      <c r="E50" s="23">
         <v>887081298.26999998</v>
       </c>
-      <c r="F50" s="26"/>
-      <c r="G50" s="27">
+      <c r="F50" s="25"/>
+      <c r="G50" s="26">
         <v>56065598.420000002</v>
       </c>
-      <c r="H50" s="28"/>
-      <c r="I50" s="29">
+      <c r="H50" s="27"/>
+      <c r="I50" s="28">
         <v>6.7466352838003063E-2</v>
       </c>
     </row>
-    <row r="51" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A51" s="2"/>
-      <c r="B51" s="49" t="s">
+      <c r="B51" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C51" s="24">
+      <c r="C51" s="23">
         <v>1857797031.8800001</v>
       </c>
-      <c r="D51" s="30"/>
-      <c r="E51" s="24">
+      <c r="D51" s="29"/>
+      <c r="E51" s="23">
         <v>1921575314.8299999</v>
       </c>
-      <c r="F51" s="31"/>
-      <c r="G51" s="27">
+      <c r="F51" s="30"/>
+      <c r="G51" s="26">
         <v>63778282.950000003</v>
       </c>
-      <c r="H51" s="26"/>
-      <c r="I51" s="29">
+      <c r="H51" s="25"/>
+      <c r="I51" s="28">
         <v>3.4330059665053536E-2</v>
       </c>
     </row>
-    <row r="52" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="2"/>
-      <c r="B52" s="49" t="s">
+      <c r="B52" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="C52" s="24">
+      <c r="C52" s="23">
         <v>339625736.74000001</v>
       </c>
-      <c r="D52" s="30"/>
-      <c r="E52" s="24">
+      <c r="D52" s="29"/>
+      <c r="E52" s="23">
         <v>284860060.83999997</v>
       </c>
-      <c r="F52" s="31"/>
-      <c r="G52" s="27">
+      <c r="F52" s="30"/>
+      <c r="G52" s="26">
         <v>-54765675.899999999</v>
       </c>
-      <c r="H52" s="26"/>
-      <c r="I52" s="29">
+      <c r="H52" s="25"/>
+      <c r="I52" s="28">
         <v>-0.16125302053279256</v>
       </c>
     </row>
-    <row r="53" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A53" s="2"/>
-      <c r="B53" s="49" t="s">
+      <c r="B53" s="48" t="s">
         <v>147</v>
       </c>
-      <c r="C53" s="24">
+      <c r="C53" s="23">
         <v>114620258.29000001</v>
       </c>
-      <c r="D53" s="30"/>
-      <c r="E53" s="24">
+      <c r="D53" s="29"/>
+      <c r="E53" s="23">
         <v>103544631.08</v>
       </c>
-      <c r="F53" s="26"/>
-      <c r="G53" s="27">
+      <c r="F53" s="25"/>
+      <c r="G53" s="26">
         <v>-11075627.210000001</v>
       </c>
-      <c r="H53" s="26"/>
-      <c r="I53" s="29">
+      <c r="H53" s="25"/>
+      <c r="I53" s="28">
         <v>-9.6628880227940361E-2</v>
       </c>
     </row>
-    <row r="54" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="2"/>
-      <c r="B54" s="49" t="s">
+      <c r="B54" s="48" t="s">
         <v>148</v>
       </c>
-      <c r="C54" s="24">
+      <c r="C54" s="23">
         <v>-1355951.61</v>
       </c>
-      <c r="D54" s="30"/>
-      <c r="E54" s="24">
+      <c r="D54" s="29"/>
+      <c r="E54" s="23">
         <v>-841151.38</v>
       </c>
-      <c r="F54" s="26"/>
-      <c r="G54" s="27">
+      <c r="F54" s="25"/>
+      <c r="G54" s="26">
         <v>514800.23</v>
       </c>
-      <c r="H54" s="26"/>
-      <c r="I54" s="29" t="s">
+      <c r="H54" s="25"/>
+      <c r="I54" s="28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="2"/>
+      <c r="B55" s="48" t="s">
+        <v>150</v>
+      </c>
+      <c r="C55" s="23">
+        <v>20345588.84</v>
+      </c>
+      <c r="D55" s="29"/>
+      <c r="E55" s="23">
+        <v>20619515.379999999</v>
+      </c>
+      <c r="F55" s="25"/>
+      <c r="G55" s="26">
+        <v>273926.53999999998</v>
+      </c>
+      <c r="H55" s="25"/>
+      <c r="I55" s="28">
+        <v>1.3463682086283235E-2</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="2"/>
+      <c r="B56" s="48" t="s">
+        <v>151</v>
+      </c>
+      <c r="C56" s="23">
+        <v>20278303.25</v>
+      </c>
+      <c r="D56" s="29"/>
+      <c r="E56" s="23">
+        <v>18924861.57</v>
+      </c>
+      <c r="F56" s="25"/>
+      <c r="G56" s="26">
+        <v>-1353441.68</v>
+      </c>
+      <c r="H56" s="25"/>
+      <c r="I56" s="28">
+        <v>-6.6743339583897332E-2</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="2"/>
+      <c r="B57" s="48" t="s">
+        <v>152</v>
+      </c>
+      <c r="C57" s="23">
+        <v>20696505.960000001</v>
+      </c>
+      <c r="D57" s="29"/>
+      <c r="E57" s="23">
+        <v>19197870.440000001</v>
+      </c>
+      <c r="F57" s="25"/>
+      <c r="G57" s="26">
+        <v>-1498635.52</v>
+      </c>
+      <c r="H57" s="25"/>
+      <c r="I57" s="28">
+        <v>-7.2410073608386138E-2</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="2"/>
+      <c r="B58" s="48" t="s">
+        <v>66</v>
+      </c>
+      <c r="C58" s="23">
+        <v>2315234</v>
+      </c>
+      <c r="D58" s="29"/>
+      <c r="E58" s="23">
+        <v>2895894</v>
+      </c>
+      <c r="F58" s="25"/>
+      <c r="G58" s="26">
+        <v>580660</v>
+      </c>
+      <c r="H58" s="25"/>
+      <c r="I58" s="28">
+        <v>0.25079970318334999</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="2"/>
+      <c r="B59" s="48" t="s">
+        <v>153</v>
+      </c>
+      <c r="C59" s="23">
+        <v>1594507.78</v>
+      </c>
+      <c r="D59" s="29"/>
+      <c r="E59" s="23">
+        <v>1747997.68</v>
+      </c>
+      <c r="F59" s="25"/>
+      <c r="G59" s="26">
+        <v>153489.9</v>
+      </c>
+      <c r="H59" s="25"/>
+      <c r="I59" s="28">
+        <v>9.6261618742305544E-2</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="2"/>
+      <c r="B60" s="48" t="s">
+        <v>154</v>
+      </c>
+      <c r="C60" s="23">
+        <v>16005853.43</v>
+      </c>
+      <c r="D60" s="29"/>
+      <c r="E60" s="23">
+        <v>22456766.390000001</v>
+      </c>
+      <c r="F60" s="25"/>
+      <c r="G60" s="26">
+        <v>6450912.96</v>
+      </c>
+      <c r="H60" s="25"/>
+      <c r="I60" s="28">
+        <v>0.40303461406868579</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="2"/>
+      <c r="B61" s="48" t="s">
+        <v>143</v>
+      </c>
+      <c r="C61" s="23">
+        <v>23099603.940000001</v>
+      </c>
+      <c r="D61" s="29"/>
+      <c r="E61" s="23">
+        <v>23327691.5</v>
+      </c>
+      <c r="F61" s="25"/>
+      <c r="G61" s="26">
+        <v>228087.56</v>
+      </c>
+      <c r="H61" s="25"/>
+      <c r="I61" s="28">
+        <v>9.8740896420754787E-3</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="2"/>
+      <c r="B62" s="48" t="s">
+        <v>70</v>
+      </c>
+      <c r="C62" s="23">
+        <v>120678218.92</v>
+      </c>
+      <c r="D62" s="29"/>
+      <c r="E62" s="23">
+        <v>176266311.78</v>
+      </c>
+      <c r="F62" s="25"/>
+      <c r="G62" s="26">
+        <v>55588092.859999999</v>
+      </c>
+      <c r="H62" s="25"/>
+      <c r="I62" s="28">
+        <v>0.46063070334879952</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="2"/>
+      <c r="B63" s="48" t="s">
+        <v>155</v>
+      </c>
+      <c r="C63" s="23">
+        <v>1848642.28</v>
+      </c>
+      <c r="D63" s="29"/>
+      <c r="E63" s="23">
+        <v>1445457.29</v>
+      </c>
+      <c r="F63" s="25"/>
+      <c r="G63" s="26">
+        <v>-403184.99</v>
+      </c>
+      <c r="H63" s="25"/>
+      <c r="I63" s="28">
+        <v>-0.218097895067076</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="2"/>
+      <c r="B64" s="48" t="s">
+        <v>156</v>
+      </c>
+      <c r="C64" s="23">
+        <v>2119189.69</v>
+      </c>
+      <c r="D64" s="29"/>
+      <c r="E64" s="23">
+        <v>2058398.72</v>
+      </c>
+      <c r="F64" s="25"/>
+      <c r="G64" s="26">
+        <v>-60790.97</v>
+      </c>
+      <c r="H64" s="25"/>
+      <c r="I64" s="28">
+        <v>-2.8685950241669977E-2</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="2"/>
+      <c r="B65" s="48" t="s">
+        <v>73</v>
+      </c>
+      <c r="C65" s="23">
+        <v>0</v>
+      </c>
+      <c r="D65" s="29"/>
+      <c r="E65" s="23">
+        <v>0</v>
+      </c>
+      <c r="F65" s="25"/>
+      <c r="G65" s="26">
+        <v>0</v>
+      </c>
+      <c r="H65" s="25"/>
+      <c r="I65" s="28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="2"/>
+      <c r="B66" s="48" t="s">
+        <v>157</v>
+      </c>
+      <c r="C66" s="23">
+        <v>848202</v>
+      </c>
+      <c r="D66" s="29"/>
+      <c r="E66" s="23">
+        <v>848202</v>
+      </c>
+      <c r="F66" s="25"/>
+      <c r="G66" s="26">
+        <v>0</v>
+      </c>
+      <c r="H66" s="25"/>
+      <c r="I66" s="28">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="2"/>
+      <c r="B67" s="48" t="s">
+        <v>158</v>
+      </c>
+      <c r="C67" s="23">
+        <v>15223.22</v>
+      </c>
+      <c r="D67" s="29"/>
+      <c r="E67" s="23">
+        <v>2360.4899999999998</v>
+      </c>
+      <c r="F67" s="25"/>
+      <c r="G67" s="26">
+        <v>-12862.73</v>
+      </c>
+      <c r="H67" s="25"/>
+      <c r="I67" s="28">
+        <v>-0.84494147755862437</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="2"/>
+      <c r="B68" s="48" t="s">
+        <v>76</v>
+      </c>
+      <c r="C68" s="23">
+        <v>0</v>
+      </c>
+      <c r="D68" s="29"/>
+      <c r="E68" s="23">
+        <v>0</v>
+      </c>
+      <c r="F68" s="25"/>
+      <c r="G68" s="26">
+        <v>0</v>
+      </c>
+      <c r="H68" s="25"/>
+      <c r="I68" s="28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="2"/>
+      <c r="B69" s="48" t="s">
+        <v>159</v>
+      </c>
+      <c r="C69" s="23">
+        <v>0</v>
+      </c>
+      <c r="D69" s="29"/>
+      <c r="E69" s="23">
+        <v>0</v>
+      </c>
+      <c r="F69" s="25"/>
+      <c r="G69" s="26">
+        <v>0</v>
+      </c>
+      <c r="H69" s="25"/>
+      <c r="I69" s="28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="2"/>
+      <c r="B70" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="C70" s="23">
+        <v>0</v>
+      </c>
+      <c r="D70" s="29"/>
+      <c r="E70" s="23">
+        <v>0</v>
+      </c>
+      <c r="F70" s="25"/>
+      <c r="G70" s="26">
+        <v>0</v>
+      </c>
+      <c r="H70" s="25"/>
+      <c r="I70" s="28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="2"/>
+      <c r="B71" s="48" t="s">
+        <v>160</v>
+      </c>
+      <c r="C71" s="23">
+        <v>257248.45</v>
+      </c>
+      <c r="D71" s="29"/>
+      <c r="E71" s="23">
+        <v>859331.64</v>
+      </c>
+      <c r="F71" s="25"/>
+      <c r="G71" s="26">
+        <v>602083.18999999994</v>
+      </c>
+      <c r="H71" s="25"/>
+      <c r="I71" s="28">
+        <v>2.3404735383245256</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="2"/>
+      <c r="B72" s="48" t="s">
+        <v>80</v>
+      </c>
+      <c r="C72" s="23">
+        <v>996532</v>
+      </c>
+      <c r="D72" s="29"/>
+      <c r="E72" s="23">
+        <v>1325795</v>
+      </c>
+      <c r="F72" s="25"/>
+      <c r="G72" s="26">
+        <v>329263</v>
+      </c>
+      <c r="H72" s="25"/>
+      <c r="I72" s="28">
+        <v>0.33040885791926411</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="2"/>
+      <c r="B73" s="48" t="s">
+        <v>82</v>
+      </c>
+      <c r="C73" s="23">
+        <v>4567484.1500000004</v>
+      </c>
+      <c r="D73" s="29"/>
+      <c r="E73" s="23">
+        <v>4272978.25</v>
+      </c>
+      <c r="F73" s="25"/>
+      <c r="G73" s="26">
+        <v>-294505.90000000002</v>
+      </c>
+      <c r="H73" s="25"/>
+      <c r="I73" s="28">
+        <v>-6.4478800654404034E-2</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="2"/>
+      <c r="B74" s="48" t="s">
+        <v>161</v>
+      </c>
+      <c r="C74" s="23">
+        <v>3750000</v>
+      </c>
+      <c r="D74" s="29"/>
+      <c r="E74" s="23">
+        <v>3750000</v>
+      </c>
+      <c r="F74" s="25"/>
+      <c r="G74" s="26">
+        <v>0</v>
+      </c>
+      <c r="H74" s="25"/>
+      <c r="I74" s="28">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="2"/>
+      <c r="B75" s="48" t="s">
+        <v>162</v>
+      </c>
+      <c r="C75" s="23">
+        <v>3104802.03</v>
+      </c>
+      <c r="D75" s="29"/>
+      <c r="E75" s="23">
+        <v>3927963.58</v>
+      </c>
+      <c r="F75" s="25"/>
+      <c r="G75" s="26">
+        <v>823161.55</v>
+      </c>
+      <c r="H75" s="25"/>
+      <c r="I75" s="28">
+        <v>0.26512529367291093</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="2"/>
+      <c r="B76" s="48" t="s">
+        <v>85</v>
+      </c>
+      <c r="C76" s="23">
+        <v>16220935.720000001</v>
+      </c>
+      <c r="D76" s="29"/>
+      <c r="E76" s="23">
+        <v>28937408.850000001</v>
+      </c>
+      <c r="F76" s="30"/>
+      <c r="G76" s="26">
+        <v>12716473.130000001</v>
+      </c>
+      <c r="H76" s="25"/>
+      <c r="I76" s="28">
+        <v>0.78395435069266117</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" s="1" customFormat="1" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="2"/>
+      <c r="B77" s="66"/>
+      <c r="C77" s="67"/>
+      <c r="D77" s="68"/>
+      <c r="E77" s="67"/>
+      <c r="F77" s="68"/>
+      <c r="G77" s="67"/>
+      <c r="H77" s="69"/>
+      <c r="I77" s="70"/>
+    </row>
+    <row r="78" spans="1:9" s="1" customFormat="1" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="2"/>
+      <c r="B78" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="C78" s="31">
+        <v>3400444850.8100004</v>
+      </c>
+      <c r="D78" s="32"/>
+      <c r="E78" s="31">
+        <v>3529084958.1999993</v>
+      </c>
+      <c r="F78" s="32"/>
+      <c r="G78" s="31">
+        <v>128640107.38999891</v>
+      </c>
+      <c r="H78" s="33"/>
+      <c r="I78" s="35">
+        <v>3.7830376034287516E-2</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="2"/>
+      <c r="B79" s="71"/>
+      <c r="C79" s="71"/>
+      <c r="D79" s="71"/>
+      <c r="E79" s="71"/>
+      <c r="F79" s="71"/>
+      <c r="G79" s="71"/>
+      <c r="H79" s="71"/>
+      <c r="I79" s="71"/>
+    </row>
+    <row r="80" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="2"/>
+      <c r="B80" s="121" t="s">
+        <v>142</v>
+      </c>
+      <c r="C80" s="121"/>
+      <c r="D80" s="121"/>
+      <c r="E80" s="121"/>
+      <c r="F80" s="121"/>
+      <c r="G80" s="121"/>
+      <c r="H80" s="121"/>
+      <c r="I80" s="121"/>
+    </row>
+    <row r="81" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="2"/>
+      <c r="B81" s="121"/>
+      <c r="C81" s="121"/>
+      <c r="D81" s="121"/>
+      <c r="E81" s="121"/>
+      <c r="F81" s="121"/>
+      <c r="G81" s="121"/>
+      <c r="H81" s="121"/>
+      <c r="I81" s="121"/>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A82" s="110"/>
+      <c r="B82" s="118" t="s">
         <v>213</v>
       </c>
-    </row>
-[...540 lines deleted...]
-      <c r="I82" s="46"/>
+      <c r="C82" s="116"/>
+      <c r="D82" s="116"/>
+      <c r="E82" s="116"/>
+      <c r="F82" s="116"/>
+      <c r="G82" s="116"/>
+      <c r="H82" s="116"/>
+      <c r="I82" s="117"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B80:I81"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="B39:I40"/>
     <mergeCell ref="C44:E44"/>
     <mergeCell ref="C46:E46"/>
   </mergeCells>
   <printOptions horizontalCentered="1" gridLines="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="41" max="9" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFF02245-13E2-4AAB-866F-08133995EA84}">
   <sheetPr codeName="Sheet11">
     <tabColor theme="8"/>
   </sheetPr>
-  <dimension ref="A1:M82"/>
+  <dimension ref="A1:O82"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" zoomScalePageLayoutView="55" workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I2" sqref="I2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" style="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="2.85546875" style="106" customWidth="1"/>
+    <col min="2" max="2" width="28.85546875" style="106" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15" style="106" customWidth="1"/>
+    <col min="4" max="4" width="2.28515625" style="106" customWidth="1"/>
+    <col min="5" max="5" width="15" style="106" customWidth="1"/>
+    <col min="6" max="6" width="2.28515625" style="106" customWidth="1"/>
+    <col min="7" max="7" width="14.5703125" style="106" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="2.85546875" style="106" customWidth="1"/>
+    <col min="9" max="9" width="11.7109375" style="106" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="3" style="106" customWidth="1"/>
+    <col min="11" max="15" width="9.140625" style="106" hidden="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="106"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A1" s="15"/>
-[...8 lines deleted...]
-      <c r="J1" s="15"/>
+      <c r="A1" s="104"/>
+      <c r="B1" s="104"/>
+      <c r="C1" s="104"/>
+      <c r="D1" s="104"/>
+      <c r="E1" s="104"/>
+      <c r="F1" s="104"/>
+      <c r="G1" s="104"/>
+      <c r="H1" s="104"/>
+      <c r="I1" s="105"/>
+      <c r="J1" s="104"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A2" s="16"/>
-[...7 lines deleted...]
-      <c r="I2" s="13" t="s">
+      <c r="A2" s="107"/>
+      <c r="B2" s="107"/>
+      <c r="C2" s="108"/>
+      <c r="D2" s="108"/>
+      <c r="E2" s="108"/>
+      <c r="F2" s="108"/>
+      <c r="G2" s="108"/>
+      <c r="H2" s="108"/>
+      <c r="I2" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="J2" s="17"/>
+      <c r="J2" s="108"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A3" s="2"/>
-[...8 lines deleted...]
-      <c r="J3" s="2"/>
+      <c r="A3" s="110"/>
+      <c r="B3" s="110"/>
+      <c r="C3" s="122"/>
+      <c r="D3" s="122"/>
+      <c r="E3" s="122"/>
+      <c r="F3" s="110"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="111"/>
+      <c r="I3" s="112"/>
+      <c r="J3" s="110"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A4" s="2"/>
-[...7 lines deleted...]
-      <c r="J4" s="15"/>
+      <c r="A4" s="110"/>
+      <c r="B4" s="110"/>
+      <c r="C4" s="104"/>
+      <c r="D4" s="113"/>
+      <c r="E4" s="104"/>
+      <c r="F4" s="104"/>
+      <c r="G4" s="104"/>
+      <c r="H4" s="104"/>
+      <c r="J4" s="104"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A5" s="2"/>
-[...1 lines deleted...]
-      <c r="C5" s="124" t="s">
+      <c r="A5" s="110"/>
+      <c r="B5" s="110"/>
+      <c r="C5" s="123" t="s">
         <v>34</v>
       </c>
-      <c r="D5" s="124"/>
-[...4 lines deleted...]
-      <c r="I5" s="14" t="s">
+      <c r="D5" s="123"/>
+      <c r="E5" s="123"/>
+      <c r="F5" s="114"/>
+      <c r="G5" s="114"/>
+      <c r="H5" s="114"/>
+      <c r="I5" s="115" t="s">
         <v>164</v>
       </c>
-      <c r="J5" s="15"/>
+      <c r="J5" s="104"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A6" s="2"/>
-[...10 lines deleted...]
-    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A6" s="110"/>
+      <c r="B6" s="110"/>
+      <c r="C6" s="110"/>
+      <c r="D6" s="110"/>
+      <c r="E6" s="104"/>
+      <c r="F6" s="110"/>
+      <c r="G6" s="110"/>
+      <c r="H6" s="110"/>
+      <c r="I6" s="110"/>
+      <c r="J6" s="110"/>
+    </row>
+    <row r="7" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="2"/>
-      <c r="B7" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="22" t="s">
+      <c r="B7" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D7" s="23"/>
-      <c r="E7" s="22" t="s">
+      <c r="D7" s="22"/>
+      <c r="E7" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="F7" s="23"/>
-      <c r="G7" s="22" t="s">
+      <c r="F7" s="22"/>
+      <c r="G7" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="H7" s="23"/>
-      <c r="I7" s="22" t="s">
+      <c r="H7" s="22"/>
+      <c r="I7" s="21" t="s">
         <v>129</v>
       </c>
       <c r="J7" s="2"/>
     </row>
-    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
-      <c r="E8" s="24"/>
+      <c r="E8" s="23"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
     </row>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="2"/>
-      <c r="B9" s="49" t="s">
+      <c r="B9" s="48" t="s">
         <v>144</v>
       </c>
-      <c r="C9" s="24">
+      <c r="C9" s="23">
         <v>425791207.73000002</v>
       </c>
-      <c r="D9" s="25"/>
-      <c r="E9" s="24">
+      <c r="D9" s="24"/>
+      <c r="E9" s="23">
         <v>456410902.42000002</v>
       </c>
-      <c r="F9" s="26"/>
-      <c r="G9" s="27">
+      <c r="F9" s="25"/>
+      <c r="G9" s="26">
         <v>30619694.690000001</v>
       </c>
-      <c r="H9" s="28"/>
-      <c r="I9" s="29">
+      <c r="H9" s="27"/>
+      <c r="I9" s="28">
         <v>7.1912463512906477E-2</v>
       </c>
       <c r="J9" s="2"/>
     </row>
-    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="2"/>
-      <c r="B10" s="49" t="s">
+      <c r="B10" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C10" s="24">
+      <c r="C10" s="23">
         <v>558487906.54999995</v>
       </c>
-      <c r="D10" s="30"/>
-      <c r="E10" s="24">
+      <c r="D10" s="29"/>
+      <c r="E10" s="23">
         <v>568078163.41999996</v>
       </c>
-      <c r="F10" s="31"/>
-      <c r="G10" s="27">
+      <c r="F10" s="30"/>
+      <c r="G10" s="26">
         <v>9590256.8699999992</v>
       </c>
-      <c r="H10" s="28"/>
-      <c r="I10" s="29">
+      <c r="H10" s="27"/>
+      <c r="I10" s="28">
         <v>1.7171825490802206E-2</v>
       </c>
       <c r="J10" s="2"/>
     </row>
-    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="2"/>
-      <c r="B11" s="49" t="s">
+      <c r="B11" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="C11" s="24">
+      <c r="C11" s="23">
         <v>15878932.210000001</v>
       </c>
-      <c r="D11" s="30"/>
-      <c r="E11" s="24">
+      <c r="D11" s="29"/>
+      <c r="E11" s="23">
         <v>25977085.510000002</v>
       </c>
-      <c r="F11" s="31"/>
-      <c r="G11" s="27">
+      <c r="F11" s="30"/>
+      <c r="G11" s="26">
         <v>10098153.300000001</v>
       </c>
-      <c r="H11" s="28"/>
-      <c r="I11" s="29">
+      <c r="H11" s="27"/>
+      <c r="I11" s="28">
         <v>0.63594662200525898</v>
       </c>
       <c r="J11" s="2"/>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="2"/>
-      <c r="B12" s="49" t="s">
+      <c r="B12" s="48" t="s">
         <v>147</v>
       </c>
-      <c r="C12" s="24">
+      <c r="C12" s="23">
         <v>1877752.5</v>
       </c>
-      <c r="D12" s="30"/>
-      <c r="E12" s="24">
+      <c r="D12" s="29"/>
+      <c r="E12" s="23">
         <v>3007502.86</v>
       </c>
-      <c r="F12" s="26"/>
-      <c r="G12" s="27">
+      <c r="F12" s="25"/>
+      <c r="G12" s="26">
         <v>1129750.3600000001</v>
       </c>
-      <c r="H12" s="28"/>
-      <c r="I12" s="29">
+      <c r="H12" s="27"/>
+      <c r="I12" s="28">
         <v>0.60165030268898589</v>
       </c>
       <c r="J12" s="2"/>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="2"/>
-      <c r="B13" s="49" t="s">
+      <c r="B13" s="48" t="s">
         <v>148</v>
       </c>
-      <c r="C13" s="24">
+      <c r="C13" s="23">
         <v>-6610965.8099999996</v>
       </c>
-      <c r="D13" s="30"/>
-      <c r="E13" s="24">
+      <c r="D13" s="29"/>
+      <c r="E13" s="23">
         <v>-5692885.7400000002</v>
       </c>
-      <c r="F13" s="26"/>
-      <c r="G13" s="27">
+      <c r="F13" s="25"/>
+      <c r="G13" s="26">
         <v>918080.07</v>
       </c>
-      <c r="H13" s="28"/>
-      <c r="I13" s="29" t="s">
+      <c r="H13" s="27"/>
+      <c r="I13" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J13" s="2"/>
+    </row>
+    <row r="14" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="2"/>
+      <c r="B14" s="48" t="s">
+        <v>150</v>
+      </c>
+      <c r="C14" s="23">
+        <v>11158685.380000001</v>
+      </c>
+      <c r="D14" s="29"/>
+      <c r="E14" s="23">
+        <v>11373882.18</v>
+      </c>
+      <c r="F14" s="25"/>
+      <c r="G14" s="26">
+        <v>215196.79999999999</v>
+      </c>
+      <c r="H14" s="27"/>
+      <c r="I14" s="28">
+        <v>1.9285139124515682E-2</v>
+      </c>
+      <c r="J14" s="6"/>
+    </row>
+    <row r="15" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="2"/>
+      <c r="B15" s="48" t="s">
+        <v>151</v>
+      </c>
+      <c r="C15" s="23">
+        <v>775462.99</v>
+      </c>
+      <c r="D15" s="29"/>
+      <c r="E15" s="23">
+        <v>1308365.3500000001</v>
+      </c>
+      <c r="F15" s="25"/>
+      <c r="G15" s="26">
+        <v>532902.36</v>
+      </c>
+      <c r="H15" s="27"/>
+      <c r="I15" s="28">
+        <v>0.6872054074431071</v>
+      </c>
+      <c r="J15" s="6"/>
+    </row>
+    <row r="16" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="2"/>
+      <c r="B16" s="48" t="s">
+        <v>152</v>
+      </c>
+      <c r="C16" s="23">
+        <v>10165645.92</v>
+      </c>
+      <c r="D16" s="29"/>
+      <c r="E16" s="23">
+        <v>10052640.5</v>
+      </c>
+      <c r="F16" s="25"/>
+      <c r="G16" s="26">
+        <v>-113005.42</v>
+      </c>
+      <c r="H16" s="27"/>
+      <c r="I16" s="28">
+        <v>-1.1116403314586409E-2</v>
+      </c>
+      <c r="J16" s="6"/>
+    </row>
+    <row r="17" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="2"/>
+      <c r="B17" s="48" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="23">
+        <v>813105</v>
+      </c>
+      <c r="D17" s="29"/>
+      <c r="E17" s="23">
+        <v>1203857</v>
+      </c>
+      <c r="F17" s="25"/>
+      <c r="G17" s="26">
+        <v>390752</v>
+      </c>
+      <c r="H17" s="27"/>
+      <c r="I17" s="28">
+        <v>0.48056770035850227</v>
+      </c>
+      <c r="J17" s="6"/>
+    </row>
+    <row r="18" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="2"/>
+      <c r="B18" s="48" t="s">
+        <v>153</v>
+      </c>
+      <c r="C18" s="23">
+        <v>547084.44999999995</v>
+      </c>
+      <c r="D18" s="29"/>
+      <c r="E18" s="23">
+        <v>647889.63</v>
+      </c>
+      <c r="F18" s="25"/>
+      <c r="G18" s="26">
+        <v>100805.18</v>
+      </c>
+      <c r="H18" s="27"/>
+      <c r="I18" s="28">
+        <v>0.18425890189348282</v>
+      </c>
+      <c r="J18" s="6"/>
+    </row>
+    <row r="19" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="2"/>
+      <c r="B19" s="48" t="s">
+        <v>154</v>
+      </c>
+      <c r="C19" s="23">
+        <v>4045627.68</v>
+      </c>
+      <c r="D19" s="29"/>
+      <c r="E19" s="23">
+        <v>4533946.76</v>
+      </c>
+      <c r="F19" s="25"/>
+      <c r="G19" s="26">
+        <v>488319.08</v>
+      </c>
+      <c r="H19" s="27"/>
+      <c r="I19" s="28">
+        <v>0.12070292143146499</v>
+      </c>
+      <c r="J19" s="6"/>
+    </row>
+    <row r="20" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="2"/>
+      <c r="B20" s="48" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" s="23">
+        <v>11773334.17</v>
+      </c>
+      <c r="D20" s="29"/>
+      <c r="E20" s="23">
+        <v>12294202.34</v>
+      </c>
+      <c r="F20" s="25"/>
+      <c r="G20" s="26">
+        <v>520868.17</v>
+      </c>
+      <c r="H20" s="27"/>
+      <c r="I20" s="28">
+        <v>4.4241347648760421E-2</v>
+      </c>
+      <c r="J20" s="6"/>
+    </row>
+    <row r="21" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="2"/>
+      <c r="B21" s="48" t="s">
+        <v>70</v>
+      </c>
+      <c r="C21" s="23">
+        <v>38290657.560000002</v>
+      </c>
+      <c r="D21" s="29"/>
+      <c r="E21" s="23">
+        <v>42977278.310000002</v>
+      </c>
+      <c r="F21" s="25"/>
+      <c r="G21" s="26">
+        <v>4686620.75</v>
+      </c>
+      <c r="H21" s="27"/>
+      <c r="I21" s="28">
+        <v>0.12239593281092764</v>
+      </c>
+      <c r="J21" s="6"/>
+    </row>
+    <row r="22" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="2"/>
+      <c r="B22" s="48" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" s="23">
+        <v>601957.65</v>
+      </c>
+      <c r="D22" s="29"/>
+      <c r="E22" s="23">
+        <v>-570077.18999999994</v>
+      </c>
+      <c r="F22" s="25"/>
+      <c r="G22" s="26">
+        <v>-1172034.8400000001</v>
+      </c>
+      <c r="H22" s="27"/>
+      <c r="I22" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J22" s="6"/>
+    </row>
+    <row r="23" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="2"/>
+      <c r="B23" s="48" t="s">
+        <v>156</v>
+      </c>
+      <c r="C23" s="23">
+        <v>1077560.1599999999</v>
+      </c>
+      <c r="D23" s="29"/>
+      <c r="E23" s="23">
+        <v>1024186.12</v>
+      </c>
+      <c r="F23" s="25"/>
+      <c r="G23" s="26">
+        <v>-53374.04</v>
+      </c>
+      <c r="H23" s="27"/>
+      <c r="I23" s="28">
+        <v>-4.9532306391134484E-2</v>
+      </c>
+      <c r="J23" s="6"/>
+    </row>
+    <row r="24" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="2"/>
+      <c r="B24" s="48" t="s">
+        <v>73</v>
+      </c>
+      <c r="C24" s="23">
+        <v>0</v>
+      </c>
+      <c r="D24" s="29"/>
+      <c r="E24" s="23">
+        <v>0</v>
+      </c>
+      <c r="F24" s="25"/>
+      <c r="G24" s="26">
+        <v>0</v>
+      </c>
+      <c r="H24" s="27"/>
+      <c r="I24" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J24" s="6"/>
+    </row>
+    <row r="25" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="2"/>
+      <c r="B25" s="48" t="s">
+        <v>157</v>
+      </c>
+      <c r="C25" s="23">
+        <v>282734</v>
+      </c>
+      <c r="D25" s="29"/>
+      <c r="E25" s="23">
+        <v>282734</v>
+      </c>
+      <c r="F25" s="25"/>
+      <c r="G25" s="26">
+        <v>0</v>
+      </c>
+      <c r="H25" s="27"/>
+      <c r="I25" s="28">
+        <v>0</v>
+      </c>
+      <c r="J25" s="6"/>
+    </row>
+    <row r="26" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="2"/>
+      <c r="B26" s="48" t="s">
+        <v>158</v>
+      </c>
+      <c r="C26" s="23">
+        <v>0</v>
+      </c>
+      <c r="D26" s="29"/>
+      <c r="E26" s="23">
+        <v>9266.0499999999993</v>
+      </c>
+      <c r="F26" s="25"/>
+      <c r="G26" s="26">
+        <v>9266.0499999999993</v>
+      </c>
+      <c r="H26" s="27"/>
+      <c r="I26" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J26" s="6"/>
+    </row>
+    <row r="27" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="2"/>
+      <c r="B27" s="48" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" s="23">
+        <v>0</v>
+      </c>
+      <c r="D27" s="29"/>
+      <c r="E27" s="23">
+        <v>0</v>
+      </c>
+      <c r="F27" s="25"/>
+      <c r="G27" s="26">
+        <v>0</v>
+      </c>
+      <c r="H27" s="27"/>
+      <c r="I27" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J27" s="6"/>
+    </row>
+    <row r="28" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="2"/>
+      <c r="B28" s="48" t="s">
+        <v>159</v>
+      </c>
+      <c r="C28" s="23">
+        <v>0</v>
+      </c>
+      <c r="D28" s="29"/>
+      <c r="E28" s="23">
+        <v>0</v>
+      </c>
+      <c r="F28" s="25"/>
+      <c r="G28" s="26">
+        <v>0</v>
+      </c>
+      <c r="H28" s="27"/>
+      <c r="I28" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J28" s="6"/>
+    </row>
+    <row r="29" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="2"/>
+      <c r="B29" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" s="23">
+        <v>0</v>
+      </c>
+      <c r="D29" s="29"/>
+      <c r="E29" s="23">
+        <v>0</v>
+      </c>
+      <c r="F29" s="25"/>
+      <c r="G29" s="26">
+        <v>0</v>
+      </c>
+      <c r="H29" s="27"/>
+      <c r="I29" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J29" s="6"/>
+    </row>
+    <row r="30" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="2"/>
+      <c r="B30" s="48" t="s">
+        <v>160</v>
+      </c>
+      <c r="C30" s="23">
+        <v>28248.45</v>
+      </c>
+      <c r="D30" s="29"/>
+      <c r="E30" s="23">
+        <v>60458.9</v>
+      </c>
+      <c r="F30" s="25"/>
+      <c r="G30" s="26">
+        <v>32210.45</v>
+      </c>
+      <c r="H30" s="27"/>
+      <c r="I30" s="28">
+        <v>1.1402554830442022</v>
+      </c>
+      <c r="J30" s="6"/>
+    </row>
+    <row r="31" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="2"/>
+      <c r="B31" s="48" t="s">
+        <v>80</v>
+      </c>
+      <c r="C31" s="23">
+        <v>10686</v>
+      </c>
+      <c r="D31" s="29"/>
+      <c r="E31" s="23">
+        <v>34304</v>
+      </c>
+      <c r="F31" s="25"/>
+      <c r="G31" s="26">
+        <v>23618</v>
+      </c>
+      <c r="H31" s="27"/>
+      <c r="I31" s="28">
+        <v>2.2101815459479695</v>
+      </c>
+      <c r="J31" s="6"/>
+    </row>
+    <row r="32" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="2"/>
+      <c r="B32" s="48" t="s">
+        <v>82</v>
+      </c>
+      <c r="C32" s="23">
+        <v>2306753.4300000002</v>
+      </c>
+      <c r="D32" s="29"/>
+      <c r="E32" s="23">
+        <v>2276894.96</v>
+      </c>
+      <c r="F32" s="25"/>
+      <c r="G32" s="26">
+        <v>-29858.47</v>
+      </c>
+      <c r="H32" s="27"/>
+      <c r="I32" s="28">
+        <v>-1.2943936535080858E-2</v>
+      </c>
+      <c r="J32" s="6"/>
+    </row>
+    <row r="33" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="2"/>
+      <c r="B33" s="48" t="s">
+        <v>161</v>
+      </c>
+      <c r="C33" s="23">
+        <v>3750000</v>
+      </c>
+      <c r="D33" s="29"/>
+      <c r="E33" s="23">
+        <v>3750000</v>
+      </c>
+      <c r="F33" s="25"/>
+      <c r="G33" s="26">
+        <v>0</v>
+      </c>
+      <c r="H33" s="27"/>
+      <c r="I33" s="28">
+        <v>0</v>
+      </c>
+      <c r="J33" s="6"/>
+    </row>
+    <row r="34" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="2"/>
+      <c r="B34" s="48" t="s">
+        <v>162</v>
+      </c>
+      <c r="C34" s="23">
+        <v>-592174.81999999995</v>
+      </c>
+      <c r="D34" s="29"/>
+      <c r="E34" s="23">
+        <v>586346.42000000004</v>
+      </c>
+      <c r="F34" s="25"/>
+      <c r="G34" s="26">
+        <v>1178521.24</v>
+      </c>
+      <c r="H34" s="27"/>
+      <c r="I34" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J34" s="6"/>
+    </row>
+    <row r="35" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="2"/>
+      <c r="B35" s="48" t="s">
+        <v>85</v>
+      </c>
+      <c r="C35" s="23">
+        <v>15279869.33</v>
+      </c>
+      <c r="D35" s="29"/>
+      <c r="E35" s="23">
+        <v>2236796.7000000002</v>
+      </c>
+      <c r="F35" s="30"/>
+      <c r="G35" s="26">
+        <v>-13043072.630000001</v>
+      </c>
+      <c r="H35" s="27"/>
+      <c r="I35" s="28">
+        <v>-0.85361152954309982</v>
+      </c>
+      <c r="J35" s="6"/>
+    </row>
+    <row r="36" spans="1:13" s="1" customFormat="1" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="2"/>
+      <c r="B36" s="66"/>
+      <c r="C36" s="67"/>
+      <c r="D36" s="68"/>
+      <c r="E36" s="67"/>
+      <c r="F36" s="68"/>
+      <c r="G36" s="67"/>
+      <c r="H36" s="69"/>
+      <c r="I36" s="70"/>
+      <c r="J36" s="2"/>
+    </row>
+    <row r="37" spans="1:13" s="1" customFormat="1" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="2"/>
+      <c r="B37" s="49" t="s">
+        <v>163</v>
+      </c>
+      <c r="C37" s="31">
+        <v>1095740070.53</v>
+      </c>
+      <c r="D37" s="32"/>
+      <c r="E37" s="31">
+        <v>1141863740.4999998</v>
+      </c>
+      <c r="F37" s="32"/>
+      <c r="G37" s="95">
+        <v>46123669.969999999</v>
+      </c>
+      <c r="H37" s="96"/>
+      <c r="I37" s="97">
+        <v>4.2093623488360876E-2</v>
+      </c>
+      <c r="J37" s="2"/>
+    </row>
+    <row r="38" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="2"/>
+      <c r="B38" s="71"/>
+      <c r="C38" s="71"/>
+      <c r="D38" s="71"/>
+      <c r="E38" s="71"/>
+      <c r="F38" s="71"/>
+      <c r="G38" s="71"/>
+      <c r="H38" s="71"/>
+      <c r="I38" s="71"/>
+      <c r="J38" s="2"/>
+    </row>
+    <row r="39" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="2"/>
+      <c r="B39" s="121" t="s">
+        <v>142</v>
+      </c>
+      <c r="C39" s="121"/>
+      <c r="D39" s="121"/>
+      <c r="E39" s="121"/>
+      <c r="F39" s="121"/>
+      <c r="G39" s="121"/>
+      <c r="H39" s="121"/>
+      <c r="I39" s="121"/>
+      <c r="J39" s="2"/>
+    </row>
+    <row r="40" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="2"/>
+      <c r="B40" s="121"/>
+      <c r="C40" s="121"/>
+      <c r="D40" s="121"/>
+      <c r="E40" s="121"/>
+      <c r="F40" s="121"/>
+      <c r="G40" s="121"/>
+      <c r="H40" s="121"/>
+      <c r="I40" s="121"/>
+      <c r="J40" s="2"/>
+    </row>
+    <row r="41" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="2"/>
+      <c r="B41" s="118" t="s">
         <v>213</v>
       </c>
-      <c r="J13" s="2"/>
-[...568 lines deleted...]
-      <c r="I41" s="46"/>
+      <c r="C41" s="34"/>
+      <c r="D41" s="34"/>
+      <c r="E41" s="34"/>
+      <c r="F41" s="34"/>
+      <c r="G41" s="34"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="45"/>
       <c r="J41" s="2"/>
     </row>
-    <row r="42" spans="1:13" x14ac:dyDescent="0.3">
-[...20 lines deleted...]
-      <c r="I43" s="13" t="s">
+    <row r="42" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="14"/>
+      <c r="B42" s="14"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="14"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="14"/>
+      <c r="I42" s="11"/>
+      <c r="J42" s="14"/>
+    </row>
+    <row r="43" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="15"/>
+      <c r="B43" s="15"/>
+      <c r="C43" s="16"/>
+      <c r="D43" s="16"/>
+      <c r="E43" s="16"/>
+      <c r="F43" s="16"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="16"/>
+      <c r="I43" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="J43" s="17"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="J43" s="16"/>
+    </row>
+    <row r="44" spans="1:13" s="1" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
-      <c r="C44" s="123"/>
-[...1 lines deleted...]
-      <c r="E44" s="123"/>
+      <c r="C44" s="124"/>
+      <c r="D44" s="124"/>
+      <c r="E44" s="124"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
-      <c r="I44" s="18"/>
+      <c r="I44" s="17"/>
       <c r="J44" s="2"/>
     </row>
-    <row r="45" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
-      <c r="C45" s="15"/>
-[...6 lines deleted...]
-      <c r="L45" s="99" t="s">
+      <c r="C45" s="14"/>
+      <c r="D45" s="18"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="14"/>
+      <c r="G45" s="14"/>
+      <c r="H45" s="14"/>
+      <c r="J45" s="14"/>
+      <c r="L45" s="98" t="s">
         <v>182</v>
       </c>
       <c r="M45" s="1" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="46" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
-      <c r="C46" s="124" t="s">
-[...7 lines deleted...]
-      <c r="I46" s="14" t="s">
+      <c r="C46" s="125" t="s">
+        <v>220</v>
+      </c>
+      <c r="D46" s="125"/>
+      <c r="E46" s="125"/>
+      <c r="F46" s="19"/>
+      <c r="G46" s="19"/>
+      <c r="H46" s="19"/>
+      <c r="I46" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="J46" s="15"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="J46" s="14"/>
+    </row>
+    <row r="47" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
-      <c r="E47" s="15"/>
+      <c r="E47" s="14"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
     </row>
-    <row r="48" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="2"/>
-      <c r="B48" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="22" t="s">
+      <c r="B48" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D48" s="23"/>
-      <c r="E48" s="22" t="s">
+      <c r="D48" s="22"/>
+      <c r="E48" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="F48" s="23"/>
-      <c r="G48" s="22" t="s">
+      <c r="F48" s="22"/>
+      <c r="G48" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="H48" s="23"/>
-      <c r="I48" s="22" t="s">
+      <c r="H48" s="22"/>
+      <c r="I48" s="21" t="s">
         <v>129</v>
       </c>
       <c r="J48" s="2"/>
     </row>
-    <row r="49" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
-      <c r="E49" s="24"/>
+      <c r="E49" s="23"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
-    <row r="50" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="2"/>
-      <c r="B50" s="49" t="s">
+      <c r="B50" s="48" t="s">
         <v>144</v>
       </c>
-      <c r="C50" s="24">
+      <c r="C50" s="23">
         <v>425791207.73000002</v>
       </c>
-      <c r="D50" s="25"/>
-      <c r="E50" s="24">
+      <c r="D50" s="24"/>
+      <c r="E50" s="23">
         <v>456410902.42000002</v>
       </c>
-      <c r="F50" s="26"/>
-      <c r="G50" s="27">
+      <c r="F50" s="25"/>
+      <c r="G50" s="26">
         <v>30619694.690000001</v>
       </c>
-      <c r="H50" s="28"/>
-      <c r="I50" s="29">
+      <c r="H50" s="27"/>
+      <c r="I50" s="28">
         <v>7.1912463512906921E-2</v>
       </c>
     </row>
-    <row r="51" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A51" s="2"/>
-      <c r="B51" s="49" t="s">
+      <c r="B51" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C51" s="24">
+      <c r="C51" s="23">
         <v>1151348918.05</v>
       </c>
-      <c r="D51" s="30"/>
-      <c r="E51" s="24">
+      <c r="D51" s="29"/>
+      <c r="E51" s="23">
         <v>1140279729.6600001</v>
       </c>
-      <c r="F51" s="31"/>
-      <c r="G51" s="27">
+      <c r="F51" s="30"/>
+      <c r="G51" s="26">
         <v>-11069188.390000001</v>
       </c>
-      <c r="H51" s="26"/>
-      <c r="I51" s="29">
+      <c r="H51" s="25"/>
+      <c r="I51" s="28">
         <v>-9.6141041316541997E-3</v>
       </c>
     </row>
-    <row r="52" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="2"/>
-      <c r="B52" s="49" t="s">
+      <c r="B52" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="C52" s="24">
+      <c r="C52" s="23">
         <v>89320794.709999993</v>
       </c>
-      <c r="D52" s="30"/>
-      <c r="E52" s="24">
+      <c r="D52" s="29"/>
+      <c r="E52" s="23">
         <v>62442616.450000003</v>
       </c>
-      <c r="F52" s="31"/>
-      <c r="G52" s="27">
+      <c r="F52" s="30"/>
+      <c r="G52" s="26">
         <v>-26878178.260000002</v>
       </c>
-      <c r="H52" s="26"/>
-      <c r="I52" s="29">
+      <c r="H52" s="25"/>
+      <c r="I52" s="28">
         <v>-0.30091736585266671</v>
       </c>
     </row>
-    <row r="53" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A53" s="2"/>
-      <c r="B53" s="49" t="s">
+      <c r="B53" s="48" t="s">
         <v>147</v>
       </c>
-      <c r="C53" s="24">
+      <c r="C53" s="23">
         <v>3173994.68</v>
       </c>
-      <c r="D53" s="30"/>
-      <c r="E53" s="24">
+      <c r="D53" s="29"/>
+      <c r="E53" s="23">
         <v>7518660.0199999996</v>
       </c>
-      <c r="F53" s="26"/>
-      <c r="G53" s="27">
+      <c r="F53" s="25"/>
+      <c r="G53" s="26">
         <v>4344665.34</v>
       </c>
-      <c r="H53" s="26"/>
-      <c r="I53" s="29">
+      <c r="H53" s="25"/>
+      <c r="I53" s="28">
         <v>1.3688319540598601</v>
       </c>
     </row>
-    <row r="54" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="2"/>
-      <c r="B54" s="49" t="s">
+      <c r="B54" s="48" t="s">
         <v>148</v>
       </c>
-      <c r="C54" s="24">
+      <c r="C54" s="23">
         <v>-6610965.8099999996</v>
       </c>
-      <c r="D54" s="30"/>
-      <c r="E54" s="24">
+      <c r="D54" s="29"/>
+      <c r="E54" s="23">
         <v>-5692885.7400000002</v>
       </c>
-      <c r="F54" s="26"/>
-      <c r="G54" s="27">
+      <c r="F54" s="25"/>
+      <c r="G54" s="26">
         <v>918080.07</v>
       </c>
-      <c r="H54" s="26"/>
-      <c r="I54" s="29" t="s">
+      <c r="H54" s="25"/>
+      <c r="I54" s="28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="2"/>
+      <c r="B55" s="48" t="s">
+        <v>150</v>
+      </c>
+      <c r="C55" s="23">
+        <v>11817012.449999999</v>
+      </c>
+      <c r="D55" s="29"/>
+      <c r="E55" s="23">
+        <v>11653603.51</v>
+      </c>
+      <c r="F55" s="25"/>
+      <c r="G55" s="26">
+        <v>-163408.94</v>
+      </c>
+      <c r="H55" s="25"/>
+      <c r="I55" s="28">
+        <v>-1.3828278567989738E-2</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="2"/>
+      <c r="B56" s="48" t="s">
+        <v>151</v>
+      </c>
+      <c r="C56" s="23">
+        <v>776025.03</v>
+      </c>
+      <c r="D56" s="29"/>
+      <c r="E56" s="23">
+        <v>2405898.14</v>
+      </c>
+      <c r="F56" s="25"/>
+      <c r="G56" s="26">
+        <v>1629873.11</v>
+      </c>
+      <c r="H56" s="25"/>
+      <c r="I56" s="28">
+        <v>2.100284200884603</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="2"/>
+      <c r="B57" s="48" t="s">
+        <v>152</v>
+      </c>
+      <c r="C57" s="23">
+        <v>11146508.1</v>
+      </c>
+      <c r="D57" s="29"/>
+      <c r="E57" s="23">
+        <v>10632644.98</v>
+      </c>
+      <c r="F57" s="25"/>
+      <c r="G57" s="26">
+        <v>-513863.12</v>
+      </c>
+      <c r="H57" s="25"/>
+      <c r="I57" s="28">
+        <v>-4.610081609324812E-2</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="2"/>
+      <c r="B58" s="48" t="s">
+        <v>66</v>
+      </c>
+      <c r="C58" s="23">
+        <v>1454197.5</v>
+      </c>
+      <c r="D58" s="29"/>
+      <c r="E58" s="23">
+        <v>1634944</v>
+      </c>
+      <c r="F58" s="25"/>
+      <c r="G58" s="26">
+        <v>180746.5</v>
+      </c>
+      <c r="H58" s="25"/>
+      <c r="I58" s="28">
+        <v>0.12429295195460033</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="2"/>
+      <c r="B59" s="48" t="s">
+        <v>153</v>
+      </c>
+      <c r="C59" s="23">
+        <v>1062991.82</v>
+      </c>
+      <c r="D59" s="29"/>
+      <c r="E59" s="23">
+        <v>1205033.44</v>
+      </c>
+      <c r="F59" s="25"/>
+      <c r="G59" s="26">
+        <v>142041.62</v>
+      </c>
+      <c r="H59" s="25"/>
+      <c r="I59" s="28">
+        <v>0.13362437727883947</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="2"/>
+      <c r="B60" s="48" t="s">
+        <v>154</v>
+      </c>
+      <c r="C60" s="23">
+        <v>9402612.0099999998</v>
+      </c>
+      <c r="D60" s="29"/>
+      <c r="E60" s="23">
+        <v>11577793.18</v>
+      </c>
+      <c r="F60" s="25"/>
+      <c r="G60" s="26">
+        <v>2175181.17</v>
+      </c>
+      <c r="H60" s="25"/>
+      <c r="I60" s="28">
+        <v>0.23133796945855267</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="2"/>
+      <c r="B61" s="48" t="s">
+        <v>143</v>
+      </c>
+      <c r="C61" s="23">
+        <v>11773334.17</v>
+      </c>
+      <c r="D61" s="29"/>
+      <c r="E61" s="23">
+        <v>12294202.34</v>
+      </c>
+      <c r="F61" s="25"/>
+      <c r="G61" s="26">
+        <v>520868.17</v>
+      </c>
+      <c r="H61" s="25"/>
+      <c r="I61" s="28">
+        <v>4.4241347648760421E-2</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="2"/>
+      <c r="B62" s="48" t="s">
+        <v>70</v>
+      </c>
+      <c r="C62" s="23">
+        <v>74692902.200000003</v>
+      </c>
+      <c r="D62" s="29"/>
+      <c r="E62" s="23">
+        <v>85574648.150000006</v>
+      </c>
+      <c r="F62" s="25"/>
+      <c r="G62" s="26">
+        <v>10881745.949999999</v>
+      </c>
+      <c r="H62" s="25"/>
+      <c r="I62" s="28">
+        <v>0.14568647929709178</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="2"/>
+      <c r="B63" s="48" t="s">
+        <v>155</v>
+      </c>
+      <c r="C63" s="23">
+        <v>1257810.3700000001</v>
+      </c>
+      <c r="D63" s="29"/>
+      <c r="E63" s="23">
+        <v>255351.83</v>
+      </c>
+      <c r="F63" s="25"/>
+      <c r="G63" s="26">
+        <v>-1002458.54</v>
+      </c>
+      <c r="H63" s="25"/>
+      <c r="I63" s="28">
+        <v>-0.7969870211834873</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="2"/>
+      <c r="B64" s="48" t="s">
+        <v>156</v>
+      </c>
+      <c r="C64" s="23">
+        <v>1077560.1599999999</v>
+      </c>
+      <c r="D64" s="29"/>
+      <c r="E64" s="23">
+        <v>1024186.12</v>
+      </c>
+      <c r="F64" s="25"/>
+      <c r="G64" s="26">
+        <v>-53374.04</v>
+      </c>
+      <c r="H64" s="25"/>
+      <c r="I64" s="28">
+        <v>-4.9532306391134484E-2</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="2"/>
+      <c r="B65" s="48" t="s">
+        <v>73</v>
+      </c>
+      <c r="C65" s="23">
+        <v>0</v>
+      </c>
+      <c r="D65" s="29"/>
+      <c r="E65" s="23">
+        <v>0</v>
+      </c>
+      <c r="F65" s="25"/>
+      <c r="G65" s="26">
+        <v>0</v>
+      </c>
+      <c r="H65" s="25"/>
+      <c r="I65" s="28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="2"/>
+      <c r="B66" s="48" t="s">
+        <v>157</v>
+      </c>
+      <c r="C66" s="23">
+        <v>565468</v>
+      </c>
+      <c r="D66" s="29"/>
+      <c r="E66" s="23">
+        <v>565468</v>
+      </c>
+      <c r="F66" s="25"/>
+      <c r="G66" s="26">
+        <v>0</v>
+      </c>
+      <c r="H66" s="25"/>
+      <c r="I66" s="28">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="2"/>
+      <c r="B67" s="48" t="s">
+        <v>158</v>
+      </c>
+      <c r="C67" s="23">
+        <v>4769.53</v>
+      </c>
+      <c r="D67" s="29"/>
+      <c r="E67" s="23">
+        <v>9266.0499999999993</v>
+      </c>
+      <c r="F67" s="25"/>
+      <c r="G67" s="26">
+        <v>4496.5200000000004</v>
+      </c>
+      <c r="H67" s="25"/>
+      <c r="I67" s="28">
+        <v>0.94275955911798426</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="2"/>
+      <c r="B68" s="48" t="s">
+        <v>76</v>
+      </c>
+      <c r="C68" s="23">
+        <v>0</v>
+      </c>
+      <c r="D68" s="29"/>
+      <c r="E68" s="23">
+        <v>0</v>
+      </c>
+      <c r="F68" s="25"/>
+      <c r="G68" s="26">
+        <v>0</v>
+      </c>
+      <c r="H68" s="25"/>
+      <c r="I68" s="28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="2"/>
+      <c r="B69" s="48" t="s">
+        <v>159</v>
+      </c>
+      <c r="C69" s="23">
+        <v>0</v>
+      </c>
+      <c r="D69" s="29"/>
+      <c r="E69" s="23">
+        <v>0</v>
+      </c>
+      <c r="F69" s="25"/>
+      <c r="G69" s="26">
+        <v>0</v>
+      </c>
+      <c r="H69" s="25"/>
+      <c r="I69" s="28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="2"/>
+      <c r="B70" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="C70" s="23">
+        <v>0</v>
+      </c>
+      <c r="D70" s="29"/>
+      <c r="E70" s="23">
+        <v>0</v>
+      </c>
+      <c r="F70" s="25"/>
+      <c r="G70" s="26">
+        <v>0</v>
+      </c>
+      <c r="H70" s="25"/>
+      <c r="I70" s="28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="2"/>
+      <c r="B71" s="48" t="s">
+        <v>160</v>
+      </c>
+      <c r="C71" s="23">
+        <v>28248.45</v>
+      </c>
+      <c r="D71" s="29"/>
+      <c r="E71" s="23">
+        <v>60143.69</v>
+      </c>
+      <c r="F71" s="25"/>
+      <c r="G71" s="26">
+        <v>31895.24</v>
+      </c>
+      <c r="H71" s="25"/>
+      <c r="I71" s="28">
+        <v>1.1290969947023641</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="2"/>
+      <c r="B72" s="48" t="s">
+        <v>80</v>
+      </c>
+      <c r="C72" s="23">
+        <v>28832</v>
+      </c>
+      <c r="D72" s="29"/>
+      <c r="E72" s="23">
+        <v>52696</v>
+      </c>
+      <c r="F72" s="25"/>
+      <c r="G72" s="26">
+        <v>23864</v>
+      </c>
+      <c r="H72" s="25"/>
+      <c r="I72" s="28">
+        <v>0.8276914539400666</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="2"/>
+      <c r="B73" s="48" t="s">
+        <v>82</v>
+      </c>
+      <c r="C73" s="23">
+        <v>2325832.6</v>
+      </c>
+      <c r="D73" s="29"/>
+      <c r="E73" s="23">
+        <v>2307821.21</v>
+      </c>
+      <c r="F73" s="25"/>
+      <c r="G73" s="26">
+        <v>-18011.39</v>
+      </c>
+      <c r="H73" s="25"/>
+      <c r="I73" s="28">
+        <v>-7.7440612019973321E-3</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="2"/>
+      <c r="B74" s="48" t="s">
+        <v>161</v>
+      </c>
+      <c r="C74" s="23">
+        <v>3750000</v>
+      </c>
+      <c r="D74" s="29"/>
+      <c r="E74" s="23">
+        <v>3750000</v>
+      </c>
+      <c r="F74" s="25"/>
+      <c r="G74" s="26">
+        <v>0</v>
+      </c>
+      <c r="H74" s="25"/>
+      <c r="I74" s="28">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="2"/>
+      <c r="B75" s="48" t="s">
+        <v>162</v>
+      </c>
+      <c r="C75" s="23">
+        <v>-1391974.82</v>
+      </c>
+      <c r="D75" s="29"/>
+      <c r="E75" s="23">
+        <v>-357601.75</v>
+      </c>
+      <c r="F75" s="25"/>
+      <c r="G75" s="26">
+        <v>1034373.07</v>
+      </c>
+      <c r="H75" s="25"/>
+      <c r="I75" s="28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="2"/>
+      <c r="B76" s="48" t="s">
+        <v>85</v>
+      </c>
+      <c r="C76" s="23">
+        <v>15485446.76</v>
+      </c>
+      <c r="D76" s="29"/>
+      <c r="E76" s="23">
+        <v>2387709.63</v>
+      </c>
+      <c r="F76" s="30"/>
+      <c r="G76" s="26">
+        <v>-13097737.130000001</v>
+      </c>
+      <c r="H76" s="25"/>
+      <c r="I76" s="28">
+        <v>-0.84580944502243083</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" s="1" customFormat="1" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="2"/>
+      <c r="B77" s="66"/>
+      <c r="C77" s="67"/>
+      <c r="D77" s="68"/>
+      <c r="E77" s="67"/>
+      <c r="F77" s="68"/>
+      <c r="G77" s="67"/>
+      <c r="H77" s="69"/>
+      <c r="I77" s="70"/>
+    </row>
+    <row r="78" spans="1:9" s="1" customFormat="1" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="2"/>
+      <c r="B78" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="C78" s="31">
+        <v>1808281525.6899998</v>
+      </c>
+      <c r="D78" s="32"/>
+      <c r="E78" s="31">
+        <v>1807992831.3300002</v>
+      </c>
+      <c r="F78" s="32"/>
+      <c r="G78" s="31">
+        <v>-288694.35999965668</v>
+      </c>
+      <c r="H78" s="33"/>
+      <c r="I78" s="35">
+        <v>-1.5965122460093184E-4</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="2"/>
+      <c r="B79" s="71"/>
+      <c r="C79" s="71"/>
+      <c r="D79" s="71"/>
+      <c r="E79" s="71"/>
+      <c r="F79" s="71"/>
+      <c r="G79" s="71"/>
+      <c r="H79" s="71"/>
+      <c r="I79" s="71"/>
+    </row>
+    <row r="80" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="2"/>
+      <c r="B80" s="121" t="s">
+        <v>142</v>
+      </c>
+      <c r="C80" s="121"/>
+      <c r="D80" s="121"/>
+      <c r="E80" s="121"/>
+      <c r="F80" s="121"/>
+      <c r="G80" s="121"/>
+      <c r="H80" s="121"/>
+      <c r="I80" s="121"/>
+    </row>
+    <row r="81" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="2"/>
+      <c r="B81" s="121"/>
+      <c r="C81" s="121"/>
+      <c r="D81" s="121"/>
+      <c r="E81" s="121"/>
+      <c r="F81" s="121"/>
+      <c r="G81" s="121"/>
+      <c r="H81" s="121"/>
+      <c r="I81" s="121"/>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A82" s="110"/>
+      <c r="B82" s="118" t="s">
         <v>213</v>
       </c>
-    </row>
-[...540 lines deleted...]
-      <c r="I82" s="46"/>
+      <c r="C82" s="116"/>
+      <c r="D82" s="116"/>
+      <c r="E82" s="116"/>
+      <c r="F82" s="116"/>
+      <c r="G82" s="116"/>
+      <c r="H82" s="116"/>
+      <c r="I82" s="117"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B80:I81"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="B39:I40"/>
     <mergeCell ref="C44:E44"/>
     <mergeCell ref="C46:E46"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="41" max="9" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C78513A6-FB5F-4CB8-B08C-6B0B4C908A87}">
   <sheetPr codeName="Sheet14">
     <tabColor theme="8"/>
   </sheetPr>
   <dimension ref="A1:M82"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G16" sqref="G16"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I43" sqref="I43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="28.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15" style="1" customWidth="1"/>
     <col min="4" max="4" width="2.28515625" style="1" customWidth="1"/>
     <col min="5" max="5" width="15" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="14.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="2.85546875" style="1" customWidth="1"/>
     <col min="9" max="9" width="11.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="3" style="1" customWidth="1"/>
     <col min="11" max="15" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="16" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A1" s="15"/>
-[...8 lines deleted...]
-      <c r="J1" s="15"/>
+      <c r="A1" s="14"/>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="14"/>
+      <c r="F1" s="14"/>
+      <c r="G1" s="14"/>
+      <c r="H1" s="14"/>
+      <c r="I1" s="11"/>
+      <c r="J1" s="14"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A2" s="16"/>
-[...7 lines deleted...]
-      <c r="I2" s="13" t="s">
+      <c r="A2" s="15"/>
+      <c r="B2" s="15"/>
+      <c r="C2" s="16"/>
+      <c r="D2" s="16"/>
+      <c r="E2" s="16"/>
+      <c r="F2" s="16"/>
+      <c r="G2" s="16"/>
+      <c r="H2" s="16"/>
+      <c r="I2" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="J2" s="17"/>
+      <c r="J2" s="16"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
-      <c r="C3" s="123"/>
-[...1 lines deleted...]
-      <c r="E3" s="123"/>
+      <c r="C3" s="124"/>
+      <c r="D3" s="124"/>
+      <c r="E3" s="124"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
-      <c r="I3" s="18"/>
+      <c r="I3" s="17"/>
       <c r="J3" s="2"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
-      <c r="C4" s="15"/>
-[...5 lines deleted...]
-      <c r="J4" s="15"/>
+      <c r="C4" s="14"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="14"/>
+      <c r="F4" s="14"/>
+      <c r="G4" s="14"/>
+      <c r="H4" s="14"/>
+      <c r="J4" s="14"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
-      <c r="C5" s="124" t="s">
+      <c r="C5" s="125" t="s">
         <v>64</v>
       </c>
-      <c r="D5" s="124"/>
-[...4 lines deleted...]
-      <c r="I5" s="14" t="s">
+      <c r="D5" s="125"/>
+      <c r="E5" s="125"/>
+      <c r="F5" s="19"/>
+      <c r="G5" s="19"/>
+      <c r="H5" s="19"/>
+      <c r="I5" s="13" t="s">
         <v>164</v>
       </c>
-      <c r="J5" s="15"/>
+      <c r="J5" s="14"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
-      <c r="E6" s="15"/>
+      <c r="E6" s="14"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A7" s="2"/>
-      <c r="B7" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="22" t="s">
+      <c r="B7" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D7" s="23"/>
-      <c r="E7" s="22" t="s">
+      <c r="D7" s="22"/>
+      <c r="E7" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="F7" s="23"/>
-      <c r="G7" s="22" t="s">
+      <c r="F7" s="22"/>
+      <c r="G7" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="H7" s="23"/>
-      <c r="I7" s="22" t="s">
+      <c r="H7" s="22"/>
+      <c r="I7" s="21" t="s">
         <v>129</v>
       </c>
       <c r="J7" s="2"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
-      <c r="E8" s="24"/>
+      <c r="E8" s="23"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A9" s="2"/>
-      <c r="B9" s="49" t="s">
+      <c r="B9" s="48" t="s">
         <v>144</v>
       </c>
-      <c r="C9" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C9" s="23">
+        <v>0</v>
+      </c>
+      <c r="D9" s="24"/>
+      <c r="E9" s="23">
+        <v>0</v>
+      </c>
+      <c r="F9" s="25"/>
+      <c r="G9" s="26">
+        <v>0</v>
+      </c>
+      <c r="H9" s="27"/>
+      <c r="I9" s="28" t="s">
+        <v>212</v>
       </c>
       <c r="J9" s="2"/>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A10" s="2"/>
-      <c r="B10" s="49" t="s">
+      <c r="B10" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C10" s="24">
+      <c r="C10" s="23">
         <v>592861011.5</v>
       </c>
-      <c r="D10" s="30"/>
-      <c r="E10" s="24">
+      <c r="D10" s="29"/>
+      <c r="E10" s="23">
         <v>572201566.24000001</v>
       </c>
-      <c r="F10" s="31"/>
-      <c r="G10" s="27">
+      <c r="F10" s="30"/>
+      <c r="G10" s="26">
         <v>-20659445.260000002</v>
       </c>
-      <c r="H10" s="28"/>
-      <c r="I10" s="29">
+      <c r="H10" s="27"/>
+      <c r="I10" s="28">
         <v>-3.4847029673497065E-2</v>
       </c>
       <c r="J10" s="2"/>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A11" s="2"/>
-      <c r="B11" s="49" t="s">
+      <c r="B11" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="C11" s="24">
+      <c r="C11" s="23">
         <v>73441862.5</v>
       </c>
-      <c r="D11" s="30"/>
-      <c r="E11" s="24">
+      <c r="D11" s="29"/>
+      <c r="E11" s="23">
         <v>36465530.939999998</v>
       </c>
-      <c r="F11" s="31"/>
-      <c r="G11" s="27">
+      <c r="F11" s="30"/>
+      <c r="G11" s="26">
         <v>-36976331.560000002</v>
       </c>
-      <c r="H11" s="28"/>
-      <c r="I11" s="29">
+      <c r="H11" s="27"/>
+      <c r="I11" s="28">
         <v>-0.50347758487197958</v>
       </c>
       <c r="J11" s="2"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A12" s="2"/>
-      <c r="B12" s="49" t="s">
+      <c r="B12" s="48" t="s">
         <v>147</v>
       </c>
-      <c r="C12" s="24">
+      <c r="C12" s="23">
         <v>1296242.18</v>
       </c>
-      <c r="D12" s="30"/>
-      <c r="E12" s="24">
+      <c r="D12" s="29"/>
+      <c r="E12" s="23">
         <v>4511157.16</v>
       </c>
-      <c r="F12" s="26"/>
-      <c r="G12" s="27">
+      <c r="F12" s="25"/>
+      <c r="G12" s="26">
         <v>3214914.98</v>
       </c>
-      <c r="H12" s="28"/>
-      <c r="I12" s="29">
+      <c r="H12" s="27"/>
+      <c r="I12" s="28">
         <v>2.4801808100396796</v>
       </c>
       <c r="J12" s="2"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A13" s="2"/>
-      <c r="B13" s="49" t="s">
+      <c r="B13" s="48" t="s">
         <v>148</v>
       </c>
-      <c r="C13" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C13" s="23">
+        <v>0</v>
+      </c>
+      <c r="D13" s="29"/>
+      <c r="E13" s="23">
+        <v>0</v>
+      </c>
+      <c r="F13" s="25"/>
+      <c r="G13" s="26">
+        <v>0</v>
+      </c>
+      <c r="H13" s="27"/>
+      <c r="I13" s="28" t="s">
+        <v>212</v>
       </c>
       <c r="J13" s="2"/>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A14" s="2"/>
-      <c r="B14" s="49" t="s">
+      <c r="B14" s="48" t="s">
         <v>150</v>
       </c>
-      <c r="C14" s="24">
+      <c r="C14" s="23">
         <v>658327.06999999995</v>
       </c>
-      <c r="D14" s="30"/>
-      <c r="E14" s="24">
+      <c r="D14" s="29"/>
+      <c r="E14" s="23">
         <v>279721.33</v>
       </c>
-      <c r="F14" s="26"/>
-      <c r="G14" s="27">
+      <c r="F14" s="25"/>
+      <c r="G14" s="26">
         <v>-378605.74</v>
       </c>
-      <c r="H14" s="28"/>
-      <c r="I14" s="29">
+      <c r="H14" s="27"/>
+      <c r="I14" s="28">
         <v>-0.57510279806662368</v>
       </c>
-      <c r="J14" s="7"/>
+      <c r="J14" s="6"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A15" s="2"/>
-      <c r="B15" s="49" t="s">
+      <c r="B15" s="48" t="s">
         <v>151</v>
       </c>
-      <c r="C15" s="24">
+      <c r="C15" s="23">
         <v>562.04</v>
       </c>
-      <c r="D15" s="30"/>
-      <c r="E15" s="24">
+      <c r="D15" s="29"/>
+      <c r="E15" s="23">
         <v>1097532.79</v>
       </c>
-      <c r="F15" s="26"/>
-      <c r="G15" s="27">
+      <c r="F15" s="25"/>
+      <c r="G15" s="26">
         <v>1096970.75</v>
       </c>
-      <c r="H15" s="28"/>
-      <c r="I15" s="29">
+      <c r="H15" s="27"/>
+      <c r="I15" s="28">
         <v>1951.7663333569278</v>
       </c>
-      <c r="J15" s="7"/>
+      <c r="J15" s="6"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A16" s="2"/>
-      <c r="B16" s="49" t="s">
+      <c r="B16" s="48" t="s">
         <v>152</v>
       </c>
-      <c r="C16" s="24">
+      <c r="C16" s="23">
         <v>980862.18</v>
       </c>
-      <c r="D16" s="30"/>
-      <c r="E16" s="24">
+      <c r="D16" s="29"/>
+      <c r="E16" s="23">
         <v>580004.48</v>
       </c>
-      <c r="F16" s="26"/>
-      <c r="G16" s="27">
+      <c r="F16" s="25"/>
+      <c r="G16" s="26">
         <v>-400857.7</v>
       </c>
-      <c r="H16" s="28"/>
-      <c r="I16" s="29">
+      <c r="H16" s="27"/>
+      <c r="I16" s="28">
         <v>-0.40867892367916769</v>
       </c>
-      <c r="J16" s="7"/>
+      <c r="J16" s="6"/>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A17" s="2"/>
-      <c r="B17" s="49" t="s">
+      <c r="B17" s="48" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="24">
+      <c r="C17" s="23">
         <v>641092.5</v>
       </c>
-      <c r="D17" s="30"/>
-      <c r="E17" s="24">
+      <c r="D17" s="29"/>
+      <c r="E17" s="23">
         <v>431087</v>
       </c>
-      <c r="F17" s="26"/>
-      <c r="G17" s="27">
+      <c r="F17" s="25"/>
+      <c r="G17" s="26">
         <v>-210005.5</v>
       </c>
-      <c r="H17" s="28"/>
-      <c r="I17" s="29">
+      <c r="H17" s="27"/>
+      <c r="I17" s="28">
         <v>-0.32757441398862097</v>
       </c>
-      <c r="J17" s="7"/>
+      <c r="J17" s="6"/>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A18" s="2"/>
-      <c r="B18" s="49" t="s">
+      <c r="B18" s="48" t="s">
         <v>153</v>
       </c>
-      <c r="C18" s="24">
+      <c r="C18" s="23">
         <v>515907.37</v>
       </c>
-      <c r="D18" s="30"/>
-      <c r="E18" s="24">
+      <c r="D18" s="29"/>
+      <c r="E18" s="23">
         <v>557143.81000000006</v>
       </c>
-      <c r="F18" s="26"/>
-      <c r="G18" s="27">
+      <c r="F18" s="25"/>
+      <c r="G18" s="26">
         <v>41236.44</v>
       </c>
-      <c r="H18" s="28"/>
-      <c r="I18" s="29">
+      <c r="H18" s="27"/>
+      <c r="I18" s="28">
         <v>7.9929930057017984E-2</v>
       </c>
-      <c r="J18" s="7"/>
+      <c r="J18" s="6"/>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A19" s="2"/>
-      <c r="B19" s="49" t="s">
+      <c r="B19" s="48" t="s">
         <v>154</v>
       </c>
-      <c r="C19" s="24">
+      <c r="C19" s="23">
         <v>5356984.33</v>
       </c>
-      <c r="D19" s="30"/>
-      <c r="E19" s="24">
+      <c r="D19" s="29"/>
+      <c r="E19" s="23">
         <v>7043846.4199999999</v>
       </c>
-      <c r="F19" s="26"/>
-      <c r="G19" s="27">
+      <c r="F19" s="25"/>
+      <c r="G19" s="26">
         <v>1686862.09</v>
       </c>
-      <c r="H19" s="28"/>
-      <c r="I19" s="29">
+      <c r="H19" s="27"/>
+      <c r="I19" s="28">
         <v>0.31489024161472567</v>
       </c>
-      <c r="J19" s="7"/>
+      <c r="J19" s="6"/>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A20" s="2"/>
-      <c r="B20" s="49" t="s">
+      <c r="B20" s="48" t="s">
         <v>143</v>
       </c>
-      <c r="C20" s="24">
-[...14 lines deleted...]
-      <c r="J20" s="7"/>
+      <c r="C20" s="23">
+        <v>0</v>
+      </c>
+      <c r="D20" s="29"/>
+      <c r="E20" s="23">
+        <v>0</v>
+      </c>
+      <c r="F20" s="25"/>
+      <c r="G20" s="26">
+        <v>0</v>
+      </c>
+      <c r="H20" s="27"/>
+      <c r="I20" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J20" s="6"/>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A21" s="2"/>
-      <c r="B21" s="49" t="s">
+      <c r="B21" s="48" t="s">
         <v>70</v>
       </c>
-      <c r="C21" s="24">
+      <c r="C21" s="23">
         <v>36402244.640000001</v>
       </c>
-      <c r="D21" s="30"/>
-      <c r="E21" s="24">
+      <c r="D21" s="29"/>
+      <c r="E21" s="23">
         <v>42597369.840000004</v>
       </c>
-      <c r="F21" s="26"/>
-      <c r="G21" s="27">
+      <c r="F21" s="25"/>
+      <c r="G21" s="26">
         <v>6195125.2000000002</v>
       </c>
-      <c r="H21" s="28"/>
-      <c r="I21" s="29">
+      <c r="H21" s="27"/>
+      <c r="I21" s="28">
         <v>0.17018525262018036</v>
       </c>
-      <c r="J21" s="7"/>
+      <c r="J21" s="6"/>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A22" s="2"/>
-      <c r="B22" s="49" t="s">
+      <c r="B22" s="48" t="s">
         <v>155</v>
       </c>
-      <c r="C22" s="24">
+      <c r="C22" s="23">
         <v>655852.72</v>
       </c>
-      <c r="D22" s="30"/>
-      <c r="E22" s="24">
+      <c r="D22" s="29"/>
+      <c r="E22" s="23">
         <v>825429.02</v>
       </c>
-      <c r="F22" s="26"/>
-      <c r="G22" s="27">
+      <c r="F22" s="25"/>
+      <c r="G22" s="26">
         <v>169576.3</v>
       </c>
-      <c r="H22" s="28"/>
-      <c r="I22" s="29">
+      <c r="H22" s="27"/>
+      <c r="I22" s="28">
         <v>0.25855850685501469</v>
       </c>
-      <c r="J22" s="7"/>
+      <c r="J22" s="6"/>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A23" s="2"/>
-      <c r="B23" s="49" t="s">
+      <c r="B23" s="48" t="s">
         <v>156</v>
       </c>
-      <c r="C23" s="24">
-[...14 lines deleted...]
-      <c r="J23" s="7"/>
+      <c r="C23" s="23">
+        <v>0</v>
+      </c>
+      <c r="D23" s="29"/>
+      <c r="E23" s="23">
+        <v>0</v>
+      </c>
+      <c r="F23" s="25"/>
+      <c r="G23" s="26">
+        <v>0</v>
+      </c>
+      <c r="H23" s="27"/>
+      <c r="I23" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J23" s="6"/>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
-      <c r="B24" s="49" t="s">
+      <c r="B24" s="48" t="s">
         <v>73</v>
       </c>
-      <c r="C24" s="24">
-[...14 lines deleted...]
-      <c r="J24" s="7"/>
+      <c r="C24" s="23">
+        <v>0</v>
+      </c>
+      <c r="D24" s="29"/>
+      <c r="E24" s="23">
+        <v>0</v>
+      </c>
+      <c r="F24" s="25"/>
+      <c r="G24" s="26">
+        <v>0</v>
+      </c>
+      <c r="H24" s="27"/>
+      <c r="I24" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J24" s="6"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A25" s="2"/>
-      <c r="B25" s="49" t="s">
+      <c r="B25" s="48" t="s">
         <v>157</v>
       </c>
-      <c r="C25" s="24">
+      <c r="C25" s="23">
         <v>282734</v>
       </c>
-      <c r="D25" s="30"/>
-      <c r="E25" s="24">
+      <c r="D25" s="29"/>
+      <c r="E25" s="23">
         <v>282734</v>
       </c>
-      <c r="F25" s="26"/>
-[...7 lines deleted...]
-      <c r="J25" s="7"/>
+      <c r="F25" s="25"/>
+      <c r="G25" s="26">
+        <v>0</v>
+      </c>
+      <c r="H25" s="27"/>
+      <c r="I25" s="28">
+        <v>0</v>
+      </c>
+      <c r="J25" s="6"/>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A26" s="2"/>
-      <c r="B26" s="49" t="s">
+      <c r="B26" s="48" t="s">
         <v>158</v>
       </c>
-      <c r="C26" s="24">
+      <c r="C26" s="23">
         <v>4769.53</v>
       </c>
-      <c r="D26" s="30"/>
-[...4 lines deleted...]
-      <c r="G26" s="27">
+      <c r="D26" s="29"/>
+      <c r="E26" s="23">
+        <v>0</v>
+      </c>
+      <c r="F26" s="25"/>
+      <c r="G26" s="26">
         <v>-4769.53</v>
       </c>
-      <c r="H26" s="28"/>
-[...3 lines deleted...]
-      <c r="J26" s="7"/>
+      <c r="H26" s="27"/>
+      <c r="I26" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J26" s="6"/>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A27" s="2"/>
-      <c r="B27" s="49" t="s">
+      <c r="B27" s="48" t="s">
         <v>76</v>
       </c>
-      <c r="C27" s="24">
-[...14 lines deleted...]
-      <c r="J27" s="7"/>
+      <c r="C27" s="23">
+        <v>0</v>
+      </c>
+      <c r="D27" s="29"/>
+      <c r="E27" s="23">
+        <v>0</v>
+      </c>
+      <c r="F27" s="25"/>
+      <c r="G27" s="26">
+        <v>0</v>
+      </c>
+      <c r="H27" s="27"/>
+      <c r="I27" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J27" s="6"/>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A28" s="2"/>
-      <c r="B28" s="49" t="s">
+      <c r="B28" s="48" t="s">
         <v>159</v>
       </c>
-      <c r="C28" s="24">
-[...14 lines deleted...]
-      <c r="J28" s="7"/>
+      <c r="C28" s="23">
+        <v>0</v>
+      </c>
+      <c r="D28" s="29"/>
+      <c r="E28" s="23">
+        <v>0</v>
+      </c>
+      <c r="F28" s="25"/>
+      <c r="G28" s="26">
+        <v>0</v>
+      </c>
+      <c r="H28" s="27"/>
+      <c r="I28" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J28" s="6"/>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A29" s="2"/>
-      <c r="B29" s="49" t="s">
+      <c r="B29" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="C29" s="24">
-[...14 lines deleted...]
-      <c r="J29" s="7"/>
+      <c r="C29" s="23">
+        <v>0</v>
+      </c>
+      <c r="D29" s="29"/>
+      <c r="E29" s="23">
+        <v>0</v>
+      </c>
+      <c r="F29" s="25"/>
+      <c r="G29" s="26">
+        <v>0</v>
+      </c>
+      <c r="H29" s="27"/>
+      <c r="I29" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J29" s="6"/>
     </row>
     <row r="30" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A30" s="2"/>
-      <c r="B30" s="49" t="s">
+      <c r="B30" s="48" t="s">
         <v>160</v>
       </c>
-      <c r="C30" s="24">
-[...3 lines deleted...]
-      <c r="E30" s="24">
+      <c r="C30" s="23">
+        <v>0</v>
+      </c>
+      <c r="D30" s="29"/>
+      <c r="E30" s="23">
         <v>-315.20999999999998</v>
       </c>
-      <c r="F30" s="26"/>
-      <c r="G30" s="27">
+      <c r="F30" s="25"/>
+      <c r="G30" s="26">
         <v>-315.20999999999998</v>
       </c>
-      <c r="H30" s="28"/>
-[...3 lines deleted...]
-      <c r="J30" s="7"/>
+      <c r="H30" s="27"/>
+      <c r="I30" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J30" s="6"/>
     </row>
     <row r="31" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A31" s="2"/>
-      <c r="B31" s="49" t="s">
+      <c r="B31" s="48" t="s">
         <v>80</v>
       </c>
-      <c r="C31" s="24">
+      <c r="C31" s="23">
         <v>18146</v>
       </c>
-      <c r="D31" s="30"/>
-      <c r="E31" s="24">
+      <c r="D31" s="29"/>
+      <c r="E31" s="23">
         <v>18392</v>
       </c>
-      <c r="F31" s="26"/>
-      <c r="G31" s="27">
+      <c r="F31" s="25"/>
+      <c r="G31" s="26">
         <v>246</v>
       </c>
-      <c r="H31" s="28"/>
-      <c r="I31" s="29">
+      <c r="H31" s="27"/>
+      <c r="I31" s="28">
         <v>1.3556706712223088E-2</v>
       </c>
-      <c r="J31" s="7"/>
+      <c r="J31" s="6"/>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A32" s="2"/>
-      <c r="B32" s="49" t="s">
+      <c r="B32" s="48" t="s">
         <v>82</v>
       </c>
-      <c r="C32" s="24">
+      <c r="C32" s="23">
         <v>19079.169999999998</v>
       </c>
-      <c r="D32" s="30"/>
-      <c r="E32" s="24">
+      <c r="D32" s="29"/>
+      <c r="E32" s="23">
         <v>30926.25</v>
       </c>
-      <c r="F32" s="26"/>
-      <c r="G32" s="27">
+      <c r="F32" s="25"/>
+      <c r="G32" s="26">
         <v>11847.08</v>
       </c>
-      <c r="H32" s="28"/>
-      <c r="I32" s="29">
+      <c r="H32" s="27"/>
+      <c r="I32" s="28">
         <v>0.62094315423565427</v>
       </c>
-      <c r="J32" s="7"/>
+      <c r="J32" s="6"/>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A33" s="2"/>
-      <c r="B33" s="49" t="s">
+      <c r="B33" s="48" t="s">
         <v>161</v>
       </c>
-      <c r="C33" s="24">
-[...14 lines deleted...]
-      <c r="J33" s="7"/>
+      <c r="C33" s="23">
+        <v>0</v>
+      </c>
+      <c r="D33" s="29"/>
+      <c r="E33" s="23">
+        <v>0</v>
+      </c>
+      <c r="F33" s="25"/>
+      <c r="G33" s="26">
+        <v>0</v>
+      </c>
+      <c r="H33" s="27"/>
+      <c r="I33" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J33" s="6"/>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A34" s="2"/>
-      <c r="B34" s="49" t="s">
+      <c r="B34" s="48" t="s">
         <v>162</v>
       </c>
-      <c r="C34" s="24">
+      <c r="C34" s="23">
         <v>-799800</v>
       </c>
-      <c r="D34" s="30"/>
-      <c r="E34" s="24">
+      <c r="D34" s="29"/>
+      <c r="E34" s="23">
         <v>-943948.17</v>
       </c>
-      <c r="F34" s="26"/>
-      <c r="G34" s="27">
+      <c r="F34" s="25"/>
+      <c r="G34" s="26">
         <v>-144148.17000000001</v>
       </c>
-      <c r="H34" s="28"/>
-[...3 lines deleted...]
-      <c r="J34" s="7"/>
+      <c r="H34" s="27"/>
+      <c r="I34" s="28" t="s">
+        <v>212</v>
+      </c>
+      <c r="J34" s="6"/>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A35" s="2"/>
-      <c r="B35" s="49" t="s">
+      <c r="B35" s="48" t="s">
         <v>85</v>
       </c>
-      <c r="C35" s="24">
+      <c r="C35" s="23">
         <v>205577.43</v>
       </c>
-      <c r="D35" s="30"/>
-      <c r="E35" s="24">
+      <c r="D35" s="29"/>
+      <c r="E35" s="23">
         <v>150912.93</v>
       </c>
-      <c r="F35" s="31"/>
-      <c r="G35" s="27">
+      <c r="F35" s="30"/>
+      <c r="G35" s="26">
         <v>-54664.5</v>
       </c>
-      <c r="H35" s="28"/>
-      <c r="I35" s="29">
+      <c r="H35" s="27"/>
+      <c r="I35" s="28">
         <v>-0.26590710857705602</v>
       </c>
-      <c r="J35" s="7"/>
+      <c r="J35" s="6"/>
     </row>
     <row r="36" spans="1:13" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
-      <c r="B36" s="67"/>
-[...6 lines deleted...]
-      <c r="I36" s="71"/>
+      <c r="B36" s="66"/>
+      <c r="C36" s="67"/>
+      <c r="D36" s="68"/>
+      <c r="E36" s="67"/>
+      <c r="F36" s="68"/>
+      <c r="G36" s="67"/>
+      <c r="H36" s="69"/>
+      <c r="I36" s="70"/>
       <c r="J36" s="2"/>
     </row>
     <row r="37" spans="1:13" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A37" s="2"/>
-      <c r="B37" s="50" t="s">
+      <c r="B37" s="49" t="s">
         <v>163</v>
       </c>
-      <c r="C37" s="32">
+      <c r="C37" s="31">
         <v>712541455.15999973</v>
       </c>
-      <c r="D37" s="33"/>
-      <c r="E37" s="32">
+      <c r="D37" s="32"/>
+      <c r="E37" s="31">
         <v>666129090.82999992</v>
       </c>
-      <c r="F37" s="33"/>
-      <c r="G37" s="96">
+      <c r="F37" s="32"/>
+      <c r="G37" s="95">
         <v>-46412364.329999998</v>
       </c>
-      <c r="H37" s="97"/>
-      <c r="I37" s="98">
+      <c r="H37" s="96"/>
+      <c r="I37" s="97">
         <v>-6.513637065450173E-2</v>
       </c>
       <c r="J37" s="2"/>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A38" s="2"/>
-      <c r="B38" s="72"/>
-[...6 lines deleted...]
-      <c r="I38" s="72"/>
+      <c r="B38" s="71"/>
+      <c r="C38" s="71"/>
+      <c r="D38" s="71"/>
+      <c r="E38" s="71"/>
+      <c r="F38" s="71"/>
+      <c r="G38" s="71"/>
+      <c r="H38" s="71"/>
+      <c r="I38" s="71"/>
       <c r="J38" s="2"/>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A39" s="2"/>
-      <c r="B39" s="120" t="s">
+      <c r="B39" s="121" t="s">
         <v>142</v>
       </c>
-      <c r="C39" s="120"/>
-[...5 lines deleted...]
-      <c r="I39" s="120"/>
+      <c r="C39" s="121"/>
+      <c r="D39" s="121"/>
+      <c r="E39" s="121"/>
+      <c r="F39" s="121"/>
+      <c r="G39" s="121"/>
+      <c r="H39" s="121"/>
+      <c r="I39" s="121"/>
       <c r="J39" s="2"/>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A40" s="2"/>
-      <c r="B40" s="120"/>
-[...6 lines deleted...]
-      <c r="I40" s="120"/>
+      <c r="B40" s="121"/>
+      <c r="C40" s="121"/>
+      <c r="D40" s="121"/>
+      <c r="E40" s="121"/>
+      <c r="F40" s="121"/>
+      <c r="G40" s="121"/>
+      <c r="H40" s="121"/>
+      <c r="I40" s="121"/>
       <c r="J40" s="2"/>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A41" s="2"/>
-      <c r="B41" s="119" t="s">
-[...8 lines deleted...]
-      <c r="I41" s="46"/>
+      <c r="B41" s="118" t="s">
+        <v>213</v>
+      </c>
+      <c r="C41" s="34"/>
+      <c r="D41" s="34"/>
+      <c r="E41" s="34"/>
+      <c r="F41" s="34"/>
+      <c r="G41" s="34"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="45"/>
       <c r="J41" s="2"/>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A42" s="15"/>
-[...8 lines deleted...]
-      <c r="J42" s="15"/>
+      <c r="A42" s="14"/>
+      <c r="B42" s="14"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="14"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="14"/>
+      <c r="I42" s="11"/>
+      <c r="J42" s="14"/>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A43" s="16"/>
-[...7 lines deleted...]
-      <c r="I43" s="13" t="s">
+      <c r="A43" s="15"/>
+      <c r="B43" s="15"/>
+      <c r="C43" s="16"/>
+      <c r="D43" s="16"/>
+      <c r="E43" s="16"/>
+      <c r="F43" s="16"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="16"/>
+      <c r="I43" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="J43" s="17"/>
+      <c r="J43" s="16"/>
     </row>
     <row r="44" spans="1:13" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
-      <c r="C44" s="123"/>
-[...1 lines deleted...]
-      <c r="E44" s="123"/>
+      <c r="C44" s="124"/>
+      <c r="D44" s="124"/>
+      <c r="E44" s="124"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
-      <c r="I44" s="18"/>
+      <c r="I44" s="17"/>
       <c r="J44" s="2"/>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
-      <c r="C45" s="15"/>
-[...6 lines deleted...]
-      <c r="L45" s="99" t="s">
+      <c r="C45" s="14"/>
+      <c r="D45" s="18"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="14"/>
+      <c r="G45" s="14"/>
+      <c r="H45" s="14"/>
+      <c r="J45" s="14"/>
+      <c r="L45" s="98" t="s">
         <v>181</v>
       </c>
       <c r="M45" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
-      <c r="C46" s="124" t="s">
+      <c r="C46" s="125" t="s">
         <v>64</v>
       </c>
-      <c r="D46" s="124"/>
-[...4 lines deleted...]
-      <c r="I46" s="14" t="s">
+      <c r="D46" s="125"/>
+      <c r="E46" s="125"/>
+      <c r="F46" s="19"/>
+      <c r="G46" s="19"/>
+      <c r="H46" s="19"/>
+      <c r="I46" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="J46" s="15"/>
+      <c r="J46" s="14"/>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
-      <c r="E47" s="15"/>
+      <c r="E47" s="14"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A48" s="2"/>
-      <c r="B48" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="22" t="s">
+      <c r="B48" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C48" s="21" t="s">
         <v>171</v>
       </c>
-      <c r="D48" s="23"/>
-      <c r="E48" s="22" t="s">
+      <c r="D48" s="22"/>
+      <c r="E48" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="F48" s="23"/>
-      <c r="G48" s="22" t="s">
+      <c r="F48" s="22"/>
+      <c r="G48" s="21" t="s">
         <v>130</v>
       </c>
-      <c r="H48" s="23"/>
-      <c r="I48" s="22" t="s">
+      <c r="H48" s="22"/>
+      <c r="I48" s="21" t="s">
         <v>129</v>
       </c>
       <c r="J48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
-      <c r="E49" s="24"/>
+      <c r="E49" s="23"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A50" s="2"/>
-      <c r="B50" s="49" t="s">
+      <c r="B50" s="48" t="s">
         <v>144</v>
       </c>
-      <c r="C50" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C50" s="23">
+        <v>0</v>
+      </c>
+      <c r="D50" s="24"/>
+      <c r="E50" s="23">
+        <v>0</v>
+      </c>
+      <c r="F50" s="25"/>
+      <c r="G50" s="26">
+        <v>0</v>
+      </c>
+      <c r="H50" s="27"/>
+      <c r="I50" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A51" s="2"/>
-      <c r="B51" s="49" t="s">
+      <c r="B51" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C51" s="24">
+      <c r="C51" s="23">
         <v>592861011.5</v>
       </c>
-      <c r="D51" s="30"/>
-      <c r="E51" s="24">
+      <c r="D51" s="29"/>
+      <c r="E51" s="23">
         <v>572201566.24000001</v>
       </c>
-      <c r="F51" s="31"/>
-      <c r="G51" s="27">
+      <c r="F51" s="30"/>
+      <c r="G51" s="26">
         <v>-20659445.260000002</v>
       </c>
-      <c r="H51" s="26"/>
-      <c r="I51" s="29">
+      <c r="H51" s="25"/>
+      <c r="I51" s="28">
         <v>-3.4847029673497065E-2</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A52" s="2"/>
-      <c r="B52" s="49" t="s">
+      <c r="B52" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="C52" s="24">
+      <c r="C52" s="23">
         <v>73441862.5</v>
       </c>
-      <c r="D52" s="30"/>
-      <c r="E52" s="24">
+      <c r="D52" s="29"/>
+      <c r="E52" s="23">
         <v>36465530.939999998</v>
       </c>
-      <c r="F52" s="31"/>
-      <c r="G52" s="27">
+      <c r="F52" s="30"/>
+      <c r="G52" s="26">
         <v>-36976331.560000002</v>
       </c>
-      <c r="H52" s="26"/>
-      <c r="I52" s="29">
+      <c r="H52" s="25"/>
+      <c r="I52" s="28">
         <v>-0.50347758487197958</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A53" s="2"/>
-      <c r="B53" s="49" t="s">
+      <c r="B53" s="48" t="s">
         <v>147</v>
       </c>
-      <c r="C53" s="24">
+      <c r="C53" s="23">
         <v>1296242.18</v>
       </c>
-      <c r="D53" s="30"/>
-      <c r="E53" s="24">
+      <c r="D53" s="29"/>
+      <c r="E53" s="23">
         <v>4511157.16</v>
       </c>
-      <c r="F53" s="26"/>
-      <c r="G53" s="27">
+      <c r="F53" s="25"/>
+      <c r="G53" s="26">
         <v>3214914.98</v>
       </c>
-      <c r="H53" s="26"/>
-      <c r="I53" s="29">
+      <c r="H53" s="25"/>
+      <c r="I53" s="28">
         <v>2.4801808100396796</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A54" s="2"/>
-      <c r="B54" s="49" t="s">
+      <c r="B54" s="48" t="s">
         <v>148</v>
       </c>
-      <c r="C54" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C54" s="23">
+        <v>0</v>
+      </c>
+      <c r="D54" s="29"/>
+      <c r="E54" s="23">
+        <v>0</v>
+      </c>
+      <c r="F54" s="25"/>
+      <c r="G54" s="26">
+        <v>0</v>
+      </c>
+      <c r="H54" s="25"/>
+      <c r="I54" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A55" s="2"/>
-      <c r="B55" s="49" t="s">
+      <c r="B55" s="48" t="s">
         <v>150</v>
       </c>
-      <c r="C55" s="24">
+      <c r="C55" s="23">
         <v>658327.06999999995</v>
       </c>
-      <c r="D55" s="30"/>
-      <c r="E55" s="24">
+      <c r="D55" s="29"/>
+      <c r="E55" s="23">
         <v>279721.33</v>
       </c>
-      <c r="F55" s="26"/>
-      <c r="G55" s="27">
+      <c r="F55" s="25"/>
+      <c r="G55" s="26">
         <v>-378605.74</v>
       </c>
-      <c r="H55" s="26"/>
-      <c r="I55" s="29">
+      <c r="H55" s="25"/>
+      <c r="I55" s="28">
         <v>-0.57510279806662368</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A56" s="2"/>
-      <c r="B56" s="49" t="s">
+      <c r="B56" s="48" t="s">
         <v>151</v>
       </c>
-      <c r="C56" s="24">
+      <c r="C56" s="23">
         <v>562.04</v>
       </c>
-      <c r="D56" s="30"/>
-      <c r="E56" s="24">
+      <c r="D56" s="29"/>
+      <c r="E56" s="23">
         <v>1097532.79</v>
       </c>
-      <c r="F56" s="26"/>
-      <c r="G56" s="27">
+      <c r="F56" s="25"/>
+      <c r="G56" s="26">
         <v>1096970.75</v>
       </c>
-      <c r="H56" s="26"/>
-      <c r="I56" s="29">
+      <c r="H56" s="25"/>
+      <c r="I56" s="28">
         <v>1951.7663333569278</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A57" s="2"/>
-      <c r="B57" s="49" t="s">
+      <c r="B57" s="48" t="s">
         <v>152</v>
       </c>
-      <c r="C57" s="24">
+      <c r="C57" s="23">
         <v>980862.18</v>
       </c>
-      <c r="D57" s="30"/>
-      <c r="E57" s="24">
+      <c r="D57" s="29"/>
+      <c r="E57" s="23">
         <v>580004.48</v>
       </c>
-      <c r="F57" s="26"/>
-      <c r="G57" s="27">
+      <c r="F57" s="25"/>
+      <c r="G57" s="26">
         <v>-400857.7</v>
       </c>
-      <c r="H57" s="26"/>
-      <c r="I57" s="29">
+      <c r="H57" s="25"/>
+      <c r="I57" s="28">
         <v>-0.40867892367916769</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A58" s="2"/>
-      <c r="B58" s="49" t="s">
+      <c r="B58" s="48" t="s">
         <v>66</v>
       </c>
-      <c r="C58" s="24">
+      <c r="C58" s="23">
         <v>641092.5</v>
       </c>
-      <c r="D58" s="30"/>
-      <c r="E58" s="24">
+      <c r="D58" s="29"/>
+      <c r="E58" s="23">
         <v>431087</v>
       </c>
-      <c r="F58" s="26"/>
-      <c r="G58" s="27">
+      <c r="F58" s="25"/>
+      <c r="G58" s="26">
         <v>-210005.5</v>
       </c>
-      <c r="H58" s="26"/>
-      <c r="I58" s="29">
+      <c r="H58" s="25"/>
+      <c r="I58" s="28">
         <v>-0.32757441398862097</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A59" s="2"/>
-      <c r="B59" s="49" t="s">
+      <c r="B59" s="48" t="s">
         <v>153</v>
       </c>
-      <c r="C59" s="24">
+      <c r="C59" s="23">
         <v>515907.37</v>
       </c>
-      <c r="D59" s="30"/>
-      <c r="E59" s="24">
+      <c r="D59" s="29"/>
+      <c r="E59" s="23">
         <v>557143.81000000006</v>
       </c>
-      <c r="F59" s="26"/>
-      <c r="G59" s="27">
+      <c r="F59" s="25"/>
+      <c r="G59" s="26">
         <v>41236.44</v>
       </c>
-      <c r="H59" s="26"/>
-      <c r="I59" s="29">
+      <c r="H59" s="25"/>
+      <c r="I59" s="28">
         <v>7.9929930057017984E-2</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A60" s="2"/>
-      <c r="B60" s="49" t="s">
+      <c r="B60" s="48" t="s">
         <v>154</v>
       </c>
-      <c r="C60" s="24">
+      <c r="C60" s="23">
         <v>5356984.33</v>
       </c>
-      <c r="D60" s="30"/>
-      <c r="E60" s="24">
+      <c r="D60" s="29"/>
+      <c r="E60" s="23">
         <v>7043846.4199999999</v>
       </c>
-      <c r="F60" s="26"/>
-      <c r="G60" s="27">
+      <c r="F60" s="25"/>
+      <c r="G60" s="26">
         <v>1686862.09</v>
       </c>
-      <c r="H60" s="26"/>
-      <c r="I60" s="29">
+      <c r="H60" s="25"/>
+      <c r="I60" s="28">
         <v>0.31489024161472567</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A61" s="2"/>
-      <c r="B61" s="49" t="s">
+      <c r="B61" s="48" t="s">
         <v>143</v>
       </c>
-      <c r="C61" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C61" s="23">
+        <v>0</v>
+      </c>
+      <c r="D61" s="29"/>
+      <c r="E61" s="23">
+        <v>0</v>
+      </c>
+      <c r="F61" s="25"/>
+      <c r="G61" s="26">
+        <v>0</v>
+      </c>
+      <c r="H61" s="25"/>
+      <c r="I61" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A62" s="2"/>
-      <c r="B62" s="49" t="s">
+      <c r="B62" s="48" t="s">
         <v>70</v>
       </c>
-      <c r="C62" s="24">
+      <c r="C62" s="23">
         <v>36402244.640000001</v>
       </c>
-      <c r="D62" s="30"/>
-      <c r="E62" s="24">
+      <c r="D62" s="29"/>
+      <c r="E62" s="23">
         <v>42597369.840000004</v>
       </c>
-      <c r="F62" s="26"/>
-      <c r="G62" s="27">
+      <c r="F62" s="25"/>
+      <c r="G62" s="26">
         <v>6195125.2000000002</v>
       </c>
-      <c r="H62" s="26"/>
-      <c r="I62" s="29">
+      <c r="H62" s="25"/>
+      <c r="I62" s="28">
         <v>0.17018525262018036</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A63" s="2"/>
-      <c r="B63" s="49" t="s">
+      <c r="B63" s="48" t="s">
         <v>155</v>
       </c>
-      <c r="C63" s="24">
+      <c r="C63" s="23">
         <v>655852.72</v>
       </c>
-      <c r="D63" s="30"/>
-      <c r="E63" s="24">
+      <c r="D63" s="29"/>
+      <c r="E63" s="23">
         <v>825429.02</v>
       </c>
-      <c r="F63" s="26"/>
-      <c r="G63" s="27">
+      <c r="F63" s="25"/>
+      <c r="G63" s="26">
         <v>169576.3</v>
       </c>
-      <c r="H63" s="26"/>
-      <c r="I63" s="29">
+      <c r="H63" s="25"/>
+      <c r="I63" s="28">
         <v>0.25855850685501469</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A64" s="2"/>
-      <c r="B64" s="49" t="s">
+      <c r="B64" s="48" t="s">
         <v>156</v>
       </c>
-      <c r="C64" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C64" s="23">
+        <v>0</v>
+      </c>
+      <c r="D64" s="29"/>
+      <c r="E64" s="23">
+        <v>0</v>
+      </c>
+      <c r="F64" s="25"/>
+      <c r="G64" s="26">
+        <v>0</v>
+      </c>
+      <c r="H64" s="25"/>
+      <c r="I64" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A65" s="2"/>
-      <c r="B65" s="49" t="s">
+      <c r="B65" s="48" t="s">
         <v>73</v>
       </c>
-      <c r="C65" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C65" s="23">
+        <v>0</v>
+      </c>
+      <c r="D65" s="29"/>
+      <c r="E65" s="23">
+        <v>0</v>
+      </c>
+      <c r="F65" s="25"/>
+      <c r="G65" s="26">
+        <v>0</v>
+      </c>
+      <c r="H65" s="25"/>
+      <c r="I65" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A66" s="2"/>
-      <c r="B66" s="49" t="s">
+      <c r="B66" s="48" t="s">
         <v>157</v>
       </c>
-      <c r="C66" s="24">
+      <c r="C66" s="23">
         <v>282734</v>
       </c>
-      <c r="D66" s="30"/>
-      <c r="E66" s="24">
+      <c r="D66" s="29"/>
+      <c r="E66" s="23">
         <v>282734</v>
       </c>
-      <c r="F66" s="26"/>
-[...4 lines deleted...]
-      <c r="I66" s="29">
+      <c r="F66" s="25"/>
+      <c r="G66" s="26">
+        <v>0</v>
+      </c>
+      <c r="H66" s="25"/>
+      <c r="I66" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A67" s="2"/>
-      <c r="B67" s="49" t="s">
+      <c r="B67" s="48" t="s">
         <v>158</v>
       </c>
-      <c r="C67" s="24">
+      <c r="C67" s="23">
         <v>4769.53</v>
       </c>
-      <c r="D67" s="30"/>
-[...4 lines deleted...]
-      <c r="G67" s="27">
+      <c r="D67" s="29"/>
+      <c r="E67" s="23">
+        <v>0</v>
+      </c>
+      <c r="F67" s="25"/>
+      <c r="G67" s="26">
         <v>-4769.53</v>
       </c>
-      <c r="H67" s="26"/>
-[...1 lines deleted...]
-        <v>213</v>
+      <c r="H67" s="25"/>
+      <c r="I67" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A68" s="2"/>
-      <c r="B68" s="49" t="s">
+      <c r="B68" s="48" t="s">
         <v>76</v>
       </c>
-      <c r="C68" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C68" s="23">
+        <v>0</v>
+      </c>
+      <c r="D68" s="29"/>
+      <c r="E68" s="23">
+        <v>0</v>
+      </c>
+      <c r="F68" s="25"/>
+      <c r="G68" s="26">
+        <v>0</v>
+      </c>
+      <c r="H68" s="25"/>
+      <c r="I68" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A69" s="2"/>
-      <c r="B69" s="49" t="s">
+      <c r="B69" s="48" t="s">
         <v>159</v>
       </c>
-      <c r="C69" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C69" s="23">
+        <v>0</v>
+      </c>
+      <c r="D69" s="29"/>
+      <c r="E69" s="23">
+        <v>0</v>
+      </c>
+      <c r="F69" s="25"/>
+      <c r="G69" s="26">
+        <v>0</v>
+      </c>
+      <c r="H69" s="25"/>
+      <c r="I69" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A70" s="2"/>
-      <c r="B70" s="49" t="s">
+      <c r="B70" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="C70" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C70" s="23">
+        <v>0</v>
+      </c>
+      <c r="D70" s="29"/>
+      <c r="E70" s="23">
+        <v>0</v>
+      </c>
+      <c r="F70" s="25"/>
+      <c r="G70" s="26">
+        <v>0</v>
+      </c>
+      <c r="H70" s="25"/>
+      <c r="I70" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A71" s="2"/>
-      <c r="B71" s="49" t="s">
+      <c r="B71" s="48" t="s">
         <v>160</v>
       </c>
-      <c r="C71" s="24">
-[...3 lines deleted...]
-      <c r="E71" s="24">
+      <c r="C71" s="23">
+        <v>0</v>
+      </c>
+      <c r="D71" s="29"/>
+      <c r="E71" s="23">
         <v>-315.20999999999998</v>
       </c>
-      <c r="F71" s="26"/>
-      <c r="G71" s="27">
+      <c r="F71" s="25"/>
+      <c r="G71" s="26">
         <v>-315.20999999999998</v>
       </c>
-      <c r="H71" s="26"/>
-[...1 lines deleted...]
-        <v>213</v>
+      <c r="H71" s="25"/>
+      <c r="I71" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A72" s="2"/>
-      <c r="B72" s="49" t="s">
+      <c r="B72" s="48" t="s">
         <v>80</v>
       </c>
-      <c r="C72" s="24">
+      <c r="C72" s="23">
         <v>18146</v>
       </c>
-      <c r="D72" s="30"/>
-      <c r="E72" s="24">
+      <c r="D72" s="29"/>
+      <c r="E72" s="23">
         <v>18392</v>
       </c>
-      <c r="F72" s="26"/>
-      <c r="G72" s="27">
+      <c r="F72" s="25"/>
+      <c r="G72" s="26">
         <v>246</v>
       </c>
-      <c r="H72" s="26"/>
-      <c r="I72" s="29">
+      <c r="H72" s="25"/>
+      <c r="I72" s="28">
         <v>1.3556706712223088E-2</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A73" s="2"/>
-      <c r="B73" s="49" t="s">
+      <c r="B73" s="48" t="s">
         <v>82</v>
       </c>
-      <c r="C73" s="24">
+      <c r="C73" s="23">
         <v>19079.169999999998</v>
       </c>
-      <c r="D73" s="30"/>
-      <c r="E73" s="24">
+      <c r="D73" s="29"/>
+      <c r="E73" s="23">
         <v>30926.25</v>
       </c>
-      <c r="F73" s="26"/>
-      <c r="G73" s="27">
+      <c r="F73" s="25"/>
+      <c r="G73" s="26">
         <v>11847.08</v>
       </c>
-      <c r="H73" s="26"/>
-      <c r="I73" s="29">
+      <c r="H73" s="25"/>
+      <c r="I73" s="28">
         <v>0.62094315423565427</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A74" s="2"/>
-      <c r="B74" s="49" t="s">
+      <c r="B74" s="48" t="s">
         <v>161</v>
       </c>
-      <c r="C74" s="24">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="C74" s="23">
+        <v>0</v>
+      </c>
+      <c r="D74" s="29"/>
+      <c r="E74" s="23">
+        <v>0</v>
+      </c>
+      <c r="F74" s="25"/>
+      <c r="G74" s="26">
+        <v>0</v>
+      </c>
+      <c r="H74" s="25"/>
+      <c r="I74" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A75" s="2"/>
-      <c r="B75" s="49" t="s">
+      <c r="B75" s="48" t="s">
         <v>162</v>
       </c>
-      <c r="C75" s="24">
+      <c r="C75" s="23">
         <v>-799800</v>
       </c>
-      <c r="D75" s="30"/>
-      <c r="E75" s="24">
+      <c r="D75" s="29"/>
+      <c r="E75" s="23">
         <v>-943948.17</v>
       </c>
-      <c r="F75" s="26"/>
-      <c r="G75" s="27">
+      <c r="F75" s="25"/>
+      <c r="G75" s="26">
         <v>-144148.17000000001</v>
       </c>
-      <c r="H75" s="26"/>
-[...1 lines deleted...]
-        <v>213</v>
+      <c r="H75" s="25"/>
+      <c r="I75" s="28" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A76" s="2"/>
-      <c r="B76" s="49" t="s">
+      <c r="B76" s="48" t="s">
         <v>85</v>
       </c>
-      <c r="C76" s="24">
+      <c r="C76" s="23">
         <v>205577.43</v>
       </c>
-      <c r="D76" s="30"/>
-      <c r="E76" s="24">
+      <c r="D76" s="29"/>
+      <c r="E76" s="23">
         <v>150912.93</v>
       </c>
-      <c r="F76" s="31"/>
-      <c r="G76" s="27">
+      <c r="F76" s="30"/>
+      <c r="G76" s="26">
         <v>-54664.5</v>
       </c>
-      <c r="H76" s="26"/>
-      <c r="I76" s="29">
+      <c r="H76" s="25"/>
+      <c r="I76" s="28">
         <v>-0.26590710857705602</v>
       </c>
     </row>
     <row r="77" spans="1:9" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
-      <c r="B77" s="67"/>
-[...6 lines deleted...]
-      <c r="I77" s="71"/>
+      <c r="B77" s="66"/>
+      <c r="C77" s="67"/>
+      <c r="D77" s="68"/>
+      <c r="E77" s="67"/>
+      <c r="F77" s="68"/>
+      <c r="G77" s="67"/>
+      <c r="H77" s="69"/>
+      <c r="I77" s="70"/>
     </row>
     <row r="78" spans="1:9" ht="17.25" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A78" s="2"/>
-      <c r="B78" s="50" t="s">
+      <c r="B78" s="49" t="s">
         <v>32</v>
       </c>
-      <c r="C78" s="32">
+      <c r="C78" s="31">
         <v>712541455.15999973</v>
       </c>
-      <c r="D78" s="33"/>
-      <c r="E78" s="32">
+      <c r="D78" s="32"/>
+      <c r="E78" s="31">
         <v>666129090.82999992</v>
       </c>
-      <c r="F78" s="33"/>
-      <c r="G78" s="32">
+      <c r="F78" s="32"/>
+      <c r="G78" s="31">
         <v>-46412364.329999804</v>
       </c>
-      <c r="H78" s="34"/>
-      <c r="I78" s="36">
+      <c r="H78" s="33"/>
+      <c r="I78" s="35">
         <v>-6.513637065450173E-2</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A79" s="2"/>
-      <c r="B79" s="72"/>
-[...6 lines deleted...]
-      <c r="I79" s="72"/>
+      <c r="B79" s="71"/>
+      <c r="C79" s="71"/>
+      <c r="D79" s="71"/>
+      <c r="E79" s="71"/>
+      <c r="F79" s="71"/>
+      <c r="G79" s="71"/>
+      <c r="H79" s="71"/>
+      <c r="I79" s="71"/>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A80" s="2"/>
-      <c r="B80" s="120" t="s">
+      <c r="B80" s="121" t="s">
         <v>142</v>
       </c>
-      <c r="C80" s="120"/>
-[...5 lines deleted...]
-      <c r="I80" s="120"/>
+      <c r="C80" s="121"/>
+      <c r="D80" s="121"/>
+      <c r="E80" s="121"/>
+      <c r="F80" s="121"/>
+      <c r="G80" s="121"/>
+      <c r="H80" s="121"/>
+      <c r="I80" s="121"/>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A81" s="2"/>
-      <c r="B81" s="120"/>
-[...6 lines deleted...]
-      <c r="I81" s="120"/>
+      <c r="B81" s="121"/>
+      <c r="C81" s="121"/>
+      <c r="D81" s="121"/>
+      <c r="E81" s="121"/>
+      <c r="F81" s="121"/>
+      <c r="G81" s="121"/>
+      <c r="H81" s="121"/>
+      <c r="I81" s="121"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A82" s="2"/>
-      <c r="B82" s="119" t="s">
-[...8 lines deleted...]
-      <c r="I82" s="46"/>
+      <c r="B82" s="118" t="s">
+        <v>213</v>
+      </c>
+      <c r="C82" s="34"/>
+      <c r="D82" s="34"/>
+      <c r="E82" s="34"/>
+      <c r="F82" s="34"/>
+      <c r="G82" s="34"/>
+      <c r="H82" s="34"/>
+      <c r="I82" s="45"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B80:I81"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="B39:I40"/>
     <mergeCell ref="C44:E44"/>
     <mergeCell ref="C46:E46"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="41" max="9" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B56F84FB-B447-45A1-9DD3-204DCCA586FC}">
   <sheetPr codeName="Sheet5">
     <tabColor theme="8"/>
   </sheetPr>
   <dimension ref="A1:P148"/>
   <sheetViews>
-    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="60.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.7109375" customWidth="1"/>
-    <col min="3" max="3" width="15.28515625" style="37" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="14" max="15" width="14.28515625" style="38" customWidth="1"/>
+    <col min="3" max="3" width="15.28515625" style="36" customWidth="1"/>
+    <col min="4" max="9" width="15" style="36" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="17.42578125" style="37" bestFit="1" customWidth="1"/>
+    <col min="11" max="13" width="17.85546875" style="37" bestFit="1" customWidth="1"/>
+    <col min="14" max="15" width="14.28515625" style="37" customWidth="1"/>
     <col min="16" max="16" width="18" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="76" t="s">
         <v>194</v>
       </c>
       <c r="B1" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      <c r="M1" s="4"/>
+        <v>213</v>
+      </c>
+      <c r="K1" s="3"/>
+      <c r="L1" s="3"/>
+      <c r="M1" s="3"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A2" s="77" t="s">
+      <c r="A2" s="76" t="s">
         <v>176</v>
       </c>
-      <c r="B2" s="77" t="s">
+      <c r="B2" s="76" t="s">
         <v>175</v>
       </c>
-      <c r="C2" s="84" t="s">
+      <c r="C2" s="83" t="s">
         <v>64</v>
       </c>
-      <c r="D2" s="84" t="s">
+      <c r="D2" s="83" t="s">
         <v>34</v>
       </c>
-      <c r="E2" s="84" t="s">
+      <c r="E2" s="83" t="s">
         <v>193</v>
       </c>
-      <c r="F2" s="84" t="s">
+      <c r="F2" s="83" t="s">
         <v>131</v>
       </c>
-      <c r="G2" s="84" t="s">
+      <c r="G2" s="83" t="s">
         <v>132</v>
       </c>
-      <c r="H2" s="84" t="s">
+      <c r="H2" s="83" t="s">
         <v>134</v>
       </c>
-      <c r="I2" s="84" t="s">
+      <c r="I2" s="83" t="s">
         <v>135</v>
       </c>
-      <c r="J2" s="85" t="s">
+      <c r="J2" s="84" t="s">
         <v>136</v>
       </c>
-      <c r="K2" s="85" t="s">
+      <c r="K2" s="84" t="s">
         <v>137</v>
       </c>
-      <c r="L2" s="85" t="s">
+      <c r="L2" s="84" t="s">
         <v>138</v>
       </c>
-      <c r="M2" s="85" t="s">
+      <c r="M2" s="84" t="s">
         <v>139</v>
       </c>
-      <c r="N2" s="85" t="s">
+      <c r="N2" s="84" t="s">
         <v>140</v>
       </c>
-      <c r="O2" s="85" t="s">
+      <c r="O2" s="84" t="s">
         <v>141</v>
       </c>
-      <c r="P2" s="85" t="s">
+      <c r="P2" s="84" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>47</v>
       </c>
-      <c r="C3" s="60">
-[...2 lines deleted...]
-      <c r="D3" s="60">
+      <c r="C3" s="59">
+        <v>0</v>
+      </c>
+      <c r="D3" s="59">
         <v>456410902.42000002</v>
       </c>
-      <c r="E3" s="60">
+      <c r="E3" s="59">
         <v>430670395.85000002</v>
       </c>
-      <c r="F3" s="60">
+      <c r="F3" s="59">
         <v>425240044.38</v>
       </c>
-      <c r="G3" s="60">
+      <c r="G3" s="59">
         <v>432398413.98000002</v>
       </c>
-      <c r="H3" s="60">
+      <c r="H3" s="59">
         <v>417991513.18000001</v>
       </c>
-      <c r="I3" s="60">
+      <c r="I3" s="59">
         <v>478933679.82999998</v>
       </c>
-      <c r="J3" s="37"/>
-[...6 lines deleted...]
-        <v>2641644949.6399999</v>
+      <c r="J3" s="36">
+        <v>378424530.73000002</v>
+      </c>
+      <c r="K3" s="36"/>
+      <c r="L3" s="36"/>
+      <c r="M3" s="36"/>
+      <c r="N3" s="58"/>
+      <c r="O3" s="36"/>
+      <c r="P3" s="59">
+        <v>3020069480.3699999</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>48</v>
       </c>
-      <c r="P4" s="60"/>
+      <c r="P4" s="59"/>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
         <v>49</v>
       </c>
-      <c r="C5" s="60">
+      <c r="C5" s="59">
         <v>567016058.61000001</v>
       </c>
-      <c r="D5" s="60">
+      <c r="D5" s="59">
         <v>560696191.74000001</v>
       </c>
-      <c r="E5" s="60">
+      <c r="E5" s="59">
         <v>616637096.10000002</v>
       </c>
-      <c r="F5" s="60">
+      <c r="F5" s="59">
         <v>614419018.69000006</v>
       </c>
-      <c r="G5" s="60">
+      <c r="G5" s="59">
         <v>600743748.40999997</v>
       </c>
-      <c r="H5" s="60">
+      <c r="H5" s="59">
         <v>720601627.86000001</v>
       </c>
-      <c r="I5" s="60">
+      <c r="I5" s="59">
         <v>614321303.5</v>
       </c>
-      <c r="J5" s="37"/>
-[...5 lines deleted...]
-      <c r="P5" s="60"/>
+      <c r="J5" s="36">
+        <v>641466624.92999995</v>
+      </c>
+      <c r="K5" s="36"/>
+      <c r="L5" s="36"/>
+      <c r="M5" s="36"/>
+      <c r="N5" s="36"/>
+      <c r="O5" s="36"/>
+      <c r="P5" s="59"/>
     </row>
     <row r="6" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
         <v>50</v>
       </c>
-      <c r="C6" s="60">
+      <c r="C6" s="59">
         <v>-86156817.760000005</v>
       </c>
-      <c r="D6" s="60">
+      <c r="D6" s="59">
         <v>-34910907.759999998</v>
       </c>
-      <c r="E6" s="60">
+      <c r="E6" s="59">
         <v>-36146359.469999999</v>
       </c>
-      <c r="F6" s="60">
+      <c r="F6" s="59">
         <v>-105018738.59</v>
       </c>
-      <c r="G6" s="60">
+      <c r="G6" s="59">
         <v>-44584329.390000001</v>
       </c>
-      <c r="H6" s="60">
+      <c r="H6" s="59">
         <v>74752861.540000007</v>
       </c>
-      <c r="I6" s="60">
+      <c r="I6" s="59">
         <v>-24312193.98</v>
       </c>
-      <c r="J6" s="37"/>
-[...5 lines deleted...]
-      <c r="P6" s="60"/>
+      <c r="J6" s="36">
+        <v>-217315581.83000001</v>
+      </c>
+      <c r="K6" s="36"/>
+      <c r="L6" s="36"/>
+      <c r="M6" s="36"/>
+      <c r="N6" s="36"/>
+      <c r="O6" s="36"/>
+      <c r="P6" s="59"/>
     </row>
     <row r="7" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
         <v>125</v>
       </c>
-      <c r="C7" s="60">
+      <c r="C7" s="59">
         <v>91342325.390000001</v>
       </c>
-      <c r="D7" s="60">
+      <c r="D7" s="59">
         <v>42292879.439999998</v>
       </c>
-      <c r="E7" s="60">
+      <c r="E7" s="59">
         <v>200804848.53999999</v>
       </c>
-      <c r="F7" s="60">
+      <c r="F7" s="59">
         <v>139889710.40000001</v>
       </c>
-      <c r="G7" s="60">
+      <c r="G7" s="59">
         <v>37641242.93</v>
       </c>
-      <c r="H7" s="60">
+      <c r="H7" s="59">
         <v>-40455204.539999999</v>
       </c>
-      <c r="I7" s="60">
+      <c r="I7" s="59">
         <v>192323958.13999999</v>
       </c>
-      <c r="J7" s="37"/>
-[...5 lines deleted...]
-      <c r="P7" s="60"/>
+      <c r="J7" s="36">
+        <v>25591707.300000001</v>
+      </c>
+      <c r="K7" s="36"/>
+      <c r="L7" s="36"/>
+      <c r="M7" s="36"/>
+      <c r="N7" s="36"/>
+      <c r="O7" s="36"/>
+      <c r="P7" s="59"/>
     </row>
     <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
         <v>126</v>
       </c>
-      <c r="C8" s="40">
+      <c r="C8" s="39">
         <v>572201566.24000001</v>
       </c>
-      <c r="D8" s="40">
+      <c r="D8" s="39">
         <v>568078163.42000008</v>
       </c>
-      <c r="E8" s="40">
+      <c r="E8" s="39">
         <v>781295585.16999996</v>
       </c>
-      <c r="F8" s="40">
+      <c r="F8" s="39">
         <v>649289990.5</v>
       </c>
-      <c r="G8" s="40">
+      <c r="G8" s="39">
         <v>593800661.94999993</v>
       </c>
-      <c r="H8" s="40">
+      <c r="H8" s="39">
         <v>754899284.86000001</v>
       </c>
-      <c r="I8" s="40">
+      <c r="I8" s="39">
         <v>782333067.65999997</v>
       </c>
-      <c r="J8" s="40">
-[...16 lines deleted...]
-        <v>4701898319.8000002</v>
+      <c r="J8" s="39">
+        <v>449742750.39999998</v>
+      </c>
+      <c r="K8" s="39">
+        <v>0</v>
+      </c>
+      <c r="L8" s="39">
+        <v>0</v>
+      </c>
+      <c r="M8" s="39">
+        <v>0</v>
+      </c>
+      <c r="N8" s="39">
+        <v>0</v>
+      </c>
+      <c r="O8" s="39"/>
+      <c r="P8" s="59">
+        <v>5151641070.1999998</v>
       </c>
     </row>
     <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>51</v>
       </c>
-      <c r="P9" s="60"/>
+      <c r="P9" s="59"/>
     </row>
     <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
         <v>49</v>
       </c>
-      <c r="C10" s="60">
+      <c r="C10" s="59">
         <v>8741424.5</v>
       </c>
-      <c r="D10" s="60">
+      <c r="D10" s="59">
         <v>13207966.199999999</v>
       </c>
-      <c r="E10" s="60">
+      <c r="E10" s="59">
         <v>77583698.969999999</v>
       </c>
-      <c r="F10" s="60">
+      <c r="F10" s="59">
         <v>-4538488.5999999996</v>
       </c>
-      <c r="G10" s="60">
+      <c r="G10" s="59">
         <v>-11050170.630000001</v>
       </c>
-      <c r="H10" s="60">
+      <c r="H10" s="59">
         <v>-12403633.6</v>
       </c>
-      <c r="I10" s="60">
+      <c r="I10" s="59">
         <v>-1838457.6</v>
       </c>
-      <c r="J10" s="37"/>
-[...6 lines deleted...]
-        <v>69702339.239999995</v>
+      <c r="J10" s="36">
+        <v>5411804.4100000001</v>
+      </c>
+      <c r="K10" s="36"/>
+      <c r="L10" s="36"/>
+      <c r="M10" s="36"/>
+      <c r="N10" s="36"/>
+      <c r="O10" s="36"/>
+      <c r="P10" s="59">
+        <v>75114143.650000006</v>
       </c>
     </row>
     <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
         <v>50</v>
       </c>
-      <c r="C11" s="60">
+      <c r="C11" s="59">
         <v>-5826760.2400000002</v>
       </c>
-      <c r="D11" s="60">
+      <c r="D11" s="59">
         <v>-2751779.79</v>
       </c>
-      <c r="E11" s="60">
+      <c r="E11" s="59">
         <v>-4695804.6100000003</v>
       </c>
-      <c r="F11" s="60">
+      <c r="F11" s="59">
         <v>-18489480.489999998</v>
       </c>
-      <c r="G11" s="60">
+      <c r="G11" s="59">
         <v>-11987927.369999999</v>
       </c>
-      <c r="H11" s="60">
+      <c r="H11" s="59">
         <v>200562825.91</v>
       </c>
-      <c r="I11" s="60">
+      <c r="I11" s="59">
         <v>-26934931.5</v>
       </c>
-      <c r="J11" s="37"/>
-[...6 lines deleted...]
-        <v>129876141.91</v>
+      <c r="J11" s="36">
+        <v>-20852390.219999999</v>
+      </c>
+      <c r="K11" s="36"/>
+      <c r="L11" s="36"/>
+      <c r="M11" s="36"/>
+      <c r="N11" s="36"/>
+      <c r="O11" s="36"/>
+      <c r="P11" s="59">
+        <v>109023751.69</v>
       </c>
     </row>
     <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
         <v>125</v>
       </c>
-      <c r="C12" s="60">
+      <c r="C12" s="59">
         <v>33550866.68</v>
       </c>
-      <c r="D12" s="60">
+      <c r="D12" s="59">
         <v>15520899.1</v>
       </c>
-      <c r="E12" s="60">
+      <c r="E12" s="59">
         <v>149529550.03</v>
       </c>
-      <c r="F12" s="60">
+      <c r="F12" s="59">
         <v>-40852342.18</v>
       </c>
-      <c r="G12" s="60">
+      <c r="G12" s="59">
         <v>30339638.43</v>
       </c>
-      <c r="H12" s="60">
+      <c r="H12" s="59">
         <v>-11290961.279999999</v>
       </c>
-      <c r="I12" s="60">
+      <c r="I12" s="59">
         <v>49858122.890000001</v>
       </c>
-      <c r="J12" s="37"/>
-[...6 lines deleted...]
-        <v>226655773.66999999</v>
+      <c r="J12" s="36">
+        <v>10995857.77</v>
+      </c>
+      <c r="K12" s="36"/>
+      <c r="L12" s="36"/>
+      <c r="M12" s="36"/>
+      <c r="N12" s="36"/>
+      <c r="O12" s="36"/>
+      <c r="P12" s="59">
+        <v>237651631.44</v>
       </c>
     </row>
     <row r="13" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
         <v>126</v>
       </c>
-      <c r="C13" s="40">
+      <c r="C13" s="39">
         <v>36465530.939999998</v>
       </c>
-      <c r="D13" s="40">
+      <c r="D13" s="39">
         <v>25977085.509999998</v>
       </c>
-      <c r="E13" s="40">
+      <c r="E13" s="39">
         <v>222417444.38999999</v>
       </c>
-      <c r="F13" s="40">
+      <c r="F13" s="39">
         <v>-63880311.269999996</v>
       </c>
-      <c r="G13" s="40">
+      <c r="G13" s="39">
         <v>7301540.4299999997</v>
       </c>
-      <c r="H13" s="40">
+      <c r="H13" s="39">
         <v>176868231.03</v>
       </c>
-      <c r="I13" s="40">
+      <c r="I13" s="39">
         <v>21084733.789999999</v>
       </c>
-      <c r="J13" s="40">
-[...16 lines deleted...]
-        <v>426234254.81999999</v>
+      <c r="J13" s="39">
+        <v>-4444728.04</v>
+      </c>
+      <c r="K13" s="39">
+        <v>0</v>
+      </c>
+      <c r="L13" s="39">
+        <v>0</v>
+      </c>
+      <c r="M13" s="39">
+        <v>0</v>
+      </c>
+      <c r="N13" s="39">
+        <v>0</v>
+      </c>
+      <c r="O13" s="39"/>
+      <c r="P13" s="59">
+        <v>421789526.77999997</v>
       </c>
     </row>
     <row r="14" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="C14" s="41"/>
-[...12 lines deleted...]
-      <c r="P14" s="60"/>
+      <c r="C14" s="40"/>
+      <c r="D14" s="40"/>
+      <c r="E14" s="40"/>
+      <c r="F14" s="40"/>
+      <c r="G14" s="40"/>
+      <c r="H14" s="40"/>
+      <c r="I14" s="40"/>
+      <c r="J14" s="41"/>
+      <c r="K14" s="41"/>
+      <c r="L14" s="41"/>
+      <c r="M14" s="41"/>
+      <c r="N14" s="41"/>
+      <c r="O14" s="41"/>
+      <c r="P14" s="59"/>
     </row>
     <row r="15" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>52</v>
       </c>
-      <c r="P15" s="60"/>
+      <c r="P15" s="59"/>
     </row>
     <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
         <v>53</v>
       </c>
-      <c r="C16" s="60">
+      <c r="C16" s="59">
         <v>4427947</v>
       </c>
-      <c r="D16" s="60">
+      <c r="D16" s="59">
         <v>2946801</v>
       </c>
-      <c r="E16" s="60">
+      <c r="E16" s="59">
         <v>2097198</v>
       </c>
-      <c r="F16" s="60">
+      <c r="F16" s="59">
         <v>2452886</v>
       </c>
-      <c r="G16" s="60">
+      <c r="G16" s="59">
         <v>2163264</v>
       </c>
-      <c r="H16" s="60">
+      <c r="H16" s="59">
         <v>1882608</v>
       </c>
-      <c r="I16" s="60">
+      <c r="I16" s="59">
         <v>1485823</v>
       </c>
-      <c r="J16" s="37"/>
-[...5 lines deleted...]
-      <c r="P16" s="60"/>
+      <c r="J16" s="36">
+        <v>1422228</v>
+      </c>
+      <c r="K16" s="36"/>
+      <c r="L16" s="36"/>
+      <c r="M16" s="36"/>
+      <c r="N16" s="36"/>
+      <c r="O16" s="36"/>
+      <c r="P16" s="59"/>
     </row>
     <row r="17" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
         <v>54</v>
       </c>
-      <c r="C17" s="60">
+      <c r="C17" s="59">
         <v>71861.16</v>
       </c>
-      <c r="D17" s="60">
+      <c r="D17" s="59">
         <v>53450.66</v>
       </c>
-      <c r="E17" s="60">
+      <c r="E17" s="59">
         <v>1862620.65</v>
       </c>
-      <c r="F17" s="60">
+      <c r="F17" s="59">
         <v>43219.48</v>
       </c>
-      <c r="G17" s="60">
+      <c r="G17" s="59">
         <v>77730.58</v>
       </c>
-      <c r="H17" s="60">
+      <c r="H17" s="59">
         <v>1923651.08</v>
       </c>
-      <c r="I17" s="60">
+      <c r="I17" s="59">
         <v>40332</v>
       </c>
-      <c r="J17" s="37"/>
-[...5 lines deleted...]
-      <c r="P17" s="60"/>
+      <c r="J17" s="36">
+        <v>79846</v>
+      </c>
+      <c r="K17" s="36"/>
+      <c r="L17" s="36"/>
+      <c r="M17" s="36"/>
+      <c r="N17" s="36"/>
+      <c r="O17" s="36"/>
+      <c r="P17" s="59"/>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
         <v>55</v>
       </c>
-      <c r="C18" s="60"/>
-[...12 lines deleted...]
-      <c r="P18" s="60"/>
+      <c r="C18" s="59"/>
+      <c r="D18" s="59"/>
+      <c r="E18" s="59"/>
+      <c r="F18" s="59"/>
+      <c r="G18" s="59"/>
+      <c r="H18" s="59"/>
+      <c r="I18" s="59"/>
+      <c r="J18" s="36"/>
+      <c r="K18" s="36"/>
+      <c r="L18" s="36"/>
+      <c r="M18" s="36"/>
+      <c r="N18" s="36"/>
+      <c r="O18" s="36"/>
+      <c r="P18" s="59"/>
     </row>
     <row r="19" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
         <v>56</v>
       </c>
-      <c r="C19" s="60">
+      <c r="C19" s="59">
         <v>11349</v>
       </c>
-      <c r="D19" s="60">
+      <c r="D19" s="59">
         <v>7251.2</v>
       </c>
-      <c r="E19" s="60">
+      <c r="E19" s="59">
         <v>92066152.409999996</v>
       </c>
-      <c r="F19" s="60">
+      <c r="F19" s="59">
         <v>8000</v>
       </c>
-      <c r="G19" s="60">
+      <c r="G19" s="59">
         <v>27330.799999999999</v>
       </c>
-      <c r="H19" s="60">
+      <c r="H19" s="59">
         <v>83439953.310000002</v>
       </c>
-      <c r="I19" s="60">
+      <c r="I19" s="59">
         <v>4000</v>
       </c>
-      <c r="J19" s="37"/>
-[...5 lines deleted...]
-      <c r="P19" s="60"/>
+      <c r="J19" s="36">
+        <v>711264.6</v>
+      </c>
+      <c r="K19" s="36"/>
+      <c r="L19" s="36"/>
+      <c r="M19" s="36"/>
+      <c r="N19" s="36"/>
+      <c r="O19" s="36"/>
+      <c r="P19" s="59"/>
     </row>
     <row r="20" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
         <v>126</v>
       </c>
-      <c r="C20" s="40">
+      <c r="C20" s="39">
         <v>4511157.16</v>
       </c>
-      <c r="D20" s="40">
+      <c r="D20" s="39">
         <v>3007502.8600000003</v>
       </c>
-      <c r="E20" s="40">
+      <c r="E20" s="39">
         <v>96025971.060000002</v>
       </c>
-      <c r="F20" s="40">
+      <c r="F20" s="39">
         <v>2504105.48</v>
       </c>
-      <c r="G20" s="40">
+      <c r="G20" s="39">
         <v>2268325.38</v>
       </c>
-      <c r="H20" s="40">
+      <c r="H20" s="39">
         <v>87246212.390000001</v>
       </c>
-      <c r="I20" s="40">
+      <c r="I20" s="39">
         <v>1530155</v>
       </c>
-      <c r="J20" s="40">
-[...18 lines deleted...]
-        <v>197093429.33000001</v>
+      <c r="J20" s="39">
+        <v>2213338.6</v>
+      </c>
+      <c r="K20" s="39">
+        <v>0</v>
+      </c>
+      <c r="L20" s="39">
+        <v>0</v>
+      </c>
+      <c r="M20" s="39">
+        <v>0</v>
+      </c>
+      <c r="N20" s="39">
+        <v>0</v>
+      </c>
+      <c r="O20" s="39">
+        <v>0</v>
+      </c>
+      <c r="P20" s="59">
+        <v>199306767.93000001</v>
       </c>
     </row>
     <row r="21" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>57</v>
       </c>
-      <c r="P21" s="60"/>
+      <c r="P21" s="59"/>
     </row>
     <row r="22" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
         <v>58</v>
       </c>
-      <c r="C22" s="60">
-[...2 lines deleted...]
-      <c r="D22" s="60">
+      <c r="C22" s="59">
+        <v>0</v>
+      </c>
+      <c r="D22" s="59">
         <v>-5692885.7400000002</v>
       </c>
-      <c r="E22" s="60">
+      <c r="E22" s="59">
         <v>4851734.3600000003</v>
       </c>
-      <c r="F22" s="60">
+      <c r="F22" s="59">
         <v>4001978.69</v>
       </c>
-      <c r="G22" s="60">
+      <c r="G22" s="59">
         <v>3435188.96</v>
       </c>
-      <c r="H22" s="60">
+      <c r="H22" s="59">
         <v>3382799.44</v>
       </c>
-      <c r="I22" s="60">
+      <c r="I22" s="59">
         <v>2953019.43</v>
       </c>
-      <c r="J22" s="37"/>
-[...5 lines deleted...]
-      <c r="P22" s="60"/>
+      <c r="J22" s="36">
+        <v>3008984.51</v>
+      </c>
+      <c r="K22" s="36"/>
+      <c r="L22" s="36"/>
+      <c r="M22" s="36"/>
+      <c r="N22" s="36"/>
+      <c r="O22" s="36"/>
+      <c r="P22" s="59"/>
     </row>
     <row r="23" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
         <v>59</v>
       </c>
-      <c r="C23" s="60">
-[...14 lines deleted...]
-      <c r="P23" s="60"/>
+      <c r="C23" s="59">
+        <v>0</v>
+      </c>
+      <c r="D23" s="59"/>
+      <c r="E23" s="59"/>
+      <c r="F23" s="59"/>
+      <c r="G23" s="59"/>
+      <c r="H23" s="59"/>
+      <c r="I23" s="59"/>
+      <c r="J23" s="36"/>
+      <c r="K23" s="36"/>
+      <c r="L23" s="36"/>
+      <c r="M23" s="36"/>
+      <c r="N23" s="36"/>
+      <c r="O23" s="36"/>
+      <c r="P23" s="59"/>
     </row>
     <row r="24" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="B24" s="77" t="s">
+      <c r="B24" s="76" t="s">
         <v>126</v>
       </c>
-      <c r="C24" s="10">
-[...2 lines deleted...]
-      <c r="D24" s="10">
+      <c r="C24" s="9">
+        <v>0</v>
+      </c>
+      <c r="D24" s="9">
         <v>-5692885.7400000002</v>
       </c>
-      <c r="E24" s="10">
+      <c r="E24" s="9">
         <v>4851734.3600000003</v>
       </c>
-      <c r="F24" s="10">
+      <c r="F24" s="9">
         <v>4001978.69</v>
       </c>
-      <c r="G24" s="10">
+      <c r="G24" s="9">
         <v>3435188.96</v>
       </c>
-      <c r="H24" s="10">
+      <c r="H24" s="9">
         <v>3382799.44</v>
       </c>
-      <c r="I24" s="10">
+      <c r="I24" s="9">
         <v>2953019.43</v>
       </c>
-      <c r="J24" s="10">
-[...18 lines deleted...]
-        <v>12931835.140000001</v>
+      <c r="J24" s="9">
+        <v>3008984.51</v>
+      </c>
+      <c r="K24" s="9">
+        <v>0</v>
+      </c>
+      <c r="L24" s="9">
+        <v>0</v>
+      </c>
+      <c r="M24" s="9">
+        <v>0</v>
+      </c>
+      <c r="N24" s="9">
+        <v>0</v>
+      </c>
+      <c r="O24" s="9">
+        <v>0</v>
+      </c>
+      <c r="P24" s="59">
+        <v>15940819.65</v>
       </c>
     </row>
     <row r="25" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>60</v>
       </c>
-      <c r="C25" s="60">
-[...26 lines deleted...]
-      <c r="P25" s="60">
+      <c r="C25" s="59">
+        <v>0</v>
+      </c>
+      <c r="D25" s="59">
+        <v>0</v>
+      </c>
+      <c r="E25" s="59">
+        <v>0</v>
+      </c>
+      <c r="F25" s="59">
+        <v>0</v>
+      </c>
+      <c r="G25" s="59">
+        <v>0</v>
+      </c>
+      <c r="H25" s="59">
+        <v>0</v>
+      </c>
+      <c r="I25" s="59">
+        <v>0</v>
+      </c>
+      <c r="J25" s="36">
+        <v>0</v>
+      </c>
+      <c r="K25" s="36"/>
+      <c r="L25" s="36"/>
+      <c r="M25" s="36"/>
+      <c r="N25" s="36"/>
+      <c r="O25" s="36"/>
+      <c r="P25" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>61</v>
       </c>
-      <c r="C26" s="60">
+      <c r="C26" s="59">
         <v>279721.33</v>
       </c>
-      <c r="D26" s="60">
+      <c r="D26" s="59">
         <v>11373882.18</v>
       </c>
-      <c r="E26" s="60">
+      <c r="E26" s="59">
         <v>8965911.8699999992</v>
       </c>
-      <c r="F26" s="60">
+      <c r="F26" s="59">
         <v>11290998.52</v>
       </c>
-      <c r="G26" s="60">
+      <c r="G26" s="59">
         <v>11095369.439999999</v>
       </c>
-      <c r="H26" s="60">
+      <c r="H26" s="59">
         <v>8559650.4499999993</v>
       </c>
-      <c r="I26" s="60">
+      <c r="I26" s="59">
         <v>11490051.539999999</v>
       </c>
-      <c r="J26" s="59"/>
-[...6 lines deleted...]
-        <v>63055585.329999998</v>
+      <c r="J26" s="58">
+        <v>8348821.4299999997</v>
+      </c>
+      <c r="K26" s="58"/>
+      <c r="L26" s="58"/>
+      <c r="M26" s="58"/>
+      <c r="N26" s="58"/>
+      <c r="O26" s="36"/>
+      <c r="P26" s="59">
+        <v>71404406.760000005</v>
       </c>
     </row>
     <row r="27" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>62</v>
       </c>
-      <c r="C27" s="60">
+      <c r="C27" s="59">
         <v>1097532.79</v>
       </c>
-      <c r="D27" s="60">
+      <c r="D27" s="59">
         <v>1308365.3500000001</v>
       </c>
-      <c r="E27" s="60">
+      <c r="E27" s="59">
         <v>16518963.43</v>
       </c>
-      <c r="F27" s="60">
+      <c r="F27" s="59">
         <v>766299.3</v>
       </c>
-      <c r="G27" s="60">
+      <c r="G27" s="59">
         <v>1465521.18</v>
       </c>
-      <c r="H27" s="60">
+      <c r="H27" s="59">
         <v>9408266.3800000008</v>
       </c>
-      <c r="I27" s="60">
+      <c r="I27" s="59">
         <v>206033.58</v>
       </c>
-      <c r="J27" s="59"/>
-[...6 lines deleted...]
-        <v>30770982.010000002</v>
+      <c r="J27" s="58">
+        <v>-343901.15</v>
+      </c>
+      <c r="K27" s="58"/>
+      <c r="L27" s="58"/>
+      <c r="M27" s="58"/>
+      <c r="N27" s="58"/>
+      <c r="O27" s="36"/>
+      <c r="P27" s="59">
+        <v>30427080.859999999</v>
       </c>
     </row>
     <row r="28" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>63</v>
       </c>
-      <c r="C28" s="60">
+      <c r="C28" s="59">
         <v>580004.48</v>
       </c>
-      <c r="D28" s="60">
+      <c r="D28" s="59">
         <v>10052640.5</v>
       </c>
-      <c r="E28" s="60">
+      <c r="E28" s="59">
         <v>8565225.4600000009</v>
       </c>
-      <c r="F28" s="60">
+      <c r="F28" s="59">
         <v>9494515.5099999998</v>
       </c>
-      <c r="G28" s="60">
+      <c r="G28" s="59">
         <v>9682815.3300000001</v>
       </c>
-      <c r="H28" s="60">
+      <c r="H28" s="59">
         <v>7760304.1699999999</v>
       </c>
-      <c r="I28" s="60">
+      <c r="I28" s="59">
         <v>9615635.7599999998</v>
       </c>
-      <c r="J28" s="60"/>
-[...5 lines deleted...]
-        <v>55751141.210000001</v>
+      <c r="J28" s="59">
+        <v>7807872.1299999999</v>
+      </c>
+      <c r="K28" s="59"/>
+      <c r="L28" s="59"/>
+      <c r="M28" s="59"/>
+      <c r="N28" s="59"/>
+      <c r="P28" s="59">
+        <v>63559013.340000004</v>
       </c>
     </row>
     <row r="29" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>65</v>
       </c>
-      <c r="C29" s="60">
+      <c r="C29" s="59">
         <v>5978.52</v>
       </c>
-      <c r="D29" s="60">
+      <c r="D29" s="59">
         <v>-22751.82</v>
       </c>
-      <c r="E29" s="60">
+      <c r="E29" s="59">
         <v>-22686.91</v>
       </c>
-      <c r="F29" s="60">
+      <c r="F29" s="59">
         <v>-38391.57</v>
       </c>
-      <c r="G29" s="60">
+      <c r="G29" s="59">
         <v>6894.16</v>
       </c>
-      <c r="H29" s="60">
+      <c r="H29" s="59">
         <v>-65608</v>
       </c>
-      <c r="I29" s="60">
+      <c r="I29" s="59">
         <v>23438.080000000002</v>
       </c>
-      <c r="P29" s="60">
-        <v>-113127.54</v>
+      <c r="J29" s="37">
+        <v>-42879.45</v>
+      </c>
+      <c r="P29" s="59">
+        <v>-156006.99</v>
       </c>
     </row>
     <row r="30" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>66</v>
       </c>
-      <c r="C30" s="60">
+      <c r="C30" s="59">
         <v>431087</v>
       </c>
-      <c r="D30" s="60">
+      <c r="D30" s="59">
         <v>1203857</v>
       </c>
-      <c r="E30" s="60">
+      <c r="E30" s="59">
         <v>1260950</v>
       </c>
-      <c r="F30" s="60">
+      <c r="F30" s="59">
         <v>945482</v>
       </c>
-      <c r="G30" s="60">
+      <c r="G30" s="59">
         <v>670959</v>
       </c>
-      <c r="H30" s="60">
+      <c r="H30" s="59">
         <v>1288014</v>
       </c>
-      <c r="I30" s="60">
+      <c r="I30" s="59">
         <v>1030737</v>
       </c>
-      <c r="J30" s="60"/>
-[...5 lines deleted...]
-        <v>6831086</v>
+      <c r="J30" s="59">
+        <v>1089698</v>
+      </c>
+      <c r="K30" s="59"/>
+      <c r="L30" s="59"/>
+      <c r="M30" s="59"/>
+      <c r="N30" s="59"/>
+      <c r="P30" s="59">
+        <v>7920784</v>
       </c>
     </row>
     <row r="31" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>67</v>
       </c>
-      <c r="C31" s="60">
+      <c r="C31" s="59">
         <v>557143.81000000006</v>
       </c>
-      <c r="D31" s="60">
+      <c r="D31" s="59">
         <v>647889.63</v>
       </c>
-      <c r="E31" s="60">
+      <c r="E31" s="59">
         <v>542964.24</v>
       </c>
-      <c r="F31" s="60">
+      <c r="F31" s="59">
         <v>507500.42</v>
       </c>
-      <c r="G31" s="60">
+      <c r="G31" s="59">
         <v>637219.41</v>
       </c>
-      <c r="H31" s="60">
+      <c r="H31" s="59">
         <v>581175.81000000006</v>
       </c>
-      <c r="I31" s="60">
+      <c r="I31" s="59">
         <v>875172.28</v>
       </c>
-      <c r="J31" s="60"/>
-[...5 lines deleted...]
-        <v>4349065.5999999996</v>
+      <c r="J31" s="59">
+        <v>227279.62</v>
+      </c>
+      <c r="K31" s="59"/>
+      <c r="L31" s="59"/>
+      <c r="M31" s="59"/>
+      <c r="N31" s="59"/>
+      <c r="P31" s="59">
+        <v>4576345.22</v>
       </c>
     </row>
     <row r="32" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>68</v>
       </c>
-      <c r="C32" s="60">
+      <c r="C32" s="59">
         <v>7043846.4199999999</v>
       </c>
-      <c r="D32" s="60">
+      <c r="D32" s="59">
         <v>4533946.76</v>
       </c>
-      <c r="E32" s="60">
+      <c r="E32" s="59">
         <v>10878973.210000001</v>
       </c>
-      <c r="F32" s="60">
+      <c r="F32" s="59">
         <v>100057499.58</v>
       </c>
-      <c r="G32" s="60">
+      <c r="G32" s="59">
         <v>5734530.5</v>
       </c>
-      <c r="H32" s="60">
+      <c r="H32" s="59">
         <v>31039178.59</v>
       </c>
-      <c r="I32" s="60">
+      <c r="I32" s="59">
         <v>14210705.689999999</v>
       </c>
-      <c r="J32" s="60"/>
-[...5 lines deleted...]
-        <v>173498680.75</v>
+      <c r="J32" s="59">
+        <v>8756172.9900000002</v>
+      </c>
+      <c r="K32" s="59"/>
+      <c r="L32" s="59"/>
+      <c r="M32" s="59"/>
+      <c r="N32" s="59"/>
+      <c r="P32" s="59">
+        <v>182254853.74000001</v>
       </c>
     </row>
     <row r="33" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>69</v>
       </c>
-      <c r="C33" s="60">
-[...2 lines deleted...]
-      <c r="D33" s="60">
+      <c r="C33" s="59">
+        <v>0</v>
+      </c>
+      <c r="D33" s="59">
         <v>12294202.34</v>
       </c>
-      <c r="E33" s="60">
+      <c r="E33" s="59">
         <v>11033489.16</v>
       </c>
-      <c r="F33" s="60">
+      <c r="F33" s="59">
         <v>11470891.310000001</v>
       </c>
-      <c r="G33" s="60">
+      <c r="G33" s="59">
         <v>11845786.369999999</v>
       </c>
-      <c r="H33" s="60">
+      <c r="H33" s="59">
         <v>9527087.8000000007</v>
       </c>
-      <c r="I33" s="60">
+      <c r="I33" s="59">
         <v>13530353.279999999</v>
       </c>
-      <c r="J33" s="60"/>
-[...5 lines deleted...]
-        <v>69701810.260000005</v>
+      <c r="J33" s="59">
+        <v>8543877.5999999996</v>
+      </c>
+      <c r="K33" s="59"/>
+      <c r="L33" s="59"/>
+      <c r="M33" s="59"/>
+      <c r="N33" s="59"/>
+      <c r="P33" s="59">
+        <v>78245687.859999999</v>
       </c>
     </row>
     <row r="34" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>70</v>
       </c>
-      <c r="C34" s="60">
+      <c r="C34" s="59">
         <v>42597369.840000004</v>
       </c>
-      <c r="D34" s="60">
+      <c r="D34" s="59">
         <v>42977278.310000002</v>
       </c>
-      <c r="E34" s="60">
+      <c r="E34" s="59">
         <v>90691663.629999995</v>
       </c>
-      <c r="F34" s="60">
+      <c r="F34" s="59">
         <v>47622117.810000002</v>
       </c>
-      <c r="G34" s="60">
+      <c r="G34" s="59">
         <v>18965168.370000001</v>
       </c>
-      <c r="H34" s="60">
+      <c r="H34" s="59">
         <v>54378099.899999999</v>
       </c>
-      <c r="I34" s="60">
+      <c r="I34" s="59">
         <v>34545604.810000002</v>
       </c>
-      <c r="J34" s="60"/>
-[...5 lines deleted...]
-        <v>331777302.67000002</v>
+      <c r="J34" s="59">
+        <v>59477432.520000003</v>
+      </c>
+      <c r="K34" s="59"/>
+      <c r="L34" s="59"/>
+      <c r="M34" s="59"/>
+      <c r="N34" s="59"/>
+      <c r="P34" s="59">
+        <v>391254735.19</v>
       </c>
     </row>
     <row r="35" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>71</v>
       </c>
-      <c r="C35" s="60">
+      <c r="C35" s="59">
         <v>825429.02</v>
       </c>
-      <c r="D35" s="60">
+      <c r="D35" s="59">
         <v>-570077.18999999994</v>
       </c>
-      <c r="E35" s="60">
+      <c r="E35" s="59">
         <v>1190105.46</v>
       </c>
-      <c r="F35" s="60">
+      <c r="F35" s="59">
         <v>2270821.29</v>
       </c>
-      <c r="G35" s="60">
+      <c r="G35" s="59">
         <v>325426.98</v>
       </c>
-      <c r="H35" s="60">
+      <c r="H35" s="59">
         <v>1104665.31</v>
       </c>
-      <c r="I35" s="60">
+      <c r="I35" s="59">
         <v>695335.51</v>
       </c>
-      <c r="J35" s="60"/>
-[...5 lines deleted...]
-        <v>5841706.3799999999</v>
+      <c r="J35" s="59">
+        <v>864107.02</v>
+      </c>
+      <c r="K35" s="59"/>
+      <c r="L35" s="59"/>
+      <c r="M35" s="59"/>
+      <c r="N35" s="59"/>
+      <c r="P35" s="59">
+        <v>6705813.4000000004</v>
       </c>
     </row>
     <row r="36" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>72</v>
       </c>
-      <c r="C36" s="60">
-[...2 lines deleted...]
-      <c r="D36" s="60">
+      <c r="C36" s="59">
+        <v>0</v>
+      </c>
+      <c r="D36" s="59">
         <v>1024186.12</v>
       </c>
-      <c r="E36" s="60">
+      <c r="E36" s="59">
         <v>1034212.6</v>
       </c>
-      <c r="F36" s="60">
+      <c r="F36" s="59">
         <v>984261.61</v>
       </c>
-      <c r="G36" s="60">
+      <c r="G36" s="59">
         <v>1058755.46</v>
       </c>
-      <c r="H36" s="60">
-[...2 lines deleted...]
-      <c r="I36" s="60">
+      <c r="H36" s="59">
+        <v>0</v>
+      </c>
+      <c r="I36" s="59">
         <v>769908.64</v>
       </c>
-      <c r="J36" s="60"/>
-[...5 lines deleted...]
-        <v>4871324.43</v>
+      <c r="J36" s="59">
+        <v>1832696.49</v>
+      </c>
+      <c r="K36" s="59"/>
+      <c r="L36" s="59"/>
+      <c r="M36" s="59"/>
+      <c r="N36" s="59"/>
+      <c r="P36" s="59">
+        <v>6704020.9199999999</v>
       </c>
     </row>
     <row r="37" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>73</v>
       </c>
-      <c r="C37" s="60">
-[...8 lines deleted...]
-      <c r="F37" s="60">
+      <c r="C37" s="59">
+        <v>0</v>
+      </c>
+      <c r="D37" s="59">
+        <v>0</v>
+      </c>
+      <c r="E37" s="59">
+        <v>0</v>
+      </c>
+      <c r="F37" s="59">
         <v>741200</v>
       </c>
-      <c r="G37" s="60">
-[...5 lines deleted...]
-      <c r="I37" s="60">
+      <c r="G37" s="59">
+        <v>0</v>
+      </c>
+      <c r="H37" s="59">
+        <v>0</v>
+      </c>
+      <c r="I37" s="59">
         <v>735590</v>
       </c>
-      <c r="J37" s="60"/>
-[...1 lines deleted...]
-      <c r="P37" s="60">
+      <c r="J37" s="59">
+        <v>0</v>
+      </c>
+      <c r="L37" s="59"/>
+      <c r="P37" s="59">
         <v>1476790</v>
       </c>
     </row>
     <row r="38" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>74</v>
       </c>
-      <c r="C38" s="60">
+      <c r="C38" s="59">
         <v>282734</v>
       </c>
-      <c r="D38" s="60">
+      <c r="D38" s="59">
         <v>282734</v>
       </c>
-      <c r="E38" s="60">
+      <c r="E38" s="59">
         <v>282734</v>
       </c>
-      <c r="F38" s="60">
+      <c r="F38" s="59">
         <v>282734</v>
       </c>
-      <c r="G38" s="60">
+      <c r="G38" s="59">
         <v>282734</v>
       </c>
-      <c r="H38" s="60">
+      <c r="H38" s="59">
         <v>282734</v>
       </c>
-      <c r="I38" s="60">
+      <c r="I38" s="59">
         <v>282734</v>
       </c>
-      <c r="J38" s="60"/>
-[...5 lines deleted...]
-        <v>1979138</v>
+      <c r="J38" s="59">
+        <v>282734</v>
+      </c>
+      <c r="K38" s="59"/>
+      <c r="L38" s="59"/>
+      <c r="M38" s="59"/>
+      <c r="N38" s="59"/>
+      <c r="P38" s="59">
+        <v>2261872</v>
       </c>
     </row>
     <row r="39" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>75</v>
       </c>
-      <c r="C39" s="60">
-[...2 lines deleted...]
-      <c r="D39" s="60">
+      <c r="C39" s="59">
+        <v>0</v>
+      </c>
+      <c r="D39" s="59">
         <v>9266.0499999999993</v>
       </c>
-      <c r="E39" s="60">
+      <c r="E39" s="59">
         <v>-6905.56</v>
       </c>
-      <c r="F39" s="60">
+      <c r="F39" s="59">
         <v>370712.22</v>
       </c>
-      <c r="G39" s="60">
+      <c r="G39" s="59">
         <v>338468.94</v>
       </c>
-      <c r="H39" s="60">
+      <c r="H39" s="59">
         <v>6562181.5099999998</v>
       </c>
-      <c r="I39" s="60">
+      <c r="I39" s="59">
         <v>376248.36</v>
       </c>
-      <c r="J39" s="60"/>
-[...5 lines deleted...]
-        <v>7649971.5199999996</v>
+      <c r="J39" s="59">
+        <v>60531.15</v>
+      </c>
+      <c r="K39" s="59"/>
+      <c r="L39" s="59"/>
+      <c r="M39" s="59"/>
+      <c r="N39" s="59"/>
+      <c r="P39" s="59">
+        <v>7710502.6699999999</v>
       </c>
     </row>
     <row r="40" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>76</v>
       </c>
-      <c r="C40" s="60">
-[...17 lines deleted...]
-      <c r="I40" s="60">
+      <c r="C40" s="59">
+        <v>0</v>
+      </c>
+      <c r="D40" s="59">
+        <v>0</v>
+      </c>
+      <c r="E40" s="59">
+        <v>0</v>
+      </c>
+      <c r="F40" s="59">
+        <v>0</v>
+      </c>
+      <c r="G40" s="59">
+        <v>0</v>
+      </c>
+      <c r="H40" s="59">
+        <v>0</v>
+      </c>
+      <c r="I40" s="59">
         <v>11615000</v>
       </c>
-      <c r="J40" s="60"/>
-[...1 lines deleted...]
-      <c r="P40" s="60">
+      <c r="J40" s="59">
+        <v>0</v>
+      </c>
+      <c r="N40" s="59"/>
+      <c r="P40" s="59">
         <v>11615000</v>
       </c>
     </row>
     <row r="41" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>77</v>
       </c>
-      <c r="C41" s="60">
-[...14 lines deleted...]
-      <c r="H41" s="60">
+      <c r="C41" s="59">
+        <v>0</v>
+      </c>
+      <c r="D41" s="59">
+        <v>0</v>
+      </c>
+      <c r="E41" s="59">
+        <v>0</v>
+      </c>
+      <c r="F41" s="59">
+        <v>0</v>
+      </c>
+      <c r="G41" s="59">
+        <v>0</v>
+      </c>
+      <c r="H41" s="59">
         <v>4454574.38</v>
       </c>
-      <c r="I41" s="60">
-[...3 lines deleted...]
-      <c r="P41" s="60">
+      <c r="I41" s="59">
+        <v>0</v>
+      </c>
+      <c r="J41" s="59">
+        <v>0</v>
+      </c>
+      <c r="P41" s="59">
         <v>4454574.38</v>
       </c>
     </row>
     <row r="42" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>78</v>
       </c>
-      <c r="C42" s="60">
-[...21 lines deleted...]
-      <c r="P42" s="60">
+      <c r="C42" s="59">
+        <v>0</v>
+      </c>
+      <c r="D42" s="59">
+        <v>0</v>
+      </c>
+      <c r="E42" s="59">
+        <v>0</v>
+      </c>
+      <c r="F42" s="59">
+        <v>0</v>
+      </c>
+      <c r="G42" s="59">
+        <v>0</v>
+      </c>
+      <c r="H42" s="59">
+        <v>0</v>
+      </c>
+      <c r="I42" s="59">
+        <v>0</v>
+      </c>
+      <c r="J42" s="37">
+        <v>0</v>
+      </c>
+      <c r="K42" s="59"/>
+      <c r="P42" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>79</v>
       </c>
-      <c r="C43" s="60">
+      <c r="C43" s="59">
         <v>-315.20999999999998</v>
       </c>
-      <c r="D43" s="60">
+      <c r="D43" s="59">
         <v>60458.9</v>
       </c>
-      <c r="E43" s="60">
+      <c r="E43" s="59">
         <v>799187.95</v>
       </c>
-      <c r="F43" s="60">
+      <c r="F43" s="59">
         <v>-25679.46</v>
       </c>
-      <c r="G43" s="60">
+      <c r="G43" s="59">
         <v>-326379.24</v>
       </c>
-      <c r="H43" s="60">
+      <c r="H43" s="59">
         <v>515900</v>
       </c>
-      <c r="I43" s="60">
+      <c r="I43" s="59">
         <v>17000</v>
       </c>
-      <c r="J43" s="60"/>
-[...4 lines deleted...]
-      <c r="P43" s="60">
+      <c r="J43" s="59">
+        <v>0</v>
+      </c>
+      <c r="K43" s="59"/>
+      <c r="L43" s="59"/>
+      <c r="M43" s="59"/>
+      <c r="N43" s="59"/>
+      <c r="P43" s="59">
         <v>1040172.94</v>
       </c>
     </row>
     <row r="44" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>80</v>
       </c>
-      <c r="C44" s="60">
+      <c r="C44" s="59">
         <v>18392</v>
       </c>
-      <c r="D44" s="60">
+      <c r="D44" s="59">
         <v>34304</v>
       </c>
-      <c r="E44" s="60">
+      <c r="E44" s="59">
         <v>1273099</v>
       </c>
-      <c r="F44" s="60">
+      <c r="F44" s="59">
         <v>842208</v>
       </c>
-      <c r="G44" s="60">
+      <c r="G44" s="59">
         <v>745722</v>
       </c>
-      <c r="H44" s="60">
+      <c r="H44" s="59">
         <v>902445</v>
       </c>
-      <c r="I44" s="60">
+      <c r="I44" s="59">
         <v>28690670</v>
       </c>
-      <c r="J44" s="60"/>
-[...5 lines deleted...]
-        <v>32506840</v>
+      <c r="J44" s="59">
+        <v>825019</v>
+      </c>
+      <c r="K44" s="59"/>
+      <c r="L44" s="59"/>
+      <c r="M44" s="59"/>
+      <c r="N44" s="59"/>
+      <c r="P44" s="59">
+        <v>33331859</v>
       </c>
     </row>
     <row r="45" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>81</v>
       </c>
-      <c r="C45" s="60">
+      <c r="C45" s="59">
         <v>-10541.68</v>
       </c>
-      <c r="D45" s="60">
+      <c r="D45" s="59">
         <v>-28551.15</v>
       </c>
-      <c r="E45" s="60">
+      <c r="E45" s="59">
         <v>1391.37</v>
       </c>
-      <c r="F45" s="60">
+      <c r="F45" s="59">
         <v>-81381.97</v>
       </c>
-      <c r="G45" s="60">
+      <c r="G45" s="59">
         <v>590.62</v>
       </c>
-      <c r="H45" s="60">
+      <c r="H45" s="59">
         <v>1308.49</v>
       </c>
-      <c r="I45" s="60">
+      <c r="I45" s="59">
         <v>-39591.339999999997</v>
       </c>
-      <c r="P45" s="60">
-        <v>-156775.66</v>
+      <c r="J45" s="37">
+        <v>3705.61</v>
+      </c>
+      <c r="P45" s="59">
+        <v>-153070.04999999999</v>
       </c>
     </row>
     <row r="46" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>82</v>
       </c>
-      <c r="C46" s="60">
+      <c r="C46" s="59">
         <v>30926.25</v>
       </c>
-      <c r="D46" s="60">
+      <c r="D46" s="59">
         <v>2276894.96</v>
       </c>
-      <c r="E46" s="60">
+      <c r="E46" s="59">
         <v>1965157.04</v>
       </c>
-      <c r="F46" s="60">
+      <c r="F46" s="59">
         <v>2335942.67</v>
       </c>
-      <c r="G46" s="60">
+      <c r="G46" s="59">
         <v>2097163.7200000002</v>
       </c>
-      <c r="H46" s="60">
+      <c r="H46" s="59">
         <v>2067748.61</v>
       </c>
-      <c r="I46" s="60">
+      <c r="I46" s="59">
         <v>2083492.72</v>
       </c>
-      <c r="J46" s="60"/>
-[...5 lines deleted...]
-        <v>12857325.970000001</v>
+      <c r="J46" s="59">
+        <v>2056765.78</v>
+      </c>
+      <c r="K46" s="59"/>
+      <c r="L46" s="59"/>
+      <c r="M46" s="59"/>
+      <c r="N46" s="59"/>
+      <c r="P46" s="59">
+        <v>14914091.75</v>
       </c>
     </row>
     <row r="47" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>128</v>
       </c>
-      <c r="C47" s="60">
+      <c r="C47" s="59">
         <v>-88838.87</v>
       </c>
-      <c r="D47" s="60">
+      <c r="D47" s="59">
         <v>-158778.79</v>
       </c>
-      <c r="E47" s="60">
+      <c r="E47" s="59">
         <v>23894942.670000002</v>
       </c>
-      <c r="F47" s="60">
+      <c r="F47" s="59">
         <v>-749480.32</v>
       </c>
-      <c r="G47" s="60">
+      <c r="G47" s="59">
         <v>-195787.87</v>
       </c>
-      <c r="H47" s="60">
+      <c r="H47" s="59">
         <v>-1230475.02</v>
       </c>
-      <c r="I47" s="60">
+      <c r="I47" s="59">
         <v>-927909.1</v>
       </c>
-      <c r="J47" s="60"/>
-[...5 lines deleted...]
-        <v>20543672.699999999</v>
+      <c r="J47" s="59">
+        <v>-99939.13</v>
+      </c>
+      <c r="K47" s="59"/>
+      <c r="L47" s="59"/>
+      <c r="M47" s="59"/>
+      <c r="N47" s="59"/>
+      <c r="P47" s="59">
+        <v>20443733.57</v>
       </c>
     </row>
     <row r="48" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>83</v>
       </c>
-      <c r="C48" s="60">
-[...2 lines deleted...]
-      <c r="D48" s="60">
+      <c r="C48" s="59">
+        <v>0</v>
+      </c>
+      <c r="D48" s="59">
         <v>3750000</v>
       </c>
-      <c r="E48" s="60">
-[...5 lines deleted...]
-      <c r="G48" s="60">
+      <c r="E48" s="59">
+        <v>0</v>
+      </c>
+      <c r="F48" s="59">
+        <v>0</v>
+      </c>
+      <c r="G48" s="59">
         <v>3750000</v>
       </c>
-      <c r="H48" s="60">
-[...8 lines deleted...]
-        <v>7500000</v>
+      <c r="H48" s="59">
+        <v>0</v>
+      </c>
+      <c r="I48" s="59">
+        <v>0</v>
+      </c>
+      <c r="J48" s="59">
+        <v>3750000</v>
+      </c>
+      <c r="M48" s="59"/>
+      <c r="P48" s="59">
+        <v>11250000</v>
       </c>
     </row>
     <row r="49" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>84</v>
       </c>
-      <c r="C49" s="60">
+      <c r="C49" s="59">
         <v>-943948.17</v>
       </c>
-      <c r="D49" s="60">
+      <c r="D49" s="59">
         <v>586346.42000000004</v>
       </c>
-      <c r="E49" s="60">
+      <c r="E49" s="59">
         <v>4285565.33</v>
       </c>
-      <c r="F49" s="60">
+      <c r="F49" s="59">
         <v>-741238.71</v>
       </c>
-      <c r="G49" s="60">
+      <c r="G49" s="59">
         <v>-738805.84</v>
       </c>
-      <c r="H49" s="60">
+      <c r="H49" s="59">
         <v>3847036.63</v>
       </c>
-      <c r="I49" s="60">
+      <c r="I49" s="59">
         <v>68653.73</v>
       </c>
-      <c r="J49" s="60"/>
-[...5 lines deleted...]
-        <v>6363609.3899999997</v>
+      <c r="J49" s="59">
+        <v>48858</v>
+      </c>
+      <c r="K49" s="59"/>
+      <c r="L49" s="59"/>
+      <c r="M49" s="59"/>
+      <c r="N49" s="59"/>
+      <c r="P49" s="59">
+        <v>6412467.3899999997</v>
       </c>
     </row>
     <row r="50" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="C50" s="60"/>
-[...12 lines deleted...]
-      <c r="P50" s="60"/>
+      <c r="C50" s="59"/>
+      <c r="D50" s="59"/>
+      <c r="E50" s="59"/>
+      <c r="F50" s="59"/>
+      <c r="G50" s="59"/>
+      <c r="H50" s="59"/>
+      <c r="I50" s="59"/>
+      <c r="J50" s="59"/>
+      <c r="K50" s="50"/>
+      <c r="L50" s="50"/>
+      <c r="M50" s="50"/>
+      <c r="N50" s="50"/>
+      <c r="O50" s="50"/>
+      <c r="P50" s="59"/>
     </row>
     <row r="51" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="C51" s="60"/>
-[...12 lines deleted...]
-      <c r="P51" s="60"/>
+      <c r="C51" s="59"/>
+      <c r="D51" s="59"/>
+      <c r="E51" s="59"/>
+      <c r="F51" s="59"/>
+      <c r="G51" s="59"/>
+      <c r="H51" s="59"/>
+      <c r="I51" s="59"/>
+      <c r="J51" s="50"/>
+      <c r="K51" s="50"/>
+      <c r="L51" s="50"/>
+      <c r="M51" s="50"/>
+      <c r="N51" s="50"/>
+      <c r="O51" s="50"/>
+      <c r="P51" s="59"/>
     </row>
     <row r="52" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A52" s="78" t="s">
+      <c r="A52" s="77" t="s">
         <v>85</v>
       </c>
-      <c r="C52" s="60"/>
-[...9 lines deleted...]
-      <c r="P52" s="60"/>
+      <c r="C52" s="59"/>
+      <c r="D52" s="59"/>
+      <c r="E52" s="59"/>
+      <c r="F52" s="59"/>
+      <c r="J52" s="52"/>
+      <c r="K52" s="50"/>
+      <c r="L52" s="50"/>
+      <c r="M52" s="50"/>
+      <c r="N52" s="52"/>
+      <c r="O52" s="52"/>
+      <c r="P52" s="59"/>
     </row>
     <row r="53" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A53" s="79" t="s">
+      <c r="A53" s="78" t="s">
         <v>86</v>
       </c>
-      <c r="C53" s="60">
+      <c r="C53" s="59">
         <v>1777</v>
       </c>
-      <c r="D53" s="60">
+      <c r="D53" s="59">
         <v>7710.75</v>
       </c>
-      <c r="E53" s="60">
+      <c r="E53" s="59">
         <v>22000</v>
       </c>
-      <c r="F53" s="60">
+      <c r="F53" s="59">
         <v>1438.95</v>
       </c>
-      <c r="G53" s="37">
+      <c r="G53" s="36">
         <v>488.95</v>
       </c>
-      <c r="H53" s="37">
+      <c r="H53" s="36">
         <v>37916</v>
       </c>
-      <c r="I53" s="37">
+      <c r="I53" s="36">
         <v>970</v>
       </c>
-      <c r="P53" s="60">
-        <v>72301.649999999994</v>
+      <c r="J53" s="37">
+        <v>25678.04</v>
+      </c>
+      <c r="P53" s="59">
+        <v>97979.69</v>
       </c>
     </row>
     <row r="54" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A54" s="79" t="s">
+      <c r="A54" s="78" t="s">
         <v>87</v>
       </c>
-      <c r="C54" s="60">
+      <c r="C54" s="59">
         <v>30709.27</v>
       </c>
-      <c r="D54" s="60">
+      <c r="D54" s="59">
         <v>37682.410000000003</v>
       </c>
-      <c r="E54" s="60">
+      <c r="E54" s="59">
         <v>93352.26</v>
       </c>
-      <c r="F54" s="60">
+      <c r="F54" s="59">
         <v>78537.649999999994</v>
       </c>
-      <c r="G54" s="60">
+      <c r="G54" s="59">
         <v>-9059.8799999999992</v>
       </c>
-      <c r="H54" s="60">
+      <c r="H54" s="59">
         <v>72762.81</v>
       </c>
-      <c r="I54" s="60">
+      <c r="I54" s="59">
         <v>20612.73</v>
       </c>
-      <c r="P54" s="60">
-        <v>324597.25</v>
+      <c r="J54" s="37">
+        <v>13379.3</v>
+      </c>
+      <c r="P54" s="59">
+        <v>337976.55</v>
       </c>
     </row>
     <row r="55" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A55" s="79" t="s">
+      <c r="A55" s="78" t="s">
         <v>88</v>
       </c>
-      <c r="C55" s="60">
-[...20 lines deleted...]
-      <c r="P55" s="60">
+      <c r="C55" s="59">
+        <v>0</v>
+      </c>
+      <c r="D55" s="59">
+        <v>0</v>
+      </c>
+      <c r="E55" s="59">
+        <v>0</v>
+      </c>
+      <c r="F55" s="59">
+        <v>0</v>
+      </c>
+      <c r="G55" s="59">
+        <v>0</v>
+      </c>
+      <c r="H55" s="59">
+        <v>0</v>
+      </c>
+      <c r="I55" s="59">
+        <v>0</v>
+      </c>
+      <c r="J55" s="37">
+        <v>0</v>
+      </c>
+      <c r="P55" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A56" s="79" t="s">
+      <c r="A56" s="78" t="s">
         <v>89</v>
       </c>
-      <c r="C56" s="60">
-[...20 lines deleted...]
-      <c r="P56" s="60">
+      <c r="C56" s="59">
+        <v>0</v>
+      </c>
+      <c r="D56" s="59">
+        <v>0</v>
+      </c>
+      <c r="E56" s="59">
+        <v>0</v>
+      </c>
+      <c r="F56" s="59">
+        <v>0</v>
+      </c>
+      <c r="G56" s="59">
+        <v>0</v>
+      </c>
+      <c r="H56" s="59">
+        <v>0</v>
+      </c>
+      <c r="I56" s="59">
+        <v>0</v>
+      </c>
+      <c r="J56" s="37">
+        <v>0</v>
+      </c>
+      <c r="P56" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A57" s="79" t="s">
+      <c r="A57" s="78" t="s">
         <v>90</v>
       </c>
-      <c r="C57" s="60">
+      <c r="C57" s="59">
         <v>1000</v>
       </c>
-      <c r="D57" s="60">
+      <c r="D57" s="59">
         <v>750</v>
       </c>
-      <c r="E57" s="60">
+      <c r="E57" s="59">
         <v>750</v>
       </c>
-      <c r="F57" s="60">
+      <c r="F57" s="59">
         <v>5000</v>
       </c>
-      <c r="G57" s="60">
+      <c r="G57" s="59">
         <v>8250</v>
       </c>
-      <c r="H57" s="60">
+      <c r="H57" s="59">
         <v>26000</v>
       </c>
-      <c r="I57" s="60">
+      <c r="I57" s="59">
         <v>8000</v>
       </c>
-      <c r="P57" s="60">
-        <v>49750</v>
+      <c r="J57" s="37">
+        <v>1250</v>
+      </c>
+      <c r="P57" s="59">
+        <v>51000</v>
       </c>
     </row>
     <row r="58" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A58" s="79" t="s">
+      <c r="A58" s="78" t="s">
         <v>91</v>
       </c>
-      <c r="C58" s="60">
-[...20 lines deleted...]
-      <c r="P58" s="60">
+      <c r="C58" s="59">
+        <v>0</v>
+      </c>
+      <c r="D58" s="59">
+        <v>0</v>
+      </c>
+      <c r="E58" s="59">
+        <v>0</v>
+      </c>
+      <c r="F58" s="59">
+        <v>0</v>
+      </c>
+      <c r="G58" s="59">
+        <v>0</v>
+      </c>
+      <c r="H58" s="59">
+        <v>0</v>
+      </c>
+      <c r="I58" s="59">
+        <v>0</v>
+      </c>
+      <c r="J58" s="37">
+        <v>0</v>
+      </c>
+      <c r="P58" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A59" s="79" t="s">
+      <c r="A59" s="78" t="s">
         <v>92</v>
       </c>
-      <c r="C59" s="60">
+      <c r="C59" s="59">
         <v>123658.27</v>
       </c>
-      <c r="D59" s="60">
+      <c r="D59" s="59">
         <v>176977.4</v>
       </c>
-      <c r="E59" s="60">
-[...5 lines deleted...]
-      <c r="G59" s="60">
+      <c r="E59" s="59">
+        <v>0</v>
+      </c>
+      <c r="F59" s="59">
+        <v>0</v>
+      </c>
+      <c r="G59" s="59">
         <v>-111675</v>
       </c>
-      <c r="H59" s="60">
+      <c r="H59" s="59">
         <v>212.7</v>
       </c>
-      <c r="I59" s="60">
-[...3 lines deleted...]
-        <v>189173.37</v>
+      <c r="I59" s="59">
+        <v>0</v>
+      </c>
+      <c r="J59" s="37">
+        <v>300838.34999999998</v>
+      </c>
+      <c r="P59" s="59">
+        <v>490011.72</v>
       </c>
     </row>
     <row r="60" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A60" s="79" t="s">
+      <c r="A60" s="78" t="s">
         <v>93</v>
       </c>
-      <c r="C60" s="60">
+      <c r="C60" s="59">
         <v>21950</v>
       </c>
-      <c r="D60" s="60">
+      <c r="D60" s="59">
         <v>131850</v>
       </c>
-      <c r="E60" s="60">
+      <c r="E60" s="59">
         <v>-41550</v>
       </c>
-      <c r="F60" s="60">
+      <c r="F60" s="59">
         <v>109250</v>
       </c>
-      <c r="G60" s="60">
+      <c r="G60" s="59">
         <v>38400</v>
       </c>
-      <c r="H60" s="60">
+      <c r="H60" s="59">
         <v>153900</v>
       </c>
-      <c r="I60" s="60">
+      <c r="I60" s="59">
         <v>107450</v>
       </c>
-      <c r="P60" s="60">
-        <v>521250</v>
+      <c r="J60" s="37">
+        <v>109850</v>
+      </c>
+      <c r="P60" s="59">
+        <v>631100</v>
       </c>
     </row>
     <row r="61" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A61" s="79" t="s">
+      <c r="A61" s="78" t="s">
         <v>94</v>
       </c>
-      <c r="C61" s="60">
-[...20 lines deleted...]
-      <c r="P61" s="60">
+      <c r="C61" s="59">
+        <v>0</v>
+      </c>
+      <c r="D61" s="59">
+        <v>0</v>
+      </c>
+      <c r="E61" s="59">
+        <v>0</v>
+      </c>
+      <c r="F61" s="59">
+        <v>0</v>
+      </c>
+      <c r="G61" s="59">
+        <v>0</v>
+      </c>
+      <c r="H61" s="59">
+        <v>0</v>
+      </c>
+      <c r="I61" s="59">
+        <v>0</v>
+      </c>
+      <c r="J61" s="37">
+        <v>0</v>
+      </c>
+      <c r="P61" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A62" s="79" t="s">
+      <c r="A62" s="78" t="s">
         <v>95</v>
       </c>
-      <c r="C62" s="60">
-[...20 lines deleted...]
-      <c r="P62" s="60">
+      <c r="C62" s="59">
+        <v>0</v>
+      </c>
+      <c r="D62" s="59">
+        <v>0</v>
+      </c>
+      <c r="E62" s="59">
+        <v>0</v>
+      </c>
+      <c r="F62" s="59">
+        <v>0</v>
+      </c>
+      <c r="G62" s="59">
+        <v>0</v>
+      </c>
+      <c r="H62" s="59">
+        <v>0</v>
+      </c>
+      <c r="I62" s="59">
+        <v>0</v>
+      </c>
+      <c r="J62" s="37">
+        <v>0</v>
+      </c>
+      <c r="P62" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A63" s="79" t="s">
+      <c r="A63" s="78" t="s">
         <v>96</v>
       </c>
-      <c r="C63" s="60">
+      <c r="C63" s="59">
         <v>23582.5</v>
       </c>
-      <c r="D63" s="60">
+      <c r="D63" s="59">
         <v>47707.5</v>
       </c>
-      <c r="E63" s="60">
+      <c r="E63" s="59">
         <v>32342</v>
       </c>
-      <c r="F63" s="60">
+      <c r="F63" s="59">
         <v>40697</v>
       </c>
-      <c r="G63" s="60">
+      <c r="G63" s="59">
         <v>24560.75</v>
       </c>
-      <c r="H63" s="60">
+      <c r="H63" s="59">
         <v>85048.25</v>
       </c>
-      <c r="I63" s="60">
+      <c r="I63" s="59">
         <v>83684.08</v>
       </c>
-      <c r="P63" s="60">
-        <v>337622.08</v>
+      <c r="J63" s="37">
+        <v>50087.5</v>
+      </c>
+      <c r="P63" s="59">
+        <v>387709.58</v>
       </c>
     </row>
     <row r="64" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A64" s="79" t="s">
+      <c r="A64" s="78" t="s">
         <v>97</v>
       </c>
-      <c r="C64" s="60">
+      <c r="C64" s="59">
         <v>63060</v>
       </c>
-      <c r="D64" s="60">
+      <c r="D64" s="59">
         <v>60020</v>
       </c>
-      <c r="E64" s="60">
+      <c r="E64" s="59">
         <v>64625</v>
       </c>
-      <c r="F64" s="60">
+      <c r="F64" s="59">
         <v>60030</v>
       </c>
-      <c r="G64" s="60">
+      <c r="G64" s="59">
         <v>43135</v>
       </c>
-      <c r="H64" s="60">
+      <c r="H64" s="59">
         <v>37965</v>
       </c>
-      <c r="I64" s="60">
+      <c r="I64" s="59">
         <v>73185</v>
       </c>
-      <c r="P64" s="60">
-        <v>402020</v>
+      <c r="J64" s="37">
+        <v>54915</v>
+      </c>
+      <c r="P64" s="59">
+        <v>456935</v>
       </c>
     </row>
     <row r="65" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A65" s="79" t="s">
+      <c r="A65" s="78" t="s">
         <v>98</v>
       </c>
-      <c r="C65" s="60">
-[...20 lines deleted...]
-      <c r="P65" s="60">
+      <c r="C65" s="59">
+        <v>0</v>
+      </c>
+      <c r="D65" s="59">
+        <v>0</v>
+      </c>
+      <c r="E65" s="59">
+        <v>0</v>
+      </c>
+      <c r="F65" s="59">
+        <v>0</v>
+      </c>
+      <c r="G65" s="59">
+        <v>0</v>
+      </c>
+      <c r="H65" s="59">
+        <v>0</v>
+      </c>
+      <c r="I65" s="59">
+        <v>0</v>
+      </c>
+      <c r="J65" s="37">
+        <v>0</v>
+      </c>
+      <c r="P65" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A66" s="79" t="s">
+      <c r="A66" s="78" t="s">
         <v>99</v>
       </c>
-      <c r="C66" s="60">
+      <c r="C66" s="59">
         <v>2830</v>
       </c>
-      <c r="D66" s="60">
+      <c r="D66" s="59">
         <v>765</v>
       </c>
-      <c r="E66" s="60">
+      <c r="E66" s="59">
         <v>1505</v>
       </c>
-      <c r="F66" s="60">
+      <c r="F66" s="59">
         <v>2920</v>
       </c>
-      <c r="G66" s="60">
+      <c r="G66" s="59">
         <v>1777.5</v>
       </c>
-      <c r="H66" s="60">
+      <c r="H66" s="59">
         <v>740</v>
       </c>
-      <c r="I66" s="60">
+      <c r="I66" s="59">
         <v>2945.13</v>
       </c>
-      <c r="P66" s="60">
-        <v>13482.63</v>
+      <c r="J66" s="37">
+        <v>1270</v>
+      </c>
+      <c r="P66" s="59">
+        <v>14752.63</v>
       </c>
     </row>
     <row r="67" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A67" s="79" t="s">
+      <c r="A67" s="78" t="s">
         <v>100</v>
       </c>
-      <c r="C67" s="60">
+      <c r="C67" s="59">
         <v>53007.66</v>
       </c>
-      <c r="D67" s="60">
+      <c r="D67" s="59">
         <v>78568.42</v>
       </c>
-      <c r="E67" s="60">
+      <c r="E67" s="59">
         <v>110910.85</v>
       </c>
-      <c r="F67" s="60">
+      <c r="F67" s="59">
         <v>36591.160000000003</v>
       </c>
-      <c r="G67" s="60">
+      <c r="G67" s="59">
         <v>2065.5300000000002</v>
       </c>
-      <c r="H67" s="60">
+      <c r="H67" s="59">
         <v>32663.13</v>
       </c>
-      <c r="I67" s="60">
+      <c r="I67" s="59">
         <v>32691.74</v>
       </c>
-      <c r="P67" s="60">
-        <v>346498.49</v>
+      <c r="J67" s="37">
+        <v>1.67</v>
+      </c>
+      <c r="P67" s="59">
+        <v>346500.16</v>
       </c>
     </row>
     <row r="68" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A68" s="79" t="s">
+      <c r="A68" s="78" t="s">
         <v>101</v>
       </c>
-      <c r="C68" s="60">
+      <c r="C68" s="59">
         <v>34768.5</v>
       </c>
-      <c r="D68" s="60">
+      <c r="D68" s="59">
         <v>21200</v>
       </c>
-      <c r="E68" s="60">
+      <c r="E68" s="59">
         <v>5300</v>
       </c>
-      <c r="F68" s="60">
+      <c r="F68" s="59">
         <v>5102.33</v>
       </c>
-      <c r="G68" s="60">
+      <c r="G68" s="59">
         <v>2500</v>
       </c>
-      <c r="H68" s="60">
+      <c r="H68" s="59">
         <v>1852.88</v>
       </c>
-      <c r="I68" s="60">
+      <c r="I68" s="59">
         <v>1482.23</v>
       </c>
-      <c r="P68" s="60">
-        <v>72205.94</v>
+      <c r="J68" s="37">
+        <v>340.27</v>
+      </c>
+      <c r="P68" s="59">
+        <v>72546.210000000006</v>
       </c>
     </row>
     <row r="69" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A69" s="79" t="s">
+      <c r="A69" s="78" t="s">
         <v>102</v>
       </c>
-      <c r="C69" s="60">
+      <c r="C69" s="59">
         <v>16805</v>
       </c>
-      <c r="D69" s="60">
+      <c r="D69" s="59">
         <v>41460</v>
       </c>
-      <c r="E69" s="60">
+      <c r="E69" s="59">
         <v>49160</v>
       </c>
-      <c r="F69" s="60">
+      <c r="F69" s="59">
         <v>36200</v>
       </c>
-      <c r="G69" s="60">
+      <c r="G69" s="59">
         <v>26340</v>
       </c>
-      <c r="H69" s="60">
+      <c r="H69" s="59">
         <v>34700</v>
       </c>
-      <c r="I69" s="60">
+      <c r="I69" s="59">
         <v>29945</v>
       </c>
-      <c r="P69" s="60">
-        <v>234610</v>
+      <c r="J69" s="37">
+        <v>30115</v>
+      </c>
+      <c r="P69" s="59">
+        <v>264725</v>
       </c>
     </row>
     <row r="70" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A70" s="79" t="s">
+      <c r="A70" s="78" t="s">
         <v>103</v>
       </c>
-      <c r="C70" s="60">
-[...20 lines deleted...]
-      <c r="P70" s="60">
+      <c r="C70" s="59">
+        <v>0</v>
+      </c>
+      <c r="D70" s="59">
+        <v>0</v>
+      </c>
+      <c r="E70" s="59">
+        <v>0</v>
+      </c>
+      <c r="F70" s="59">
+        <v>0</v>
+      </c>
+      <c r="G70" s="59">
+        <v>0</v>
+      </c>
+      <c r="H70" s="59">
+        <v>0</v>
+      </c>
+      <c r="I70" s="59">
+        <v>0</v>
+      </c>
+      <c r="J70" s="37">
+        <v>0</v>
+      </c>
+      <c r="P70" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A71" s="79" t="s">
+      <c r="A71" s="78" t="s">
         <v>104</v>
       </c>
-      <c r="C71" s="60">
+      <c r="C71" s="59">
         <v>205055.2</v>
       </c>
-      <c r="D71" s="60">
+      <c r="D71" s="59">
         <v>105259</v>
       </c>
-      <c r="E71" s="60">
+      <c r="E71" s="59">
         <v>49075</v>
       </c>
-      <c r="F71" s="60">
+      <c r="F71" s="59">
         <v>220862.87</v>
       </c>
-      <c r="G71" s="60">
+      <c r="G71" s="59">
         <v>71492.539999999994</v>
       </c>
-      <c r="H71" s="60">
+      <c r="H71" s="59">
         <v>56726</v>
       </c>
-      <c r="I71" s="60">
+      <c r="I71" s="59">
         <v>109238.55</v>
       </c>
-      <c r="P71" s="60">
-        <v>817709.16</v>
+      <c r="J71" s="37">
+        <v>77392</v>
+      </c>
+      <c r="P71" s="59">
+        <v>895101.16</v>
       </c>
     </row>
     <row r="72" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A72" s="79" t="s">
+      <c r="A72" s="78" t="s">
         <v>105</v>
       </c>
-      <c r="C72" s="60">
+      <c r="C72" s="59">
         <v>179901.98</v>
       </c>
-      <c r="D72" s="60">
+      <c r="D72" s="59">
         <v>369845.46</v>
       </c>
-      <c r="E72" s="60">
+      <c r="E72" s="59">
         <v>430095.92</v>
       </c>
-      <c r="F72" s="60">
+      <c r="F72" s="59">
         <v>268277.46000000002</v>
       </c>
-      <c r="G72" s="60">
+      <c r="G72" s="59">
         <v>33710.730000000003</v>
       </c>
-      <c r="H72" s="60">
+      <c r="H72" s="59">
         <v>102533.3</v>
       </c>
-      <c r="I72" s="60">
+      <c r="I72" s="59">
         <v>104297.75</v>
       </c>
-      <c r="P72" s="60">
-        <v>1488662.6</v>
+      <c r="J72" s="37">
+        <v>-59002.32</v>
+      </c>
+      <c r="P72" s="59">
+        <v>1429660.28</v>
       </c>
     </row>
     <row r="73" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A73" s="79" t="s">
+      <c r="A73" s="78" t="s">
         <v>106</v>
       </c>
-      <c r="C73" s="60">
+      <c r="C73" s="59">
         <v>-53025</v>
       </c>
-      <c r="D73" s="60">
-[...2 lines deleted...]
-      <c r="E73" s="60">
+      <c r="D73" s="59">
+        <v>0</v>
+      </c>
+      <c r="E73" s="59">
         <v>3724.68</v>
       </c>
-      <c r="F73" s="60">
+      <c r="F73" s="59">
         <v>-1955</v>
       </c>
-      <c r="G73" s="60">
-[...9 lines deleted...]
-        <v>-51255.32</v>
+      <c r="G73" s="59">
+        <v>0</v>
+      </c>
+      <c r="H73" s="59">
+        <v>0</v>
+      </c>
+      <c r="I73" s="59">
+        <v>0</v>
+      </c>
+      <c r="J73" s="37">
+        <v>6743.44</v>
+      </c>
+      <c r="P73" s="59">
+        <v>-44511.88</v>
       </c>
     </row>
     <row r="74" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A74" s="79" t="s">
+      <c r="A74" s="78" t="s">
         <v>107</v>
       </c>
-      <c r="C74" s="60">
+      <c r="C74" s="59">
         <v>94529.12</v>
       </c>
-      <c r="D74" s="60">
+      <c r="D74" s="59">
         <v>95180.28</v>
       </c>
-      <c r="E74" s="60">
+      <c r="E74" s="59">
         <v>106236.51</v>
       </c>
-      <c r="F74" s="60">
+      <c r="F74" s="59">
         <v>104755.86</v>
       </c>
-      <c r="G74" s="60">
+      <c r="G74" s="59">
         <v>93158.25</v>
       </c>
-      <c r="H74" s="60">
+      <c r="H74" s="59">
         <v>85796.68</v>
       </c>
-      <c r="I74" s="60">
+      <c r="I74" s="59">
         <v>108455.5</v>
       </c>
-      <c r="P74" s="60">
-        <v>688112.2</v>
+      <c r="J74" s="37">
+        <v>108565.61</v>
+      </c>
+      <c r="P74" s="59">
+        <v>796677.81</v>
       </c>
     </row>
     <row r="75" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A75" s="79" t="s">
+      <c r="A75" s="78" t="s">
         <v>108</v>
       </c>
-      <c r="C75" s="60">
-[...11 lines deleted...]
-      <c r="G75" s="60">
+      <c r="C75" s="59">
+        <v>0</v>
+      </c>
+      <c r="D75" s="59">
+        <v>0</v>
+      </c>
+      <c r="E75" s="59">
+        <v>0</v>
+      </c>
+      <c r="F75" s="59">
+        <v>0</v>
+      </c>
+      <c r="G75" s="59">
         <v>3000</v>
       </c>
-      <c r="H75" s="60">
-[...5 lines deleted...]
-      <c r="P75" s="60">
+      <c r="H75" s="59">
+        <v>0</v>
+      </c>
+      <c r="I75" s="59">
+        <v>0</v>
+      </c>
+      <c r="J75" s="37">
+        <v>0</v>
+      </c>
+      <c r="P75" s="59">
         <v>3000</v>
       </c>
     </row>
     <row r="76" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A76" s="79" t="s">
+      <c r="A76" s="78" t="s">
         <v>109</v>
       </c>
-      <c r="C76" s="60">
-[...20 lines deleted...]
-      <c r="P76" s="60">
+      <c r="C76" s="59">
+        <v>0</v>
+      </c>
+      <c r="D76" s="59">
+        <v>0</v>
+      </c>
+      <c r="E76" s="59">
+        <v>0</v>
+      </c>
+      <c r="F76" s="59">
+        <v>0</v>
+      </c>
+      <c r="G76" s="59">
+        <v>0</v>
+      </c>
+      <c r="H76" s="59">
+        <v>0</v>
+      </c>
+      <c r="I76" s="59">
+        <v>0</v>
+      </c>
+      <c r="J76" s="37">
+        <v>0</v>
+      </c>
+      <c r="P76" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A77" s="79" t="s">
+      <c r="A77" s="78" t="s">
         <v>110</v>
       </c>
-      <c r="C77" s="60">
+      <c r="C77" s="59">
         <v>47783.25</v>
       </c>
-      <c r="D77" s="60">
+      <c r="D77" s="59">
         <v>74128.22</v>
       </c>
-      <c r="E77" s="60">
+      <c r="E77" s="59">
         <v>85818.51</v>
       </c>
-      <c r="F77" s="60">
+      <c r="F77" s="59">
         <v>62045.33</v>
       </c>
-      <c r="G77" s="60">
+      <c r="G77" s="59">
         <v>52942.3</v>
       </c>
-      <c r="H77" s="60">
+      <c r="H77" s="59">
         <v>25704.66</v>
       </c>
-      <c r="I77" s="60">
+      <c r="I77" s="59">
         <v>74493.88</v>
       </c>
-      <c r="P77" s="60">
-        <v>422916.15</v>
+      <c r="J77" s="37">
+        <v>30247.83</v>
+      </c>
+      <c r="P77" s="59">
+        <v>453163.98</v>
       </c>
     </row>
     <row r="78" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A78" s="79" t="s">
+      <c r="A78" s="78" t="s">
         <v>111</v>
       </c>
-      <c r="C78" s="60">
-[...2 lines deleted...]
-      <c r="D78" s="60">
+      <c r="C78" s="59">
+        <v>0</v>
+      </c>
+      <c r="D78" s="59">
         <v>-120046.35</v>
       </c>
-      <c r="E78" s="60">
+      <c r="E78" s="59">
         <v>1500627.82</v>
       </c>
-      <c r="F78" s="60">
-[...11 lines deleted...]
-      <c r="J78"/>
+      <c r="F78" s="59">
+        <v>0</v>
+      </c>
+      <c r="G78" s="59">
+        <v>0</v>
+      </c>
+      <c r="H78" s="59">
+        <v>0</v>
+      </c>
+      <c r="I78" s="59">
+        <v>0</v>
+      </c>
+      <c r="J78">
+        <v>0</v>
+      </c>
       <c r="K78"/>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78"/>
       <c r="O78"/>
-      <c r="P78" s="60">
+      <c r="P78" s="59">
         <v>1380581.47</v>
       </c>
     </row>
     <row r="79" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A79" s="79" t="s">
+      <c r="A79" s="78" t="s">
         <v>128</v>
       </c>
-      <c r="C79" s="60">
+      <c r="C79" s="59">
         <v>-88838.87</v>
       </c>
-      <c r="D79" s="60">
+      <c r="D79" s="59">
         <v>-158778.79</v>
       </c>
-      <c r="E79" s="60">
+      <c r="E79" s="59">
         <v>23894942.670000002</v>
       </c>
-      <c r="F79" s="60">
+      <c r="F79" s="59">
         <v>-749480.32</v>
       </c>
-      <c r="G79" s="60">
+      <c r="G79" s="59">
         <v>-195787.87</v>
       </c>
-      <c r="H79" s="60">
+      <c r="H79" s="59">
         <v>-1230475.02</v>
       </c>
-      <c r="I79" s="60">
+      <c r="I79" s="59">
         <v>-927909.1</v>
       </c>
-      <c r="P79" s="60">
-        <v>20543672.699999999</v>
+      <c r="J79" s="37">
+        <v>-99939.13</v>
+      </c>
+      <c r="P79" s="59">
+        <v>20443733.57</v>
       </c>
     </row>
     <row r="80" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A80" s="79" t="s">
+      <c r="A80" s="78" t="s">
         <v>112</v>
       </c>
-      <c r="C80" s="60">
+      <c r="C80" s="59">
         <v>-603077.79</v>
       </c>
-      <c r="D80" s="60">
+      <c r="D80" s="59">
         <v>1317820.3700000001</v>
       </c>
-      <c r="E80" s="60">
+      <c r="E80" s="59">
         <v>162078.54</v>
       </c>
-      <c r="F80" s="60">
+      <c r="F80" s="59">
         <v>3374.54</v>
       </c>
-      <c r="G80" s="60">
+      <c r="G80" s="59">
         <v>568107.89</v>
       </c>
-      <c r="H80" s="60">
+      <c r="H80" s="59">
         <v>248844.88</v>
       </c>
-      <c r="I80" s="60">
+      <c r="I80" s="59">
         <v>43216.77</v>
       </c>
-      <c r="M80" s="61"/>
-[...1 lines deleted...]
-        <v>1740365.2</v>
+      <c r="J80" s="37">
+        <v>549434.98</v>
+      </c>
+      <c r="M80" s="60"/>
+      <c r="P80" s="59">
+        <v>2289800.1800000002</v>
       </c>
     </row>
     <row r="81" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A81" s="77" t="s">
+      <c r="A81" s="76" t="s">
         <v>85</v>
       </c>
-      <c r="C81" s="54">
+      <c r="C81" s="53">
         <v>155476.09</v>
       </c>
-      <c r="D81" s="54">
+      <c r="D81" s="53">
         <v>2288099.67</v>
       </c>
-      <c r="E81" s="54">
+      <c r="E81" s="53">
         <v>26570994.760000002</v>
       </c>
-      <c r="F81" s="54">
+      <c r="F81" s="53">
         <v>283647.83</v>
       </c>
-      <c r="G81" s="54">
+      <c r="G81" s="53">
         <v>653406.68999999994</v>
       </c>
-      <c r="H81" s="54">
+      <c r="H81" s="53">
         <v>-227108.73</v>
       </c>
-      <c r="I81" s="54">
+      <c r="I81" s="53">
         <v>-127240.74</v>
       </c>
-      <c r="J81" s="54">
-[...18 lines deleted...]
-        <v>29597275.57</v>
+      <c r="J81" s="53">
+        <v>1201167.54</v>
+      </c>
+      <c r="K81" s="53">
+        <v>0</v>
+      </c>
+      <c r="L81" s="53">
+        <v>0</v>
+      </c>
+      <c r="M81" s="53">
+        <v>0</v>
+      </c>
+      <c r="N81" s="53">
+        <v>0</v>
+      </c>
+      <c r="O81" s="53">
+        <v>0</v>
+      </c>
+      <c r="P81" s="59">
+        <v>30798443.109999999</v>
       </c>
     </row>
     <row r="82" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="J82" s="37"/>
-[...5 lines deleted...]
-      <c r="P82" s="60"/>
+      <c r="J82" s="36"/>
+      <c r="K82" s="36"/>
+      <c r="L82" s="36"/>
+      <c r="M82" s="36"/>
+      <c r="N82" s="36"/>
+      <c r="O82" s="36"/>
+      <c r="P82" s="59"/>
     </row>
     <row r="83" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A83" s="77" t="s">
+      <c r="A83" s="76" t="s">
         <v>177</v>
       </c>
-      <c r="C83" s="54">
+      <c r="C83" s="53">
         <v>666129090.83000004</v>
       </c>
-      <c r="D83" s="54">
+      <c r="D83" s="53">
         <v>1141863740.5</v>
       </c>
-      <c r="E83" s="54">
+      <c r="E83" s="53">
         <v>1721092126.8699999</v>
       </c>
-      <c r="F83" s="54">
+      <c r="F83" s="53">
         <v>1206535948.1400001</v>
       </c>
-      <c r="G83" s="54">
+      <c r="G83" s="53">
         <v>1107495477.79</v>
       </c>
-      <c r="H83" s="54">
+      <c r="H83" s="53">
         <v>1582375695.2</v>
       </c>
-      <c r="I83" s="54">
+      <c r="I83" s="53">
         <v>1417530188.6099999</v>
       </c>
-      <c r="J83" s="54">
-[...18 lines deleted...]
-        <v>8843022267.9400005</v>
+      <c r="J83" s="53">
+        <v>933734834.48000002</v>
+      </c>
+      <c r="K83" s="53">
+        <v>0</v>
+      </c>
+      <c r="L83" s="53">
+        <v>0</v>
+      </c>
+      <c r="M83" s="53">
+        <v>0</v>
+      </c>
+      <c r="N83" s="53">
+        <v>0</v>
+      </c>
+      <c r="O83" s="53">
+        <v>0</v>
+      </c>
+      <c r="P83" s="59">
+        <v>9776757102.4200001</v>
       </c>
     </row>
     <row r="84" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="D84" s="38"/>
-[...7 lines deleted...]
-      <c r="P84" s="60"/>
+      <c r="D84" s="37"/>
+      <c r="E84" s="101"/>
+      <c r="J84" s="50"/>
+      <c r="K84" s="50"/>
+      <c r="L84" s="50"/>
+      <c r="M84" s="74"/>
+      <c r="N84" s="50"/>
+      <c r="O84" s="75"/>
+      <c r="P84" s="59"/>
     </row>
     <row r="85" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A85" s="77" t="s">
+      <c r="A85" s="76" t="s">
         <v>199</v>
       </c>
-      <c r="D85" s="38"/>
-[...7 lines deleted...]
-      <c r="P85" s="60"/>
+      <c r="D85" s="37"/>
+      <c r="E85" s="37"/>
+      <c r="J85" s="50"/>
+      <c r="K85" s="50"/>
+      <c r="L85" s="50"/>
+      <c r="M85" s="50"/>
+      <c r="N85" s="50"/>
+      <c r="O85" s="50"/>
+      <c r="P85" s="59"/>
     </row>
     <row r="86" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>127</v>
       </c>
-      <c r="C86" s="60">
+      <c r="C86" s="59">
         <v>15248656.720000001</v>
       </c>
-      <c r="D86" s="60">
+      <c r="D86" s="59">
         <v>15736638.890000001</v>
       </c>
-      <c r="E86" s="60">
+      <c r="E86" s="59">
         <v>15736638.890000001</v>
       </c>
-      <c r="F86" s="60">
+      <c r="F86" s="59">
         <v>7984553.9400000004</v>
       </c>
-      <c r="G86" s="60">
+      <c r="G86" s="59">
         <v>8559267.7200000007</v>
       </c>
-      <c r="H86" s="60">
+      <c r="H86" s="59">
         <v>6645412.4699999997</v>
       </c>
-      <c r="I86" s="60">
+      <c r="I86" s="59">
         <v>6310501.0199999996</v>
       </c>
-      <c r="J86" s="37"/>
-[...3 lines deleted...]
-        <v>76221669.650000006</v>
+      <c r="J86" s="36">
+        <v>5350303.07</v>
+      </c>
+      <c r="K86" s="36"/>
+      <c r="O86" s="36"/>
+      <c r="P86" s="59">
+        <v>81571972.719999999</v>
       </c>
     </row>
     <row r="87" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A87" s="80" t="s">
+      <c r="A87" s="79" t="s">
         <v>202</v>
       </c>
-      <c r="C87" s="60"/>
-      <c r="D87" s="60">
+      <c r="C87" s="59"/>
+      <c r="D87" s="59">
         <v>10390742.08</v>
       </c>
-      <c r="E87" s="60">
+      <c r="E87" s="59">
         <v>10390742.08</v>
       </c>
-      <c r="F87" s="60">
-[...5 lines deleted...]
-      <c r="H87" s="60">
+      <c r="F87" s="59">
+        <v>0</v>
+      </c>
+      <c r="G87" s="59">
+        <v>0</v>
+      </c>
+      <c r="H87" s="59">
         <v>7182078.8600000003</v>
       </c>
-      <c r="I87" s="60"/>
-[...3 lines deleted...]
-      <c r="P87" s="60">
+      <c r="I87" s="59"/>
+      <c r="J87" s="36"/>
+      <c r="K87" s="36"/>
+      <c r="O87" s="36"/>
+      <c r="P87" s="59">
         <v>27963563.02</v>
       </c>
     </row>
     <row r="88" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A88" s="80" t="s">
+      <c r="A88" s="79" t="s">
         <v>113</v>
       </c>
-      <c r="C88" s="60">
-[...2 lines deleted...]
-      <c r="D88" s="60">
+      <c r="C88" s="59">
+        <v>0</v>
+      </c>
+      <c r="D88" s="59">
         <v>4790262.21</v>
       </c>
-      <c r="E88" s="60">
+      <c r="E88" s="59">
         <v>4790262.21</v>
       </c>
-      <c r="F88" s="60">
+      <c r="F88" s="59">
         <v>7375185.21</v>
       </c>
-      <c r="G88" s="60">
+      <c r="G88" s="59">
         <v>6198602.3600000003</v>
       </c>
-      <c r="H88" s="60">
+      <c r="H88" s="59">
         <v>2858126.34</v>
       </c>
-      <c r="I88" s="60">
+      <c r="I88" s="59">
         <v>6485479.4800000004</v>
       </c>
-      <c r="J88" s="37"/>
-[...2 lines deleted...]
-      <c r="P88" s="60"/>
+      <c r="J88" s="36">
+        <v>6131688.7199999997</v>
+      </c>
+      <c r="K88" s="36"/>
+      <c r="O88" s="36"/>
+      <c r="P88" s="59"/>
     </row>
     <row r="89" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A89" s="80" t="s">
+      <c r="A89" s="79" t="s">
         <v>198</v>
       </c>
-      <c r="C89" s="60">
+      <c r="C89" s="59">
         <v>2439511.91</v>
       </c>
-      <c r="D89" s="60">
+      <c r="D89" s="59">
         <v>3695124.33</v>
       </c>
-      <c r="E89" s="60">
+      <c r="E89" s="59">
         <v>3695124.33</v>
       </c>
-      <c r="F89" s="60">
+      <c r="F89" s="59">
         <v>3445392.29</v>
       </c>
-      <c r="G89" s="60"/>
-[...1 lines deleted...]
-      <c r="I89" s="60">
+      <c r="G89" s="59"/>
+      <c r="H89" s="59"/>
+      <c r="I89" s="59">
         <v>4066340.9</v>
       </c>
-      <c r="J89" s="37"/>
-[...3 lines deleted...]
-        <v>17341493.760000002</v>
+      <c r="J89" s="36">
+        <v>2567551.89</v>
+      </c>
+      <c r="K89" s="36"/>
+      <c r="O89" s="36"/>
+      <c r="P89" s="59">
+        <v>19909045.649999999</v>
       </c>
     </row>
     <row r="90" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A90" s="80" t="s">
+      <c r="A90" s="79" t="s">
         <v>114</v>
       </c>
-      <c r="C90" s="60">
+      <c r="C90" s="59">
         <v>1219755.96</v>
       </c>
-      <c r="D90" s="60">
+      <c r="D90" s="59">
         <v>887481.83</v>
       </c>
-      <c r="E90" s="60"/>
-[...10 lines deleted...]
-      <c r="P90" s="60">
+      <c r="E90" s="59"/>
+      <c r="F90" s="59"/>
+      <c r="G90" s="59"/>
+      <c r="H90" s="59"/>
+      <c r="I90" s="59"/>
+      <c r="J90" s="36"/>
+      <c r="K90" s="36"/>
+      <c r="L90" s="36"/>
+      <c r="M90" s="36"/>
+      <c r="N90" s="36"/>
+      <c r="O90" s="36"/>
+      <c r="P90" s="59">
         <v>2107237.79</v>
       </c>
     </row>
     <row r="91" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A91" s="80" t="s">
+      <c r="A91" s="79" t="s">
         <v>203</v>
       </c>
-      <c r="C91" s="60"/>
-[...12 lines deleted...]
-      <c r="P91" s="60">
+      <c r="C91" s="59"/>
+      <c r="D91" s="59"/>
+      <c r="E91" s="59"/>
+      <c r="F91" s="59"/>
+      <c r="G91" s="59"/>
+      <c r="H91" s="59"/>
+      <c r="I91" s="59"/>
+      <c r="J91" s="36"/>
+      <c r="K91" s="36"/>
+      <c r="L91" s="36"/>
+      <c r="M91" s="36"/>
+      <c r="N91" s="36"/>
+      <c r="O91" s="36"/>
+      <c r="P91" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="C92" s="60"/>
-[...9 lines deleted...]
-      <c r="P92" s="60">
+      <c r="C92" s="59"/>
+      <c r="D92" s="59"/>
+      <c r="E92" s="59"/>
+      <c r="F92" s="59"/>
+      <c r="J92" s="36"/>
+      <c r="K92" s="36"/>
+      <c r="L92" s="36"/>
+      <c r="M92" s="36"/>
+      <c r="N92" s="36"/>
+      <c r="O92" s="36"/>
+      <c r="P92" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A93" s="80" t="s">
+      <c r="A93" s="79" t="s">
         <v>197</v>
       </c>
-      <c r="C93" s="60">
-[...2 lines deleted...]
-      <c r="D93" s="60">
+      <c r="C93" s="59">
+        <v>0</v>
+      </c>
+      <c r="D93" s="59">
         <v>118221870.19</v>
       </c>
-      <c r="E93" s="60">
+      <c r="E93" s="59">
         <v>118221870.19</v>
       </c>
-      <c r="F93" s="60">
+      <c r="F93" s="59">
         <v>110164855.75</v>
       </c>
-      <c r="G93" s="60">
+      <c r="G93" s="59">
         <v>112270253.70999999</v>
       </c>
-      <c r="H93" s="60">
+      <c r="H93" s="59">
         <v>104590577.73999999</v>
       </c>
-      <c r="I93" s="60">
+      <c r="I93" s="59">
         <v>122829510.61</v>
       </c>
-      <c r="J93" s="37"/>
-[...6 lines deleted...]
-        <v>686298938.19000006</v>
+      <c r="J93" s="36">
+        <v>102148967.84</v>
+      </c>
+      <c r="K93" s="36"/>
+      <c r="L93" s="36"/>
+      <c r="M93" s="36"/>
+      <c r="N93" s="36"/>
+      <c r="O93" s="36"/>
+      <c r="P93" s="59">
+        <v>788447906.02999997</v>
       </c>
     </row>
     <row r="94" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A94" s="80" t="s">
+      <c r="A94" s="79" t="s">
         <v>115</v>
       </c>
-      <c r="C94" s="60">
+      <c r="C94" s="59">
         <v>1844494.12</v>
       </c>
-      <c r="D94" s="60">
+      <c r="D94" s="59">
         <v>906317.96</v>
       </c>
-      <c r="E94" s="60">
+      <c r="E94" s="59">
         <v>906317.96</v>
       </c>
-      <c r="F94" s="60">
+      <c r="F94" s="59">
         <v>1463483.39</v>
       </c>
-      <c r="G94" s="60">
+      <c r="G94" s="59">
         <v>667438.93999999994</v>
       </c>
-      <c r="H94" s="60">
+      <c r="H94" s="59">
         <v>1550682.56</v>
       </c>
-      <c r="I94" s="60">
+      <c r="I94" s="59">
         <v>1283597.52</v>
       </c>
-      <c r="J94" s="37"/>
-[...6 lines deleted...]
-        <v>8622332.4499999993</v>
+      <c r="J94" s="36">
+        <v>-2529760.89</v>
+      </c>
+      <c r="K94" s="36"/>
+      <c r="L94" s="36"/>
+      <c r="M94" s="36"/>
+      <c r="N94" s="36"/>
+      <c r="O94" s="36"/>
+      <c r="P94" s="59">
+        <v>6092571.5599999996</v>
       </c>
     </row>
     <row r="95" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A95" s="83" t="s">
+      <c r="A95" s="82" t="s">
         <v>196</v>
       </c>
-      <c r="C95" s="55">
+      <c r="C95" s="54">
         <v>1844494.12</v>
       </c>
-      <c r="D95" s="55">
+      <c r="D95" s="54">
         <v>119128188.15000001</v>
       </c>
-      <c r="E95" s="55">
+      <c r="E95" s="54">
         <v>119128188.15000001</v>
       </c>
-      <c r="F95" s="55">
+      <c r="F95" s="54">
         <v>111628339.14</v>
       </c>
-      <c r="G95" s="55">
+      <c r="G95" s="54">
         <v>112937692.65000001</v>
       </c>
-      <c r="H95" s="55">
+      <c r="H95" s="54">
         <v>106141260.3</v>
       </c>
-      <c r="I95" s="55">
+      <c r="I95" s="54">
         <v>124113108.13</v>
       </c>
-      <c r="J95" s="55">
-[...18 lines deleted...]
-        <v>694921270.63999999</v>
+      <c r="J95" s="54">
+        <v>99619206.950000003</v>
+      </c>
+      <c r="K95" s="54">
+        <v>0</v>
+      </c>
+      <c r="L95" s="54">
+        <v>0</v>
+      </c>
+      <c r="M95" s="54">
+        <v>0</v>
+      </c>
+      <c r="N95" s="54">
+        <v>0</v>
+      </c>
+      <c r="O95" s="54">
+        <v>0</v>
+      </c>
+      <c r="P95" s="59">
+        <v>794540477.59000003</v>
       </c>
     </row>
     <row r="96" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="J96" s="51"/>
-[...5 lines deleted...]
-      <c r="P96" s="60"/>
+      <c r="J96" s="50"/>
+      <c r="K96" s="50"/>
+      <c r="L96" s="50"/>
+      <c r="M96" s="50"/>
+      <c r="N96" s="50"/>
+      <c r="O96" s="50"/>
+      <c r="P96" s="59"/>
     </row>
     <row r="97" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
         <v>116</v>
       </c>
-      <c r="C97" s="60"/>
-[...5 lines deleted...]
-      <c r="I97" s="60">
+      <c r="C97" s="59"/>
+      <c r="D97" s="59"/>
+      <c r="E97" s="59"/>
+      <c r="F97" s="59"/>
+      <c r="G97" s="59"/>
+      <c r="H97" s="59"/>
+      <c r="I97" s="59">
         <v>2508810.27</v>
       </c>
-      <c r="J97" s="51"/>
-[...5 lines deleted...]
-      <c r="P97" s="60"/>
+      <c r="J97" s="50">
+        <v>1478487.28</v>
+      </c>
+      <c r="K97" s="50"/>
+      <c r="L97" s="50"/>
+      <c r="M97" s="50"/>
+      <c r="N97" s="50"/>
+      <c r="O97" s="50"/>
+      <c r="P97" s="59"/>
     </row>
     <row r="98" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A98" s="81" t="s">
+      <c r="A98" s="80" t="s">
         <v>117</v>
       </c>
-      <c r="C98" s="60"/>
-[...12 lines deleted...]
-      <c r="P98" s="60">
+      <c r="C98" s="59"/>
+      <c r="D98" s="59"/>
+      <c r="E98" s="59"/>
+      <c r="F98" s="59"/>
+      <c r="G98" s="59"/>
+      <c r="H98" s="59"/>
+      <c r="I98" s="59"/>
+      <c r="J98" s="36"/>
+      <c r="K98" s="36"/>
+      <c r="L98" s="36"/>
+      <c r="M98" s="36"/>
+      <c r="N98" s="36"/>
+      <c r="O98" s="36"/>
+      <c r="P98" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A99" s="81" t="s">
+      <c r="A99" s="80" t="s">
         <v>118</v>
       </c>
-      <c r="C99" s="60"/>
-[...12 lines deleted...]
-      <c r="P99" s="60">
+      <c r="C99" s="59"/>
+      <c r="D99" s="59"/>
+      <c r="E99" s="59"/>
+      <c r="F99" s="59"/>
+      <c r="G99" s="59"/>
+      <c r="H99" s="59"/>
+      <c r="I99" s="59"/>
+      <c r="J99" s="36"/>
+      <c r="K99" s="36"/>
+      <c r="L99" s="36"/>
+      <c r="M99" s="36"/>
+      <c r="N99" s="36"/>
+      <c r="O99" s="36"/>
+      <c r="P99" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A100" s="81" t="s">
+      <c r="A100" s="80" t="s">
         <v>119</v>
       </c>
-      <c r="C100" s="60">
+      <c r="C100" s="59">
         <v>2506200.44</v>
       </c>
-      <c r="D100" s="60">
+      <c r="D100" s="59">
         <v>3143360.39</v>
       </c>
-      <c r="E100" s="60">
+      <c r="E100" s="59">
         <v>3143360.39</v>
       </c>
-      <c r="F100" s="60">
+      <c r="F100" s="59">
         <v>3143360.39</v>
       </c>
-      <c r="G100" s="60">
+      <c r="G100" s="59">
         <v>2572500.13</v>
       </c>
-      <c r="H100" s="60">
+      <c r="H100" s="59">
         <v>2136490.61</v>
       </c>
-      <c r="I100" s="60">
+      <c r="I100" s="59">
         <v>2136490.61</v>
       </c>
-      <c r="J100" s="37"/>
-[...6 lines deleted...]
-        <v>18781762.960000001</v>
+      <c r="J100" s="36">
+        <v>2136490.61</v>
+      </c>
+      <c r="K100" s="36"/>
+      <c r="L100" s="36"/>
+      <c r="M100" s="36"/>
+      <c r="N100" s="36"/>
+      <c r="O100" s="36"/>
+      <c r="P100" s="59">
+        <v>20918253.57</v>
       </c>
     </row>
     <row r="101" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A101" s="82" t="s">
+      <c r="A101" s="81" t="s">
         <v>133</v>
       </c>
-      <c r="C101" s="55">
+      <c r="C101" s="54">
         <v>2506200.44</v>
       </c>
-      <c r="D101" s="55">
+      <c r="D101" s="54">
         <v>3143360.39</v>
       </c>
-      <c r="E101" s="55">
+      <c r="E101" s="54">
         <v>3143360.39</v>
       </c>
-      <c r="F101" s="55">
+      <c r="F101" s="54">
         <v>3143360.39</v>
       </c>
-      <c r="G101" s="55">
+      <c r="G101" s="54">
         <v>3143360.39</v>
       </c>
-      <c r="H101" s="55">
+      <c r="H101" s="54">
         <v>3143360.39</v>
       </c>
-      <c r="I101" s="55">
+      <c r="I101" s="54">
         <v>3143360.39</v>
       </c>
-      <c r="J101" s="55">
-[...18 lines deleted...]
-        <v>21366362.780000001</v>
+      <c r="J101" s="54">
+        <v>3614977.89</v>
+      </c>
+      <c r="K101" s="54">
+        <v>0</v>
+      </c>
+      <c r="L101" s="54">
+        <v>0</v>
+      </c>
+      <c r="M101" s="54">
+        <v>0</v>
+      </c>
+      <c r="N101" s="54">
+        <v>0</v>
+      </c>
+      <c r="O101" s="54">
+        <v>0</v>
+      </c>
+      <c r="P101" s="59">
+        <v>24981340.670000002</v>
       </c>
     </row>
     <row r="102" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="J102" s="51"/>
-[...5 lines deleted...]
-      <c r="P102" s="60"/>
+      <c r="J102" s="50"/>
+      <c r="K102" s="50"/>
+      <c r="L102" s="50"/>
+      <c r="M102" s="50"/>
+      <c r="N102" s="50"/>
+      <c r="O102" s="50"/>
+      <c r="P102" s="59"/>
     </row>
     <row r="103" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A103" s="81" t="s">
+      <c r="A103" s="80" t="s">
         <v>120</v>
       </c>
-      <c r="C103" s="60">
+      <c r="C103" s="59">
         <v>105018666.90000001</v>
       </c>
-      <c r="D103" s="60">
+      <c r="D103" s="59">
         <v>105528469.88</v>
       </c>
-      <c r="E103" s="60">
+      <c r="E103" s="59">
         <v>105528469.88</v>
       </c>
-      <c r="F103" s="60">
+      <c r="F103" s="59">
         <v>101842243.08</v>
       </c>
-      <c r="G103" s="37">
+      <c r="G103" s="36">
         <v>102567565.5</v>
       </c>
-      <c r="H103" s="37">
+      <c r="H103" s="36">
         <v>101130146.55</v>
       </c>
-      <c r="I103" s="37">
+      <c r="I103" s="36">
         <v>116328764.48999999</v>
       </c>
-      <c r="P103" s="60">
-        <v>737944326.27999997</v>
+      <c r="J103" s="37">
+        <v>91729473.810000002</v>
+      </c>
+      <c r="P103" s="59">
+        <v>829673800.09000003</v>
       </c>
     </row>
     <row r="104" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A104" s="80" t="s">
+      <c r="A104" s="79" t="s">
         <v>121</v>
       </c>
-      <c r="C104" s="60">
+      <c r="C104" s="59">
         <v>863891.79</v>
       </c>
-      <c r="D104" s="60">
+      <c r="D104" s="59">
         <v>526676.98</v>
       </c>
-      <c r="E104" s="60">
+      <c r="E104" s="59">
         <v>526676.98</v>
       </c>
-      <c r="F104" s="60">
+      <c r="F104" s="59">
         <v>753521.51</v>
       </c>
-      <c r="G104" s="60">
+      <c r="G104" s="59">
         <v>423450.45</v>
       </c>
-      <c r="H104" s="60">
+      <c r="H104" s="59">
         <v>1319620.93</v>
       </c>
-      <c r="I104" s="60">
+      <c r="I104" s="59">
         <v>342031.82</v>
       </c>
-      <c r="J104" s="37"/>
-[...6 lines deleted...]
-        <v>4755870.46</v>
+      <c r="J104" s="36">
+        <v>1018661.36</v>
+      </c>
+      <c r="K104" s="36"/>
+      <c r="L104" s="36"/>
+      <c r="M104" s="36"/>
+      <c r="N104" s="36"/>
+      <c r="O104" s="36"/>
+      <c r="P104" s="59">
+        <v>5774531.8200000003</v>
       </c>
     </row>
     <row r="105" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A105" s="82" t="s">
+      <c r="A105" s="81" t="s">
         <v>195</v>
       </c>
-      <c r="C105" s="55">
+      <c r="C105" s="54">
         <v>105882558.69</v>
       </c>
-      <c r="D105" s="55">
+      <c r="D105" s="54">
         <v>106055146.86</v>
       </c>
-      <c r="E105" s="55">
+      <c r="E105" s="54">
         <v>106055146.86</v>
       </c>
-      <c r="F105" s="55">
+      <c r="F105" s="54">
         <v>102595764.59</v>
       </c>
-      <c r="G105" s="55">
+      <c r="G105" s="54">
         <v>102991015.95</v>
       </c>
-      <c r="H105" s="55">
+      <c r="H105" s="54">
         <v>102449767.48</v>
       </c>
-      <c r="I105" s="55">
+      <c r="I105" s="54">
         <v>116670796.31</v>
       </c>
-      <c r="J105" s="55">
-[...18 lines deleted...]
-        <v>742700196.74000001</v>
+      <c r="J105" s="54">
+        <v>92748135.170000002</v>
+      </c>
+      <c r="K105" s="54">
+        <v>0</v>
+      </c>
+      <c r="L105" s="54">
+        <v>0</v>
+      </c>
+      <c r="M105" s="54">
+        <v>0</v>
+      </c>
+      <c r="N105" s="54">
+        <v>0</v>
+      </c>
+      <c r="O105" s="54">
+        <v>0</v>
+      </c>
+      <c r="P105" s="59">
+        <v>835448331.90999997</v>
       </c>
     </row>
     <row r="106" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="J106" s="51"/>
-[...5 lines deleted...]
-      <c r="P106" s="60"/>
+      <c r="J106" s="50"/>
+      <c r="K106" s="50"/>
+      <c r="L106" s="50"/>
+      <c r="M106" s="50"/>
+      <c r="N106" s="50"/>
+      <c r="O106" s="50"/>
+      <c r="P106" s="59"/>
     </row>
     <row r="107" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A107" s="82"/>
-[...6 lines deleted...]
-      <c r="P107" s="60"/>
+      <c r="A107" s="81"/>
+      <c r="J107" s="50"/>
+      <c r="K107" s="50"/>
+      <c r="L107" s="50"/>
+      <c r="M107" s="50"/>
+      <c r="N107" s="50"/>
+      <c r="O107" s="50"/>
+      <c r="P107" s="59"/>
     </row>
     <row r="108" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A108" s="81" t="s">
+      <c r="A108" s="80" t="s">
         <v>173</v>
       </c>
-      <c r="C108" s="60">
+      <c r="C108" s="59">
         <v>862238.59</v>
       </c>
-      <c r="D108" s="60">
+      <c r="D108" s="59">
         <v>509790.09</v>
       </c>
-      <c r="E108" s="60">
+      <c r="E108" s="59">
         <v>1674728.3</v>
       </c>
-      <c r="F108" s="60">
+      <c r="F108" s="59">
         <v>1048234.49</v>
       </c>
-      <c r="G108" s="37">
+      <c r="G108" s="36">
         <v>512653.23</v>
       </c>
-      <c r="H108" s="37">
+      <c r="H108" s="36">
         <v>1627834.28</v>
       </c>
-      <c r="I108" s="37">
+      <c r="I108" s="36">
         <v>528062.39</v>
       </c>
-      <c r="J108" s="37"/>
-[...6 lines deleted...]
-        <v>6763541.3700000001</v>
+      <c r="J108" s="36">
+        <v>1592396.13</v>
+      </c>
+      <c r="K108" s="36"/>
+      <c r="L108" s="36"/>
+      <c r="M108" s="36"/>
+      <c r="N108" s="36"/>
+      <c r="O108" s="36"/>
+      <c r="P108" s="59">
+        <v>8355937.5</v>
       </c>
     </row>
     <row r="109" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A109" s="81" t="s">
+      <c r="A109" s="80" t="s">
         <v>205</v>
       </c>
-      <c r="C109" s="60">
+      <c r="C109" s="59">
         <v>58500000</v>
       </c>
-      <c r="D109" s="60">
+      <c r="D109" s="59">
         <v>57500000</v>
       </c>
-      <c r="E109" s="60">
+      <c r="E109" s="59">
         <v>38500000</v>
       </c>
-      <c r="F109" s="60">
+      <c r="F109" s="59">
         <v>54500000</v>
       </c>
-      <c r="G109" s="60">
+      <c r="G109" s="59">
         <v>46000000</v>
       </c>
-      <c r="H109" s="60">
+      <c r="H109" s="59">
         <v>53500000</v>
       </c>
-      <c r="I109" s="60">
+      <c r="I109" s="59">
         <v>49500000</v>
       </c>
-      <c r="J109" s="37"/>
-[...6 lines deleted...]
-        <v>358000000</v>
+      <c r="J109" s="36">
+        <v>49500000</v>
+      </c>
+      <c r="K109" s="36"/>
+      <c r="L109" s="36"/>
+      <c r="M109" s="36"/>
+      <c r="N109" s="36"/>
+      <c r="O109" s="36"/>
+      <c r="P109" s="59">
+        <v>407500000</v>
       </c>
     </row>
     <row r="110" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A110" s="81" t="s">
+      <c r="A110" s="80" t="s">
         <v>204</v>
       </c>
-      <c r="C110" s="60">
-[...2 lines deleted...]
-      <c r="D110" s="60">
+      <c r="C110" s="59">
+        <v>0</v>
+      </c>
+      <c r="D110" s="59">
         <v>654483</v>
       </c>
-      <c r="E110" s="60">
+      <c r="E110" s="59">
         <v>1582604</v>
       </c>
-      <c r="F110" s="60">
+      <c r="F110" s="59">
         <v>2330981</v>
       </c>
-      <c r="G110" s="60">
+      <c r="G110" s="59">
         <v>1960809</v>
       </c>
-      <c r="H110" s="60">
+      <c r="H110" s="59">
         <v>6560812</v>
       </c>
-      <c r="I110" s="60">
+      <c r="I110" s="59">
         <v>1585289</v>
       </c>
-      <c r="J110" s="37"/>
-[...6 lines deleted...]
-        <v>14674978</v>
+      <c r="J110" s="36">
+        <v>1178682</v>
+      </c>
+      <c r="K110" s="36"/>
+      <c r="L110" s="36"/>
+      <c r="M110" s="36"/>
+      <c r="N110" s="36"/>
+      <c r="O110" s="36"/>
+      <c r="P110" s="59">
+        <v>15853660</v>
       </c>
     </row>
     <row r="111" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A111" s="83" t="s">
+      <c r="A111" s="82" t="s">
         <v>201</v>
       </c>
-      <c r="C111" s="103">
+      <c r="C111" s="102">
         <v>59362238.590000004</v>
       </c>
-      <c r="D111" s="103">
+      <c r="D111" s="102">
         <v>58664273.090000004</v>
       </c>
-      <c r="E111" s="103">
+      <c r="E111" s="102">
         <v>41757332.299999997</v>
       </c>
-      <c r="F111" s="103">
+      <c r="F111" s="102">
         <v>57879215.490000002</v>
       </c>
-      <c r="G111" s="103">
+      <c r="G111" s="102">
         <v>48473462.229999997</v>
       </c>
-      <c r="H111" s="103">
+      <c r="H111" s="102">
         <v>61688646.280000001</v>
       </c>
-      <c r="I111" s="103">
+      <c r="I111" s="102">
         <v>51613351.390000001</v>
       </c>
-      <c r="J111" s="39">
-[...18 lines deleted...]
-        <v>379438519.37</v>
+      <c r="J111" s="102">
+        <v>52271078.130000003</v>
+      </c>
+      <c r="K111" s="38">
+        <v>0</v>
+      </c>
+      <c r="L111" s="38">
+        <v>0</v>
+      </c>
+      <c r="M111" s="38">
+        <v>0</v>
+      </c>
+      <c r="N111" s="38">
+        <v>0</v>
+      </c>
+      <c r="O111" s="38">
+        <v>0</v>
+      </c>
+      <c r="P111" s="59">
+        <v>431709597.5</v>
       </c>
     </row>
     <row r="112" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="J112" s="51"/>
-[...5 lines deleted...]
-      <c r="P112" s="60"/>
+      <c r="J112" s="50"/>
+      <c r="K112" s="50"/>
+      <c r="L112" s="50"/>
+      <c r="M112" s="50"/>
+      <c r="N112" s="50"/>
+      <c r="O112" s="50"/>
+      <c r="P112" s="59"/>
     </row>
     <row r="113" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A113" s="80" t="s">
+      <c r="A113" s="79" t="s">
         <v>122</v>
       </c>
-      <c r="C113" s="60"/>
-      <c r="D113" s="60">
+      <c r="C113" s="59"/>
+      <c r="D113" s="59">
         <v>887481.83</v>
       </c>
-      <c r="E113" s="60">
+      <c r="E113" s="59">
         <v>887481.83</v>
       </c>
-      <c r="F113" s="60">
+      <c r="F113" s="59">
         <v>869486.89</v>
       </c>
-      <c r="G113" s="60">
+      <c r="G113" s="59">
         <v>882694.62</v>
       </c>
-      <c r="H113" s="60">
+      <c r="H113" s="59">
         <v>775359.77</v>
       </c>
-      <c r="I113" s="60">
+      <c r="I113" s="59">
         <v>1147727.03</v>
       </c>
-      <c r="K113" s="51"/>
-[...4 lines deleted...]
-      <c r="P113" s="60"/>
+      <c r="J113" s="37">
+        <v>807891.48</v>
+      </c>
+      <c r="K113" s="50"/>
+      <c r="L113" s="50"/>
+      <c r="M113" s="50"/>
+      <c r="N113" s="50"/>
+      <c r="O113" s="50"/>
+      <c r="P113" s="59"/>
     </row>
     <row r="114" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A114" s="80" t="s">
+      <c r="A114" s="79" t="s">
         <v>118</v>
       </c>
-      <c r="C114" s="60">
+      <c r="C114" s="59">
         <v>895375.31</v>
       </c>
-      <c r="D114" s="60"/>
-[...11 lines deleted...]
-      <c r="P114" s="60">
+      <c r="D114" s="59"/>
+      <c r="E114" s="59"/>
+      <c r="F114" s="59"/>
+      <c r="G114" s="59"/>
+      <c r="H114" s="59"/>
+      <c r="I114" s="59"/>
+      <c r="J114" s="50"/>
+      <c r="K114" s="36"/>
+      <c r="L114" s="36"/>
+      <c r="M114" s="36"/>
+      <c r="N114" s="36"/>
+      <c r="O114" s="36"/>
+      <c r="P114" s="59">
         <v>895375.31</v>
       </c>
     </row>
     <row r="115" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="C115" s="60"/>
-[...12 lines deleted...]
-      <c r="P115" s="60"/>
+      <c r="C115" s="59"/>
+      <c r="D115" s="59"/>
+      <c r="E115" s="59"/>
+      <c r="F115" s="59"/>
+      <c r="G115" s="59"/>
+      <c r="H115" s="59"/>
+      <c r="I115" s="59"/>
+      <c r="J115" s="50"/>
+      <c r="K115" s="50"/>
+      <c r="L115" s="50"/>
+      <c r="M115" s="50"/>
+      <c r="N115" s="50"/>
+      <c r="O115" s="50"/>
+      <c r="P115" s="59"/>
     </row>
     <row r="116" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A116" s="80" t="s">
+      <c r="A116" s="79" t="s">
         <v>123</v>
       </c>
-      <c r="C116" s="60"/>
-[...12 lines deleted...]
-      <c r="P116" s="60"/>
+      <c r="C116" s="59"/>
+      <c r="D116" s="59"/>
+      <c r="E116" s="59"/>
+      <c r="F116" s="59"/>
+      <c r="G116" s="59"/>
+      <c r="H116" s="59"/>
+      <c r="I116" s="59"/>
+      <c r="J116" s="50"/>
+      <c r="K116" s="50"/>
+      <c r="L116" s="50"/>
+      <c r="M116" s="50"/>
+      <c r="N116" s="50"/>
+      <c r="O116" s="50"/>
+      <c r="P116" s="59"/>
     </row>
     <row r="117" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A117" s="81" t="s">
+      <c r="A117" s="80" t="s">
         <v>124</v>
       </c>
-      <c r="C117" s="60">
+      <c r="C117" s="59">
         <v>6430.48</v>
       </c>
-      <c r="D117" s="60">
+      <c r="D117" s="59">
         <v>4308.3999999999996</v>
       </c>
-      <c r="E117" s="60">
+      <c r="E117" s="59">
         <v>4308.3999999999996</v>
       </c>
-      <c r="F117" s="60">
+      <c r="F117" s="59">
         <v>8196.8799999999992</v>
       </c>
-      <c r="G117" s="60">
+      <c r="G117" s="59">
         <v>5366.89</v>
       </c>
-      <c r="H117" s="60">
+      <c r="H117" s="59">
         <v>19990.34</v>
       </c>
-      <c r="I117" s="60">
+      <c r="I117" s="59">
         <v>6319.6</v>
       </c>
-      <c r="J117" s="37"/>
-[...6 lines deleted...]
-        <v>54920.99</v>
+      <c r="J117" s="36">
+        <v>22116.720000000001</v>
+      </c>
+      <c r="K117" s="36"/>
+      <c r="L117" s="36"/>
+      <c r="M117" s="36"/>
+      <c r="N117" s="36"/>
+      <c r="O117" s="36"/>
+      <c r="P117" s="59">
+        <v>77037.710000000006</v>
       </c>
     </row>
     <row r="118" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A118" s="81" t="s">
+      <c r="A118" s="80" t="s">
         <v>100</v>
       </c>
-      <c r="C118" s="60">
+      <c r="C118" s="59">
         <v>2669664.96</v>
       </c>
-      <c r="D118" s="60">
+      <c r="D118" s="59">
         <v>2330335.04</v>
       </c>
-      <c r="E118" s="60">
+      <c r="E118" s="59">
         <v>2330335.04</v>
       </c>
-      <c r="F118" s="60"/>
-[...9 lines deleted...]
-      <c r="P118" s="60">
+      <c r="F118" s="59"/>
+      <c r="G118" s="59"/>
+      <c r="H118" s="59"/>
+      <c r="I118" s="59"/>
+      <c r="J118" s="36"/>
+      <c r="K118" s="36"/>
+      <c r="L118" s="36"/>
+      <c r="M118" s="36"/>
+      <c r="N118" s="36"/>
+      <c r="O118" s="36"/>
+      <c r="P118" s="59">
         <v>7330335.04</v>
       </c>
     </row>
     <row r="119" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A119" s="83" t="s">
+      <c r="A119" s="82" t="s">
         <v>200</v>
       </c>
-      <c r="C119" s="55">
+      <c r="C119" s="54">
         <v>2676095.44</v>
       </c>
-      <c r="D119" s="55">
+      <c r="D119" s="54">
         <v>2676095.44</v>
       </c>
-      <c r="E119" s="55">
+      <c r="E119" s="54">
         <v>2676095.44</v>
       </c>
-      <c r="F119" s="55">
+      <c r="F119" s="54">
         <v>2676095.44</v>
       </c>
-      <c r="G119" s="55">
+      <c r="G119" s="54">
         <v>2676095.44</v>
       </c>
-      <c r="H119" s="55">
+      <c r="H119" s="54">
         <v>2676095.44</v>
       </c>
-      <c r="I119" s="55">
+      <c r="I119" s="54">
         <v>2676095.44</v>
       </c>
-      <c r="J119" s="55">
-[...18 lines deleted...]
-        <v>18732668.079999998</v>
+      <c r="J119" s="54">
+        <v>22116.720000000001</v>
+      </c>
+      <c r="K119" s="54">
+        <v>0</v>
+      </c>
+      <c r="L119" s="54">
+        <v>0</v>
+      </c>
+      <c r="M119" s="54">
+        <v>0</v>
+      </c>
+      <c r="N119" s="54">
+        <v>0</v>
+      </c>
+      <c r="O119" s="54">
+        <v>0</v>
+      </c>
+      <c r="P119" s="59">
+        <v>18754784.800000001</v>
       </c>
     </row>
     <row r="120" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="J120" s="51"/>
-[...5 lines deleted...]
-      <c r="P120" s="60"/>
+      <c r="J120" s="50"/>
+      <c r="K120" s="50"/>
+      <c r="L120" s="50"/>
+      <c r="M120" s="50"/>
+      <c r="N120" s="50"/>
+      <c r="O120" s="50"/>
+      <c r="P120" s="59"/>
     </row>
     <row r="121" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="J121" s="51"/>
-[...4 lines deleted...]
-      <c r="O121" s="51"/>
+      <c r="J121" s="50"/>
+      <c r="K121" s="50"/>
+      <c r="L121" s="50"/>
+      <c r="M121" s="50"/>
+      <c r="N121" s="50"/>
+      <c r="O121" s="50"/>
     </row>
     <row r="122" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A122" s="77"/>
-[...5 lines deleted...]
-      <c r="O122" s="52"/>
+      <c r="A122" s="76"/>
+      <c r="J122" s="50"/>
+      <c r="K122" s="50"/>
+      <c r="L122" s="50"/>
+      <c r="M122" s="50"/>
+      <c r="N122" s="51"/>
+      <c r="O122" s="51"/>
     </row>
     <row r="123" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="J123" s="51"/>
-[...4 lines deleted...]
-      <c r="O123" s="51"/>
+      <c r="J123" s="50"/>
+      <c r="K123" s="50"/>
+      <c r="L123" s="50"/>
+      <c r="M123" s="50"/>
+      <c r="N123" s="50"/>
+      <c r="O123" s="50"/>
     </row>
     <row r="124" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="J124" s="51"/>
-[...4 lines deleted...]
-      <c r="O124" s="51"/>
+      <c r="J124" s="50"/>
+      <c r="K124" s="50"/>
+      <c r="L124" s="50"/>
+      <c r="M124" s="50"/>
+      <c r="N124" s="50"/>
+      <c r="O124" s="50"/>
     </row>
     <row r="125" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="J125" s="51"/>
-[...4 lines deleted...]
-      <c r="O125" s="51"/>
+      <c r="J125" s="50"/>
+      <c r="K125" s="50"/>
+      <c r="L125" s="50"/>
+      <c r="M125" s="50"/>
+      <c r="N125" s="50"/>
+      <c r="O125" s="50"/>
     </row>
     <row r="126" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="J126" s="51"/>
-[...4 lines deleted...]
-      <c r="O126" s="51"/>
+      <c r="J126" s="50"/>
+      <c r="K126" s="50"/>
+      <c r="L126" s="50"/>
+      <c r="M126" s="50"/>
+      <c r="N126" s="50"/>
+      <c r="O126" s="50"/>
     </row>
     <row r="127" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="J127" s="51"/>
-[...4 lines deleted...]
-      <c r="O127" s="51"/>
+      <c r="J127" s="50"/>
+      <c r="K127" s="50"/>
+      <c r="L127" s="50"/>
+      <c r="M127" s="50"/>
+      <c r="N127" s="50"/>
+      <c r="O127" s="50"/>
     </row>
     <row r="128" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="J128" s="51"/>
-[...4 lines deleted...]
-      <c r="O128" s="51"/>
+      <c r="J128" s="50"/>
+      <c r="K128" s="50"/>
+      <c r="L128" s="50"/>
+      <c r="M128" s="50"/>
+      <c r="N128" s="50"/>
+      <c r="O128" s="50"/>
     </row>
     <row r="129" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J129" s="51"/>
-[...4 lines deleted...]
-      <c r="O129" s="51"/>
+      <c r="J129" s="50"/>
+      <c r="K129" s="50"/>
+      <c r="L129" s="50"/>
+      <c r="M129" s="50"/>
+      <c r="N129" s="50"/>
+      <c r="O129" s="50"/>
     </row>
     <row r="130" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J130" s="51"/>
-[...4 lines deleted...]
-      <c r="O130" s="51"/>
+      <c r="J130" s="50"/>
+      <c r="K130" s="50"/>
+      <c r="L130" s="50"/>
+      <c r="M130" s="50"/>
+      <c r="N130" s="50"/>
+      <c r="O130" s="50"/>
     </row>
     <row r="131" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J131" s="51"/>
-[...4 lines deleted...]
-      <c r="O131" s="51"/>
+      <c r="J131" s="50"/>
+      <c r="K131" s="50"/>
+      <c r="L131" s="50"/>
+      <c r="M131" s="50"/>
+      <c r="N131" s="50"/>
+      <c r="O131" s="50"/>
     </row>
     <row r="132" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J132" s="51"/>
-[...4 lines deleted...]
-      <c r="O132" s="51"/>
+      <c r="J132" s="50"/>
+      <c r="K132" s="50"/>
+      <c r="L132" s="50"/>
+      <c r="M132" s="50"/>
+      <c r="N132" s="50"/>
+      <c r="O132" s="50"/>
     </row>
     <row r="133" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J133" s="51"/>
-[...4 lines deleted...]
-      <c r="O133" s="51"/>
+      <c r="J133" s="50"/>
+      <c r="K133" s="50"/>
+      <c r="L133" s="50"/>
+      <c r="M133" s="50"/>
+      <c r="N133" s="50"/>
+      <c r="O133" s="50"/>
     </row>
     <row r="134" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J134" s="51"/>
-[...4 lines deleted...]
-      <c r="O134" s="51"/>
+      <c r="J134" s="50"/>
+      <c r="K134" s="50"/>
+      <c r="L134" s="50"/>
+      <c r="M134" s="50"/>
+      <c r="N134" s="50"/>
+      <c r="O134" s="50"/>
     </row>
     <row r="135" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J135" s="51"/>
-[...4 lines deleted...]
-      <c r="O135" s="51"/>
+      <c r="J135" s="50"/>
+      <c r="K135" s="50"/>
+      <c r="L135" s="50"/>
+      <c r="M135" s="50"/>
+      <c r="N135" s="50"/>
+      <c r="O135" s="50"/>
     </row>
     <row r="136" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J136" s="51"/>
-[...4 lines deleted...]
-      <c r="O136" s="51"/>
+      <c r="J136" s="50"/>
+      <c r="K136" s="50"/>
+      <c r="L136" s="50"/>
+      <c r="M136" s="50"/>
+      <c r="N136" s="50"/>
+      <c r="O136" s="50"/>
     </row>
     <row r="137" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J137" s="51"/>
-[...4 lines deleted...]
-      <c r="O137" s="51"/>
+      <c r="J137" s="50"/>
+      <c r="K137" s="50"/>
+      <c r="L137" s="50"/>
+      <c r="M137" s="50"/>
+      <c r="N137" s="50"/>
+      <c r="O137" s="50"/>
     </row>
     <row r="138" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J138" s="51"/>
-[...4 lines deleted...]
-      <c r="O138" s="51"/>
+      <c r="J138" s="50"/>
+      <c r="K138" s="50"/>
+      <c r="L138" s="50"/>
+      <c r="M138" s="50"/>
+      <c r="N138" s="50"/>
+      <c r="O138" s="50"/>
     </row>
     <row r="139" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J139" s="51"/>
-[...4 lines deleted...]
-      <c r="O139" s="51"/>
+      <c r="J139" s="50"/>
+      <c r="K139" s="50"/>
+      <c r="L139" s="50"/>
+      <c r="M139" s="50"/>
+      <c r="N139" s="50"/>
+      <c r="O139" s="50"/>
     </row>
     <row r="140" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J140" s="51"/>
-[...4 lines deleted...]
-      <c r="O140" s="51"/>
+      <c r="J140" s="50"/>
+      <c r="K140" s="50"/>
+      <c r="L140" s="50"/>
+      <c r="M140" s="50"/>
+      <c r="N140" s="50"/>
+      <c r="O140" s="50"/>
     </row>
     <row r="141" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J141" s="51"/>
-[...4 lines deleted...]
-      <c r="O141" s="51"/>
+      <c r="J141" s="50"/>
+      <c r="K141" s="50"/>
+      <c r="L141" s="50"/>
+      <c r="M141" s="50"/>
+      <c r="N141" s="50"/>
+      <c r="O141" s="50"/>
     </row>
     <row r="142" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J142" s="51"/>
-[...4 lines deleted...]
-      <c r="O142" s="51"/>
+      <c r="J142" s="50"/>
+      <c r="K142" s="50"/>
+      <c r="L142" s="50"/>
+      <c r="M142" s="50"/>
+      <c r="N142" s="50"/>
+      <c r="O142" s="50"/>
     </row>
     <row r="143" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J143" s="51"/>
-[...4 lines deleted...]
-      <c r="O143" s="51"/>
+      <c r="J143" s="50"/>
+      <c r="K143" s="50"/>
+      <c r="L143" s="50"/>
+      <c r="M143" s="50"/>
+      <c r="N143" s="50"/>
+      <c r="O143" s="50"/>
     </row>
     <row r="144" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J144" s="51"/>
-[...4 lines deleted...]
-      <c r="O144" s="51"/>
+      <c r="J144" s="50"/>
+      <c r="K144" s="50"/>
+      <c r="L144" s="50"/>
+      <c r="M144" s="50"/>
+      <c r="N144" s="50"/>
+      <c r="O144" s="50"/>
     </row>
     <row r="145" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J145" s="51"/>
-[...4 lines deleted...]
-      <c r="O145" s="51"/>
+      <c r="J145" s="50"/>
+      <c r="K145" s="50"/>
+      <c r="L145" s="50"/>
+      <c r="M145" s="50"/>
+      <c r="N145" s="50"/>
+      <c r="O145" s="50"/>
     </row>
     <row r="146" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J146" s="51"/>
-[...4 lines deleted...]
-      <c r="O146" s="51"/>
+      <c r="J146" s="50"/>
+      <c r="K146" s="50"/>
+      <c r="L146" s="50"/>
+      <c r="M146" s="50"/>
+      <c r="N146" s="50"/>
+      <c r="O146" s="50"/>
     </row>
     <row r="147" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J147" s="51"/>
-[...4 lines deleted...]
-      <c r="O147" s="51"/>
+      <c r="J147" s="50"/>
+      <c r="K147" s="50"/>
+      <c r="L147" s="50"/>
+      <c r="M147" s="50"/>
+      <c r="N147" s="50"/>
+      <c r="O147" s="50"/>
     </row>
     <row r="148" spans="10:15" x14ac:dyDescent="0.25">
-      <c r="J148" s="51"/>
-[...4 lines deleted...]
-      <c r="O148" s="51"/>
+      <c r="J148" s="50"/>
+      <c r="K148" s="50"/>
+      <c r="L148" s="50"/>
+      <c r="M148" s="50"/>
+      <c r="N148" s="50"/>
+      <c r="O148" s="50"/>
     </row>
   </sheetData>
-  <phoneticPr fontId="40" type="noConversion"/>
-[...1330 lines deleted...]
-  </sheetData>
+  <phoneticPr fontId="39" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="22" baseType="lpstr">
+    <vt:vector size="24" baseType="lpstr">
+      <vt:lpstr>February</vt:lpstr>
       <vt:lpstr>January</vt:lpstr>
       <vt:lpstr>December</vt:lpstr>
       <vt:lpstr>November</vt:lpstr>
       <vt:lpstr>October</vt:lpstr>
       <vt:lpstr>September</vt:lpstr>
       <vt:lpstr>August</vt:lpstr>
       <vt:lpstr>July</vt:lpstr>
       <vt:lpstr>FY 2025-26 Detail</vt:lpstr>
       <vt:lpstr>FY 2025-26</vt:lpstr>
       <vt:lpstr>FY 2024-25</vt:lpstr>
       <vt:lpstr>FY 2023-24</vt:lpstr>
       <vt:lpstr>FY 2022-23</vt:lpstr>
       <vt:lpstr>FY 2021-22</vt:lpstr>
       <vt:lpstr>FY 2020-21</vt:lpstr>
       <vt:lpstr>FY 2019-20</vt:lpstr>
       <vt:lpstr>August!Print_Area</vt:lpstr>
       <vt:lpstr>December!Print_Area</vt:lpstr>
+      <vt:lpstr>February!Print_Area</vt:lpstr>
       <vt:lpstr>January!Print_Area</vt:lpstr>
       <vt:lpstr>July!Print_Area</vt:lpstr>
       <vt:lpstr>November!Print_Area</vt:lpstr>
       <vt:lpstr>October!Print_Area</vt:lpstr>
       <vt:lpstr>September!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Revenue &amp; Fiscal Affairs</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Robert W. Martin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 