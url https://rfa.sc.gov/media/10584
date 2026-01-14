--- v0 (2025-10-22)
+++ v1 (2026-01-14)
@@ -1,131 +1,132 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2024\Scholarships\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2025\Scholarships\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{257F0F5C-74F7-4A5A-8EC0-7488F0CC900E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{38D0F161-3FB6-45AB-8640-5369C15D2E0B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28905" yWindow="0" windowWidth="25935" windowHeight="15585" xr2:uid="{06B88D25-ED92-4D91-9C86-9E795321E85E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{06B88D25-ED92-4D91-9C86-9E795321E85E}"/>
   </bookViews>
   <sheets>
     <sheet name="Scholarships" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Scholarships!$A$1:$G$65</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Scholarships!$A$1:$G$66</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G35" i="2" l="1"/>
+  <c r="G36" i="2" l="1"/>
+  <c r="G35" i="2"/>
   <c r="G34" i="2"/>
   <c r="G33" i="2"/>
   <c r="G32" i="2"/>
   <c r="D30" i="2" l="1"/>
   <c r="B30" i="2"/>
   <c r="G28" i="2"/>
   <c r="G27" i="2"/>
   <c r="G26" i="2"/>
   <c r="G25" i="2"/>
   <c r="G24" i="2"/>
   <c r="G23" i="2"/>
   <c r="G22" i="2"/>
   <c r="G21" i="2"/>
   <c r="G20" i="2"/>
   <c r="G19" i="2"/>
   <c r="G18" i="2"/>
   <c r="G17" i="2"/>
   <c r="G16" i="2"/>
   <c r="G15" i="2"/>
   <c r="G14" i="2"/>
   <c r="G13" i="2"/>
   <c r="G12" i="2"/>
   <c r="G11" i="2"/>
   <c r="G10" i="2"/>
   <c r="E9" i="2"/>
   <c r="D9" i="2"/>
   <c r="B9" i="2"/>
   <c r="D8" i="2"/>
   <c r="B8" i="2"/>
   <c r="B7" i="2"/>
   <c r="G7" i="2" s="1"/>
   <c r="D6" i="2"/>
   <c r="G6" i="2" s="1"/>
   <c r="G30" i="2" l="1"/>
   <c r="G9" i="2"/>
   <c r="G8" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <si>
     <t>STATE SCHOLARSHIP ASSISTANCE</t>
   </si>
   <si>
     <t>(All sources of funds -  General Fund, Barnwell, and Lottery)</t>
   </si>
   <si>
     <t>NEED-BASED</t>
   </si>
   <si>
     <t>LIFE</t>
   </si>
   <si>
     <t>Public Institutions</t>
   </si>
   <si>
     <t>Private Institutions</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>1995-96</t>
   </si>
   <si>
@@ -219,50 +220,53 @@
     <t>59-149-10 (LIFE Scholarship), and 59-150-370 (S.C. HOPE Scholarships).</t>
   </si>
   <si>
     <t>Updated</t>
   </si>
   <si>
     <t>2023-24</t>
   </si>
   <si>
     <t>2022-23</t>
   </si>
   <si>
     <t>FISCAL YEAR</t>
   </si>
   <si>
     <t>PALMETTO FELLOWS</t>
   </si>
   <si>
     <t>SC HOPE</t>
   </si>
   <si>
     <t>2024-25</t>
   </si>
   <si>
     <t>Source: SC Commission on Higher Education</t>
+  </si>
+  <si>
+    <t>2025-26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="4">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="mmmm\ d\,\ yyyy"/>
     <numFmt numFmtId="165" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -404,51 +408,51 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="5" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="5" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="5" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Currency 2" xfId="3" xr:uid="{2ACA7D66-C786-4274-A496-CBAB82356456}"/>
     <cellStyle name="Hyperlink" xfId="5" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{C90C650A-41D9-485E-9979-371B416FBA50}"/>
     <cellStyle name="Normal 3" xfId="4" xr:uid="{80B1A68C-39D1-4753-A5AE-DC8998C503B3}"/>
   </cellStyles>
   <dxfs count="12">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
@@ -707,52 +711,52 @@
     </tableStyle>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFE8EBF0"/>
       <color rgb="FFA5A5A5"/>
       <color rgb="FF595959"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AFBC54CD-3BE5-402E-8651-25EC54662ECB}" name="Table1" displayName="Table1" ref="A5:G35" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7" headerRowCellStyle="Normal 2" dataCellStyle="Currency 2">
-  <autoFilter ref="A5:G35" xr:uid="{AFBC54CD-3BE5-402E-8651-25EC54662ECB}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AFBC54CD-3BE5-402E-8651-25EC54662ECB}" name="Table1" displayName="Table1" ref="A5:G36" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7" headerRowCellStyle="Normal 2" dataCellStyle="Currency 2">
+  <autoFilter ref="A5:G36" xr:uid="{AFBC54CD-3BE5-402E-8651-25EC54662ECB}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{70A394BA-BB8A-491B-8E10-87C4DAFF7E4E}" name="FISCAL YEAR" dataDxfId="6" dataCellStyle="Normal 2"/>
     <tableColumn id="2" xr3:uid="{BA556037-1D0C-452D-8318-BD3DABD6DCB3}" name="PALMETTO FELLOWS" dataDxfId="5" dataCellStyle="Currency"/>
     <tableColumn id="3" xr3:uid="{39E7B7F1-5600-4BE6-B53E-407BBCDC7FCB}" name="Public Institutions" dataDxfId="4" dataCellStyle="Currency"/>
     <tableColumn id="4" xr3:uid="{8984EE34-0987-451B-ACF3-527BB695DCE8}" name="Private Institutions" dataDxfId="3" dataCellStyle="Currency"/>
     <tableColumn id="5" xr3:uid="{3418CACC-9A10-4796-91E3-F0835FB7C4B8}" name="LIFE" dataDxfId="2" dataCellStyle="Currency"/>
     <tableColumn id="6" xr3:uid="{73CE0013-DD3E-47ED-B5C8-3C5AFE55CBE8}" name="SC HOPE" dataDxfId="1" dataCellStyle="Currency"/>
     <tableColumn id="7" xr3:uid="{6307C8A8-6AC2-49B3-864C-C1FA446DCB21}" name="TOTAL" dataDxfId="0" dataCellStyle="Currency"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
@@ -1035,54 +1039,54 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.che.sc.gov/students-families-and-military/scholarships-and-grants-sc-residents" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{23FD877F-584A-4AF5-B58F-A15F73A23DE5}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G66"/>
+  <dimension ref="A1:G67"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A8" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="F40" sqref="F40"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A16" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="23.5703125" style="2" customWidth="1"/>
     <col min="3" max="6" width="20.85546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="17.85546875" style="2" customWidth="1"/>
     <col min="8" max="256" width="8.85546875" style="2"/>
     <col min="257" max="263" width="17.85546875" style="2" customWidth="1"/>
     <col min="264" max="512" width="8.85546875" style="2"/>
     <col min="513" max="519" width="17.85546875" style="2" customWidth="1"/>
     <col min="520" max="768" width="8.85546875" style="2"/>
     <col min="769" max="775" width="17.85546875" style="2" customWidth="1"/>
     <col min="776" max="1024" width="8.85546875" style="2"/>
     <col min="1025" max="1031" width="17.85546875" style="2" customWidth="1"/>
     <col min="1032" max="1280" width="8.85546875" style="2"/>
     <col min="1281" max="1287" width="17.85546875" style="2" customWidth="1"/>
     <col min="1288" max="1536" width="8.85546875" style="2"/>
     <col min="1537" max="1543" width="17.85546875" style="2" customWidth="1"/>
     <col min="1544" max="1792" width="8.85546875" style="2"/>
     <col min="1793" max="1799" width="17.85546875" style="2" customWidth="1"/>
     <col min="1800" max="2048" width="8.85546875" style="2"/>
     <col min="2049" max="2055" width="17.85546875" style="2" customWidth="1"/>
     <col min="2056" max="2304" width="8.85546875" style="2"/>
@@ -1938,127 +1942,151 @@
     </row>
     <row r="35" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="6" t="s">
         <v>44</v>
       </c>
       <c r="B35" s="19">
         <v>75259863</v>
       </c>
       <c r="C35" s="19">
         <v>76352478</v>
       </c>
       <c r="D35" s="19">
         <v>62405984</v>
       </c>
       <c r="E35" s="19">
         <v>210341233</v>
       </c>
       <c r="F35" s="19">
         <v>12113310</v>
       </c>
       <c r="G35" s="19">
         <f>SUM(Table1[[#This Row],[PALMETTO FELLOWS]:[SC HOPE]])</f>
         <v>436472868</v>
       </c>
     </row>
-    <row r="36" spans="1:7" s="14" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-        <v>45637</v>
+    <row r="36" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A36" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B36" s="19">
+        <v>72957272</v>
+      </c>
+      <c r="C36" s="19">
+        <v>82448803</v>
+      </c>
+      <c r="D36" s="19">
+        <v>60506469</v>
+      </c>
+      <c r="E36" s="19">
+        <v>215903281</v>
+      </c>
+      <c r="F36" s="19">
+        <v>13007732</v>
+      </c>
+      <c r="G36" s="19">
+        <f>SUM(Table1[[#This Row],[PALMETTO FELLOWS]:[SC HOPE]])</f>
+        <v>444823557</v>
       </c>
     </row>
     <row r="37" spans="1:7" s="14" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="6"/>
       <c r="B37" s="1"/>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
-      <c r="F37" s="23"/>
-[...5 lines deleted...]
-      </c>
+      <c r="F37" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="G37" s="16">
+        <v>45938</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" s="14" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="6"/>
+      <c r="B38" s="1"/>
+      <c r="C38" s="1"/>
+      <c r="D38" s="1"/>
+      <c r="E38" s="1"/>
+      <c r="F38" s="23"/>
+      <c r="G38" s="16"/>
     </row>
     <row r="39" spans="1:7" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A39" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A40" s="14" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="40" spans="1:7" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A40" s="8" t="s">
+    <row r="41" spans="1:7" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A41" s="8" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="41" spans="1:7" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-[...4 lines deleted...]
-    </row>
+    <row r="42" spans="1:7" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
     <row r="43" spans="1:7" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A43" s="14" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A44" s="14" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="44" spans="1:7" s="14" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
-[...4 lines deleted...]
-    <row r="47" spans="1:7" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
+    <row r="45" spans="1:7" s="14" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="46" spans="1:7" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
+    <row r="47" spans="1:7" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A47" s="15"/>
+    </row>
     <row r="48" spans="1:7" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-    <row r="49" spans="1:7" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="A66" s="9"/>
+    <row r="49" spans="1:7" s="14" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
+    <row r="50" spans="1:7" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="14"/>
+      <c r="B50" s="14"/>
+      <c r="C50" s="14"/>
+      <c r="D50" s="14"/>
+      <c r="E50" s="14"/>
+      <c r="F50" s="14"/>
+      <c r="G50" s="14"/>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A52" s="7"/>
+    </row>
+    <row r="61" spans="1:7" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A63" s="7"/>
+    </row>
+    <row r="67" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A67" s="9"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A40" r:id="rId1" xr:uid="{4F85CB57-839C-45B8-92E0-E6656974234E}"/>
+    <hyperlink ref="A41" r:id="rId1" xr:uid="{4F85CB57-839C-45B8-92E0-E6656974234E}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.53" footer="0.25"/>
   <pageSetup scale="86" firstPageNumber="90" fitToHeight="0" orientation="landscape" horizontalDpi="4294967294" r:id="rId2"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>