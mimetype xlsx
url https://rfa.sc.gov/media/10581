--- v0 (2025-10-04)
+++ v1 (2026-02-06)
@@ -1,97 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2024\Spending Limit\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2025\Spending Limit\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4351B801-2A4D-4ADC-B6B8-E76963EFDBA7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E443F4B7-44C0-4638-9FF6-A15046414944}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{051CB272-D7E8-4CE6-8FD1-4541E52E39D1}"/>
   </bookViews>
   <sheets>
     <sheet name="Spending Limit" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Spending Limit'!$A$1:$H$62</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Spending Limit'!$3:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G48" i="1" l="1"/>
-  <c r="G47" i="1" l="1"/>
+  <c r="G41" i="1" l="1"/>
+  <c r="G42" i="1"/>
+  <c r="G43" i="1"/>
+  <c r="G44" i="1"/>
+  <c r="G45" i="1"/>
   <c r="G46" i="1"/>
+  <c r="G47" i="1"/>
+  <c r="G48" i="1"/>
+  <c r="G49" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="65">
   <si>
     <t>CONSTITUTIONAL SPENDING LIMIT</t>
   </si>
   <si>
     <t>FISCAL YEAR</t>
   </si>
   <si>
     <t>SPENDING LIMIT</t>
   </si>
   <si>
     <t>GENERAL FUND APPROPRIATIONS</t>
   </si>
   <si>
     <t>HIGHWAY TRUST FUND</t>
   </si>
   <si>
     <t>EDUCATION IMPROV. ACT</t>
   </si>
   <si>
     <t>CAPACITY</t>
   </si>
   <si>
     <t>1980 - 81</t>
   </si>
   <si>
@@ -208,75 +215,84 @@
   <si>
     <t>2018-19</t>
   </si>
   <si>
     <t>2019-20</t>
   </si>
   <si>
     <t>2020-21</t>
   </si>
   <si>
     <t>2021-22</t>
   </si>
   <si>
     <t>2022-23</t>
   </si>
   <si>
     <t>2023-24</t>
   </si>
   <si>
     <t>Updated</t>
   </si>
   <si>
     <t xml:space="preserve">South Carolina law provides that state appropriations in any fiscal year may not exceed appropriations authorized by the constitutional spending limitation.  </t>
   </si>
   <si>
-    <t xml:space="preserve">Expenditures included under the spending limit are those from the General Fund, Highway Trust Fund and the Education Improvement Act. </t>
-[...1 lines deleted...]
-  <si>
     <t>The spending limit provision was suspended during FY86.</t>
   </si>
   <si>
-    <t>The FY99 Appropriations Act does not contain appropriations for implementation of LIFE scholarships (Act 418 of 1998).  Therefore, the estimated cost of implementation of LIFE scholarships ($26.5 million) has been added to appropriations.</t>
-[...4 lines deleted...]
-  <si>
     <t>Appropriations per Continuing Resolution (Act 135 of 2020).</t>
   </si>
   <si>
     <t>Reference:</t>
   </si>
   <si>
     <t>S.C. Code of Laws, §11-11-410</t>
   </si>
   <si>
     <t>S.C. Constitution, Article X, Section 7, Subsection (c))</t>
   </si>
   <si>
     <t>2024-25</t>
+  </si>
+  <si>
+    <t>2025-26</t>
+  </si>
+  <si>
+    <t>2026-27</t>
+  </si>
+  <si>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>The FY03 Appropriations Act does not contain appropriations for First Steps to School Readiness; $7 million has been added to appropriations.</t>
+  </si>
+  <si>
+    <t>The FY99 Appropriations Act does not contain appropriations for LIFE scholarships (Act 418 of 1998); $26.5 million has been added to appropriations.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Expenditures included under the spending limit are those from the General Fund, Highway Trust Fund, and the Education Improvement Act. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="4">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
@@ -422,51 +438,51 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="34">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
@@ -483,50 +499,53 @@
     <xf numFmtId="5" fontId="7" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="5" fontId="7" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="5" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="5" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="5" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="5" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="5" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="5" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Accent6" xfId="2" builtinId="49"/>
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{B0D1D99B-AFB1-4F26-A3D9-CFBE051ED493}"/>
   </cellStyles>
   <dxfs count="12">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
@@ -871,52 +890,52 @@
     </dxf>
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Table Style 1" pivot="0" count="3" xr9:uid="{6B7F5A58-4085-43C1-BA2E-212AA5CB7735}">
       <tableStyleElement type="wholeTable" dxfId="11"/>
       <tableStyleElement type="headerRow" dxfId="10"/>
       <tableStyleElement type="firstRowStripe" dxfId="9"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{858B99CA-04BC-420A-AD41-8BCFF0A4C4D4}" name="Table1" displayName="Table1" ref="B3:G48" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7" tableBorderDxfId="6" headerRowCellStyle="Comma" dataCellStyle="Comma">
-  <autoFilter ref="B3:G48" xr:uid="{DD702645-91BA-4C43-9565-5E3ADE860D01}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{858B99CA-04BC-420A-AD41-8BCFF0A4C4D4}" name="Table1" displayName="Table1" ref="B3:G50" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7" tableBorderDxfId="6" headerRowCellStyle="Comma" dataCellStyle="Comma">
+  <autoFilter ref="B3:G50" xr:uid="{DD702645-91BA-4C43-9565-5E3ADE860D01}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="6">
     <tableColumn id="1" xr3:uid="{2956B149-1FCA-4FC8-A705-AC43A223681F}" name="FISCAL YEAR" dataDxfId="5"/>
     <tableColumn id="2" xr3:uid="{E05C2881-6C68-4698-AFC3-313E728EBD21}" name="SPENDING LIMIT" dataDxfId="4" dataCellStyle="Comma"/>
     <tableColumn id="3" xr3:uid="{8C1F52D1-A3D6-4BB7-B66A-CC7F79E523C6}" name="GENERAL FUND APPROPRIATIONS" dataDxfId="3" dataCellStyle="Comma"/>
     <tableColumn id="4" xr3:uid="{968514D0-B635-471E-9C8C-690296EF6369}" name="HIGHWAY TRUST FUND" dataDxfId="2" dataCellStyle="Comma"/>
     <tableColumn id="5" xr3:uid="{FDDBA284-B825-4517-9957-E1B6C23896A5}" name="EDUCATION IMPROV. ACT" dataDxfId="1" dataCellStyle="Comma"/>
     <tableColumn id="6" xr3:uid="{BC4E683D-8DDE-48D6-BB76-444EEC0BFDE6}" name="CAPACITY" dataDxfId="0" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1216,76 +1235,76 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D41D417B-8B40-471F-9709-B37EC103B290}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:I61"/>
+  <dimension ref="A1:I63"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A44" sqref="A44:XFD44"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A42" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B54" sqref="B54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.85546875" style="24" customWidth="1"/>
     <col min="3" max="7" width="23.42578125" style="29" customWidth="1"/>
-    <col min="8" max="8" width="2.7109375" style="7" customWidth="1"/>
+    <col min="8" max="8" width="6.28515625" style="7" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="3" customFormat="1" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
-      <c r="B1" s="33" t="s">
+      <c r="B1" s="34" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="33"/>
-[...3 lines deleted...]
-      <c r="G1" s="33"/>
+      <c r="C1" s="34"/>
+      <c r="D1" s="34"/>
+      <c r="E1" s="34"/>
+      <c r="F1" s="34"/>
+      <c r="G1" s="34"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
     </row>
     <row r="2" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="4"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
     </row>
     <row r="3" spans="1:9" s="13" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A3" s="8"/>
       <c r="B3" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="10" t="s">
@@ -2106,381 +2125,421 @@
         <v>751585000</v>
       </c>
       <c r="G40" s="22">
         <v>7949168353</v>
       </c>
       <c r="H40" s="6"/>
       <c r="I40" s="6"/>
     </row>
     <row r="41" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="17" t="s">
         <v>44</v>
       </c>
       <c r="C41" s="20">
         <v>18624684000</v>
       </c>
       <c r="D41" s="19">
         <v>7946738831</v>
       </c>
       <c r="E41" s="18">
         <v>2077881071</v>
       </c>
       <c r="F41" s="18">
         <v>797502000</v>
       </c>
       <c r="G41" s="19">
+        <f>Table1[[#This Row],[SPENDING LIMIT]]-Table1[[#This Row],[GENERAL FUND APPROPRIATIONS]]-Table1[[#This Row],[HIGHWAY TRUST FUND]]-Table1[[#This Row],[EDUCATION IMPROV. ACT]]</f>
         <v>7802562098</v>
       </c>
       <c r="H41" s="6"/>
       <c r="I41" s="6"/>
     </row>
     <row r="42" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="17" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="20">
         <v>19381368000</v>
       </c>
       <c r="D42" s="19">
         <v>8239020000</v>
       </c>
       <c r="E42" s="18">
         <v>2407783188</v>
       </c>
       <c r="F42" s="18">
         <v>836887000</v>
       </c>
       <c r="G42" s="19">
+        <f>Table1[[#This Row],[SPENDING LIMIT]]-Table1[[#This Row],[GENERAL FUND APPROPRIATIONS]]-Table1[[#This Row],[HIGHWAY TRUST FUND]]-Table1[[#This Row],[EDUCATION IMPROV. ACT]]</f>
         <v>7897677812</v>
       </c>
       <c r="H42" s="6"/>
       <c r="I42" s="6"/>
     </row>
     <row r="43" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="17" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="20">
         <v>20665647000</v>
       </c>
       <c r="D43" s="19">
         <v>8737012313</v>
       </c>
       <c r="E43" s="18">
         <v>2595096860</v>
       </c>
       <c r="F43" s="18">
         <v>861235000</v>
       </c>
       <c r="G43" s="19">
+        <f>Table1[[#This Row],[SPENDING LIMIT]]-Table1[[#This Row],[GENERAL FUND APPROPRIATIONS]]-Table1[[#This Row],[HIGHWAY TRUST FUND]]-Table1[[#This Row],[EDUCATION IMPROV. ACT]]</f>
         <v>8472302827</v>
       </c>
       <c r="H43" s="6"/>
       <c r="I43" s="6"/>
     </row>
     <row r="44" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="1">
         <v>4</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>47</v>
       </c>
       <c r="C44" s="20">
         <v>22252767000</v>
       </c>
       <c r="D44" s="19">
         <v>8750622051</v>
       </c>
       <c r="E44" s="18">
         <v>2595096860</v>
       </c>
       <c r="F44" s="18">
         <v>879198000</v>
       </c>
       <c r="G44" s="19">
+        <f>Table1[[#This Row],[SPENDING LIMIT]]-Table1[[#This Row],[GENERAL FUND APPROPRIATIONS]]-Table1[[#This Row],[HIGHWAY TRUST FUND]]-Table1[[#This Row],[EDUCATION IMPROV. ACT]]</f>
         <v>10027850089</v>
       </c>
       <c r="H44" s="6"/>
       <c r="I44" s="6"/>
     </row>
     <row r="45" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="23" t="s">
         <v>48</v>
       </c>
       <c r="C45" s="20">
-        <v>23804516000</v>
+        <v>23877091000</v>
       </c>
       <c r="D45" s="18">
         <v>9270619765</v>
       </c>
       <c r="E45" s="18">
         <v>2479624237</v>
       </c>
       <c r="F45" s="18">
         <v>894400000</v>
       </c>
       <c r="G45" s="19">
-        <v>11159871998</v>
+        <f>Table1[[#This Row],[SPENDING LIMIT]]-Table1[[#This Row],[GENERAL FUND APPROPRIATIONS]]-Table1[[#This Row],[HIGHWAY TRUST FUND]]-Table1[[#This Row],[EDUCATION IMPROV. ACT]]</f>
+        <v>11232446998</v>
       </c>
       <c r="H45" s="6"/>
       <c r="I45" s="6"/>
     </row>
     <row r="46" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="23" t="s">
         <v>49</v>
       </c>
       <c r="C46" s="20">
-        <v>25872970000</v>
+        <v>25371921000</v>
       </c>
       <c r="D46" s="18">
         <v>10341341675</v>
       </c>
       <c r="E46" s="18">
         <v>2535943336</v>
       </c>
       <c r="F46" s="18">
         <v>1004596000</v>
       </c>
       <c r="G46" s="19">
-        <f>C46-SUM(D46:F46)</f>
-        <v>11991088989</v>
+        <f>Table1[[#This Row],[SPENDING LIMIT]]-Table1[[#This Row],[GENERAL FUND APPROPRIATIONS]]-Table1[[#This Row],[HIGHWAY TRUST FUND]]-Table1[[#This Row],[EDUCATION IMPROV. ACT]]</f>
+        <v>11490039989</v>
       </c>
       <c r="H46" s="6"/>
       <c r="I46" s="6"/>
     </row>
     <row r="47" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="23" t="s">
         <v>50</v>
       </c>
       <c r="C47" s="20">
-        <v>28497165000</v>
+        <v>26459848000</v>
       </c>
       <c r="D47" s="18">
         <v>11636468009</v>
       </c>
       <c r="E47" s="18">
         <v>2565514333</v>
       </c>
       <c r="F47" s="18">
         <v>1177370000</v>
       </c>
       <c r="G47" s="19">
-        <f>C47-SUM(D47:F47)</f>
-        <v>13117812658</v>
+        <f>Table1[[#This Row],[SPENDING LIMIT]]-Table1[[#This Row],[GENERAL FUND APPROPRIATIONS]]-Table1[[#This Row],[HIGHWAY TRUST FUND]]-Table1[[#This Row],[EDUCATION IMPROV. ACT]]</f>
+        <v>11080495658</v>
       </c>
       <c r="H47" s="6"/>
       <c r="I47" s="6"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B48" s="23" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C48" s="20">
-        <v>31361653642.449501</v>
+        <v>28497165000</v>
       </c>
       <c r="D48" s="18">
         <v>12420375425</v>
       </c>
       <c r="E48" s="18">
         <v>2614786203</v>
       </c>
       <c r="F48" s="18">
         <v>1258557000</v>
       </c>
       <c r="G48" s="19">
         <f>Table1[[#This Row],[SPENDING LIMIT]]-Table1[[#This Row],[GENERAL FUND APPROPRIATIONS]]-Table1[[#This Row],[HIGHWAY TRUST FUND]]-Table1[[#This Row],[EDUCATION IMPROV. ACT]]</f>
-        <v>15067935014.449501</v>
+        <v>12203446372</v>
       </c>
       <c r="H48" s="6"/>
       <c r="I48" s="6"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="C49" s="25"/>
-[...2 lines deleted...]
-      <c r="F49" s="32" t="s">
+      <c r="B49" s="23" t="s">
+        <v>59</v>
+      </c>
+      <c r="C49" s="20">
+        <v>31361653642.449501</v>
+      </c>
+      <c r="D49" s="18">
+        <v>13246162593</v>
+      </c>
+      <c r="E49" s="18">
+        <v>2653614054</v>
+      </c>
+      <c r="F49" s="18">
+        <v>1311066913</v>
+      </c>
+      <c r="G49" s="19">
+        <f>Table1[[#This Row],[SPENDING LIMIT]]-Table1[[#This Row],[GENERAL FUND APPROPRIATIONS]]-Table1[[#This Row],[HIGHWAY TRUST FUND]]-Table1[[#This Row],[EDUCATION IMPROV. ACT]]</f>
+        <v>14150810082.449501</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B50" s="23" t="s">
+        <v>60</v>
+      </c>
+      <c r="C50" s="20">
+        <v>33426751703.033298</v>
+      </c>
+      <c r="D50" s="33" t="s">
+        <v>61</v>
+      </c>
+      <c r="E50" s="33" t="s">
+        <v>61</v>
+      </c>
+      <c r="F50" s="33" t="s">
+        <v>61</v>
+      </c>
+      <c r="G50" s="33" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="C51" s="25"/>
+      <c r="D51" s="26"/>
+      <c r="E51" s="26"/>
+      <c r="F51" s="32" t="s">
         <v>51</v>
       </c>
-      <c r="G49" s="27">
-[...4 lines deleted...]
-      <c r="B50" s="28" t="s">
+      <c r="G51" s="27">
+        <v>46034</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B52" s="28" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-    </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="B53" s="30" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-      <c r="G53" s="30"/>
+        <v>64</v>
+      </c>
       <c r="H53" s="6"/>
       <c r="I53" s="6"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A54" s="1">
-[...9 lines deleted...]
-      <c r="G54" s="28"/>
       <c r="H54" s="6"/>
       <c r="I54" s="6"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="1">
-        <v>3</v>
-[...8 lines deleted...]
-      <c r="G55" s="28"/>
+        <v>1</v>
+      </c>
+      <c r="B55" s="30" t="s">
+        <v>53</v>
+      </c>
+      <c r="C55" s="30"/>
+      <c r="D55" s="30"/>
+      <c r="E55" s="30"/>
+      <c r="F55" s="30"/>
+      <c r="G55" s="30"/>
       <c r="H55" s="6"/>
       <c r="I55" s="6"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B56" s="28" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C56" s="28"/>
       <c r="D56" s="28"/>
       <c r="E56" s="28"/>
       <c r="F56" s="28"/>
       <c r="G56" s="28"/>
       <c r="H56" s="6"/>
       <c r="I56" s="6"/>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B57" s="28"/>
-[...4 lines deleted...]
-      <c r="G57" s="31"/>
+      <c r="A57" s="1">
+        <v>3</v>
+      </c>
+      <c r="B57" s="28" t="s">
+        <v>62</v>
+      </c>
+      <c r="C57" s="28"/>
+      <c r="D57" s="28"/>
+      <c r="E57" s="28"/>
+      <c r="F57" s="28"/>
+      <c r="G57" s="28"/>
+      <c r="H57" s="6"/>
+      <c r="I57" s="6"/>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B58" s="30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A58" s="1">
+        <v>4</v>
+      </c>
+      <c r="B58" s="28" t="s">
+        <v>54</v>
+      </c>
+      <c r="C58" s="31"/>
+      <c r="D58" s="31"/>
+      <c r="E58" s="31"/>
+      <c r="F58" s="31"/>
+      <c r="G58" s="31"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B59" s="30" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B60" s="30" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B61" s="30"/>
+      <c r="B61" s="30" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B63" s="30"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:G1"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
-  <pageSetup firstPageNumber="40" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="86" firstPageNumber="40" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Spending Limit</vt:lpstr>
+      <vt:lpstr>'Spending Limit'!Print_Area</vt:lpstr>
       <vt:lpstr>'Spending Limit'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Lisa Jolliff</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1c8b0b85-d75e-4e7c-989b-349f33915dc1_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1c8b0b85-d75e-4e7c-989b-349f33915dc1_SetDate">
     <vt:lpwstr>2024-09-25T18:39:40Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1c8b0b85-d75e-4e7c-989b-349f33915dc1_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1c8b0b85-d75e-4e7c-989b-349f33915dc1_Name">
     <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1c8b0b85-d75e-4e7c-989b-349f33915dc1_SiteId">
     <vt:lpwstr>663161ba-5851-41e6-8516-19e102d02698</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1c8b0b85-d75e-4e7c-989b-349f33915dc1_ActionId">
     <vt:lpwstr>cf550149-96e0-40ee-a7b2-bfb720333a4d</vt:lpwstr>
   </property>