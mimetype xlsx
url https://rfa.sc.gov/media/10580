--- v0 (2025-10-22)
+++ v1 (2026-01-14)
@@ -1,95 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2024\Aid to Subdivisions\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fisfs1\BEA\Budget\Historical Analyses\2025\Aid to Subdivisions\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37212AE8-ED99-4E38-A5D2-BFD08620C6EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D3C8BA1F-1765-486C-97A8-4F5596A0627C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{F30EA851-CDD3-4D31-AA96-54F26A4F289C}"/>
   </bookViews>
   <sheets>
     <sheet name="State Aid to Subs" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D19" i="1" l="1"/>
+  <c r="D20" i="1" l="1"/>
+  <c r="H20" i="1" s="1"/>
+  <c r="H21" i="1"/>
+  <c r="D19" i="1"/>
   <c r="G19" i="1" l="1"/>
-  <c r="H20" i="1"/>
   <c r="H19" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <si>
     <t>STATE AID TO SUBDIVISIONS</t>
   </si>
   <si>
     <t>FISCAL YEAR</t>
   </si>
   <si>
     <t>AID TO PLANNING DISTRICTS</t>
   </si>
   <si>
     <r>
       <t>AID TO FIRE DISTRICTS</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <color theme="0"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>1</t>
     </r>
@@ -176,50 +178,53 @@
     <t>Updated</t>
   </si>
   <si>
     <t>This table includes recurring and nonrecurring funding.</t>
   </si>
   <si>
     <t>Aid to Fire Districts is an open-ended appropriation. This table shows the appropriated amount plus any adjustments made at year end.</t>
   </si>
   <si>
     <t>For FY10 through FY20, the 4.5% funding formula as mandated in Section 6-27-30 of the SC Code of Laws was suspended for the Local Government Fund.</t>
   </si>
   <si>
     <t>Funding requirements for FY21 were suspended per the Continuing Resolution (Act 135 of 2020) and agencies were funded at the level of amounts appropriated per the FY20 budget.</t>
   </si>
   <si>
     <t>The Local Government Fund Formula changed in FY21.</t>
   </si>
   <si>
     <t>2024-25</t>
   </si>
   <si>
     <t>State Aid to Subdivisions provides funding for counties and municipalities through various sections as shown in the table above. Please see the individual code sections and proviso references for more information.</t>
   </si>
   <si>
     <t>Source: Comptroller General Year End Press Release and the Appropriations Act</t>
+  </si>
+  <si>
+    <t>2025-26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -726,52 +731,52 @@
     </dxf>
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Table Style 1" pivot="0" count="3" xr9:uid="{1B9F34DA-184E-49DA-95A6-A1DEECC1108F}">
       <tableStyleElement type="wholeTable" dxfId="11"/>
       <tableStyleElement type="headerRow" dxfId="10"/>
       <tableStyleElement type="firstRowStripe" dxfId="9"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{C26BDA06-931D-484D-AD7B-26ECA259CA43}" name="Table7" displayName="Table7" ref="B3:H20" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7" headerRowCellStyle="Normal 2">
-  <autoFilter ref="B3:H20" xr:uid="{00A347DB-3301-4200-B08F-57494B591DC2}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{C26BDA06-931D-484D-AD7B-26ECA259CA43}" name="Table7" displayName="Table7" ref="B3:H21" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7" headerRowCellStyle="Normal 2">
+  <autoFilter ref="B3:H21" xr:uid="{00A347DB-3301-4200-B08F-57494B591DC2}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{6C68AC70-B1B9-427E-BA05-558EB25CD485}" name="FISCAL YEAR" dataDxfId="6"/>
     <tableColumn id="2" xr3:uid="{15CC74ED-5C07-4BE7-BA05-994D3BCDC7C2}" name="AID TO PLANNING DISTRICTS" dataDxfId="5"/>
     <tableColumn id="3" xr3:uid="{B7994261-1150-4F56-B3EA-EBFC0045A52A}" name="AID TO FIRE DISTRICTS1" dataDxfId="4"/>
     <tableColumn id="4" xr3:uid="{F5C4368E-B34C-4365-8DC4-802E5E241EDB}" name="LOCAL GOVERNMENT FUND" dataDxfId="3"/>
     <tableColumn id="5" xr3:uid="{F6CA53DF-964B-423E-AB88-5DEEF46A2F20}" name="RURAL COUNTY STABILIZATION FUND" dataDxfId="2"/>
     <tableColumn id="6" xr3:uid="{A66DA2DE-C5E2-4CF7-A89B-225C0293D268}" name="OTHER" dataDxfId="1"/>
     <tableColumn id="7" xr3:uid="{F9DEDC9E-66BC-47E5-9D6D-860E4C7A6DEE}" name="TOTAL STATE AID TO SUBDIVISIONS" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1074,54 +1079,54 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E9948AA8-8BCD-439B-809D-4DCD6CC3F042}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0" fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:R30"/>
+  <dimension ref="A1:R31"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="M17" sqref="M17"/>
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4" style="1" customWidth="1"/>
     <col min="2" max="2" width="14.42578125" style="6" customWidth="1"/>
     <col min="3" max="8" width="21.7109375" style="6" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="6"/>
     <col min="10" max="10" width="10.140625" style="6" bestFit="1" customWidth="1"/>
     <col min="11" max="13" width="8.7109375" style="6"/>
     <col min="18" max="18" width="15.28515625" style="7" customWidth="1"/>
     <col min="19" max="249" width="8.7109375" style="6"/>
     <col min="250" max="250" width="26.42578125" style="6" customWidth="1"/>
     <col min="251" max="251" width="33.28515625" style="6" customWidth="1"/>
     <col min="252" max="505" width="8.7109375" style="6"/>
     <col min="506" max="506" width="26.42578125" style="6" customWidth="1"/>
     <col min="507" max="507" width="33.28515625" style="6" customWidth="1"/>
     <col min="508" max="761" width="8.7109375" style="6"/>
     <col min="762" max="762" width="26.42578125" style="6" customWidth="1"/>
     <col min="763" max="763" width="33.28515625" style="6" customWidth="1"/>
     <col min="764" max="1017" width="8.7109375" style="6"/>
     <col min="1018" max="1018" width="26.42578125" style="6" customWidth="1"/>
     <col min="1019" max="1019" width="33.28515625" style="6" customWidth="1"/>
     <col min="1020" max="1273" width="8.7109375" style="6"/>
     <col min="1274" max="1274" width="26.42578125" style="6" customWidth="1"/>
@@ -1733,199 +1738,226 @@
       <c r="C18" s="21">
         <v>1556253</v>
       </c>
       <c r="D18" s="21">
         <v>22519991</v>
       </c>
       <c r="E18" s="21">
         <v>264244675</v>
       </c>
       <c r="F18" s="21">
         <v>12000000</v>
       </c>
       <c r="G18" s="21">
         <v>7104678</v>
       </c>
       <c r="H18" s="21">
         <v>301402059</v>
       </c>
       <c r="R18" s="18"/>
     </row>
     <row r="19" spans="1:18" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="1"/>
       <c r="B19" s="20" t="s">
         <v>28</v>
       </c>
-      <c r="C19" s="35">
+      <c r="C19" s="21">
         <v>1556253</v>
       </c>
-      <c r="D19" s="35">
+      <c r="D19" s="21">
         <f>16496453+8938809</f>
         <v>25435262</v>
       </c>
-      <c r="E19" s="35">
+      <c r="E19" s="21">
         <v>277456909</v>
       </c>
-      <c r="F19" s="35">
+      <c r="F19" s="21">
         <v>12000000</v>
       </c>
-      <c r="G19" s="35">
+      <c r="G19" s="21">
         <f>291602+9831427+1047968</f>
         <v>11170997</v>
       </c>
-      <c r="H19" s="35">
+      <c r="H19" s="21">
         <f>SUM(C19:G19)</f>
         <v>327619421</v>
       </c>
       <c r="R19" s="18"/>
     </row>
     <row r="20" spans="1:18" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1"/>
       <c r="B20" s="20" t="s">
         <v>36</v>
       </c>
-      <c r="C20" s="35">
+      <c r="C20" s="21">
         <v>1556253</v>
       </c>
-      <c r="D20" s="35">
+      <c r="D20" s="21">
+        <f>16496453+14580061</f>
+        <v>31076514</v>
+      </c>
+      <c r="E20" s="21">
+        <v>291329754</v>
+      </c>
+      <c r="F20" s="21">
+        <v>12000000</v>
+      </c>
+      <c r="G20" s="21">
+        <v>11380765</v>
+      </c>
+      <c r="H20" s="21">
+        <f t="shared" ref="H20:H21" si="0">SUM(C20:G20)</f>
+        <v>347343286</v>
+      </c>
+      <c r="R20" s="18"/>
+    </row>
+    <row r="21" spans="1:18" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="1"/>
+      <c r="B21" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="C21" s="21">
+        <v>1556253</v>
+      </c>
+      <c r="D21" s="35">
         <v>16496453</v>
       </c>
-      <c r="E20" s="35">
-[...2 lines deleted...]
-      <c r="F20" s="35">
+      <c r="E21" s="21">
+        <v>305896242</v>
+      </c>
+      <c r="F21" s="21">
         <v>12000000</v>
       </c>
-      <c r="G20" s="35">
-[...10 lines deleted...]
-      <c r="G21" s="25" t="s">
+      <c r="G21" s="21">
+        <v>11564538</v>
+      </c>
+      <c r="H21" s="21">
+        <f t="shared" si="0"/>
+        <v>347513486</v>
+      </c>
+      <c r="R21" s="18"/>
+    </row>
+    <row r="22" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="20"/>
+      <c r="G22" s="25" t="s">
         <v>30</v>
       </c>
-      <c r="H21" s="33">
-[...4 lines deleted...]
-      <c r="B22" s="34" t="s">
+      <c r="H22" s="33">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="23" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="34" t="s">
         <v>38</v>
       </c>
-      <c r="C22" s="34"/>
-[...11 lines deleted...]
-      <c r="R23" s="26"/>
+      <c r="C23" s="34"/>
+      <c r="D23" s="34"/>
+      <c r="E23" s="34"/>
+      <c r="F23" s="34"/>
+      <c r="G23" s="34"/>
+      <c r="H23" s="34"/>
     </row>
     <row r="24" spans="1:18" s="24" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1"/>
-      <c r="B24" s="27" t="s">
-[...7 lines deleted...]
-      <c r="H24" s="28"/>
+      <c r="B24" s="23" t="s">
+        <v>29</v>
+      </c>
       <c r="R24" s="26"/>
     </row>
     <row r="25" spans="1:18" s="24" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="1"/>
       <c r="B25" s="27" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C25" s="28"/>
       <c r="D25" s="28"/>
       <c r="E25" s="28"/>
       <c r="F25" s="28"/>
       <c r="G25" s="28"/>
       <c r="H25" s="28"/>
       <c r="R25" s="26"/>
     </row>
-    <row r="26" spans="1:18" s="24" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="1">
+    <row r="26" spans="1:18" s="24" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="1"/>
+      <c r="B26" s="27" t="s">
+        <v>31</v>
+      </c>
+      <c r="C26" s="28"/>
+      <c r="D26" s="28"/>
+      <c r="E26" s="28"/>
+      <c r="F26" s="28"/>
+      <c r="G26" s="28"/>
+      <c r="H26" s="28"/>
+      <c r="R26" s="26"/>
+    </row>
+    <row r="27" spans="1:18" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="1">
         <v>1</v>
       </c>
-      <c r="B26" s="24" t="s">
+      <c r="B27" s="24" t="s">
         <v>32</v>
       </c>
-      <c r="R26" s="26"/>
-[...2 lines deleted...]
-      <c r="A27" s="1">
+      <c r="R27" s="26"/>
+    </row>
+    <row r="28" spans="1:18" s="24" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="1">
         <v>2</v>
       </c>
-      <c r="B27" s="23" t="s">
+      <c r="B28" s="23" t="s">
         <v>33</v>
       </c>
-      <c r="C27" s="29"/>
-[...8 lines deleted...]
-      <c r="A28" s="1">
+      <c r="C28" s="29"/>
+      <c r="D28" s="29"/>
+      <c r="E28" s="29"/>
+      <c r="F28" s="29"/>
+      <c r="G28" s="29"/>
+      <c r="H28" s="29"/>
+      <c r="R28" s="26"/>
+    </row>
+    <row r="29" spans="1:18" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="1">
         <v>3</v>
       </c>
-      <c r="B28" s="30" t="s">
+      <c r="B29" s="30" t="s">
         <v>34</v>
       </c>
-      <c r="R28" s="26"/>
-[...2 lines deleted...]
-      <c r="A29" s="1">
+      <c r="R29" s="26"/>
+    </row>
+    <row r="30" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A30" s="1">
         <v>4</v>
       </c>
-      <c r="B29" s="31" t="s">
+      <c r="B30" s="31" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="30" spans="1:18" x14ac:dyDescent="0.25">
-      <c r="B30" s="32"/>
+    <row r="31" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B31" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="B22:H22"/>
+    <mergeCell ref="B23:H23"/>
   </mergeCells>
   <phoneticPr fontId="16" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup scale="46" firstPageNumber="36" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>