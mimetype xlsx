--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -1,127 +1,128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2024\Agency Carryforward and Lapsed Funds\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fisfs1\BEA\Budget\Historical Analyses\2025\Agency Carryforward and Lapsed Funds\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{59A63B9C-FBC0-405D-95CA-85A39940830B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{73A39403-210B-4477-8C2C-B641C8C9DE57}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="1665" windowWidth="29040" windowHeight="17520" xr2:uid="{C2101B42-E50C-46E9-BE15-C17F480975F2}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C2101B42-E50C-46E9-BE15-C17F480975F2}"/>
   </bookViews>
   <sheets>
     <sheet name="Carryforward and Lapsed Funds" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Carryforward and Lapsed Funds'!$3:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E51" i="1" l="1"/>
+  <c r="E52" i="1"/>
   <c r="E50" i="1"/>
   <c r="E49" i="1"/>
   <c r="E48" i="1"/>
   <c r="E47" i="1"/>
   <c r="E46" i="1"/>
   <c r="E45" i="1"/>
   <c r="E44" i="1"/>
   <c r="E43" i="1"/>
   <c r="E42" i="1"/>
   <c r="E41" i="1"/>
   <c r="E40" i="1"/>
   <c r="E39" i="1"/>
   <c r="E38" i="1"/>
   <c r="E37" i="1"/>
   <c r="E36" i="1"/>
   <c r="E35" i="1"/>
   <c r="E34" i="1"/>
   <c r="E33" i="1"/>
   <c r="E32" i="1"/>
   <c r="E31" i="1"/>
   <c r="E30" i="1"/>
   <c r="E29" i="1"/>
   <c r="E28" i="1"/>
   <c r="F27" i="1"/>
   <c r="E27" i="1"/>
   <c r="E26" i="1"/>
   <c r="E25" i="1"/>
   <c r="F24" i="1"/>
   <c r="E24" i="1"/>
   <c r="E23" i="1"/>
   <c r="F22" i="1"/>
   <c r="E22" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
   <si>
     <t>AGENCY APPROPRIATIONS CARRIED FORWARD AND LAPSED</t>
   </si>
   <si>
     <t xml:space="preserve"> FISCAL YEAR</t>
   </si>
   <si>
     <t>SPECIAL PROVISOS</t>
   </si>
   <si>
     <t>GENERAL PROVISO</t>
   </si>
   <si>
     <t>TOTAL CARRYFORWARD</t>
   </si>
   <si>
     <t>LAPSED APPROPRIATIONS</t>
   </si>
   <si>
     <t>1976-77</t>
   </si>
   <si>
     <t>1977-78</t>
   </si>
   <si>
@@ -260,50 +261,53 @@
     <t>2023-24</t>
   </si>
   <si>
     <t>Updated</t>
   </si>
   <si>
     <t xml:space="preserve">Special provisos in the Appropriations Act allow certain agencies to carry forward specific appropriation balances. Unused general funds in excess of the allowable carryforward will lapse to the General Fund. </t>
   </si>
   <si>
     <t xml:space="preserve">Carryforward amount indicates appropriations carried forward from prior fiscal year and are available for expenditure in the fiscal year shown. </t>
   </si>
   <si>
     <t>Lapsed appropriations indicate unused funds from the previous year in excess of carryforward capacity that lapsed to the General Fund and were available for appropriation in the next budget cycle.</t>
   </si>
   <si>
     <t>2024-25</t>
   </si>
   <si>
     <t>Source: Comptroller General Year End Press Release and the Appropriations Act</t>
   </si>
   <si>
     <t xml:space="preserve">Per general proviso, agencies are allowed to carry forward up to 10% of their General Fund appropriations for expenditures in the following fiscal year, unless those funds are needed to offset a statewide revenue shortfall. </t>
   </si>
   <si>
     <t>$225,945,013 in Health and Human Services appropriations lapsed pursuant to Proviso 90.13 of the annual Appropriations Act.</t>
+  </si>
+  <si>
+    <t>2025-26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -432,73 +436,73 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="165" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="165" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Accent6" xfId="2" builtinId="49"/>
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{E0E366F3-81C2-4444-A016-D7646AC97FFA}"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
@@ -725,52 +729,52 @@
     </dxf>
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Table Style 1" pivot="0" count="3" xr9:uid="{D2CF3423-2291-4700-8373-D52157ECAF1F}">
       <tableStyleElement type="wholeTable" dxfId="9"/>
       <tableStyleElement type="headerRow" dxfId="8"/>
       <tableStyleElement type="firstRowStripe" dxfId="7"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{368AFBF7-9019-4F5F-8A2B-4BFB627554D6}" name="Table6" displayName="Table6" ref="B3:F51" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5" headerRowCellStyle="Comma" dataCellStyle="Comma">
-  <autoFilter ref="B3:F51" xr:uid="{B1032BF5-D3F8-4FFD-B328-772110CAA560}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{368AFBF7-9019-4F5F-8A2B-4BFB627554D6}" name="Table6" displayName="Table6" ref="B3:F52" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5" headerRowCellStyle="Comma" dataCellStyle="Comma">
+  <autoFilter ref="B3:F52" xr:uid="{B1032BF5-D3F8-4FFD-B328-772110CAA560}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{916FC0C0-1141-438D-BBE2-38F2992506D1}" name=" FISCAL YEAR" dataDxfId="4"/>
     <tableColumn id="2" xr3:uid="{FDDAE348-0A30-4E8D-9B3D-93C355D6D2FF}" name="SPECIAL PROVISOS" dataDxfId="3" dataCellStyle="Comma"/>
     <tableColumn id="3" xr3:uid="{08D12B84-6772-4381-A119-ACB14E330106}" name="GENERAL PROVISO" dataDxfId="2" dataCellStyle="Comma"/>
     <tableColumn id="4" xr3:uid="{DEBD99E1-61D4-49B1-B0C0-2B89F9D1729E}" name="TOTAL CARRYFORWARD" dataDxfId="1" dataCellStyle="Comma">
       <calculatedColumnFormula>SUM(C4:D4)</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="5" xr3:uid="{1113A52A-5A4B-48FE-9C76-AEEAC526AABD}" name="LAPSED APPROPRIATIONS" dataDxfId="0" dataCellStyle="Comma"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1071,63 +1075,63 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2A429276-5095-4D11-92E7-1EF41A49461B}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
-  <dimension ref="A1:G62"/>
+  <dimension ref="A1:G63"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A46" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I59" sqref="I59"/>
+      <pane ySplit="3" topLeftCell="A37" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B54" sqref="B54:F54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.5703125" style="7" customWidth="1"/>
-    <col min="3" max="5" width="21.28515625" style="25" customWidth="1"/>
-    <col min="6" max="6" width="22.140625" style="25" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="21.28515625" style="24" customWidth="1"/>
+    <col min="6" max="6" width="22.140625" style="24" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="5.28515625" style="7" customWidth="1"/>
     <col min="8" max="9" width="8.7109375" style="7"/>
     <col min="10" max="10" width="10.28515625" style="7" bestFit="1" customWidth="1"/>
     <col min="11" max="248" width="8.7109375" style="7"/>
     <col min="249" max="249" width="3.7109375" style="7" customWidth="1"/>
     <col min="250" max="250" width="16" style="7" customWidth="1"/>
     <col min="251" max="252" width="3.7109375" style="7" customWidth="1"/>
     <col min="253" max="253" width="14.28515625" style="7" bestFit="1" customWidth="1"/>
     <col min="254" max="255" width="3.7109375" style="7" customWidth="1"/>
     <col min="256" max="256" width="16.7109375" style="7" bestFit="1" customWidth="1"/>
     <col min="257" max="257" width="3.7109375" style="7" customWidth="1"/>
     <col min="258" max="258" width="17.28515625" style="7" customWidth="1"/>
     <col min="259" max="259" width="3.7109375" style="7" customWidth="1"/>
     <col min="260" max="265" width="8.7109375" style="7"/>
     <col min="266" max="266" width="10.28515625" style="7" bestFit="1" customWidth="1"/>
     <col min="267" max="504" width="8.7109375" style="7"/>
     <col min="505" max="505" width="3.7109375" style="7" customWidth="1"/>
     <col min="506" max="506" width="16" style="7" customWidth="1"/>
     <col min="507" max="508" width="3.7109375" style="7" customWidth="1"/>
     <col min="509" max="509" width="14.28515625" style="7" bestFit="1" customWidth="1"/>
     <col min="510" max="511" width="3.7109375" style="7" customWidth="1"/>
     <col min="512" max="512" width="16.7109375" style="7" bestFit="1" customWidth="1"/>
     <col min="513" max="513" width="3.7109375" style="7" customWidth="1"/>
     <col min="514" max="514" width="17.28515625" style="7" customWidth="1"/>
     <col min="515" max="515" width="3.7109375" style="7" customWidth="1"/>
@@ -2690,170 +2694,189 @@
         <v>1434398134</v>
       </c>
       <c r="F49" s="13">
         <v>19805955</v>
       </c>
     </row>
     <row r="50" spans="1:6" s="14" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A50" s="1"/>
       <c r="B50" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C50" s="15">
         <v>3897375648</v>
       </c>
       <c r="D50" s="15">
         <v>154022176</v>
       </c>
       <c r="E50" s="15">
         <f>SUM(C50:D50)</f>
         <v>4051397824</v>
       </c>
       <c r="F50" s="13">
         <v>7836446</v>
       </c>
     </row>
-    <row r="51" spans="1:6" s="19" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:6" s="14" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A51" s="1"/>
       <c r="B51" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C51" s="15">
         <v>3471640807</v>
       </c>
       <c r="D51" s="15">
         <v>124793044</v>
       </c>
       <c r="E51" s="15">
         <f>SUM(C51:D51)</f>
         <v>3596433851</v>
       </c>
       <c r="F51" s="13">
         <v>19638169</v>
       </c>
     </row>
-    <row r="52" spans="1:6" ht="16.5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="E52" s="27" t="s">
+    <row r="52" spans="1:6" s="18" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A52" s="1"/>
+      <c r="B52" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C52" s="15">
+        <v>3275834042</v>
+      </c>
+      <c r="D52" s="15">
+        <v>150153833</v>
+      </c>
+      <c r="E52" s="15">
+        <f>SUM(C52:D52)</f>
+        <v>3425987875</v>
+      </c>
+      <c r="F52" s="13">
+        <v>18906145</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B53" s="16"/>
+      <c r="C53" s="17"/>
+      <c r="D53" s="17"/>
+      <c r="E53" s="26" t="s">
         <v>53</v>
       </c>
-      <c r="F52" s="18">
-[...13 lines deleted...]
-    <row r="54" spans="1:6" s="19" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F53" s="27">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" s="18" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A54" s="1"/>
       <c r="B54" s="28" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C54" s="28"/>
       <c r="D54" s="28"/>
       <c r="E54" s="28"/>
       <c r="F54" s="28"/>
     </row>
-    <row r="55" spans="1:6" s="19" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:6" s="18" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="1"/>
       <c r="B55" s="28" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C55" s="28"/>
       <c r="D55" s="28"/>
       <c r="E55" s="28"/>
       <c r="F55" s="28"/>
     </row>
-    <row r="56" spans="1:6" s="19" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:6" s="18" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="1"/>
       <c r="B56" s="28" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C56" s="28"/>
       <c r="D56" s="28"/>
       <c r="E56" s="28"/>
       <c r="F56" s="28"/>
     </row>
-    <row r="57" spans="1:6" s="19" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:6" s="18" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1"/>
       <c r="B57" s="28" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C57" s="28"/>
       <c r="D57" s="28"/>
       <c r="E57" s="28"/>
       <c r="F57" s="28"/>
     </row>
-    <row r="58" spans="1:6" s="19" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:6" s="18" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="1"/>
-      <c r="B58" s="20"/>
-[...6 lines deleted...]
-      <c r="A59" s="1">
+      <c r="B58" s="28" t="s">
+        <v>56</v>
+      </c>
+      <c r="C58" s="28"/>
+      <c r="D58" s="28"/>
+      <c r="E58" s="28"/>
+      <c r="F58" s="28"/>
+    </row>
+    <row r="59" spans="1:6" s="18" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A59" s="1"/>
+      <c r="B59" s="19"/>
+      <c r="C59" s="20"/>
+      <c r="D59" s="20"/>
+      <c r="E59" s="20"/>
+      <c r="F59" s="20"/>
+    </row>
+    <row r="60" spans="1:6" s="18" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A60" s="1">
         <v>1</v>
       </c>
-      <c r="B59" s="16" t="s">
+      <c r="B60" s="16" t="s">
         <v>60</v>
       </c>
-      <c r="C59" s="16"/>
-[...9 lines deleted...]
-      <c r="F60" s="23"/>
+      <c r="C60" s="16"/>
+      <c r="D60" s="16"/>
+      <c r="E60" s="16"/>
+      <c r="F60" s="16"/>
     </row>
     <row r="61" spans="1:6" ht="16.5" x14ac:dyDescent="0.25">
-      <c r="B61" s="24"/>
-[...2 lines deleted...]
-      <c r="B62" s="26"/>
+      <c r="B61" s="16"/>
+      <c r="C61" s="21"/>
+      <c r="D61" s="22"/>
+      <c r="E61" s="22"/>
+      <c r="F61" s="22"/>
+    </row>
+    <row r="62" spans="1:6" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B62" s="23"/>
+    </row>
+    <row r="63" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B63" s="25"/>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="B54:F54"/>
     <mergeCell ref="B55:F55"/>
     <mergeCell ref="B56:F56"/>
     <mergeCell ref="B57:F57"/>
-    <mergeCell ref="B53:F53"/>
+    <mergeCell ref="B58:F58"/>
+    <mergeCell ref="B54:F54"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="33" fitToHeight="8" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>